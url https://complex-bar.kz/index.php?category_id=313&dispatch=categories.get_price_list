--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1013">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1017">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -665,2135 +665,2138 @@
   <si>
     <t>Форма кондитерская круглая;силикон;D=280,H=47мм</t>
   </si>
   <si>
     <t>04130598</t>
   </si>
   <si>
     <t>SFT128/Y</t>
   </si>
   <si>
     <t>16355.00₸</t>
   </si>
   <si>
     <t>Форма кондитерская  прямоугольная [12 ячеек];силикон;,H=30,L=79,B=29мм</t>
   </si>
   <si>
     <t>04130803</t>
   </si>
   <si>
     <t>SF026/N</t>
   </si>
   <si>
     <t>11558.00₸</t>
   </si>
   <si>
-    <t>Форма для замораживания и выпечки с 24 полостями для пончиков(D=7.5H=3.5см);силикон;,L=60,B=40см</t>
+    <t>Форма для выпечки «Пончик» [24 ячейки];силикон;,L=60,B=40см;черный</t>
   </si>
   <si>
     <t>04140045</t>
   </si>
   <si>
     <t>30SIL01N</t>
   </si>
   <si>
-    <t>42250.00₸</t>
+    <t>51513.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Форма конд. перфорир. «Квадрат» 20шт на листе30х40см;силикон,стеклопласт.;,H=2,L=5,B=5см;черный</t>
+  </si>
+  <si>
+    <t>04140092</t>
+  </si>
+  <si>
+    <t>30MICRO07.</t>
+  </si>
+  <si>
+    <t>22069.00₸</t>
+  </si>
+  <si>
+    <t>Форма конд. перфорир. «Круг» 12шт на листе30х40см;силикон,стеклопласт.;D=6,H=4см;черный</t>
+  </si>
+  <si>
+    <t>04140093</t>
+  </si>
+  <si>
+    <t>30MICRO03.</t>
+  </si>
+  <si>
+    <t>24640.00₸</t>
+  </si>
+  <si>
+    <t>Форма конд. перфорир. «Круг» 20шт на листе30х40см;силикон,стеклопласт.;D=50,H=16мм;черный</t>
+  </si>
+  <si>
+    <t>04140094</t>
+  </si>
+  <si>
+    <t>30MICRO02.</t>
+  </si>
+  <si>
+    <t>26950.00₸</t>
+  </si>
+  <si>
+    <t>Форма конд. перфорир. «Круг» 24шт на листе30х40см;силикон,стеклопласт.;D=40,H=16мм;черный</t>
+  </si>
+  <si>
+    <t>04140095</t>
+  </si>
+  <si>
+    <t>30MICRO01.</t>
+  </si>
+  <si>
+    <t>Форма конд. перфорир. «Круг» 6шт на листе30х40см;силикон,стеклопласт.;D=85,H=20мм;черный</t>
+  </si>
+  <si>
+    <t>04140096</t>
+  </si>
+  <si>
+    <t>30MICRO04.</t>
+  </si>
+  <si>
+    <t>Форма конд. перфорир. «Савоярди» 16шт на листе30х40см;силикон,стеклопласт.;,H=6,L=120,B=25мм;черный</t>
+  </si>
+  <si>
+    <t>04140097</t>
+  </si>
+  <si>
+    <t>30MICRO11.</t>
+  </si>
+  <si>
+    <t>Форма кондитерская [20ячеек]3.8*3мадлен;силикон;,H=11,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140152</t>
+  </si>
+  <si>
+    <t>47742-37</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>13745.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская [35ячеек]маффины;силикон;D=50,H=15,L=400,B=300мм;черный</t>
+  </si>
+  <si>
+    <t>04140163</t>
+  </si>
+  <si>
+    <t>47780-01</t>
+  </si>
+  <si>
+    <t>19340.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Тарталетка» [6ячеек];силикон;D=70,H=37,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140913</t>
+  </si>
+  <si>
+    <t>47742-08</t>
+  </si>
+  <si>
+    <t>13653.00₸</t>
+  </si>
+  <si>
+    <t>Форма конд.для выпечки багетов [12ячеек]16.9*6.4*3;силикон;,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04140914</t>
+  </si>
+  <si>
+    <t>41760-06</t>
+  </si>
+  <si>
+    <t>Silform</t>
+  </si>
+  <si>
+    <t>130277.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Цветок» [6ячеек];силикон;D=70,H=36,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140928</t>
+  </si>
+  <si>
+    <t>47742-34</t>
+  </si>
+  <si>
+    <t>13422.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Мадлен» [15ячеек] 4.3*3.5см;силикон;,H=13,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140929</t>
+  </si>
+  <si>
+    <t>47742-36</t>
+  </si>
+  <si>
+    <t>7985.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Сердце» [6ячеек] 5.5*5см;силикон;,H=35,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140930</t>
+  </si>
+  <si>
+    <t>47742-32</t>
+  </si>
+  <si>
+    <t>8116.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Полусфера» [8ячеек];силикон;D=60,H=30,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140931</t>
+  </si>
+  <si>
+    <t>47742-47</t>
+  </si>
+  <si>
+    <t>14168.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Полусфера» [15ячеек];силикон;D=50,H=25,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140932</t>
+  </si>
+  <si>
+    <t>47742-48</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Цветок» [8ячеек];силикон;D=60,H=50,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140933</t>
+  </si>
+  <si>
+    <t>47742-51</t>
+  </si>
+  <si>
+    <t>11858.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Каннеле» [8ячеек];силикон;D=50,H=50,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140938</t>
+  </si>
+  <si>
+    <t>47742-41</t>
+  </si>
+  <si>
+    <t>11781.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Полусфера» [15ячеек] Маффин;силикон;D=40,H=20,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140939</t>
+  </si>
+  <si>
+    <t>47742-24</t>
+  </si>
+  <si>
+    <t>13783.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Мини-каннеле» [18 ячеек];силикон;D=35,H=35,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140944</t>
+  </si>
+  <si>
+    <t>47742-42</t>
+  </si>
+  <si>
+    <t>14230.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Полусфера» [15 ячеек];силикон;D=50,H=15,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140951</t>
+  </si>
+  <si>
+    <t>47742-16</t>
+  </si>
+  <si>
+    <t>9271.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Ром-баба» [8 ячеек];силикон;D=55,H=60,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140952</t>
+  </si>
+  <si>
+    <t>47742-02</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Полусфера» [ 24 ячейки];силикон;D=30,H=15,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140953</t>
+  </si>
+  <si>
+    <t>47742-04</t>
+  </si>
+  <si>
+    <t>14161.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Овал» 5.5*3.4см[16 ячеек];силикон;,H=20,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140954</t>
+  </si>
+  <si>
+    <t>47742-09</t>
+  </si>
+  <si>
+    <t>14284.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Прямоугольник» 4.9*2.6см [20 ячеек];силикон;,H=11,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140955</t>
+  </si>
+  <si>
+    <t>47742-14</t>
+  </si>
+  <si>
+    <t>14253.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Полусфера» [24 ячейки];силикон;D=34,H=16,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140956</t>
+  </si>
+  <si>
+    <t>47742-06</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Цветок» [8 ячеек];силикон;D=65,H=21,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140957</t>
+  </si>
+  <si>
+    <t>47742-10</t>
+  </si>
+  <si>
+    <t>7531.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Сердечки» 6.5*6см [8 ячеек];силикон;,H=35,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140960</t>
+  </si>
+  <si>
+    <t>47742-25</t>
+  </si>
+  <si>
+    <t>9233.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Круг» мини-маффин[11ячеек};силикон;D=50,H=28,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140961</t>
+  </si>
+  <si>
+    <t>47742-20</t>
+  </si>
+  <si>
+    <t>13668.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Круг» тарталетки [8 ячеек];силикон;D=60,H=17,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140962</t>
+  </si>
+  <si>
+    <t>47742-19</t>
+  </si>
+  <si>
+    <t>11866.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Прямоугольник» 8*3см [9 ячеек];силикон;,H=30,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140963</t>
+  </si>
+  <si>
+    <t>47742-56</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Овал» 7.2*3см;силикон;,H=15,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140964</t>
+  </si>
+  <si>
+    <t>47742-50</t>
+  </si>
+  <si>
+    <t>8490.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Пирамида» 7.1*7.1см;силикон;,H=35,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140965</t>
+  </si>
+  <si>
+    <t>47742-07</t>
+  </si>
+  <si>
+    <t>11805.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Пирамида» 3.6*3.6см;силикон;,H=15,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140966</t>
+  </si>
+  <si>
+    <t>47742-13</t>
+  </si>
+  <si>
+    <t>9957.00₸</t>
+  </si>
+  <si>
+    <t>Форма конд.для выпечки;силикон;D=35,H=5,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04140995</t>
+  </si>
+  <si>
+    <t>47742-39</t>
+  </si>
+  <si>
+    <t>8312.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская [18ячеек];силикон;D=40,H=5,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04141319</t>
+  </si>
+  <si>
+    <t>47742-05</t>
+  </si>
+  <si>
+    <t>9418.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Мадлен»[40шт];силикон,стеклопласт.;,H=25,L=585/80,B=365мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>04141369</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>Flexipan</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>110934.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Прямоугольник»[24шт];силикон,стеклопласт.;,L=65,B=41см</t>
+  </si>
+  <si>
+    <t>04141370</t>
+  </si>
+  <si>
+    <t>128121.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Эклер» 125*25мм[18шт];силикон;,L=55,B=35см;черный</t>
+  </si>
+  <si>
+    <t>04141371</t>
+  </si>
+  <si>
+    <t>99692.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Кольцо»[24шт];силикон;D=80,H=15,L=600,B=405мм;черный</t>
+  </si>
+  <si>
+    <t>04141372</t>
+  </si>
+  <si>
+    <t>76977.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Мини-эклер» 30*70мм[48шт];силикон;,L=64,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04141373</t>
+  </si>
+  <si>
+    <t>75938.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Прямоугольник»[24шт];силикон,стеклопласт.;,H=15,L=100,B=40мм;черный</t>
+  </si>
+  <si>
+    <t>04141383</t>
+  </si>
+  <si>
+    <t>104759.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Кольцо»[24шт];силикон,стеклопласт.;D=70,H=23мм;черный</t>
+  </si>
+  <si>
+    <t>04141384</t>
+  </si>
+  <si>
+    <t>242627.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Прямоугольник» 10*4*25[24шт];силикон,стеклопласт.;,H=25,L=600,B=400мм;черный</t>
+  </si>
+  <si>
+    <t>04141385</t>
+  </si>
+  <si>
+    <t>130385.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская [6ячеек] 13*10см;силикон;,H=28,L=400,B=300мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04142820</t>
+  </si>
+  <si>
+    <t>47780-05</t>
+  </si>
+  <si>
+    <t>26727.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Маффин»[24шт];силикон,стеклопласт.;D=73,H=40мм</t>
+  </si>
+  <si>
+    <t>04142822</t>
+  </si>
+  <si>
+    <t>127566.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Полусфера» [70 ячеек];силикон,стеклопласт.;D=29,H=18,L=600,B=400мм;черный</t>
+  </si>
+  <si>
+    <t>04142823</t>
+  </si>
+  <si>
+    <t>193109.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Цилиндр»[24шт];силикон,стеклопласт.</t>
+  </si>
+  <si>
+    <t>04142824</t>
+  </si>
+  <si>
+    <t>135259.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Полусфера» [24ячеек ];силикон,стеклопласт.;D=7,H=4,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04142888</t>
+  </si>
+  <si>
+    <t>221098.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Маффин»[40шт];силикон,стеклопласт.;D=51,H=29мм;черный</t>
+  </si>
+  <si>
+    <t>04142889</t>
+  </si>
+  <si>
+    <t>241942.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Круг»[24шт];силикон,стеклопласт.;D=78,H=10мм;черный</t>
+  </si>
+  <si>
+    <t>04142890</t>
+  </si>
+  <si>
+    <t>152168.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Кекс»[16шт];силикон,стеклопласт.;,H=25,L=110,B=60мм;черный</t>
+  </si>
+  <si>
+    <t>04142891</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Савоярди»[45шт];силикон,стеклопласт.;,H=2,L=69,B=44см;черный</t>
+  </si>
+  <si>
+    <t>04142892</t>
+  </si>
+  <si>
+    <t>137099.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Ромб»[70шт];силикон,стеклопласт.;,L=60,B=35мм</t>
+  </si>
+  <si>
+    <t>04144286</t>
+  </si>
+  <si>
+    <t>104528.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Шарлотка»[24шт];силикон,стеклопласт.</t>
+  </si>
+  <si>
+    <t>04144298</t>
+  </si>
+  <si>
+    <t>148195.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Шестиугольник»[60шт];силикон,стеклопласт.;,L=45мм</t>
+  </si>
+  <si>
+    <t>04144526</t>
+  </si>
+  <si>
+    <t>134858.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Пирамида»[54шт];силикон,стеклопласт.;,H=23,L=35,B=35мм</t>
+  </si>
+  <si>
+    <t>04144527</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Яйцо»[25шт];силикон,стеклопласт.;,H=31,L=100,B=65мм</t>
+  </si>
+  <si>
+    <t>04144528</t>
+  </si>
+  <si>
+    <t>129399.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Овал»[43шт];силикон,стеклопласт.;,L=67,B=36мм</t>
+  </si>
+  <si>
+    <t>04144529</t>
+  </si>
+  <si>
+    <t>134943.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Овал»[32шт];силикон,стеклопласт.;,L=84,B=44мм</t>
+  </si>
+  <si>
+    <t>04144530</t>
+  </si>
+  <si>
+    <t>84616.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Цилиндр»[54шт];силикон,стеклопласт.;,L=38,B=20мм</t>
+  </si>
+  <si>
+    <t>04144549</t>
+  </si>
+  <si>
+    <t>133957.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Мадлен»[56шт];силикон,стеклопласт.;,L=52,B=35мм</t>
+  </si>
+  <si>
+    <t>04144550</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Конус»[24шт];силикон,стеклопласт.;,L=7,B=7см</t>
+  </si>
+  <si>
+    <t>04144563</t>
+  </si>
+  <si>
+    <t>134566.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Цилиндр»[48шт];силикон,стеклопласт.;D=4,H=2,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04144576</t>
+  </si>
+  <si>
+    <t>116979.00₸</t>
+  </si>
+  <si>
+    <t>Форма конд.для выпечки 10*4,5см;силикон;,H=15,L=295,B=175мм;кирпичн.</t>
+  </si>
+  <si>
+    <t>04144657</t>
+  </si>
+  <si>
+    <t>47742-49</t>
+  </si>
+  <si>
+    <t>8344.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Вулкан»[18шт];силикон,стеклопласт.;D=70,H=35мм</t>
+  </si>
+  <si>
+    <t>04144660</t>
+  </si>
+  <si>
+    <t>Elexipan</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Квадр.саварин»[24шт];силикон,стеклопласт.;,H=3,L=7,B=7см</t>
+  </si>
+  <si>
+    <t>04144661</t>
+  </si>
+  <si>
+    <t>149896.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Барный пирог»[24шт];силикон,стеклопласт.;,L=106,B=46мм</t>
+  </si>
+  <si>
+    <t>04144663</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Цилиндр»[48шт];силикон,стеклопласт.;,H=15,L=85,B=17мм</t>
+  </si>
+  <si>
+    <t>04144665</t>
+  </si>
+  <si>
+    <t>133903.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Баварский пирог»[18шт];силикон,стеклопласт.;D=78,H=35мм</t>
+  </si>
+  <si>
+    <t>04144666</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Треугольник»[80шт];силикон,стеклопласт.;,H=10,L=48,B=41мм</t>
+  </si>
+  <si>
+    <t>04144676</t>
+  </si>
+  <si>
+    <t>129622.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Прямоуг.»[120шт];силикон,стеклопласт.;,H=2,L=45,B=15мм</t>
+  </si>
+  <si>
+    <t>04144677</t>
+  </si>
+  <si>
+    <t>131062.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Мини-пирог»[24шт];силикон,стеклопласт.;,H=3,L=7,B=7см</t>
+  </si>
+  <si>
+    <t>04144678</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Бриош»[24шт];силикон,стеклопласт.;D=64,H=26мм</t>
+  </si>
+  <si>
+    <t>04144680</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Цветок»[24шт];силикон,стеклопласт.;D=78,H=20мм</t>
+  </si>
+  <si>
+    <t>04144682</t>
+  </si>
+  <si>
+    <t>132256.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Тарталетка»[60шт];силикон,стеклопласт.;D=35,H=15мм</t>
+  </si>
+  <si>
+    <t>04144683</t>
+  </si>
+  <si>
+    <t>55163.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Кнель»[100шт];силикон,стеклопласт.;,H=17,L=42,B=22мм</t>
+  </si>
+  <si>
+    <t>04144914</t>
+  </si>
+  <si>
+    <t>Форма кондитерская[11шт];силикон;D=125,H=16мм</t>
+  </si>
+  <si>
+    <t>04145301</t>
+  </si>
+  <si>
+    <t>41759-09</t>
+  </si>
+  <si>
+    <t>107916.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Полусфера»[48шт];силикон,стеклопласт.;D=42,H=21мм</t>
+  </si>
+  <si>
+    <t>04145337</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Тарталетка»;силикон,стеклопласт.;D=48,H=15мм</t>
+  </si>
+  <si>
+    <t>04145339</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Полусфера»[96шт];силикон;D=36,H=17,L=600,B=400мм;черный</t>
+  </si>
+  <si>
+    <t>04145341</t>
+  </si>
+  <si>
+    <t>242235.00₸</t>
+  </si>
+  <si>
+    <t>Форма для мармелада «Сердце»[24шт];силикон</t>
+  </si>
+  <si>
+    <t>04145367</t>
+  </si>
+  <si>
+    <t>42643.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская[15шт];силикон</t>
+  </si>
+  <si>
+    <t>04145414</t>
+  </si>
+  <si>
+    <t>41759-05</t>
+  </si>
+  <si>
+    <t>103435.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Круг»[6шт];силикон,стеклопласт.;D=150,H=15,L=600,B=400мм;черный</t>
+  </si>
+  <si>
+    <t>04145416</t>
+  </si>
+  <si>
+    <t>170602.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Вулкан»[40шт];силикон,стеклопласт.</t>
+  </si>
+  <si>
+    <t>04145435</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Ромашка»[6шт];силикон,стеклопласт.;,L=150,B=26мм</t>
+  </si>
+  <si>
+    <t>04145437</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Квадр.саварин»[60шт];силикон,стеклопласт.;,H=17,L=37,B=37мм</t>
+  </si>
+  <si>
+    <t>04145448</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Цилиндр»[15шт];силикон,стеклопласт.;D=82,H=30мм</t>
+  </si>
+  <si>
+    <t>04145801</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Полусфера»[96шт];силикон,стеклопласт.;D=26,H=16мм</t>
+  </si>
+  <si>
+    <t>04145932</t>
+  </si>
+  <si>
+    <t>193116.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Мини-сердце» 70шт.;силикон;,H=16,L=41,B=38мм</t>
+  </si>
+  <si>
+    <t>04145943</t>
+  </si>
+  <si>
+    <t>132325.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Прямоугольник» 24шт.;силикон,стеклопласт.;,H=25,L=12,B=40мм</t>
+  </si>
+  <si>
+    <t>04145946</t>
+  </si>
+  <si>
+    <t>294479.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Пирамида» 7,1*7,1[24шт];силикон,стеклопласт.;,H=41,L=600,B=400мм;черный</t>
+  </si>
+  <si>
+    <t>04145961</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Шарлотка» [18 ячеек];силикон,стеклопласт.;D=78,H=40,L=600,B=400мм;черный</t>
+  </si>
+  <si>
+    <t>04145962</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Круг»[6шт];силикон,стеклопласт.;D=186,H=12мм</t>
+  </si>
+  <si>
+    <t>04145970</t>
+  </si>
+  <si>
+    <t>153816.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Бриош»[24шт];силикон,стеклопласт.;D=78,H=30мм</t>
+  </si>
+  <si>
+    <t>04145971</t>
+  </si>
+  <si>
+    <t>182336.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Круг» 28шт.на листе;силикон,стеклопласт.;D=67,H=15,L=600,B=400мм</t>
+  </si>
+  <si>
+    <t>04146020</t>
+  </si>
+  <si>
+    <t>68538.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Овал»[50шт];силикон,стеклопласт.;,H=17,L=42,B=22мм;черный</t>
+  </si>
+  <si>
+    <t>04146027</t>
+  </si>
+  <si>
+    <t>55333.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Тарталетка» на листе 24шт.;силикон,стеклопласт.;D=8,H=2,L=60,B=40см</t>
+  </si>
+  <si>
+    <t>04146043</t>
+  </si>
+  <si>
+    <t>138947.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Круг» на листе 15шт.;силикон,стеклопласт.;D=91,H=8,L=600,B=400мм</t>
+  </si>
+  <si>
+    <t>04146045</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Круг» на листе 15шт.;силикон,стеклопласт.;D=102,H=20,L=600,B=400мм</t>
+  </si>
+  <si>
+    <t>04146046</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Прямоугольник»[24шт];силикон;,H=3,L=8,B=3см</t>
+  </si>
+  <si>
+    <t>04146086</t>
+  </si>
+  <si>
+    <t>129437.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Полусфера» 5ячеек;силикон;D=80,H=40,L=175,B=300мм</t>
+  </si>
+  <si>
+    <t>04146157</t>
+  </si>
+  <si>
+    <t>47742-29</t>
+  </si>
+  <si>
+    <t>10211.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Сердце»[20шт];силикон,стеклопласт.;,H=35,L=75,B=65мм</t>
+  </si>
+  <si>
+    <t>04146162</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Круг»;силикон;D=28,H=3см</t>
+  </si>
+  <si>
+    <t>04146200</t>
+  </si>
+  <si>
+    <t>SFT428/Y</t>
+  </si>
+  <si>
+    <t>15531.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Ложка»[36шт];силикон;,H=12,L=90,B=28мм</t>
+  </si>
+  <si>
+    <t>04146229</t>
+  </si>
+  <si>
+    <t>68607.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Полусфера»[24шт];силикон,стеклопласт.;D=8,H=4см</t>
+  </si>
+  <si>
+    <t>04146239</t>
+  </si>
+  <si>
+    <t>150520.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Квадр.саварин»[35шт];силикон,стеклопласт.;,H=24,L=56,B=56мм</t>
+  </si>
+  <si>
+    <t>04146240</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Два сердца»[4шт];силикон,стеклопласт.;,H=35,L=120,B=113мм</t>
+  </si>
+  <si>
+    <t>04146243</t>
+  </si>
+  <si>
+    <t>53604.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Лист»;силикон;,L=115,B=55мм</t>
+  </si>
+  <si>
+    <t>04146245</t>
+  </si>
+  <si>
+    <t>70394.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Медальон»[96шт];силикон,стеклопласт.;D=28,H=8,L=600,B=400мм</t>
+  </si>
+  <si>
+    <t>04146248</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Лист»;силикон;,H=20,L=85,B=55мм</t>
+  </si>
+  <si>
+    <t>04146249</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Цилиндр»[54шт];силикон,стеклопласт.;D=38,H=10,L=600,B=400мм</t>
+  </si>
+  <si>
+    <t>04146250</t>
+  </si>
+  <si>
+    <t>128136.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Тарталетка»[60шт];силикон,стеклопласт.;D=42,H=10,L=600,B=400мм</t>
+  </si>
+  <si>
+    <t>04146251</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Овал.тарталетка»[48шт];силикон,стеклопласт.;,H=11,L=66,B=27мм</t>
+  </si>
+  <si>
+    <t>04146253</t>
+  </si>
+  <si>
+    <t>Форма кондитерская[60шт];силикон;,H=36,L=600,B=400мм</t>
+  </si>
+  <si>
+    <t>04146275</t>
+  </si>
+  <si>
+    <t>184492.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Конус»[40шт];силикон,стеклопласт.;D=5,H=4,L=60,B=40см</t>
+  </si>
+  <si>
+    <t>04146313</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Овал.саварин» 4*3см[60шт];силикон,стеклопласт.;,H=12,L=600,B=400мм</t>
+  </si>
+  <si>
+    <t>04146316</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Два сердца»[8шт];силикон,стеклопласт.;,H=35,L=600,B=400мм;черный</t>
+  </si>
+  <si>
+    <t>04146328</t>
+  </si>
+  <si>
+    <t>136106.00₸</t>
+  </si>
+  <si>
+    <t>Форма для мармелада «Мандарин» 18*33.5см[24шт];силикон;,H=15,L=45,B=18мм</t>
+  </si>
+  <si>
+    <t>04146350</t>
+  </si>
+  <si>
+    <t>44406.00₸</t>
+  </si>
+  <si>
+    <t>Форма для мармелада «Клубника» 18*33.5см[24шт];силикон;,H=20,L=36,B=30мм</t>
+  </si>
+  <si>
+    <t>04146351</t>
+  </si>
+  <si>
+    <t>47633.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Квадрат» 93*93*28мм[15шт];силикон;,L=60,B=40см</t>
+  </si>
+  <si>
+    <t>04146454</t>
+  </si>
+  <si>
+    <t>58713.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Прямоуг.» 240*70*35мм[8шт];силикон;,L=60,B=40см</t>
+  </si>
+  <si>
+    <t>04146455</t>
+  </si>
+  <si>
+    <t>69247.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Бриош»;силикон;D=80,H=35,L=300,B=175мм</t>
+  </si>
+  <si>
+    <t>04146512</t>
+  </si>
+  <si>
+    <t>De Buyer</t>
+  </si>
+  <si>
+    <t>25272.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Бриош»;силикон,стеклопласт.;D=68,H=25,L=600,B=400мм</t>
+  </si>
+  <si>
+    <t>04146541</t>
+  </si>
+  <si>
+    <t>103565.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Печенье»[24шт];силикон;D=78,H=10,L=600,B=400мм</t>
+  </si>
+  <si>
+    <t>04146556</t>
+  </si>
+  <si>
+    <t>47740-60</t>
+  </si>
+  <si>
+    <t>168245.00₸</t>
+  </si>
+  <si>
+    <t>Форма для кекса;силикон;,H=75,L=240,B=100мм</t>
+  </si>
+  <si>
+    <t>04146614</t>
+  </si>
+  <si>
+    <t>47773-24</t>
+  </si>
+  <si>
+    <t>11435.00₸</t>
+  </si>
+  <si>
+    <t>Форма для кекса;силикон;,H=75,L=280,B=105мм</t>
+  </si>
+  <si>
+    <t>04146615</t>
+  </si>
+  <si>
+    <t>47773-28</t>
+  </si>
+  <si>
+    <t>14769.00₸</t>
+  </si>
+  <si>
+    <t>Форма для кулича 1кг;силикон;D=23,5,H=14см</t>
+  </si>
+  <si>
+    <t>04146620</t>
+  </si>
+  <si>
+    <t>47785-10</t>
+  </si>
+  <si>
+    <t>27251.00₸</t>
+  </si>
+  <si>
+    <t>Форма для выпечки пирожных «Саварин» (6ячеек);силикон;D=72,L=175,B=300мм</t>
+  </si>
+  <si>
+    <t>04146627</t>
+  </si>
+  <si>
+    <t>47742-15</t>
+  </si>
+  <si>
+    <t>12313.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Тарталетка» на листе 60*40см[24шт];силикон,стеклопласт.;D=77,H=20мм</t>
+  </si>
+  <si>
+    <t>04146670</t>
+  </si>
+  <si>
+    <t>104258.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Кольца»[6шт];силикон,стеклопласт.;D=180/120,H=15мм</t>
+  </si>
+  <si>
+    <t>04146673</t>
+  </si>
+  <si>
+    <t>104613.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Конус» на листе 60*40см[20шт];силикон,стеклопласт.;D=7,H=6см</t>
+  </si>
+  <si>
+    <t>04146674</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Пряничный человечек» на листе 60*40см[24шт];силикон,стеклопласт.;,H=12,L=70,B=65</t>
+  </si>
+  <si>
+    <t>04146676</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Саварин-конус» на листе 60*40см[24шт];силикон,стеклопласт.;,L=7,B=7см</t>
+  </si>
+  <si>
+    <t>04146695</t>
+  </si>
+  <si>
+    <t>Форма для мармелада «Круг»[24шт];силикон;D=34,H=18см</t>
+  </si>
+  <si>
+    <t>04146711</t>
+  </si>
+  <si>
+    <t>54686.00₸</t>
+  </si>
+  <si>
+    <t>Форма для мармелада «Малина»[24шт];силикон;D=30,H=24см</t>
+  </si>
+  <si>
+    <t>04146712</t>
+  </si>
+  <si>
+    <t>49689.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Квадрат» на листе (60шт.);силикон,стеклопласт.;,H=12,L=450,B=450мм</t>
+  </si>
+  <si>
+    <t>04146748</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Полусфера»[45шт];силикон,стеклопласт.;D=26,H=16,L=600,B=400мм</t>
+  </si>
+  <si>
+    <t>04146749</t>
+  </si>
+  <si>
+    <t>Форма для выпечки багетов (4ячейки);силикон,сталь нерж.;,L=60,B=40см</t>
+  </si>
+  <si>
+    <t>04146803</t>
+  </si>
+  <si>
+    <t>113760.00₸</t>
+  </si>
+  <si>
+    <t>Форма для выпечки багетов(5ячеек);силикон,сталь нерж.;,L=60,B=40см</t>
+  </si>
+  <si>
+    <t>04146804</t>
+  </si>
+  <si>
+    <t>131293.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Овал» на листе 60*40см[48шт];силикон,стеклопласт.;,H=1,L=7,B=3см</t>
+  </si>
+  <si>
+    <t>04146832</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Длинный бриош» на листе 60*40м[24шт];силикон,стеклопласт.;,H=18,L=130,B=48мм</t>
+  </si>
+  <si>
+    <t>04146833</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Мини-багет» на листе 60*40см;силикон;,H=30,L=259,B=64мм</t>
+  </si>
+  <si>
+    <t>04146834</t>
+  </si>
+  <si>
+    <t>77124.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Овал» на листе 60*40см[50шт];силикон,стеклопласт.;,L=50,B=35мм</t>
+  </si>
+  <si>
+    <t>04146845</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Киш» на листе 60*40см[12шт];силикон,стеклопласт.;D=100,H=35мм</t>
+  </si>
+  <si>
+    <t>04146847</t>
+  </si>
+  <si>
+    <t>166806.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Сердце»;силикон,стеклопласт.;,H=35,L=66,B=62мм</t>
+  </si>
+  <si>
+    <t>04146886</t>
+  </si>
+  <si>
+    <t>179580.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Рыбка»[18шт];силикон,стеклопласт.;,H=25,L=99,B=59мм</t>
+  </si>
+  <si>
+    <t>04146887</t>
+  </si>
+  <si>
+    <t>137530.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Круг»[6шт];силикон,стеклопласт.;D=166,H=12,L=600,B=400мм</t>
+  </si>
+  <si>
+    <t>04146939</t>
+  </si>
+  <si>
+    <t>108486.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Мини конус»[54шт];силикон,стеклопласт.;,H=24,L=600/40,B=400мм</t>
+  </si>
+  <si>
+    <t>04146975</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Тарталетка квадр.»[40шт];силикон,стеклопласт.;,H=15,L=600/60,B=400мм</t>
+  </si>
+  <si>
+    <t>04146976</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Сердце» на листе 60*40см[35шт];пластик;,L=75,B=70мм</t>
+  </si>
+  <si>
+    <t>04147207</t>
+  </si>
+  <si>
+    <t>82190.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Треугольник» на листе 60*40см[28шт];пластик;,L=111,B=60мм</t>
+  </si>
+  <si>
+    <t>04147209</t>
+  </si>
+  <si>
+    <t>80897.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская[6шт];пластик;D=75,H=17мм</t>
+  </si>
+  <si>
+    <t>04147228</t>
+  </si>
+  <si>
+    <t>19543.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Овал.саварин» на листе 60*40см[30шт];силикон,стеклопласт.;,H=22,L=7,B=5см</t>
+  </si>
+  <si>
+    <t>04147254</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Овал» на листе 60*40см[24шт];силикон,стеклопласт.;,H=300,L=85,B=61мм</t>
+  </si>
+  <si>
+    <t>04147255</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Шестиугольник»[20шт];силикон,стеклопласт.;D=80,H=25,L=600,B=400мм</t>
+  </si>
+  <si>
+    <t>04147279</t>
+  </si>
+  <si>
+    <t>132171.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Пончик»[9шт];силикон;D=8,L=28,B=28см;красный</t>
+  </si>
+  <si>
+    <t>04147284</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>7301.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Круг»[3шт];силикон;D=10,3,L=17,5,B=30см</t>
+  </si>
+  <si>
+    <t>04147299</t>
+  </si>
+  <si>
+    <t>47742-23</t>
+  </si>
+  <si>
+    <t>12213.00₸</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Полусфера» [8 ячеек];силикон;D=50,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04147970</t>
+  </si>
+  <si>
+    <t>30SF004N</t>
+  </si>
+  <si>
+    <t>Форма конд. перфорир. «Круг» 24шт на листе30х40см[2шт];силикон,стеклопласт.;D=40,H=16мм;черный</t>
+  </si>
+  <si>
+    <t>04149202</t>
+  </si>
+  <si>
+    <t>30MICRO01</t>
+  </si>
+  <si>
+    <t>51229.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Форма конд. перфорир. «Круг» 20шт на листе30х40см[2шт];силикон,стеклопласт.;D=50,H=16мм;черный</t>
+  </si>
+  <si>
+    <t>04149203</t>
+  </si>
+  <si>
+    <t>30MICRO02</t>
+  </si>
+  <si>
+    <t>53515.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Форма конд. перфорир. «Круг» 12шт на листе30х40см[2шт];силикон,стеклопласт.;D=6,H=4см;черный</t>
+  </si>
+  <si>
+    <t>04149204</t>
+  </si>
+  <si>
+    <t>30MICRO03</t>
+  </si>
+  <si>
+    <t>49057.00₸</t>
+  </si>
+  <si>
+    <t>37 шт.</t>
+  </si>
+  <si>
+    <t>Форма конд. перфорир. «Круг» 6шт на листе30х40см[2шт];силикон,стеклопласт.;D=85,H=20мм;черный</t>
+  </si>
+  <si>
+    <t>04149205</t>
+  </si>
+  <si>
+    <t>30MICRO04</t>
+  </si>
+  <si>
+    <t>Форма конд. перфорир. «Квадрат» 20шт на листе30х40см[2шт];силикон,стеклопласт.;,H=2,L=5,B=5см;черный</t>
+  </si>
+  <si>
+    <t>04149206</t>
+  </si>
+  <si>
+    <t>30MICRO07</t>
+  </si>
+  <si>
+    <t>46840.00₸</t>
+  </si>
+  <si>
+    <t>Форма конд. перфорир. «Савоярди» 16шт на листе30х40см[2шт];силикон,стеклопласт.;,H=6,L=120,B=25мм;че</t>
+  </si>
+  <si>
+    <t>04149207</t>
+  </si>
+  <si>
+    <t>30MICRO11</t>
+  </si>
+  <si>
+    <t>54201.00₸</t>
   </si>
   <si>
     <t>5 шт.</t>
   </si>
   <si>
-    <t>Форма конд. перфорир. «Квадрат» 20шт на листе30х40см;силикон,стеклопласт.;,H=2,L=5,B=5см;черный</t>
-[...296 lines deleted...]
-    <t>47742-06</t>
+    <t>Форма для выпечки «Капля»;полистирол</t>
+  </si>
+  <si>
+    <t>04149261</t>
+  </si>
+  <si>
+    <t>Monop А008</t>
+  </si>
+  <si>
+    <t>25880.00₸</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Круг»;полистирол</t>
+  </si>
+  <si>
+    <t>04149262</t>
+  </si>
+  <si>
+    <t>Monop А001</t>
+  </si>
+  <si>
+    <t>25218.00₸</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Овал»;полистирол</t>
+  </si>
+  <si>
+    <t>04149263</t>
+  </si>
+  <si>
+    <t>Monop А002</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Треугольник»;полистирол</t>
+  </si>
+  <si>
+    <t>04149264</t>
+  </si>
+  <si>
+    <t>Monop А004</t>
+  </si>
+  <si>
+    <t>Форма кондитерская двойная[10шт];поливинилхл.;,H=65,L=570,B=80мм</t>
+  </si>
+  <si>
+    <t>04149844</t>
+  </si>
+  <si>
+    <t>39224.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Овальная тарталетка»[30шт];силикон,стеклопласт.;35мл;,H=15,L=106,B=45мм</t>
+  </si>
+  <si>
+    <t>04149850</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Восьмиугольник»[40шт];силикон,стеклопласт.;28мл;,H=26,L=43,B=40мм</t>
+  </si>
+  <si>
+    <t>04149851</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Прямоугольник»[56шт];силикон,стеклопласт.;19мл;,H=18,L=50,B=25мм</t>
+  </si>
+  <si>
+    <t>04149852</t>
+  </si>
+  <si>
+    <t>117687.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Квадратная рифленая тарталетка»[24шт];силикон,стеклопласт.;70мл;,H=20,L=78,B=78м</t>
+  </si>
+  <si>
+    <t>04149853</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Киш»[6шт];силикон,стеклопласт.;390мл;D=150,H=24мм</t>
+  </si>
+  <si>
+    <t>04149854</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Яйцо»[56шт];силикон,стеклопласт.;20мл;,H=20,L=55,B=35мм</t>
+  </si>
+  <si>
+    <t>04149855</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Овал»[30шт];силикон,стеклопласт.;55мл;,H=25,L=70,B=50мм</t>
+  </si>
+  <si>
+    <t>04149856</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Ракушка»[50шт];силикон,стеклопласт.;27мл;,H=22,L=55,B=39мм</t>
+  </si>
+  <si>
+    <t>04149857</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Круг»[40шт];силикон,стеклопласт.;30мл;D=59,H=13мм</t>
+  </si>
+  <si>
+    <t>04149858</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Круг с полоской»[24шт];силикон,стеклопласт.;90мл;D=66,H=30мм</t>
+  </si>
+  <si>
+    <t>04149859</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Полусфера со спиралью»[24шт];силикон,стеклопласт.;83мл;D=64,H=37мм</t>
+  </si>
+  <si>
+    <t>04149860</t>
+  </si>
+  <si>
+    <t>136945.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Гусеница»[27шт];силикон,стеклопласт.;90мл;,H=36,L=100,B=40мм</t>
+  </si>
+  <si>
+    <t>04149861</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Прямоугольник-волна»[24шт];силикон,стеклопласт.;76мл;,H=29,L=79,B=49мм</t>
+  </si>
+  <si>
+    <t>04149862</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Круг с углублением»[24шт];силикон,стеклопласт.;80мл;D=75,H=24мм</t>
+  </si>
+  <si>
+    <t>04149863</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Ромашка»[35шт];силикон,стеклопласт.;70мл;D=54,H=20мм</t>
+  </si>
+  <si>
+    <t>04149864</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Колокольчик»[15шт];силикон,стеклопласт.;130мл;,H=92,L=102,B=92мм</t>
+  </si>
+  <si>
+    <t>04149865</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Ракушка»[24шт];силикон,стеклопласт.;70мл;,H=20,L=80,B=75мм</t>
+  </si>
+  <si>
+    <t>04149866</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Кнель»[72шт];силикон,стеклопласт.;,H=20,L=42,B=26мм</t>
+  </si>
+  <si>
+    <t>04149867</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Кнель»[42шт];силикон,стеклопласт.;30мл;,H=25,L=60,B=40мм</t>
+  </si>
+  <si>
+    <t>04149868</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Сердце»[20шт];силикон,стеклопласт.;55мл;,H=25,L=66,B=62мм</t>
+  </si>
+  <si>
+    <t>04149869</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Сфера»[8шт];силикон;115мл;D=45,L=300,B=200мм</t>
+  </si>
+  <si>
+    <t>04149870</t>
+  </si>
+  <si>
+    <t>45823.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Алмаз»[24шт];силикон;100мл;,H=40,L=585/74,B=585мм</t>
+  </si>
+  <si>
+    <t>04149871</t>
+  </si>
+  <si>
+    <t>125857.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Полено»;силикон;,H=70,L=280,B=85мм</t>
+  </si>
+  <si>
+    <t>04149872</t>
+  </si>
+  <si>
+    <t>129176.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Полено с узором»;силикон;,H=70,L=280,B=85мм</t>
+  </si>
+  <si>
+    <t>04149873</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Прямоугольник»[16шт];силикон;,H=11,L=325/49,B=176мм</t>
+  </si>
+  <si>
+    <t>04149874</t>
+  </si>
+  <si>
+    <t>22461.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Пирамида»[24шт];силикон;,H=20,L=325/35,B=176мм</t>
+  </si>
+  <si>
+    <t>04149875</t>
+  </si>
+  <si>
+    <t>15732.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Пирамида»[6шт];силикон;,H=40,L=325/70,B=176мм</t>
+  </si>
+  <si>
+    <t>04149876</t>
+  </si>
+  <si>
+    <t>15708.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Прямоугольник»[12шт];силикон;,H=30,L=325/75,B=176мм</t>
+  </si>
+  <si>
+    <t>04149877</t>
+  </si>
+  <si>
+    <t>20313.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Полусфера»[15шт];силикон;D=43,H=20,L=325,B=176мм</t>
+  </si>
+  <si>
+    <t>04149878</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Круг»[15шт];силикон;D=43,H=20,L=325,B=176мм</t>
+  </si>
+  <si>
+    <t>04149879</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Полусфера»[6шт];силикон;D=70,H=35,L=325,B=176мм</t>
+  </si>
+  <si>
+    <t>04149880</t>
+  </si>
+  <si>
+    <t>33087.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Кекс»[6шт];силикон;D=72,H=36,L=325,B=176мм</t>
+  </si>
+  <si>
+    <t>04149881</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Каннеле»[18шт];силикон;D=35,H=35,L=325,B=176мм</t>
+  </si>
+  <si>
+    <t>04149882</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Круг»[15шт];силикон;D=45,H=45,L=325,B=176мм</t>
+  </si>
+  <si>
+    <t>04149883</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Круг»[15шт];силикон;D=40,H=20,L=325,B=176мм</t>
+  </si>
+  <si>
+    <t>04149884</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Саварин»[6шт];силикон;D=65,H=20,L=325,B=176мм</t>
+  </si>
+  <si>
+    <t>04149885</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Цилиндр» [8 ячеек];силикон;D=60,H=35,L=300,B=175мм</t>
+  </si>
+  <si>
+    <t>04149959</t>
+  </si>
+  <si>
+    <t>47742-17</t>
+  </si>
+  <si>
+    <t>10711.00₸</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Шарлотка» [60 ячеек];силикон;D=35,H=15,L=600,B=400мм;черный</t>
+  </si>
+  <si>
+    <t>04149960</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Овал» [64 ячейки];силикон;,H=12,L=600,B=400мм;черный</t>
+  </si>
+  <si>
+    <t>04149961</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Тарталетка» [40 ячеек];силикон;D=58,H=20,L=600,B=400мм;черный</t>
+  </si>
+  <si>
+    <t>04149962</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Пирамида» [35 ячеек];силикон;,H=35,L=600/50,B=400мм;черный</t>
+  </si>
+  <si>
+    <t>04149963</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Двухслойный круг»;силикон;D=160,H=28,L=600,B=400мм;черный</t>
+  </si>
+  <si>
+    <t>04149964</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «3 кольца»;силикон,стеклопласт.;D=200,H=15мм</t>
+  </si>
+  <si>
+    <t>04149996</t>
+  </si>
+  <si>
+    <t>35089.00₸</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Пончики» [6 ячеек];силикон;D=75/25,H=28мм;черный</t>
+  </si>
+  <si>
+    <t>04147985</t>
+  </si>
+  <si>
+    <t>30SF170N</t>
+  </si>
+  <si>
+    <t>11204.00₸</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Полусфера» [28 ячеек];силикон;черный</t>
+  </si>
+  <si>
+    <t>04147962</t>
+  </si>
+  <si>
+    <t>30SF502N</t>
+  </si>
+  <si>
+    <t>10426.00₸</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Маффин» [6 ячеек];силикон;D=75,H=60мм;черный</t>
+  </si>
+  <si>
+    <t>04147961</t>
+  </si>
+  <si>
+    <t>30SF052N</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Прямоугольник» [20 ячеек];силикон;,H=11,L=49,B=26мм;черный</t>
+  </si>
+  <si>
+    <t>04130813</t>
+  </si>
+  <si>
+    <t>30SF025N</t>
+  </si>
+  <si>
+    <t>9618.00₸</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Бабочки» [6 ячеек];силикон;,H=40,L=59,B=65мм;черный</t>
+  </si>
+  <si>
+    <t>04147977</t>
+  </si>
+  <si>
+    <t>30SIL516</t>
+  </si>
+  <si>
+    <t>16016.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Сфера» [24 ячейки];силикон;90мл;D=70,H=35,L=595,B=395мм;черный</t>
+  </si>
+  <si>
+    <t>04147966</t>
+  </si>
+  <si>
+    <t>30SIL04N</t>
+  </si>
+  <si>
+    <t>52699.00₸</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Какао-бобы» [12 ячеек];силикон;,H=23,L=55,B=35мм;черный</t>
+  </si>
+  <si>
+    <t>04147973</t>
+  </si>
+  <si>
+    <t>30SIL520</t>
+  </si>
+  <si>
+    <t>16093.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Георгины» [6 ячеек];силикон;,H=43,L=71,B=70мм;черный</t>
+  </si>
+  <si>
+    <t>04147975</t>
+  </si>
+  <si>
+    <t>30SIL518</t>
+  </si>
+  <si>
+    <t>20405.00₸</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Ром-баба» [11 ячеек];силикон;D=45,H=48мм;черный</t>
+  </si>
+  <si>
+    <t>04130812</t>
+  </si>
+  <si>
+    <t>30SF020N</t>
+  </si>
+  <si>
+    <t>12320.00₸</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Восьмиугольник» [15 ячеек];силикон;D=38,H=26мм;черный</t>
+  </si>
+  <si>
+    <t>04147960</t>
+  </si>
+  <si>
+    <t>30SF037N</t>
+  </si>
+  <si>
+    <t>11543.00₸</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Мини Маффин» [54 ячейки];силикон;40мл;D=50,H=28,L=595,B=395мм;черный</t>
+  </si>
+  <si>
+    <t>04147965</t>
+  </si>
+  <si>
+    <t>30SIL06N</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Полусфера» [6 ячеек];силикон;D=70,H=35мм;черный</t>
+  </si>
+  <si>
+    <t>04147969</t>
+  </si>
+  <si>
+    <t>30SF002N</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Хлоя» [6 ячеек];силикон;,H=40,L=61,B=61мм;черный</t>
+  </si>
+  <si>
+    <t>04147976</t>
+  </si>
+  <si>
+    <t>30SIL517</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Мадлен» [44 ячейки];силикон;35мл;,H=18,L=595,B=395мм;черный</t>
+  </si>
+  <si>
+    <t>04147967</t>
+  </si>
+  <si>
+    <t>30SIL08N</t>
   </si>
   <si>
     <t>9 шт.</t>
   </si>
   <si>
-    <t>Форма кондитерская «Цветок» [8 ячеек];силикон;D=65,H=21,L=295,B=175мм;кирпичн.</t>
-[...1757 lines deleted...]
-    <t>Форма для выпечки "Какао-бобы" [6 ячеек];силикон;,H=39,L=95,B=61мм;черный</t>
+    <t>Форма для выпечки «Какао-бобы» [6 ячеек];силикон;,H=39,L=95,B=61мм;черный</t>
   </si>
   <si>
     <t>04147974</t>
   </si>
   <si>
     <t>30SIL519</t>
   </si>
   <si>
+    <t>16748.00₸</t>
+  </si>
+  <si>
     <t>17 шт.</t>
   </si>
   <si>
     <t>Форма для выпечки «Круг» [3 ячейки];силикон;D=10,H=2см;черный</t>
   </si>
   <si>
     <t>04147968</t>
   </si>
   <si>
     <t>30SF042N</t>
   </si>
   <si>
     <t>Форма для выпечки [40 ячеек];силикон;D=27,H=11мм;черный</t>
   </si>
   <si>
     <t>04130814</t>
   </si>
   <si>
     <t>30SF180N</t>
   </si>
   <si>
     <t>Форма для выпечки «Полусфера» [24 ячейки];силикон;D=34,H=16мм;черный</t>
   </si>
   <si>
     <t>04130811</t>
@@ -2837,53 +2840,50 @@
   <si>
     <t>Форма для выпечки «Круг» [6 ячеек];силикон;,L=29,7,B=17,6см;черный</t>
   </si>
   <si>
     <t>04147010</t>
   </si>
   <si>
     <t>30SIL500N</t>
   </si>
   <si>
     <t>15739.00₸</t>
   </si>
   <si>
     <t>Форма для выпечки «Маффин» [24 ячейки];силикон;,L=59,5,B=39,5см;черный</t>
   </si>
   <si>
     <t>04147009</t>
   </si>
   <si>
     <t>30SIL07N</t>
   </si>
   <si>
     <t>51821.00₸</t>
   </si>
   <si>
-    <t>8 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Форма для выпечки «Эклер Твист» [5 ячеек];силикон;,L=29,7,B=17,6см;черный</t>
   </si>
   <si>
     <t>04147014</t>
   </si>
   <si>
     <t>30SIL505N</t>
   </si>
   <si>
     <t>20236.00₸</t>
   </si>
   <si>
     <t>Форма для выпечки «Калипсо» [6 ячеек];силикон;,L=29,7,B=17,6см;черный</t>
   </si>
   <si>
     <t>04147016</t>
   </si>
   <si>
     <t>30SIL511</t>
   </si>
   <si>
     <t>Форма для выпечки «Пончик» [6 ячеек];силикон;,L=29,7,B=17,6см;черный</t>
   </si>
   <si>
     <t>04147012</t>
@@ -3054,50 +3054,62 @@
     <t>9324.00₸</t>
   </si>
   <si>
     <t>Форма для выпечки «Проотель» 35 ячеек (50мл, 60x60мм);силикон;,H=35,L=600,B=400мм</t>
   </si>
   <si>
     <t>04142152</t>
   </si>
   <si>
     <t>LM-047</t>
   </si>
   <si>
     <t>11326.00₸</t>
   </si>
   <si>
     <t>Форма для выпечки «Медуза» [6 ячеек];силикон;,H=40,L=297,B=176мм;черный</t>
   </si>
   <si>
     <t>04148128</t>
   </si>
   <si>
     <t>30SIL512</t>
   </si>
   <si>
     <t>23100.00₸</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Маффин» [6 ячеек];силикон;D=69,H=35,L=297,B=176мм;черный</t>
+  </si>
+  <si>
+    <t>04130621</t>
+  </si>
+  <si>
+    <t>30SF023N</t>
+  </si>
+  <si>
+    <t>11088.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -3112,51 +3124,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD56BC74-294C-11EC-BBF4-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178CC5A3-21C7-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD56BC73-294C-11EC-BBF4-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DA70C54-21C7-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DA70CF4-21C7-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DA70D94-21C7-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DA70B14-21C7-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178CC003-21C7-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178CC0A3-21C7-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178CC143-21C7-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178CBF63-21C7-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116E0D24-21C7-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A118D714-294C-11EC-BBF4-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116E0C84-21C7-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DA70ED4-21C7-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DA70E34-21C7-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178CC283-21C7-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178CC323-21C7-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178CC1E3-21C7-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DA71014-21C7-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116E08C4-21C7-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116E0964-21C7-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116E0BE4-21C7-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116E0A04-21C7-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116E0AA4-21C7-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116E0B44-21C7-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF59C297-21C6-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF59C337-21C6-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056B0D94-21C7-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B68F760-21C7-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B68F620-21C7-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B68F580-21C7-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056B0CF4-21C7-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B68F260-21C7-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B0B10ED-294C-11EC-BBF4-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056B0C54-21C7-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056B0BB4-21C7-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056B0A74-21C7-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056B0B14-21C7-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116E0784-21C7-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A118D70D-294C-11EC-BBF4-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF59C157-21C6-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF59C0B7-21C6-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B68F6C0-21C7-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94ED92E7-294C-11EC-BBF4-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B68F4E0-21C7-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F953990E-21C6-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F95399AE-21C6-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056B0934-21C7-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B68F300-21C7-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B68F3A0-21C7-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B68F120-21C7-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056B09D4-21C7-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF59C1F7-21C6-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116E06E4-21C7-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056B07F4-21C7-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C88A9E09-21C6-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C88A9CC9-21C6-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C88A9F49-21C6-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C88A9EA9-21C6-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C88A9D69-21C6-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C88A9C29-21C6-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C28AE3AA-21C6-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116E0824-21C7-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/865F27EF-E800-11EC-BBFA-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29C20041-21C7-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29C1FF8F-21C7-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23B575FE-21C7-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23B5754C-21C7-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8642DC74-509F-11EC-BBF6-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23B5749A-21C7-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF59C005-21C6-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373E0-424E-11E8-A155-00259035BB6773.gif"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B0DF5BD-696B-11EC-BBF7-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23B56FE0-21C7-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4B328CC-21C6-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55077E53-424E-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55077E58-424E-11E8-A155-00259035BB6778.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0CDF656-21C6-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E70D05B8-21C6-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4B32768-21C6-11EE-BC0D-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF59BEC5-21C6-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/916597F7-696B-11EC-BBF7-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED2803ED-21C6-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9770EEDD-696B-11EC-BBF7-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DACD4C86-21C6-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E70D066A-21C6-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED28029B-21C6-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0CDF284-21C6-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E70D0506-21C6-11EE-BC0D-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4B3281A-21C6-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DACD4B34-21C6-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F95395CA-21C6-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F338654F-21C6-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DACD4F3C-21C6-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6111ECAF-424E-11E8-A155-00259035BB6796.gif"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E70D0A3C-21C6-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED27FF45-21C6-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5207E81-424E-11E8-A155-00259035BB6799.gif"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D15A3E8-424E-11E8-A155-00259035BB67100.gif"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F33860DD-21C6-11EE-BC0D-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223E3-424F-11E8-A155-00259035BB67102.gif"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223E4-424F-11E8-A155-00259035BB67103.gif"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F953967C-21C6-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223E6-424F-11E8-A155-00259035BB67105.gif"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DACD4DEA-21C6-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F953971C-21C6-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0CDF336-21C6-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB5B-424F-11E8-A155-00259035BB67109.gif"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC301-424F-11E8-A155-00259035BB67110.gif"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0CDF708-21C6-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC303-424F-11E8-A155-00259035BB67112.gif"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0CDF7A8-21C6-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3385F9D-21C6-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F338635D-21C6-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F953986E-21C6-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DACD4BE6-21C6-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DACD4D4A-21C6-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E80D-424F-11E8-A155-00259035BB67119.gif"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E818-424F-11E8-A155-00259035BB67120.gif"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E70D071C-21C6-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E81A-424F-11E8-A155-00259035BB67122.gif"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E81B-424F-11E8-A155-00259035BB67123.gif"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED2800A9-21C6-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4B32628-21C6-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F338603D-21C6-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD89DB-424F-11E8-A155-00259035BB67127.gif"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4B326C8-21C6-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025D7-4250-11E8-A155-00259035BB67129.gif"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082F78-4250-11E8-A155-00259035BB67130.gif"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF59BE25-21C6-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082F7A-4250-11E8-A155-00259035BB67132.gif"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082F7C-4250-11E8-A155-00259035BB67133.gif"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082F7D-4250-11E8-A155-00259035BB67134.gif"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082F90-4250-11E8-A155-00259035BB67135.gif"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082F91-4250-11E8-A155-00259035BB67136.gif"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED28034D-21C6-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082F94-4250-11E8-A155-00259035BB67138.gif"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082F96-4250-11E8-A155-00259035BB67139.gif"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4B3297E-21C6-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1808981D-4250-11E8-A155-00259035BB67141.gif"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30173306-4250-11E8-A155-00259035BB67142.gif"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0CDF516-21C6-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480CA030-4250-11E8-A155-00259035BB67144.gif"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0CDF3D6-21C6-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54086809-4250-11E8-A155-00259035BB67146.gif"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC6859C5-21C6-11EE-BC0D-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F338621D-21C6-11EE-BC0D-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF59BF65-21C6-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029029-4250-11E8-A155-00259035BB67150.gif"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F217B-4250-11E8-A155-00259035BB67151.gif"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96059336-4250-11E8-A155-00259035BB67152.gif"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0CDF476-21C6-11EE-BC0D-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D20255C6-4250-11E8-A155-00259035BB67154.gif"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D20255C9-4250-11E8-A155-00259035BB67155.gif"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7909A3BD-E3D2-11EB-BBF2-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4B32588-21C6-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1DB-4250-11E8-A155-00259035BB67158.gif"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1DC-4250-11E8-A155-00259035BB67159.gif"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592A9-4250-11E8-A155-00259035BB67160.gif"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523D5C5E-2222-11EE-BC0D-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6E1-4251-11E8-A155-00259035BB67162.gif"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6E3-4251-11E8-A155-00259035BB67163.gif"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6E4-4251-11E8-A155-00259035BB67164.gif"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F40A-4251-11E8-A155-00259035BB67165.gif"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8039AC7D-4251-11E8-A155-00259035BB67166.gif"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8039ACA0-4251-11E8-A155-00259035BB67167.gif"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EE68A45-2222-11EE-BC0D-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575B9-4251-11E8-A155-00259035BB67169.gif"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D6067-4251-11E8-A155-00259035BB67170.gif"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E5D8400-1296-11EF-BC42-00505692492F171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7064BEAC-2222-11EE-BC0D-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E383-4251-11E8-A155-00259035BB67173.gif"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E386-4251-11E8-A155-00259035BB67174.gif"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E38A-4251-11E8-A155-00259035BB67175.gif"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E390-4251-11E8-A155-00259035BB67176.gif"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E391-4251-11E8-A155-00259035BB67177.gif"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E393-4251-11E8-A155-00259035BB67178.gif"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC0A5-4251-11E8-A155-00259035BB67179.gif"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6252674-4251-11E8-A155-00259035BB67180.gif"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6252678-4251-11E8-A155-00259035BB67181.gif"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7064BDFA-2222-11EE-BC0D-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6252693-4251-11E8-A155-00259035BB67183.gif"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6252694-4251-11E8-A155-00259035BB67184.gif"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A6960C8-2222-11EE-BC0D-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C21A7A6-4252-11E8-A155-00259035BB67186.gif"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856C9D79-E3D2-11EB-BBF2-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76733E9A-2222-11EE-BC0D-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35F6-4252-11E8-A155-00259035BB67189.gif"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E24D59DB-4252-11E8-A155-00259035BB67190.gif"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E24D59DC-4252-11E8-A155-00259035BB67191.gif"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E24D59E1-4252-11E8-A155-00259035BB67192.gif"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB462-4253-11E8-A155-00259035BB67193.gif"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770EDC-4253-11E8-A155-00259035BB67194.gif"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A695D3E-2222-11EE-BC0D-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028A294A-4254-11E8-A155-00259035BB67196.gif"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028A295F-4254-11E8-A155-00259035BB67197.gif"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FBA3-4254-11E8-A155-00259035BB67198.gif"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1DD7FE-4252-11E8-A155-00259035BB67199.gif"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1DD7FF-4252-11E8-A155-00259035BB67200.gif"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34243448-4252-11E8-A155-00259035BB67201.gif"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34243449-4252-11E8-A155-00259035BB67202.gif"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4239DD8-2222-11EE-BC0D-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE86-4252-11E8-A155-00259035BB67204.gif"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F780-4252-11E8-A155-00259035BB67205.gif"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F781-4252-11E8-A155-00259035BB67206.gif"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E66E333-2222-11EE-BC0D-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A63BD62A-4252-11E8-A155-00259035BB67208.gif"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A63BD62B-4252-11E8-A155-00259035BB67209.gif"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CF3-4252-11E8-A155-00259035BB67210.gif"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CF4-4252-11E8-A155-00259035BB67211.gif"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E66E81F-2222-11EE-BC0D-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FB9C-4254-11E8-A155-00259035BB67213.gif"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FB9D-4254-11E8-A155-00259035BB67214.gif"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1810A816-D1AC-11EB-BBF2-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B79803D1-F3D7-11EC-BBFA-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B16DABFD-F3D7-11EC-BBFA-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58522220-2222-11EE-BC0D-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5852202E-2222-11EE-BC0D-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B71EF9E8-02BA-11ED-BBFC-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3D5108-2222-11EE-BC0D-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D67AF045-9F21-11EC-BBFA-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/610E4659-2FB5-11EF-BC4B-00505692C447223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AFDD21-2222-11EE-BC0D-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AFDDD3-2222-11EE-BC0D-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AFDE73-2222-11EE-BC0D-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AFDC6F-2222-11EE-BC0D-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AFDF13-2222-11EE-BC0D-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C96D4AA-2222-11EE-BC0D-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B36A764E-294C-11EC-BBF4-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B36A764D-294C-11EC-BBF4-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B36A764C-294C-11EC-BBF4-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B36A764B-294C-11EC-BBF4-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8616FD11-FCA3-11EC-BBFA-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98CE0FC3-FCA3-11EC-BBFA-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2C02E02-FCA3-11EC-BBFA-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3D4E62-2222-11EE-BC0D-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC11DD8A-FCA3-11EC-BBFA-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC11DD88-FCA3-11EC-BBFA-005056921CC4239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C1A6481-FCA3-11EC-BBFA-005056921CC4240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523D5CFE-2222-11EE-BC0D-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E66E8E3-2222-11EE-BC0D-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A59069F7-FCA3-11EC-BBFA-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9B9863A-FECF-11EC-BBFA-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7064C028-2222-11EE-BC0D-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3D4DB0-2222-11EE-BC0D-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/646AE58E-2222-11EE-BC0D-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92978942-FCA3-11EC-BBFA-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC11DD86-FCA3-11EC-BBFA-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3D4CB4-2222-11EE-BC0D-005056921CC4250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A695E15-2222-11EE-BC0D-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC11DD87-FCA3-11EC-BBFA-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4642E4F5-2222-11EE-BC0D-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C1A6485-FCA3-11EC-BBFA-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76733FDA-2222-11EE-BC0D-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98CE0FBE-FCA3-11EC-BBFA-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98CE0FBF-FCA3-11EC-BBFA-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3D4F38-2222-11EE-BC0D-005056921CC4258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523D5BBE-2222-11EE-BC0D-005056921CC4259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523D5B1E-2222-11EE-BC0D-005056921CC4260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3D5044-2222-11EE-BC0D-005056921CC4261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523D59A6-2222-11EE-BC0D-005056921CC4262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E66EA23-2222-11EE-BC0D-005056921CC4263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3D51D8-2222-11EE-BC0D-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A695ED9-2222-11EE-BC0D-005056921CC4265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A69635E-2222-11EE-BC0D-005056921CC4266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E66E983-2222-11EE-BC0D-005056921CC4267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/646AE00E-2222-11EE-BC0D-005056921CC4268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4642E595-2222-11EE-BC0D-005056921CC4269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/174978F3-D8EE-11EB-BBF2-005056921CC4270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88D6F3A5-2222-11EE-BC0D-005056921CC4271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88D6F597-2222-11EE-BC0D-005056921CC4272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5DB3D3B-FCA3-11EC-BBFA-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5DB3D40-FCA3-11EC-BBFA-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EE68AF7-2222-11EE-BC0D-005056921CC4275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EE68B97-2222-11EE-BC0D-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FEC262F-7C52-11EF-BC4D-00505692C447277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B88879AA-619C-11EF-BC4D-00505692C447278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4DAF42F-619C-11EF-BC4D-00505692C447279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BED43F71-619C-11EF-BC4D-00505692C447280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDCF7FEF-7542-11EF-BC4D-00505692C447281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BED440BC-619C-11EF-BC4D-00505692C447282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDCF7CFE-7542-11EF-BC4D-00505692C447283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDCF7E88-7542-11EF-BC4D-00505692C447284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BED441A4-619C-11EF-BC4D-00505692C447285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4DAF76E-619C-11EF-BC4D-00505692C447286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BED4428E-619C-11EF-BC4D-00505692C447287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDCF77E3-7542-11EF-BC4D-00505692C447288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4DAF517-619C-11EF-BC4D-00505692C447289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDCF7BE0-7542-11EF-BC4D-00505692C447290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4DAF686-619C-11EF-BC4D-00505692C447291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4DAF91C-619C-11EF-BC4D-00505692C447292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BED44376-619C-11EF-BC4D-00505692C447293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530252DB-5CD3-11F0-BC49-0050569297EB294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530249C8-5CD3-11F0-BC49-0050569297EB295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6AFB3E46-5CD3-11F0-BC49-0050569297EB296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C60E0E80-AA9F-11F0-BC58-00505692E2D0297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5EF42FFC-5CD3-11F0-BC49-0050569297EB298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5302399B-5CD3-11F0-BC49-0050569297EB299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71138603-5CD3-11F0-BC49-0050569297EB300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A5CFD47-5CD3-11F0-BC49-0050569297EB301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71138733-5CD3-11F0-BC49-0050569297EB302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A5CFEAF-5CD3-11F0-BC49-0050569297EB303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CDE839C-5CD3-11F0-BC49-0050569297EB304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6AFB3D3A-5CD3-11F0-BC49-0050569297EB305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5EF431AB-5CD3-11F0-BC49-0050569297EB306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CDE81FF-5CD3-11F0-BC49-0050569297EB307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6503DC38-5CD3-11F0-BC49-0050569297EB308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DAB09C74-A513-11F0-BC4E-00505692492F309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6503DD8C-5CD3-11F0-BC49-0050569297EB310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6AFB3C2E-5CD3-11F0-BC49-0050569297EB311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC3D524F-A513-11F0-BC4E-00505692492F312.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD56BC74-294C-11EC-BBF4-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178CC5A3-21C7-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD56BC73-294C-11EC-BBF4-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DA70C54-21C7-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DA70CF4-21C7-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DA70D94-21C7-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DA70B14-21C7-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178CC003-21C7-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178CC0A3-21C7-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178CC143-21C7-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178CBF63-21C7-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116E0D24-21C7-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A118D714-294C-11EC-BBF4-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116E0C84-21C7-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DA70ED4-21C7-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DA70E34-21C7-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178CC283-21C7-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178CC323-21C7-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178CC1E3-21C7-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DA71014-21C7-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116E08C4-21C7-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116E0964-21C7-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116E0BE4-21C7-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116E0A04-21C7-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116E0AA4-21C7-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116E0B44-21C7-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF59C297-21C6-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF59C337-21C6-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056B0D94-21C7-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B68F760-21C7-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B68F620-21C7-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B68F580-21C7-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056B0CF4-21C7-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B68F260-21C7-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B0B10ED-294C-11EC-BBF4-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056B0C54-21C7-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056B0BB4-21C7-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056B0A74-21C7-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056B0B14-21C7-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116E0784-21C7-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A118D70D-294C-11EC-BBF4-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF59C157-21C6-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF59C0B7-21C6-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B68F6C0-21C7-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94ED92E7-294C-11EC-BBF4-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B68F4E0-21C7-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F953990E-21C6-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F95399AE-21C6-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056B0934-21C7-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B68F300-21C7-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B68F3A0-21C7-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B68F120-21C7-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056B09D4-21C7-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF59C1F7-21C6-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116E06E4-21C7-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056B07F4-21C7-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C88A9E09-21C6-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C88A9CC9-21C6-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C88A9F49-21C6-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C88A9EA9-21C6-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C88A9D69-21C6-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C88A9C29-21C6-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C28AE3AA-21C6-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116E0824-21C7-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/865F27EF-E800-11EC-BBFA-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29C20041-21C7-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29C1FF8F-21C7-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23B575FE-21C7-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23B5754C-21C7-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8642DC74-509F-11EC-BBF6-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23B5749A-21C7-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF59C005-21C6-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373E0-424E-11E8-A155-00259035BB6773.gif"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B0DF5BD-696B-11EC-BBF7-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23B56FE0-21C7-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4B328CC-21C6-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55077E53-424E-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55077E58-424E-11E8-A155-00259035BB6778.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0CDF656-21C6-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E70D05B8-21C6-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4B32768-21C6-11EE-BC0D-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF59BEC5-21C6-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/916597F7-696B-11EC-BBF7-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED2803ED-21C6-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9770EEDD-696B-11EC-BBF7-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DACD4C86-21C6-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E70D066A-21C6-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED28029B-21C6-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0CDF284-21C6-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E70D0506-21C6-11EE-BC0D-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4B3281A-21C6-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DACD4B34-21C6-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F95395CA-21C6-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F338654F-21C6-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DACD4F3C-21C6-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6111ECAF-424E-11E8-A155-00259035BB6796.gif"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E70D0A3C-21C6-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED27FF45-21C6-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5207E81-424E-11E8-A155-00259035BB6799.gif"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D15A3E8-424E-11E8-A155-00259035BB67100.gif"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F33860DD-21C6-11EE-BC0D-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223E3-424F-11E8-A155-00259035BB67102.gif"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223E4-424F-11E8-A155-00259035BB67103.gif"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F953967C-21C6-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223E6-424F-11E8-A155-00259035BB67105.gif"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DACD4DEA-21C6-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F953971C-21C6-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0CDF336-21C6-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB5B-424F-11E8-A155-00259035BB67109.gif"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC301-424F-11E8-A155-00259035BB67110.gif"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0CDF708-21C6-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC303-424F-11E8-A155-00259035BB67112.gif"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0CDF7A8-21C6-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3385F9D-21C6-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F338635D-21C6-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F953986E-21C6-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DACD4BE6-21C6-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DACD4D4A-21C6-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E80D-424F-11E8-A155-00259035BB67119.gif"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E818-424F-11E8-A155-00259035BB67120.gif"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E70D071C-21C6-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E81A-424F-11E8-A155-00259035BB67122.gif"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E81B-424F-11E8-A155-00259035BB67123.gif"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED2800A9-21C6-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4B32628-21C6-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F338603D-21C6-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD89DB-424F-11E8-A155-00259035BB67127.gif"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4B326C8-21C6-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025D7-4250-11E8-A155-00259035BB67129.gif"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082F78-4250-11E8-A155-00259035BB67130.gif"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF59BE25-21C6-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082F7A-4250-11E8-A155-00259035BB67132.gif"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082F7C-4250-11E8-A155-00259035BB67133.gif"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082F7D-4250-11E8-A155-00259035BB67134.gif"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082F90-4250-11E8-A155-00259035BB67135.gif"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082F91-4250-11E8-A155-00259035BB67136.gif"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED28034D-21C6-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082F94-4250-11E8-A155-00259035BB67138.gif"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082F96-4250-11E8-A155-00259035BB67139.gif"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4B3297E-21C6-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1808981D-4250-11E8-A155-00259035BB67141.gif"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30173306-4250-11E8-A155-00259035BB67142.gif"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0CDF516-21C6-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480CA030-4250-11E8-A155-00259035BB67144.gif"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0CDF3D6-21C6-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54086809-4250-11E8-A155-00259035BB67146.gif"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC6859C5-21C6-11EE-BC0D-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F338621D-21C6-11EE-BC0D-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF59BF65-21C6-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029029-4250-11E8-A155-00259035BB67150.gif"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F217B-4250-11E8-A155-00259035BB67151.gif"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96059336-4250-11E8-A155-00259035BB67152.gif"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0CDF476-21C6-11EE-BC0D-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D20255C6-4250-11E8-A155-00259035BB67154.gif"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D20255C9-4250-11E8-A155-00259035BB67155.gif"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7909A3BD-E3D2-11EB-BBF2-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4B32588-21C6-11EE-BC0D-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1DB-4250-11E8-A155-00259035BB67158.gif"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1DC-4250-11E8-A155-00259035BB67159.gif"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592A9-4250-11E8-A155-00259035BB67160.gif"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523D5C5E-2222-11EE-BC0D-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6E1-4251-11E8-A155-00259035BB67162.gif"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6E3-4251-11E8-A155-00259035BB67163.gif"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6E4-4251-11E8-A155-00259035BB67164.gif"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F40A-4251-11E8-A155-00259035BB67165.gif"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8039AC7D-4251-11E8-A155-00259035BB67166.gif"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8039ACA0-4251-11E8-A155-00259035BB67167.gif"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EE68A45-2222-11EE-BC0D-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575B9-4251-11E8-A155-00259035BB67169.gif"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D6067-4251-11E8-A155-00259035BB67170.gif"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E5D8400-1296-11EF-BC42-00505692492F171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7064BEAC-2222-11EE-BC0D-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E383-4251-11E8-A155-00259035BB67173.gif"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E386-4251-11E8-A155-00259035BB67174.gif"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E38A-4251-11E8-A155-00259035BB67175.gif"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E390-4251-11E8-A155-00259035BB67176.gif"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E391-4251-11E8-A155-00259035BB67177.gif"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E393-4251-11E8-A155-00259035BB67178.gif"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC0A5-4251-11E8-A155-00259035BB67179.gif"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6252674-4251-11E8-A155-00259035BB67180.gif"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6252678-4251-11E8-A155-00259035BB67181.gif"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7064BDFA-2222-11EE-BC0D-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6252693-4251-11E8-A155-00259035BB67183.gif"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6252694-4251-11E8-A155-00259035BB67184.gif"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A6960C8-2222-11EE-BC0D-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C21A7A6-4252-11E8-A155-00259035BB67186.gif"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856C9D79-E3D2-11EB-BBF2-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76733E9A-2222-11EE-BC0D-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35F6-4252-11E8-A155-00259035BB67189.gif"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E24D59DB-4252-11E8-A155-00259035BB67190.gif"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E24D59DC-4252-11E8-A155-00259035BB67191.gif"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E24D59E1-4252-11E8-A155-00259035BB67192.gif"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB462-4253-11E8-A155-00259035BB67193.gif"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770EDC-4253-11E8-A155-00259035BB67194.gif"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A695D3E-2222-11EE-BC0D-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028A294A-4254-11E8-A155-00259035BB67196.gif"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028A295F-4254-11E8-A155-00259035BB67197.gif"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FBA3-4254-11E8-A155-00259035BB67198.gif"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1DD7FE-4252-11E8-A155-00259035BB67199.gif"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1DD7FF-4252-11E8-A155-00259035BB67200.gif"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34243448-4252-11E8-A155-00259035BB67201.gif"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34243449-4252-11E8-A155-00259035BB67202.gif"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4239DD8-2222-11EE-BC0D-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE86-4252-11E8-A155-00259035BB67204.gif"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F780-4252-11E8-A155-00259035BB67205.gif"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F781-4252-11E8-A155-00259035BB67206.gif"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E66E333-2222-11EE-BC0D-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A63BD62A-4252-11E8-A155-00259035BB67208.gif"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A63BD62B-4252-11E8-A155-00259035BB67209.gif"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CF3-4252-11E8-A155-00259035BB67210.gif"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CF4-4252-11E8-A155-00259035BB67211.gif"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E66E81F-2222-11EE-BC0D-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FB9C-4254-11E8-A155-00259035BB67213.gif"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FB9D-4254-11E8-A155-00259035BB67214.gif"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1810A816-D1AC-11EB-BBF2-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B79803D1-F3D7-11EC-BBFA-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B16DABFD-F3D7-11EC-BBFA-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58522220-2222-11EE-BC0D-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5852202E-2222-11EE-BC0D-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B71EF9E8-02BA-11ED-BBFC-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3D5108-2222-11EE-BC0D-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D67AF045-9F21-11EC-BBFA-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/610E4659-2FB5-11EF-BC4B-00505692C447223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AFDD21-2222-11EE-BC0D-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AFDDD3-2222-11EE-BC0D-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AFDE73-2222-11EE-BC0D-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AFDC6F-2222-11EE-BC0D-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82AFDF13-2222-11EE-BC0D-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C96D4AA-2222-11EE-BC0D-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B36A764E-294C-11EC-BBF4-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B36A764D-294C-11EC-BBF4-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B36A764C-294C-11EC-BBF4-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B36A764B-294C-11EC-BBF4-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8616FD11-FCA3-11EC-BBFA-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98CE0FC3-FCA3-11EC-BBFA-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2C02E02-FCA3-11EC-BBFA-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3D4E62-2222-11EE-BC0D-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC11DD8A-FCA3-11EC-BBFA-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC11DD88-FCA3-11EC-BBFA-005056921CC4239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C1A6481-FCA3-11EC-BBFA-005056921CC4240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523D5CFE-2222-11EE-BC0D-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E66E8E3-2222-11EE-BC0D-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A59069F7-FCA3-11EC-BBFA-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9B9863A-FECF-11EC-BBFA-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7064C028-2222-11EE-BC0D-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3D4DB0-2222-11EE-BC0D-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/646AE58E-2222-11EE-BC0D-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92978942-FCA3-11EC-BBFA-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC11DD86-FCA3-11EC-BBFA-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3D4CB4-2222-11EE-BC0D-005056921CC4250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A695E15-2222-11EE-BC0D-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC11DD87-FCA3-11EC-BBFA-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4642E4F5-2222-11EE-BC0D-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C1A6485-FCA3-11EC-BBFA-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76733FDA-2222-11EE-BC0D-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98CE0FBE-FCA3-11EC-BBFA-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98CE0FBF-FCA3-11EC-BBFA-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3D4F38-2222-11EE-BC0D-005056921CC4258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523D5BBE-2222-11EE-BC0D-005056921CC4259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523D5B1E-2222-11EE-BC0D-005056921CC4260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3D5044-2222-11EE-BC0D-005056921CC4261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523D59A6-2222-11EE-BC0D-005056921CC4262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E66EA23-2222-11EE-BC0D-005056921CC4263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C3D51D8-2222-11EE-BC0D-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A695ED9-2222-11EE-BC0D-005056921CC4265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A69635E-2222-11EE-BC0D-005056921CC4266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E66E983-2222-11EE-BC0D-005056921CC4267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/646AE00E-2222-11EE-BC0D-005056921CC4268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4642E595-2222-11EE-BC0D-005056921CC4269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/174978F3-D8EE-11EB-BBF2-005056921CC4270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88D6F3A5-2222-11EE-BC0D-005056921CC4271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88D6F597-2222-11EE-BC0D-005056921CC4272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5DB3D3B-FCA3-11EC-BBFA-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5DB3D40-FCA3-11EC-BBFA-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EE68AF7-2222-11EE-BC0D-005056921CC4275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8EE68B97-2222-11EE-BC0D-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FEC262F-7C52-11EF-BC4D-00505692C447277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B88879AA-619C-11EF-BC4D-00505692C447278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4DAF42F-619C-11EF-BC4D-00505692C447279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BED43F71-619C-11EF-BC4D-00505692C447280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDCF7FEF-7542-11EF-BC4D-00505692C447281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BED440BC-619C-11EF-BC4D-00505692C447282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDCF7CFE-7542-11EF-BC4D-00505692C447283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDCF7E88-7542-11EF-BC4D-00505692C447284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BED441A4-619C-11EF-BC4D-00505692C447285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4DAF76E-619C-11EF-BC4D-00505692C447286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF6D005F-B5DF-11F0-BC5F-00505692E049287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BED4428E-619C-11EF-BC4D-00505692C447288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDCF77E3-7542-11EF-BC4D-00505692C447289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4DAF517-619C-11EF-BC4D-00505692C447290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDCF7BE0-7542-11EF-BC4D-00505692C447291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4DAF686-619C-11EF-BC4D-00505692C447292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4DAF91C-619C-11EF-BC4D-00505692C447293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BED44376-619C-11EF-BC4D-00505692C447294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530252DB-5CD3-11F0-BC49-0050569297EB295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530249C8-5CD3-11F0-BC49-0050569297EB296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6AFB3E46-5CD3-11F0-BC49-0050569297EB297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C60E0E80-AA9F-11F0-BC58-00505692E2D0298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5EF42FFC-5CD3-11F0-BC49-0050569297EB299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5302399B-5CD3-11F0-BC49-0050569297EB300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71138603-5CD3-11F0-BC49-0050569297EB301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A5CFD47-5CD3-11F0-BC49-0050569297EB302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71138733-5CD3-11F0-BC49-0050569297EB303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A5CFEAF-5CD3-11F0-BC49-0050569297EB304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CDE839C-5CD3-11F0-BC49-0050569297EB305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6AFB3D3A-5CD3-11F0-BC49-0050569297EB306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5EF431AB-5CD3-11F0-BC49-0050569297EB307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CDE81FF-5CD3-11F0-BC49-0050569297EB308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6503DC38-5CD3-11F0-BC49-0050569297EB309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DAB09C74-A513-11F0-BC4E-00505692492F310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6503DD8C-5CD3-11F0-BC49-0050569297EB311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6AFB3C2E-5CD3-11F0-BC49-0050569297EB312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC3D524F-A513-11F0-BC4E-00505692492F313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/682AA91B-C7F0-11F0-BC5A-00505692E2D0314.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -11701,813 +11713,873 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="286" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId286"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>288</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="287" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId287"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>289</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="287" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId287"/>
+        <xdr:cNvPr id="288" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId288"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>290</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="288" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId288"/>
+        <xdr:cNvPr id="289" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId289"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>291</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="289" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId289"/>
+        <xdr:cNvPr id="290" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId290"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>292</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="290" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId290"/>
+        <xdr:cNvPr id="291" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId291"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>293</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="291" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId291"/>
+        <xdr:cNvPr id="292" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId292"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>294</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="292" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId292"/>
+        <xdr:cNvPr id="293" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId293"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>295</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="293" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId293"/>
+        <xdr:cNvPr id="294" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId294"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>296</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="294" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId294"/>
+        <xdr:cNvPr id="295" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId295"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>297</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="295" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId295"/>
+        <xdr:cNvPr id="296" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId296"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>298</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="296" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId296"/>
+        <xdr:cNvPr id="297" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId297"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>299</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="297" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId297"/>
+        <xdr:cNvPr id="298" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId298"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>300</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="298" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId298"/>
+        <xdr:cNvPr id="299" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId299"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>301</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="299" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId299"/>
+        <xdr:cNvPr id="300" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId300"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>302</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="300" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId300"/>
+        <xdr:cNvPr id="301" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId301"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>303</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="301" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId301"/>
+        <xdr:cNvPr id="302" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId302"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>304</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="302" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId302"/>
+        <xdr:cNvPr id="303" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId303"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>305</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="303" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId303"/>
+        <xdr:cNvPr id="304" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId304"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>306</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="304" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId304"/>
+        <xdr:cNvPr id="305" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId305"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>307</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="305" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId305"/>
+        <xdr:cNvPr id="306" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId306"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>308</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="306" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId306"/>
+        <xdr:cNvPr id="307" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId307"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>309</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="307" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId307"/>
+        <xdr:cNvPr id="308" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId308"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>310</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="308" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId308"/>
+        <xdr:cNvPr id="309" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId309"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>311</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="309" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId309"/>
+        <xdr:cNvPr id="310" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId310"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>312</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="310" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId310"/>
+        <xdr:cNvPr id="311" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId311"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>313</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="311" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId311"/>
+        <xdr:cNvPr id="312" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId312"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>321</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="312" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId312"/>
+        <xdr:cNvPr id="313" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId313"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>322</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="314" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId314"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -12766,62 +12838,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-polusfera-5-yacheek-martellato-04130523/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-polusfera-6-yacheek-martellato-04130524/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-polusfera-6-yacheek-martellato-04130525/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-polusfera-15-yacheek-martellato-04130527/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-piramida-6-yacheek-martellato-04130529/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-piramida-15-yacheek-martellato-04130530/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-polusfera-24-yacheek-martellato-04130531/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-savarin-18-yacheek-martellato-04130532/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-savarin-8-yacheek-martellato-04130533/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-savarin-6-yacheek-martellato-04130534/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-tartaletka-15-yacheek-martellato-04130535/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-tartaletka-15-yacheek-martellato-04130536/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-tartaletka-8-yacheek-martellato-04130537/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-tartaletka-6-yacheek-martellato-04130538/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-oval-16-yacheek-martellato-04130539/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-oval-9-yacheek-martellato-04130540/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-rom-baba-15-yacheek-martellato-04130541/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-rom-baba-11-yacheek-martellato-04130542/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-rom-baba-8-yacheek-martellato-04130543/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-maffin-5-yacheek-martellato-04130546/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-pryamougolnaya-20yacheek-martellato-04130547/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-pryamougolnaya-12-yacheek-martellato-04130548/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-cilindr-15-yacheek-martellato-04130549/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-cilindr-8-yacheek-martellato-04130550/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-cilindr-8-yacheek-martellato-04130551/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-cilindr-24-yacheyki-martellato-04130552/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-6-yacheek-martellato-04130556/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-6-yacheek-martellato-04130557/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-serdce-6-yacheek-martellato-04130558/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-vosmiugolnik-15-yacheek-martellato-04130559/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-lodochka-12-yacheek-martellato-04130560/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-lodochka-9-yacheek-martellato-04130561/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-serdce-8-yacheek-martellato-04130562/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-polovinka-yayca-5-yacheek-martellato-04130563/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-krug-3-yacheyki-martellato-04130564/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-flan-15-yacheek-martellato-04130565/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-flan-15-yacheek-martellato-04130566/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-flan-8-yacheek-martellato-04130567/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-flan-6-yacheek-martellato-04130568/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-almaz-18-yacheek-martellato-04130570/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-almaz-6-yacheek-martellato-04130571/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-8-yacheek-martellato-04130572/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-8-yacheek-martellato-04130573/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-krapfen-8-yacheek-martellato-04130576/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-pryamougolnaya-7-yacheek-martellato-04130577/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-margaritka-6-yacheek-martellato-04130579/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-keks-8-yacheek-martellato-04130580/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-keks-6-yacheek-martellato-04130581/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-15-yacheek-martellato-04130582/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-nuga-20-yacheek-martellato-04130583/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-miks-6-yacheek-martellato-04130584/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-savoyardi-6-yacheek-martellato-04130586/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-12-yacheek-martellato-04130587/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-7-yacheek-martellato-04130588/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-vafli-4-yacheyki-martellato-04130589/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-40-yacheek-martellato-04130591/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-kruglaya-martellato-04130592/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-kruglaya-martellato-04130593/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-kruglaya-martellato-04130594/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-kruglaya-martellato-04130595/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-kruglaya-martellato-04130596/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-kruglaya-martellato-04130597/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-kruglaya-martellato-04130598/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-pryamougolnaya-12-yacheek-martellato-04130803/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zamorazhivaniya-i-vypechki-s-24-polostyami-dlya-ponchikov-d75h35sm-martellato-04140045/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04140092/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04140093/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04140094/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04140095/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04140096/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04140097/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140152/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140163/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140913/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kondd-vypechki-bagetov-paderno-04140914/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140928/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140929/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140930/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140931/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140932/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140933/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140938/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140939/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140944/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140951/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140952/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140953/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140954/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140955/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140956/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140957/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140960/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140961/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140962/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140963/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140964/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140965/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140966/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konddlya-vypechki-paderno-04140995/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04141319/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04141369/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04141370/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04141371/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04141372/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04141373/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04141383/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04141384/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04141385/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04142820/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142822/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142823/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142824/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142888/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142889/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142890/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142891/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142892/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144286/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144298/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144526/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144527/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144528/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144529/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144530/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144549/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144550/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144563/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144576/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konddlya-vypechki-paderno-04144657/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144660/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144661/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144663/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144665/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144666/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144676/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144677/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144678/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144680/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144682/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144683/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144914/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04145301/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145337/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145339/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145341/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-marmelada-matfer-04145367/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04145414/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145416/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145435/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145437/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145448/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145801/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145932/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145943/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145946/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145961/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145962/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145970/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145971/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146020/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146027/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146043/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146045/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146046/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146086/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04146157/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146162/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-krug-martellato-04146200/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146229/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146239/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146240/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146243/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146245/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146248/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146249/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146250/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146251/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146253/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04146275/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146313/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146316/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146328/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-marmelada-matfer-04146350/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-marmelada-matfer-04146351/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146454/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146455/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-de-buyer-04146512/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146541/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04146556/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-keksa-paderno-04146614/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-keksa-paderno-04146615/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-kulicha-paderno-04146620/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-vypechki-pirozhnyh-paderno-04146627/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146670/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146673/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146674/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146676/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146695/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-marmelada-matfer-04146711/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-marmelada-matfer-04146712/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146748/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146749/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-vypechki-bagetov-4yacheyki-matfer-04146803/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-vypechki-bagetov-5yacheek-matfer-04146804/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146832/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146833/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146834/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146845/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146847/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146886/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146887/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146939/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146975/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146976/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04147207/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04147209/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04147228/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04147254/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04147255/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04147279/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-prohotel-04147284/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04147299/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147970/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04149202/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04149203/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04149204/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04149205/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04149206/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04149207/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-pirozhnyh-kaplya-martellato-04149261/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-pirozhnyh-krug-martellato-04149262/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-pirozhnyh-oval-martellato-04149263/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-pirozhnyh-treugolnik-martellato-04149264/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-dvoynaya-matfer-04149844/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149850/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149851/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149852/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149853/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149854/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149855/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149856/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149857/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149858/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149859/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149860/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149861/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149862/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149863/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149864/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149865/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149866/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149867/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149868/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149869/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149870/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149871/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149872/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149873/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149874/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149875/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149876/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149877/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149878/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149879/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149880/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149881/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149882/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149883/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149884/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149885/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-cilindr-8-yacheek-na-liste-paderno-04149959/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-sharlotka-60-yacheek-na-liste-matfer-04149960/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-oval-64-yacheyki-na-liste-matfer-04149961/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-tartaletka-40-yacheek-na-liste-matfer-04149962/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-piramida-35-yacheek-na-liste-matfer-04149963/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-dvuhsloynyy-krug-matfer-04149964/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-3-kolca-matfer-04149996/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147985/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147962/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147961/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04130813/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-babochki-martellato-04147977/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147966/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-kakao-boby-martellato-04147973/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-georginy-martellato-04147975/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04130812/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147960/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147965/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147969/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-hloya-martellato-04147976/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147967/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-kakao-boby-martellato-04147974/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147968/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04130814/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04130811/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147022/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147018/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147025/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147010/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147009/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147014/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147016/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147012/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147019/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147021/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147008/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147023/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147015/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147013/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147017/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147020/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147011/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147024/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-prohotel-04141998/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-prohotel-04142153/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-prohotel-04142155/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-prohotel-04141999/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-prohotel-04142156/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-prohotel-04142154/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-prohotel-04142152/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04148128/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-polusfera-5-yacheek-martellato-04130523/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-polusfera-6-yacheek-martellato-04130524/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-polusfera-6-yacheek-martellato-04130525/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-polusfera-15-yacheek-martellato-04130527/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-piramida-6-yacheek-martellato-04130529/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-piramida-15-yacheek-martellato-04130530/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-polusfera-24-yacheek-martellato-04130531/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-savarin-18-yacheek-martellato-04130532/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-savarin-8-yacheek-martellato-04130533/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-savarin-6-yacheek-martellato-04130534/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-tartaletka-15-yacheek-martellato-04130535/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-tartaletka-15-yacheek-martellato-04130536/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-tartaletka-8-yacheek-martellato-04130537/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-tartaletka-6-yacheek-martellato-04130538/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-oval-16-yacheek-martellato-04130539/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-oval-9-yacheek-martellato-04130540/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-rom-baba-15-yacheek-martellato-04130541/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-rom-baba-11-yacheek-martellato-04130542/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-rom-baba-8-yacheek-martellato-04130543/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-maffin-5-yacheek-martellato-04130546/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-pryamougolnaya-20yacheek-martellato-04130547/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-pryamougolnaya-12-yacheek-martellato-04130548/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-cilindr-15-yacheek-martellato-04130549/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-cilindr-8-yacheek-martellato-04130550/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-cilindr-8-yacheek-martellato-04130551/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-cilindr-24-yacheyki-martellato-04130552/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-6-yacheek-martellato-04130556/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-6-yacheek-martellato-04130557/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-serdce-6-yacheek-martellato-04130558/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-vosmiugolnik-15-yacheek-martellato-04130559/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-lodochka-12-yacheek-martellato-04130560/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-lodochka-9-yacheek-martellato-04130561/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-serdce-8-yacheek-martellato-04130562/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-polovinka-yayca-5-yacheek-martellato-04130563/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-krug-3-yacheyki-martellato-04130564/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-flan-15-yacheek-martellato-04130565/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-flan-15-yacheek-martellato-04130566/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-flan-8-yacheek-martellato-04130567/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-flan-6-yacheek-martellato-04130568/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-almaz-18-yacheek-martellato-04130570/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-almaz-6-yacheek-martellato-04130571/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-8-yacheek-martellato-04130572/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-8-yacheek-martellato-04130573/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-krapfen-8-yacheek-martellato-04130576/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-pryamougolnaya-7-yacheek-martellato-04130577/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-margaritka-6-yacheek-martellato-04130579/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-keks-8-yacheek-martellato-04130580/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-keks-6-yacheek-martellato-04130581/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-15-yacheek-martellato-04130582/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-nuga-20-yacheek-martellato-04130583/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-miks-6-yacheek-martellato-04130584/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-savoyardi-6-yacheek-martellato-04130586/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-12-yacheek-martellato-04130587/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-7-yacheek-martellato-04130588/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-vafli-4-yacheyki-martellato-04130589/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-40-yacheek-martellato-04130591/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-kruglaya-martellato-04130592/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-kruglaya-martellato-04130593/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-kruglaya-martellato-04130594/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-kruglaya-martellato-04130595/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-kruglaya-martellato-04130596/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-kruglaya-martellato-04130597/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-kruglaya-martellato-04130598/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-pryamougolnaya-12-yacheek-martellato-04130803/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zamorazhivaniya-i-vypechki-s-24-polostyami-dlya-ponchikov-d75h35sm-martellato-04140045/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04140092/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04140093/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04140094/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04140095/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04140096/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04140097/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140152/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140163/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140913/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kondd-vypechki-bagetov-paderno-04140914/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140928/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140929/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140930/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140931/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140932/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140933/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140938/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140939/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140944/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140951/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140952/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140953/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140954/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140955/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140956/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140957/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140960/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140961/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140962/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140963/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140964/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140965/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04140966/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konddlya-vypechki-paderno-04140995/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04141319/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04141369/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04141370/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04141371/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04141372/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04141373/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04141383/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04141384/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04141385/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04142820/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142822/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142823/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142824/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142888/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142889/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142890/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142891/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142892/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144286/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144298/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144526/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144527/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144528/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144529/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144530/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144549/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144550/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144563/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144576/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konddlya-vypechki-paderno-04144657/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144660/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144661/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144663/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144665/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144666/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144676/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144677/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144678/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144680/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144682/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144683/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144914/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04145301/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145337/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145339/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145341/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-marmelada-matfer-04145367/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04145414/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145416/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145435/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145437/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145448/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145801/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145932/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145943/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145946/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145961/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145962/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145970/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145971/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146020/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146027/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146043/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146045/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146046/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146086/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04146157/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146162/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-krug-martellato-04146200/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146229/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146239/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146240/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146243/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146245/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146248/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146249/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146250/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146251/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146253/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04146275/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146313/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146316/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146328/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-marmelada-matfer-04146350/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-marmelada-matfer-04146351/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146454/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146455/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-de-buyer-04146512/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146541/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04146556/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-keksa-paderno-04146614/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-keksa-paderno-04146615/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-kulicha-paderno-04146620/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-vypechki-pirozhnyh-paderno-04146627/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146670/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146673/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146674/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146676/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146695/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-marmelada-matfer-04146711/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-marmelada-matfer-04146712/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146748/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146749/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-vypechki-bagetov-4yacheyki-matfer-04146803/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-vypechki-bagetov-5yacheek-matfer-04146804/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146832/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146833/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146834/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146845/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146847/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146886/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146887/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146939/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146975/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146976/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04147207/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04147209/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04147228/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04147254/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04147255/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04147279/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-prohotel-04147284/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-paderno-04147299/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147970/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04149202/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04149203/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04149204/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04149205/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04149206/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-perforir-martellato-04149207/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-pirozhnyh-kaplya-martellato-04149261/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-pirozhnyh-krug-martellato-04149262/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-pirozhnyh-oval-martellato-04149263/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-pirozhnyh-treugolnik-martellato-04149264/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-dvoynaya-matfer-04149844/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149850/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149851/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149852/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149853/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149854/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149855/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149856/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149857/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149858/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149859/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149860/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149861/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149862/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149863/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149864/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149865/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149866/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149867/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149868/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149869/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149870/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149871/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149872/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149873/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149874/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149875/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149876/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149877/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149878/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149879/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149880/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149881/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149882/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149883/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149884/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04149885/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-cilindr-8-yacheek-na-liste-paderno-04149959/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-sharlotka-60-yacheek-na-liste-matfer-04149960/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-oval-64-yacheyki-na-liste-matfer-04149961/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-tartaletka-40-yacheek-na-liste-matfer-04149962/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-piramida-35-yacheek-na-liste-matfer-04149963/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-dvuhsloynyy-krug-matfer-04149964/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-kond-3-kolca-matfer-04149996/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147985/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147962/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147961/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04130813/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-babochki-martellato-04147977/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147966/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-kakao-boby-martellato-04147973/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-georginy-martellato-04147975/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04130812/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147960/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147965/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147969/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-hloya-martellato-04147976/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147967/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-kakao-boby-martellato-04147974/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147968/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04130814/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04130811/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147022/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147018/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147025/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147010/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147009/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147014/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147016/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147012/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147019/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147021/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147008/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147023/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147015/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147013/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147017/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147020/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147011/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04147024/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-prohotel-04141998/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-prohotel-04142153/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-prohotel-04142155/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-prohotel-04141999/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-prohotel-04142156/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-prohotel-04142154/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-prohotel-04142152/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04148128/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-martellato-04130621/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L322"/>
+  <dimension ref="A1:L323"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I322" sqref="I322"/>
+      <selection activeCell="I323" sqref="I323"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -14964,51 +15036,51 @@
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
         <v>236</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>237</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>238</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
         <v>239</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>240</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>241</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
@@ -15032,8108 +15104,8141 @@
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
         <v>242</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>243</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>244</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>246</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>247</v>
+        <v>19</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>248</v>
       </c>
-      <c r="C74" s="0" t="s">
+      <c r="D74" s="0" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="D75" s="0" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L75" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="C76" s="0" t="s">
+      <c r="D76" s="0" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>261</v>
+        <v>19</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="D77" s="0" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>264</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="D78" s="0" t="s">
         <v>266</v>
-      </c>
-[...4 lines deleted...]
-        <v>268</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>247</v>
+        <v>268</v>
       </c>
       <c r="L78" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>270</v>
       </c>
-      <c r="C79" s="0" t="s">
+      <c r="D79" s="0" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>274</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="D80" s="0" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>278</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="D81" s="0" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>281</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="D82" s="0" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>285</v>
+        <v>268</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="D83" s="0" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>288</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L83" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="D84" s="0" t="s">
         <v>290</v>
-      </c>
-[...4 lines deleted...]
-        <v>292</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L84" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="D85" s="0" t="s">
         <v>294</v>
-      </c>
-[...4 lines deleted...]
-        <v>296</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="D86" s="0" t="s">
         <v>298</v>
-      </c>
-[...4 lines deleted...]
-        <v>300</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="D87" s="0" t="s">
         <v>302</v>
-      </c>
-[...4 lines deleted...]
-        <v>304</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L87" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="D88" s="0" t="s">
         <v>305</v>
-      </c>
-[...4 lines deleted...]
-        <v>307</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L88" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="C89" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="D89" s="0" t="s">
         <v>309</v>
-      </c>
-[...4 lines deleted...]
-        <v>311</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="L89" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="D90" s="0" t="s">
         <v>314</v>
-      </c>
-[...4 lines deleted...]
-        <v>316</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>247</v>
+        <v>19</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="C91" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="D91" s="0" t="s">
         <v>318</v>
-      </c>
-[...4 lines deleted...]
-        <v>320</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>321</v>
+        <v>220</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>285</v>
+        <v>311</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>313</v>
+        <v>220</v>
       </c>
       <c r="L93" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>334</v>
+        <v>19</v>
       </c>
       <c r="L94" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>247</v>
+        <v>268</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L97" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>285</v>
+        <v>311</v>
       </c>
       <c r="L98" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>354</v>
+        <v>268</v>
       </c>
       <c r="L99" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>247</v>
+        <v>268</v>
       </c>
       <c r="L100" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="D102" s="0">
         <v>336017</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L102" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="D103" s="0">
         <v>336105</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F103" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="G103" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="H103" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I103" s="1" t="s">
         <v>366</v>
-      </c>
-[...7 lines deleted...]
-        <v>371</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>247</v>
+        <v>268</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="D104" s="0">
         <v>337002</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="G104" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>220</v>
+        <v>268</v>
       </c>
       <c r="L104" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="D105" s="0">
         <v>337004</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="G105" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>247</v>
+        <v>268</v>
       </c>
       <c r="L105" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="D106" s="0">
         <v>337006</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L106" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="D107" s="0">
         <v>336010</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G107" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>321</v>
+        <v>379</v>
       </c>
       <c r="L107" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="D108" s="0">
         <v>336015</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L108" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="D109" s="0">
         <v>336107</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L109" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L110" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="D111" s="0">
         <v>336019</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L111" s="0"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="D112" s="0">
         <v>336001</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G112" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L112" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="D113" s="0">
         <v>336006</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F113" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G113" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L113" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="D114" s="0">
         <v>336003</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G114" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L114" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="D115" s="0">
         <v>336023</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>247</v>
+        <v>268</v>
       </c>
       <c r="L115" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="D116" s="0">
         <v>336048</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L116" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="D117" s="0">
         <v>336102</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>285</v>
+        <v>268</v>
       </c>
       <c r="L117" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="D118" s="0">
         <v>336128</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F118" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L118" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="D119" s="0">
         <v>336109</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="L119" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="D120" s="0">
         <v>336088</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G120" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L120" s="0"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="D121" s="0">
         <v>336111</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F121" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G121" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L121" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="D122" s="0">
         <v>336012</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G122" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L122" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="D123" s="0">
         <v>336190</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L123" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="D124" s="0">
         <v>336181</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F124" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L124" s="0"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="D125" s="0">
         <v>336180</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L125" s="0"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="D126" s="0">
         <v>336027</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G126" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L126" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="D127" s="0">
         <v>336046</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G127" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L127" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="D128" s="0">
         <v>336069</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G128" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L128" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="D129" s="0">
         <v>336005</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L129" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="E130" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L130" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="D131" s="0">
         <v>336094</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L131" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="D132" s="0">
         <v>336135</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L132" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="D133" s="0">
         <v>336154</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G133" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L133" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="D134" s="0">
         <v>336170</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G134" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L134" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="D135" s="0">
         <v>336034</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G135" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L135" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="D136" s="0">
         <v>336108</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G136" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L136" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="D137" s="0">
         <v>336175</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L137" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="D138" s="0">
         <v>336152</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F138" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="G138" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="H138" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I138" s="1" t="s">
         <v>366</v>
-      </c>
-[...7 lines deleted...]
-        <v>371</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L138" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="D139" s="0">
         <v>336060</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L139" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="D140" s="0">
         <v>336116</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F140" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G140" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L140" s="0"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
       <c r="D141" s="0">
         <v>337015</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L141" s="0"/>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="D142" s="0">
         <v>336182</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G142" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L142" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L143" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="D144" s="0">
         <v>336002</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L144" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="D145" s="0">
         <v>336008</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L145" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="D146" s="0">
         <v>336004</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L146" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="D147" s="0">
         <v>339016</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L147" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L148" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="D149" s="0">
         <v>336031</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F149" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G149" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L149" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="D150" s="0">
         <v>336095</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F150" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G150" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
-        <v>247</v>
+        <v>268</v>
       </c>
       <c r="L150" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
       <c r="D151" s="0">
         <v>336801</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L151" s="0"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="D152" s="0">
         <v>336133</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G152" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L152" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="D153" s="0">
         <v>336043</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F153" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G153" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L153" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="D154" s="0">
         <v>336151</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F154" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G154" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L154" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="D155" s="0">
         <v>336079</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L155" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="D156" s="0">
         <v>336106</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L156" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="D157" s="0">
         <v>336013</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F157" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G157" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="L157" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="D158" s="0">
         <v>336090</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G158" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>285</v>
+        <v>311</v>
       </c>
       <c r="L158" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="D159" s="0">
         <v>336022</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G159" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L159" s="0"/>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="D160" s="0">
         <v>336063</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L160" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="D161" s="0">
         <v>337001</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F161" s="0"/>
       <c r="G161" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L161" s="0"/>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="D162" s="0">
         <v>336480</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G162" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L162" s="0"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="D163" s="0">
         <v>336084</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F163" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L163" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
       <c r="D164" s="0">
         <v>336038</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F164" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G164" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L164" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="D165" s="0">
         <v>336024</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F165" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G165" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L165" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
       <c r="D166" s="0">
         <v>336101</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F166" s="0"/>
       <c r="G166" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L166" s="0"/>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F167" s="0"/>
       <c r="G167" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L167" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
       <c r="D168" s="0">
         <v>336082</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F168" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G168" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L168" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>557</v>
+        <v>553</v>
       </c>
       <c r="E169" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="0"/>
       <c r="G169" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>334</v>
+        <v>416</v>
       </c>
       <c r="L169" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>560</v>
+        <v>556</v>
       </c>
       <c r="D170" s="0">
         <v>337214</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F170" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="G170" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L170" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="D171" s="0">
         <v>336057</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F171" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G171" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L171" s="0"/>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="D172" s="0">
         <v>336134</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F172" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G172" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L172" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>568</v>
+        <v>564</v>
       </c>
       <c r="D173" s="0">
         <v>336391</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F173" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G173" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L173" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>571</v>
+        <v>567</v>
       </c>
       <c r="D174" s="0">
         <v>262547</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F174" s="0"/>
       <c r="G174" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>572</v>
+        <v>568</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L174" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>573</v>
+        <v>569</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>574</v>
+        <v>570</v>
       </c>
       <c r="D175" s="0">
         <v>336033</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F175" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G175" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L175" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>575</v>
+        <v>571</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="D176" s="0">
         <v>262548</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F176" s="0"/>
       <c r="G176" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>572</v>
+        <v>568</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L176" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="D177" s="0">
         <v>336040</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F177" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G177" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>579</v>
+        <v>575</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L177" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="D178" s="0">
         <v>336007</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F178" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G178" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L178" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>582</v>
+        <v>578</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="D179" s="0">
         <v>336112</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F179" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G179" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>285</v>
+        <v>19</v>
       </c>
       <c r="L179" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
       <c r="D180" s="0">
         <v>47740134</v>
       </c>
       <c r="E180" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F180" s="0"/>
       <c r="G180" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L180" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>588</v>
+        <v>584</v>
       </c>
       <c r="D181" s="0">
         <v>336035</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F181" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G181" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L181" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="D182" s="0">
         <v>336123</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F182" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G182" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L182" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="D183" s="0">
         <v>336091</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F183" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G183" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>593</v>
+        <v>589</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L183" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="D184" s="0">
         <v>339010</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F184" s="0"/>
       <c r="G184" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>596</v>
+        <v>592</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
-        <v>247</v>
+        <v>268</v>
       </c>
       <c r="L184" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>598</v>
+        <v>594</v>
       </c>
       <c r="D185" s="0">
         <v>339011</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F185" s="0"/>
       <c r="G185" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H185" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>599</v>
+        <v>595</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L185" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>600</v>
+        <v>596</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>601</v>
+        <v>597</v>
       </c>
       <c r="D186" s="0">
         <v>337030</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F186" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="G186" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>602</v>
+        <v>598</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L186" s="0"/>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>604</v>
+        <v>600</v>
       </c>
       <c r="D187" s="0">
         <v>337102</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F187" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="G187" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L187" s="0"/>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>606</v>
+        <v>602</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>607</v>
+        <v>603</v>
       </c>
       <c r="D188" s="0">
         <v>1964.01</v>
       </c>
       <c r="E188" s="0" t="s">
-        <v>608</v>
+        <v>604</v>
       </c>
       <c r="F188" s="0"/>
       <c r="G188" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>609</v>
+        <v>605</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
-        <v>19</v>
+        <v>268</v>
       </c>
       <c r="L188" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>610</v>
+        <v>606</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>611</v>
+        <v>607</v>
       </c>
       <c r="D189" s="0">
         <v>336061</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F189" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G189" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>612</v>
+        <v>608</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L189" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
-        <v>613</v>
+        <v>609</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>614</v>
+        <v>610</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>615</v>
+        <v>611</v>
       </c>
       <c r="E190" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F190" s="0"/>
       <c r="G190" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>616</v>
+        <v>612</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L190" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
-        <v>617</v>
+        <v>613</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>618</v>
+        <v>614</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
       <c r="E191" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F191" s="0"/>
       <c r="G191" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H191" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L191" s="0"/>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
-        <v>621</v>
+        <v>617</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>622</v>
+        <v>618</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>623</v>
+        <v>619</v>
       </c>
       <c r="E192" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F192" s="0"/>
       <c r="G192" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H192" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>624</v>
+        <v>620</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L192" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
-        <v>625</v>
+        <v>621</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>626</v>
+        <v>622</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>627</v>
+        <v>623</v>
       </c>
       <c r="E193" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F193" s="0"/>
       <c r="G193" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H193" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>628</v>
+        <v>624</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L193" s="0"/>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
-        <v>629</v>
+        <v>625</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="D194" s="0" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
       <c r="E194" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F194" s="0"/>
       <c r="G194" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H194" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L194" s="0"/>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="D195" s="0">
         <v>336083</v>
       </c>
       <c r="E195" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F195" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G195" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H195" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>635</v>
+        <v>631</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L195" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>636</v>
+        <v>632</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="D196" s="0">
         <v>336193</v>
       </c>
       <c r="E196" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F196" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G196" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H196" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>638</v>
+        <v>634</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L196" s="0"/>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>640</v>
+        <v>636</v>
       </c>
       <c r="D197" s="0">
         <v>336037</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F197" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G197" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H197" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L197" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>642</v>
+        <v>638</v>
       </c>
       <c r="D198" s="0">
         <v>336189</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F198" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G198" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H198" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L198" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>644</v>
+        <v>640</v>
       </c>
       <c r="D199" s="0">
         <v>336071</v>
       </c>
       <c r="E199" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F199" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G199" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H199" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L199" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="D200" s="0">
         <v>339017</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F200" s="0"/>
       <c r="G200" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H200" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>647</v>
+        <v>643</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L200" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
-        <v>648</v>
+        <v>644</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="D201" s="0">
         <v>339013</v>
       </c>
       <c r="E201" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F201" s="0"/>
       <c r="G201" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H201" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>650</v>
+        <v>646</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L201" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
-        <v>651</v>
+        <v>647</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>652</v>
+        <v>648</v>
       </c>
       <c r="D202" s="0">
         <v>336148</v>
       </c>
       <c r="E202" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F202" s="0"/>
       <c r="G202" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H202" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L202" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
-        <v>653</v>
+        <v>649</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>654</v>
+        <v>650</v>
       </c>
       <c r="D203" s="0">
         <v>336150</v>
       </c>
       <c r="E203" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F203" s="0"/>
       <c r="G203" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H203" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>612</v>
+        <v>608</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L203" s="0"/>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
-        <v>655</v>
+        <v>651</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>656</v>
+        <v>652</v>
       </c>
       <c r="D204" s="0">
         <v>311204</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F204" s="0"/>
       <c r="G204" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H204" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>657</v>
+        <v>653</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L204" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>658</v>
+        <v>654</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="D205" s="0">
         <v>311205</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F205" s="0"/>
       <c r="G205" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H205" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L205" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>662</v>
+        <v>658</v>
       </c>
       <c r="D206" s="0">
         <v>336068</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F206" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G206" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H206" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L206" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
-        <v>663</v>
+        <v>659</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
       <c r="D207" s="0">
         <v>336070</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F207" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G207" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H207" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L207" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
-        <v>665</v>
+        <v>661</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>666</v>
+        <v>662</v>
       </c>
       <c r="D208" s="0">
         <v>337100</v>
       </c>
       <c r="E208" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F208" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="G208" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H208" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>667</v>
+        <v>663</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L208" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="D209" s="0">
         <v>336199</v>
       </c>
       <c r="E209" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F209" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G209" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H209" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L209" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>671</v>
+        <v>667</v>
       </c>
       <c r="D210" s="0">
         <v>336049</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F210" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G210" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H210" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>672</v>
+        <v>668</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L210" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
       <c r="D211" s="0">
         <v>336028</v>
       </c>
       <c r="E211" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F211" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G211" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H211" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>675</v>
+        <v>671</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L211" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="D212" s="0">
         <v>336188</v>
       </c>
       <c r="E212" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F212" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G212" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H212" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L212" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
       <c r="D213" s="0">
         <v>336032</v>
       </c>
       <c r="E213" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F213" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G213" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H213" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L213" s="0"/>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="D214" s="0">
         <v>336065</v>
       </c>
       <c r="E214" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F214" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G214" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H214" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>579</v>
+        <v>575</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L214" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="D215" s="0">
         <v>336053</v>
       </c>
       <c r="E215" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F215" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G215" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H215" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L215" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>687</v>
+        <v>683</v>
       </c>
       <c r="D216" s="0">
         <v>350017</v>
       </c>
       <c r="E216" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F216" s="0"/>
       <c r="G216" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H216" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>688</v>
+        <v>684</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L216" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>690</v>
+        <v>686</v>
       </c>
       <c r="D217" s="0">
         <v>350014</v>
       </c>
       <c r="E217" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F217" s="0"/>
       <c r="G217" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H217" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>691</v>
+        <v>687</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L217" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>693</v>
+        <v>689</v>
       </c>
       <c r="D218" s="0">
         <v>346704</v>
       </c>
       <c r="E218" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F218" s="0"/>
       <c r="G218" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H218" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L218" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
-        <v>695</v>
+        <v>691</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>696</v>
+        <v>692</v>
       </c>
       <c r="D219" s="0">
         <v>336125</v>
       </c>
       <c r="E219" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F219" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G219" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H219" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L219" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
-        <v>697</v>
+        <v>693</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="D220" s="0">
         <v>336127</v>
       </c>
       <c r="E220" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F220" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G220" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H220" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L220" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
-        <v>699</v>
+        <v>695</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>700</v>
+        <v>696</v>
       </c>
       <c r="D221" s="0">
         <v>336144</v>
       </c>
       <c r="E221" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F221" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="G221" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H221" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L221" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
-        <v>702</v>
+        <v>698</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="D222" s="0">
         <v>201889</v>
       </c>
       <c r="E222" s="0" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="F222" s="0"/>
       <c r="G222" s="0" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="H222" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L222" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="E223" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F223" s="0"/>
       <c r="G223" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H223" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L223" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="E224" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F224" s="0"/>
       <c r="G224" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H224" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I224" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L224" s="0"/>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
       <c r="E225" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F225" s="0"/>
       <c r="G225" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H225" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
-        <v>354</v>
+        <v>714</v>
       </c>
       <c r="L225" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="E226" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F226" s="0"/>
       <c r="G226" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H226" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="L226" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
+        <v>720</v>
+      </c>
+      <c r="C227" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="D227" s="0" t="s">
         <v>722</v>
-      </c>
-[...4 lines deleted...]
-        <v>724</v>
       </c>
       <c r="E227" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F227" s="0"/>
       <c r="G227" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H227" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
-        <v>726</v>
+        <v>724</v>
       </c>
       <c r="L227" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
+        <v>725</v>
+      </c>
+      <c r="C228" s="0" t="s">
+        <v>726</v>
+      </c>
+      <c r="D228" s="0" t="s">
         <v>727</v>
-      </c>
-[...4 lines deleted...]
-        <v>729</v>
       </c>
       <c r="E228" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F228" s="0"/>
       <c r="G228" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H228" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>730</v>
+        <v>718</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
-        <v>285</v>
+        <v>311</v>
       </c>
       <c r="L228" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>732</v>
+        <v>729</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="E229" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F229" s="0"/>
       <c r="G229" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H229" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
-        <v>285</v>
+        <v>311</v>
       </c>
       <c r="L229" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
       <c r="E230" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F230" s="0"/>
       <c r="G230" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H230" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
-        <v>420</v>
+        <v>736</v>
       </c>
       <c r="L230" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
+        <v>737</v>
+      </c>
+      <c r="C231" s="0" t="s">
+        <v>738</v>
+      </c>
+      <c r="D231" s="0" t="s">
         <v>739</v>
-      </c>
-[...4 lines deleted...]
-        <v>741</v>
       </c>
       <c r="E231" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F231" s="0"/>
       <c r="G231" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H231" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L231" s="0"/>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
+        <v>741</v>
+      </c>
+      <c r="C232" s="0" t="s">
+        <v>742</v>
+      </c>
+      <c r="D232" s="0" t="s">
         <v>743</v>
-      </c>
-[...4 lines deleted...]
-        <v>745</v>
       </c>
       <c r="E232" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F232" s="0"/>
       <c r="G232" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H232" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L232" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
+        <v>745</v>
+      </c>
+      <c r="C233" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="D233" s="0" t="s">
         <v>747</v>
-      </c>
-[...4 lines deleted...]
-        <v>749</v>
       </c>
       <c r="E233" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F233" s="0"/>
       <c r="G233" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H233" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
-        <v>247</v>
+        <v>268</v>
       </c>
       <c r="L233" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="C234" s="0" t="s">
+        <v>749</v>
+      </c>
+      <c r="D234" s="0" t="s">
         <v>750</v>
-      </c>
-[...4 lines deleted...]
-        <v>752</v>
       </c>
       <c r="E234" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F234" s="0"/>
       <c r="G234" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H234" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
-        <v>721</v>
+        <v>19</v>
       </c>
       <c r="L234" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
-        <v>753</v>
+        <v>751</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>754</v>
+        <v>752</v>
       </c>
       <c r="D235" s="0">
         <v>362007</v>
       </c>
       <c r="E235" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F235" s="0"/>
       <c r="G235" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H235" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L235" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
       <c r="D236" s="0">
         <v>336086</v>
       </c>
       <c r="E236" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F236" s="0"/>
       <c r="G236" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H236" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L236" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="D237" s="0">
         <v>336110</v>
       </c>
       <c r="E237" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F237" s="0"/>
       <c r="G237" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H237" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L237" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="D238" s="0">
         <v>336114</v>
       </c>
       <c r="E238" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F238" s="0"/>
       <c r="G238" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H238" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L238" s="0"/>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
       <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
-        <v>763</v>
+        <v>761</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="D239" s="0">
         <v>336054</v>
       </c>
       <c r="E239" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F239" s="0"/>
       <c r="G239" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H239" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L239" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
       <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
       <c r="D240" s="0">
         <v>336052</v>
       </c>
       <c r="E240" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F240" s="0"/>
       <c r="G240" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H240" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L240" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>768</v>
+        <v>766</v>
       </c>
       <c r="D241" s="0">
         <v>336072</v>
       </c>
       <c r="E241" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F241" s="0"/>
       <c r="G241" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H241" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L241" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
       <c r="D242" s="0">
         <v>336075</v>
       </c>
       <c r="E242" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F242" s="0"/>
       <c r="G242" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H242" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L242" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="B243" s="0" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
       <c r="D243" s="0">
         <v>336073</v>
       </c>
       <c r="E243" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F243" s="0"/>
       <c r="G243" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H243" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L243" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
-        <v>773</v>
+        <v>771</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>774</v>
+        <v>772</v>
       </c>
       <c r="D244" s="0">
         <v>336018</v>
       </c>
       <c r="E244" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F244" s="0"/>
       <c r="G244" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H244" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L244" s="0"/>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>776</v>
+        <v>774</v>
       </c>
       <c r="D245" s="0">
         <v>336042</v>
       </c>
       <c r="E245" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F245" s="0"/>
       <c r="G245" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H245" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L245" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="A246" s="0"/>
       <c r="B246" s="0" t="s">
-        <v>777</v>
+        <v>775</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>778</v>
+        <v>776</v>
       </c>
       <c r="D246" s="0">
         <v>336219</v>
       </c>
       <c r="E246" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F246" s="0"/>
       <c r="G246" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H246" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>779</v>
+        <v>777</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L246" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
       <c r="A247" s="0"/>
       <c r="B247" s="0" t="s">
-        <v>780</v>
+        <v>778</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>781</v>
+        <v>779</v>
       </c>
       <c r="D247" s="0">
         <v>336198</v>
       </c>
       <c r="E247" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F247" s="0"/>
       <c r="G247" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H247" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L247" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="A248" s="0"/>
       <c r="B248" s="0" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
       <c r="D248" s="0">
         <v>336155</v>
       </c>
       <c r="E248" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F248" s="0"/>
       <c r="G248" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H248" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L248" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
       <c r="A249" s="0"/>
       <c r="B249" s="0" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="D249" s="0">
         <v>336176</v>
       </c>
       <c r="E249" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F249" s="0"/>
       <c r="G249" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H249" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L249" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
       <c r="A250" s="0"/>
       <c r="B250" s="0" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="D250" s="0">
         <v>336803</v>
       </c>
       <c r="E250" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F250" s="0"/>
       <c r="G250" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H250" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L250" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="A251" s="0"/>
       <c r="B251" s="0" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="D251" s="0">
         <v>336161</v>
       </c>
       <c r="E251" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F251" s="0"/>
       <c r="G251" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H251" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L251" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
       <c r="A252" s="0"/>
       <c r="B252" s="0" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="D252" s="0">
         <v>336142</v>
       </c>
       <c r="E252" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F252" s="0"/>
       <c r="G252" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H252" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L252" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="A253" s="0"/>
       <c r="B253" s="0" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>793</v>
+        <v>791</v>
       </c>
       <c r="D253" s="0">
         <v>336121</v>
       </c>
       <c r="E253" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F253" s="0"/>
       <c r="G253" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H253" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L253" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="A254" s="0"/>
       <c r="B254" s="0" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>795</v>
+        <v>793</v>
       </c>
       <c r="D254" s="0">
         <v>336122</v>
       </c>
       <c r="E254" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F254" s="0"/>
       <c r="G254" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H254" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L254" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="A255" s="0"/>
       <c r="B255" s="0" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
       <c r="D255" s="0">
         <v>336081</v>
       </c>
       <c r="E255" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F255" s="0"/>
       <c r="G255" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H255" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L255" s="0"/>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="A256" s="0"/>
       <c r="B256" s="0" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
       <c r="D256" s="0">
         <v>339210</v>
       </c>
       <c r="E256" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F256" s="0"/>
       <c r="G256" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H256" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>800</v>
+        <v>798</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L256" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="A257" s="0"/>
       <c r="B257" s="0" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>802</v>
+        <v>800</v>
       </c>
       <c r="D257" s="0">
         <v>339106</v>
       </c>
       <c r="E257" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F257" s="0"/>
       <c r="G257" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H257" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L257" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="A258" s="0"/>
       <c r="B258" s="0" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>805</v>
+        <v>803</v>
       </c>
       <c r="D258" s="0">
         <v>339201</v>
       </c>
       <c r="E258" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F258" s="0"/>
       <c r="G258" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H258" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L258" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="A259" s="0"/>
       <c r="B259" s="0" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="D259" s="0">
         <v>339202</v>
       </c>
       <c r="E259" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F259" s="0"/>
       <c r="G259" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H259" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L259" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
       <c r="A260" s="0"/>
       <c r="B260" s="0" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="D260" s="0">
         <v>257907</v>
       </c>
       <c r="E260" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F260" s="0"/>
       <c r="G260" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H260" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>811</v>
+        <v>809</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L260" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
       <c r="A261" s="0"/>
       <c r="B261" s="0" t="s">
-        <v>812</v>
+        <v>810</v>
       </c>
       <c r="C261" s="0" t="s">
-        <v>813</v>
+        <v>811</v>
       </c>
       <c r="D261" s="0">
         <v>257920</v>
       </c>
       <c r="E261" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F261" s="0"/>
       <c r="G261" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H261" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>814</v>
+        <v>812</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L261" s="0"/>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="A262" s="0"/>
       <c r="B262" s="0" t="s">
-        <v>815</v>
+        <v>813</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>816</v>
+        <v>814</v>
       </c>
       <c r="D262" s="0">
         <v>257921</v>
       </c>
       <c r="E262" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F262" s="0"/>
       <c r="G262" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H262" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L262" s="0"/>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
       <c r="A263" s="0"/>
       <c r="B263" s="0" t="s">
-        <v>818</v>
+        <v>816</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="D263" s="0">
         <v>257985</v>
       </c>
       <c r="E263" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F263" s="0"/>
       <c r="G263" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H263" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L263" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="A264" s="0"/>
       <c r="B264" s="0" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>822</v>
+        <v>820</v>
       </c>
       <c r="D264" s="0">
         <v>257901</v>
       </c>
       <c r="E264" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F264" s="0"/>
       <c r="G264" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H264" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L264" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
       <c r="A265" s="0"/>
       <c r="B265" s="0" t="s">
-        <v>823</v>
+        <v>821</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="D265" s="0">
         <v>257913</v>
       </c>
       <c r="E265" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F265" s="0"/>
       <c r="G265" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H265" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L265" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
       <c r="A266" s="0"/>
       <c r="B266" s="0" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>826</v>
+        <v>824</v>
       </c>
       <c r="D266" s="0">
         <v>257904</v>
       </c>
       <c r="E266" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F266" s="0"/>
       <c r="G266" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H266" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>827</v>
+        <v>825</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L266" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
       <c r="A267" s="0"/>
       <c r="B267" s="0" t="s">
-        <v>828</v>
+        <v>826</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>829</v>
+        <v>827</v>
       </c>
       <c r="D267" s="0">
         <v>257931</v>
       </c>
       <c r="E267" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F267" s="0"/>
       <c r="G267" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H267" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L267" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
       <c r="A268" s="0"/>
       <c r="B268" s="0" t="s">
-        <v>830</v>
+        <v>828</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>831</v>
+        <v>829</v>
       </c>
       <c r="D268" s="0">
         <v>257990</v>
       </c>
       <c r="E268" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F268" s="0"/>
       <c r="G268" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H268" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L268" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="80">
       <c r="A269" s="0"/>
       <c r="B269" s="0" t="s">
-        <v>832</v>
+        <v>830</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>833</v>
+        <v>831</v>
       </c>
       <c r="D269" s="0">
         <v>257940</v>
       </c>
       <c r="E269" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F269" s="0"/>
       <c r="G269" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H269" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="J269" s="0"/>
       <c r="K269" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L269" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="80">
       <c r="A270" s="0"/>
       <c r="B270" s="0" t="s">
-        <v>834</v>
+        <v>832</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>835</v>
+        <v>833</v>
       </c>
       <c r="D270" s="0">
         <v>257916</v>
       </c>
       <c r="E270" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F270" s="0"/>
       <c r="G270" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H270" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="J270" s="0"/>
       <c r="K270" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L270" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="80">
       <c r="A271" s="0"/>
       <c r="B271" s="0" t="s">
-        <v>836</v>
+        <v>834</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>837</v>
+        <v>835</v>
       </c>
       <c r="D271" s="0">
         <v>257928</v>
       </c>
       <c r="E271" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F271" s="0"/>
       <c r="G271" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H271" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="J271" s="0"/>
       <c r="K271" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L271" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="80">
       <c r="A272" s="0"/>
       <c r="B272" s="0" t="s">
+        <v>836</v>
+      </c>
+      <c r="C272" s="0" t="s">
+        <v>837</v>
+      </c>
+      <c r="D272" s="0" t="s">
         <v>838</v>
-      </c>
-[...4 lines deleted...]
-        <v>840</v>
       </c>
       <c r="E272" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F272" s="0"/>
       <c r="G272" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H272" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>841</v>
+        <v>839</v>
       </c>
       <c r="J272" s="0"/>
       <c r="K272" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L272" s="0"/>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="80">
       <c r="A273" s="0"/>
       <c r="B273" s="0" t="s">
-        <v>842</v>
+        <v>840</v>
       </c>
       <c r="C273" s="0" t="s">
-        <v>843</v>
+        <v>841</v>
       </c>
       <c r="D273" s="0">
         <v>336087</v>
       </c>
       <c r="E273" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F273" s="0"/>
       <c r="G273" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H273" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="J273" s="0"/>
       <c r="K273" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L273" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="80">
       <c r="A274" s="0"/>
       <c r="B274" s="0" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>845</v>
+        <v>843</v>
       </c>
       <c r="D274" s="0">
         <v>336074</v>
       </c>
       <c r="E274" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F274" s="0"/>
       <c r="G274" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H274" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="J274" s="0"/>
       <c r="K274" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L274" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="80">
       <c r="A275" s="0"/>
       <c r="B275" s="0" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
       <c r="C275" s="0" t="s">
-        <v>847</v>
+        <v>845</v>
       </c>
       <c r="D275" s="0">
         <v>336130</v>
       </c>
       <c r="E275" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F275" s="0"/>
       <c r="G275" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H275" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="J275" s="0"/>
       <c r="K275" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L275" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="80">
       <c r="A276" s="0"/>
       <c r="B276" s="0" t="s">
-        <v>848</v>
+        <v>846</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>849</v>
+        <v>847</v>
       </c>
       <c r="D276" s="0">
         <v>336120</v>
       </c>
       <c r="E276" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F276" s="0"/>
       <c r="G276" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H276" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="J276" s="0"/>
       <c r="K276" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L276" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="80">
       <c r="A277" s="0"/>
       <c r="B277" s="0" t="s">
-        <v>850</v>
+        <v>848</v>
       </c>
       <c r="C277" s="0" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="D277" s="0">
         <v>336191</v>
       </c>
       <c r="E277" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F277" s="0"/>
       <c r="G277" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H277" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="J277" s="0"/>
       <c r="K277" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L277" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="80">
       <c r="A278" s="0"/>
       <c r="B278" s="0" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>853</v>
+        <v>851</v>
       </c>
       <c r="D278" s="0">
         <v>336804</v>
       </c>
       <c r="E278" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="F278" s="0"/>
       <c r="G278" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H278" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>854</v>
+        <v>852</v>
       </c>
       <c r="J278" s="0"/>
       <c r="K278" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L278" s="0"/>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="80">
       <c r="A279" s="0"/>
       <c r="B279" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="C279" s="0" t="s">
+        <v>854</v>
+      </c>
+      <c r="D279" s="0" t="s">
         <v>855</v>
-      </c>
-[...4 lines deleted...]
-        <v>857</v>
       </c>
       <c r="E279" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F279" s="0"/>
       <c r="G279" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H279" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
       <c r="J279" s="0"/>
       <c r="K279" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L279" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="80">
       <c r="A280" s="0"/>
       <c r="B280" s="0" t="s">
+        <v>857</v>
+      </c>
+      <c r="C280" s="0" t="s">
+        <v>858</v>
+      </c>
+      <c r="D280" s="0" t="s">
         <v>859</v>
-      </c>
-[...4 lines deleted...]
-        <v>861</v>
       </c>
       <c r="E280" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F280" s="0"/>
       <c r="G280" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H280" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>862</v>
+        <v>860</v>
       </c>
       <c r="J280" s="0"/>
       <c r="K280" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L280" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="80">
       <c r="A281" s="0"/>
       <c r="B281" s="0" t="s">
+        <v>861</v>
+      </c>
+      <c r="C281" s="0" t="s">
+        <v>862</v>
+      </c>
+      <c r="D281" s="0" t="s">
         <v>863</v>
-      </c>
-[...4 lines deleted...]
-        <v>865</v>
       </c>
       <c r="E281" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F281" s="0"/>
       <c r="G281" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H281" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
       <c r="J281" s="0"/>
       <c r="K281" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L281" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="80">
       <c r="A282" s="0"/>
       <c r="B282" s="0" t="s">
+        <v>864</v>
+      </c>
+      <c r="C282" s="0" t="s">
+        <v>865</v>
+      </c>
+      <c r="D282" s="0" t="s">
         <v>866</v>
-      </c>
-[...4 lines deleted...]
-        <v>868</v>
       </c>
       <c r="E282" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F282" s="0"/>
       <c r="G282" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H282" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>869</v>
+        <v>867</v>
       </c>
       <c r="J282" s="0"/>
       <c r="K282" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L282" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="80">
       <c r="A283" s="0"/>
       <c r="B283" s="0" t="s">
+        <v>868</v>
+      </c>
+      <c r="C283" s="0" t="s">
+        <v>869</v>
+      </c>
+      <c r="D283" s="0" t="s">
         <v>870</v>
-      </c>
-[...4 lines deleted...]
-        <v>872</v>
       </c>
       <c r="E283" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F283" s="0"/>
       <c r="G283" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H283" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>873</v>
+        <v>871</v>
       </c>
       <c r="J283" s="0"/>
       <c r="K283" s="0" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="L283" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="80">
       <c r="A284" s="0"/>
       <c r="B284" s="0" t="s">
+        <v>873</v>
+      </c>
+      <c r="C284" s="0" t="s">
+        <v>874</v>
+      </c>
+      <c r="D284" s="0" t="s">
         <v>875</v>
-      </c>
-[...4 lines deleted...]
-        <v>877</v>
       </c>
       <c r="E284" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F284" s="0"/>
       <c r="G284" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H284" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>878</v>
+        <v>876</v>
       </c>
       <c r="J284" s="0"/>
       <c r="K284" s="0" t="s">
         <v>220</v>
       </c>
       <c r="L284" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="80">
       <c r="A285" s="0"/>
       <c r="B285" s="0" t="s">
+        <v>877</v>
+      </c>
+      <c r="C285" s="0" t="s">
+        <v>878</v>
+      </c>
+      <c r="D285" s="0" t="s">
         <v>879</v>
-      </c>
-[...4 lines deleted...]
-        <v>881</v>
       </c>
       <c r="E285" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F285" s="0"/>
       <c r="G285" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H285" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
       <c r="J285" s="0"/>
       <c r="K285" s="0" t="s">
-        <v>882</v>
+        <v>881</v>
       </c>
       <c r="L285" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="80">
       <c r="A286" s="0"/>
       <c r="B286" s="0" t="s">
+        <v>882</v>
+      </c>
+      <c r="C286" s="0" t="s">
         <v>883</v>
       </c>
-      <c r="C286" s="0" t="s">
+      <c r="D286" s="0" t="s">
         <v>884</v>
-      </c>
-[...1 lines deleted...]
-        <v>885</v>
       </c>
       <c r="E286" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F286" s="0"/>
       <c r="G286" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H286" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="J286" s="0"/>
       <c r="K286" s="0" t="s">
-        <v>887</v>
+        <v>872</v>
       </c>
       <c r="L286" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="80">
       <c r="A287" s="0"/>
       <c r="B287" s="0" t="s">
+        <v>886</v>
+      </c>
+      <c r="C287" s="0" t="s">
+        <v>887</v>
+      </c>
+      <c r="D287" s="0" t="s">
         <v>888</v>
-      </c>
-[...4 lines deleted...]
-        <v>890</v>
       </c>
       <c r="E287" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F287" s="0"/>
       <c r="G287" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H287" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>869</v>
+        <v>889</v>
       </c>
       <c r="J287" s="0"/>
       <c r="K287" s="0" t="s">
-        <v>220</v>
+        <v>714</v>
       </c>
       <c r="L287" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="80">
       <c r="A288" s="0"/>
       <c r="B288" s="0" t="s">
+        <v>890</v>
+      </c>
+      <c r="C288" s="0" t="s">
         <v>891</v>
       </c>
-      <c r="C288" s="0" t="s">
+      <c r="D288" s="0" t="s">
         <v>892</v>
-      </c>
-[...1 lines deleted...]
-        <v>893</v>
       </c>
       <c r="E288" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F288" s="0"/>
       <c r="G288" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H288" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>894</v>
+        <v>893</v>
       </c>
       <c r="J288" s="0"/>
       <c r="K288" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L288" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="80">
+      <c r="A289" s="0"/>
       <c r="B289" s="0" t="s">
+        <v>894</v>
+      </c>
+      <c r="C289" s="0" t="s">
         <v>895</v>
       </c>
-      <c r="C289" s="0" t="s">
+      <c r="D289" s="0" t="s">
         <v>896</v>
-      </c>
-[...1 lines deleted...]
-        <v>897</v>
       </c>
       <c r="E289" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F289" s="0"/>
       <c r="G289" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H289" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>878</v>
+        <v>876</v>
       </c>
       <c r="J289" s="0"/>
       <c r="K289" s="0" t="s">
-        <v>220</v>
+        <v>19</v>
       </c>
       <c r="L289" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="80">
       <c r="A290" s="0"/>
       <c r="B290" s="0" t="s">
+        <v>897</v>
+      </c>
+      <c r="C290" s="0" t="s">
         <v>898</v>
       </c>
-      <c r="C290" s="0" t="s">
+      <c r="D290" s="0" t="s">
         <v>899</v>
-      </c>
-[...1 lines deleted...]
-        <v>900</v>
       </c>
       <c r="E290" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F290" s="0"/>
       <c r="G290" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H290" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I290" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J290" s="0"/>
       <c r="K290" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L290" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="80">
       <c r="A291" s="0"/>
       <c r="B291" s="0" t="s">
+        <v>900</v>
+      </c>
+      <c r="C291" s="0" t="s">
         <v>901</v>
       </c>
-      <c r="C291" s="0" t="s">
+      <c r="D291" s="0" t="s">
         <v>902</v>
-      </c>
-[...1 lines deleted...]
-        <v>903</v>
       </c>
       <c r="E291" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F291" s="0"/>
       <c r="G291" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H291" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="J291" s="0"/>
       <c r="K291" s="0" t="s">
-        <v>904</v>
+        <v>903</v>
       </c>
       <c r="L291" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="80">
       <c r="A292" s="0"/>
       <c r="B292" s="0" t="s">
+        <v>904</v>
+      </c>
+      <c r="C292" s="0" t="s">
         <v>905</v>
       </c>
-      <c r="C292" s="0" t="s">
+      <c r="D292" s="0" t="s">
         <v>906</v>
-      </c>
-[...1 lines deleted...]
-        <v>907</v>
       </c>
       <c r="E292" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F292" s="0"/>
       <c r="G292" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H292" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>878</v>
+        <v>876</v>
       </c>
       <c r="J292" s="0"/>
       <c r="K292" s="0" t="s">
-        <v>261</v>
+        <v>907</v>
       </c>
       <c r="L292" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="80">
       <c r="A293" s="0"/>
       <c r="B293" s="0" t="s">
         <v>908</v>
       </c>
       <c r="C293" s="0" t="s">
         <v>909</v>
       </c>
       <c r="D293" s="0" t="s">
         <v>910</v>
       </c>
       <c r="E293" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F293" s="0"/>
       <c r="G293" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H293" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>873</v>
+        <v>911</v>
       </c>
       <c r="J293" s="0"/>
       <c r="K293" s="0" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="L293" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="80">
       <c r="A294" s="0"/>
       <c r="B294" s="0" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="C294" s="0" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="D294" s="0" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="E294" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F294" s="0"/>
       <c r="G294" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H294" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I294" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J294" s="0"/>
       <c r="K294" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L294" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="80">
       <c r="A295" s="0"/>
       <c r="B295" s="0" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D295" s="0" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="E295" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F295" s="0"/>
       <c r="G295" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H295" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>869</v>
+        <v>867</v>
       </c>
       <c r="J295" s="0"/>
       <c r="K295" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L295" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="80">
       <c r="A296" s="0"/>
       <c r="B296" s="0" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D296" s="0" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="E296" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F296" s="0"/>
       <c r="G296" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H296" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
       <c r="J296" s="0"/>
       <c r="K296" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L296" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="80">
       <c r="A297" s="0"/>
       <c r="B297" s="0" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="D297" s="0" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="E297" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F297" s="0"/>
       <c r="G297" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H297" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="J297" s="0"/>
       <c r="K297" s="0" t="s">
-        <v>354</v>
+        <v>311</v>
       </c>
       <c r="L297" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="80">
       <c r="A298" s="0"/>
       <c r="B298" s="0" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="D298" s="0" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="E298" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F298" s="0"/>
       <c r="G298" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H298" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I298" s="1" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="J298" s="0"/>
       <c r="K298" s="0" t="s">
-        <v>354</v>
+        <v>220</v>
       </c>
       <c r="L298" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="80">
       <c r="A299" s="0"/>
       <c r="B299" s="0" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="C299" s="0" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="D299" s="0" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="E299" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F299" s="0"/>
       <c r="G299" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H299" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I299" s="1" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="J299" s="0"/>
       <c r="K299" s="0" t="s">
-        <v>354</v>
+        <v>311</v>
       </c>
       <c r="L299" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="80">
       <c r="A300" s="0"/>
       <c r="B300" s="0" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D300" s="0" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="E300" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F300" s="0"/>
       <c r="G300" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H300" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I300" s="1" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="J300" s="0"/>
       <c r="K300" s="0" t="s">
-        <v>354</v>
+        <v>220</v>
       </c>
       <c r="L300" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="80">
       <c r="A301" s="0"/>
       <c r="B301" s="0" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="D301" s="0" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="E301" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F301" s="0"/>
       <c r="G301" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H301" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I301" s="1" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="J301" s="0"/>
       <c r="K301" s="0" t="s">
-        <v>940</v>
+        <v>907</v>
       </c>
       <c r="L301" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="80">
       <c r="A302" s="0"/>
       <c r="B302" s="0" t="s">
         <v>941</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>942</v>
       </c>
       <c r="D302" s="0" t="s">
         <v>943</v>
       </c>
       <c r="E302" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F302" s="0"/>
       <c r="G302" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H302" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I302" s="1" t="s">
         <v>944</v>
       </c>
       <c r="J302" s="0"/>
       <c r="K302" s="0" t="s">
-        <v>354</v>
+        <v>220</v>
       </c>
       <c r="L302" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="80">
       <c r="A303" s="0"/>
       <c r="B303" s="0" t="s">
         <v>945</v>
       </c>
       <c r="C303" s="0" t="s">
         <v>946</v>
       </c>
       <c r="D303" s="0" t="s">
         <v>947</v>
       </c>
       <c r="E303" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F303" s="0"/>
       <c r="G303" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H303" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I303" s="1" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="J303" s="0"/>
       <c r="K303" s="0" t="s">
-        <v>354</v>
+        <v>220</v>
       </c>
       <c r="L303" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="80">
       <c r="A304" s="0"/>
       <c r="B304" s="0" t="s">
         <v>948</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>949</v>
       </c>
       <c r="D304" s="0" t="s">
         <v>950</v>
       </c>
       <c r="E304" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F304" s="0"/>
       <c r="G304" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H304" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I304" s="1" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="J304" s="0"/>
       <c r="K304" s="0" t="s">
-        <v>354</v>
+        <v>714</v>
       </c>
       <c r="L304" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="80">
       <c r="A305" s="0"/>
       <c r="B305" s="0" t="s">
         <v>951</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>952</v>
       </c>
       <c r="D305" s="0" t="s">
         <v>953</v>
       </c>
       <c r="E305" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F305" s="0"/>
       <c r="G305" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H305" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I305" s="1" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="J305" s="0"/>
       <c r="K305" s="0" t="s">
-        <v>354</v>
+        <v>220</v>
       </c>
       <c r="L305" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="80">
       <c r="A306" s="0"/>
       <c r="B306" s="0" t="s">
         <v>954</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>955</v>
       </c>
       <c r="D306" s="0" t="s">
         <v>956</v>
       </c>
       <c r="E306" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F306" s="0"/>
       <c r="G306" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H306" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="J306" s="0"/>
       <c r="K306" s="0" t="s">
-        <v>354</v>
+        <v>19</v>
       </c>
       <c r="L306" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="80">
       <c r="A307" s="0"/>
       <c r="B307" s="0" t="s">
         <v>957</v>
       </c>
       <c r="C307" s="0" t="s">
         <v>958</v>
       </c>
       <c r="D307" s="0" t="s">
         <v>959</v>
       </c>
       <c r="E307" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F307" s="0"/>
       <c r="G307" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H307" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I307" s="1" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="J307" s="0"/>
       <c r="K307" s="0" t="s">
-        <v>354</v>
+        <v>714</v>
       </c>
       <c r="L307" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:12" customHeight="1" ht="80">
       <c r="A308" s="0"/>
       <c r="B308" s="0" t="s">
         <v>960</v>
       </c>
       <c r="C308" s="0" t="s">
         <v>961</v>
       </c>
       <c r="D308" s="0" t="s">
         <v>962</v>
       </c>
       <c r="E308" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F308" s="0"/>
       <c r="G308" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H308" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I308" s="1" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="J308" s="0"/>
       <c r="K308" s="0" t="s">
-        <v>354</v>
+        <v>220</v>
       </c>
       <c r="L308" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="80">
       <c r="A309" s="0"/>
       <c r="B309" s="0" t="s">
         <v>963</v>
       </c>
       <c r="C309" s="0" t="s">
         <v>964</v>
       </c>
       <c r="D309" s="0" t="s">
         <v>965</v>
       </c>
       <c r="E309" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F309" s="0"/>
       <c r="G309" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H309" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="J309" s="0"/>
       <c r="K309" s="0" t="s">
-        <v>354</v>
+        <v>220</v>
       </c>
       <c r="L309" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="80">
       <c r="A310" s="0"/>
       <c r="B310" s="0" t="s">
         <v>966</v>
       </c>
       <c r="C310" s="0" t="s">
         <v>967</v>
       </c>
       <c r="D310" s="0" t="s">
         <v>968</v>
       </c>
       <c r="E310" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F310" s="0"/>
       <c r="G310" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H310" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I310" s="1" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="J310" s="0"/>
       <c r="K310" s="0" t="s">
-        <v>354</v>
+        <v>220</v>
       </c>
       <c r="L310" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="80">
       <c r="A311" s="0"/>
       <c r="B311" s="0" t="s">
         <v>969</v>
       </c>
       <c r="C311" s="0" t="s">
         <v>970</v>
       </c>
       <c r="D311" s="0" t="s">
         <v>971</v>
       </c>
       <c r="E311" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F311" s="0"/>
       <c r="G311" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H311" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="J311" s="0"/>
       <c r="K311" s="0" t="s">
-        <v>354</v>
+        <v>220</v>
       </c>
       <c r="L311" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="80">
       <c r="A312" s="0"/>
       <c r="B312" s="0" t="s">
         <v>972</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>973</v>
       </c>
       <c r="D312" s="0" t="s">
         <v>974</v>
       </c>
       <c r="E312" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F312" s="0"/>
       <c r="G312" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H312" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I312" s="1" t="s">
         <v>944</v>
       </c>
       <c r="J312" s="0"/>
       <c r="K312" s="0" t="s">
-        <v>354</v>
+        <v>714</v>
       </c>
       <c r="L312" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="80">
       <c r="A313" s="0"/>
       <c r="B313" s="0" t="s">
         <v>975</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>976</v>
       </c>
       <c r="D313" s="0" t="s">
         <v>977</v>
       </c>
       <c r="E313" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F313" s="0"/>
       <c r="G313" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H313" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="J313" s="0"/>
       <c r="K313" s="0" t="s">
-        <v>354</v>
+        <v>220</v>
       </c>
       <c r="L313" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="80">
       <c r="A314" s="0"/>
       <c r="B314" s="0" t="s">
         <v>978</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>979</v>
       </c>
       <c r="D314" s="0" t="s">
         <v>980</v>
       </c>
       <c r="E314" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F314" s="0"/>
       <c r="G314" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H314" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I314" s="1" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="J314" s="0"/>
       <c r="K314" s="0" t="s">
-        <v>354</v>
+        <v>19</v>
       </c>
       <c r="L314" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:12" customHeight="1" ht="80">
       <c r="B315" s="0" t="s">
         <v>981</v>
       </c>
       <c r="C315" s="0" t="s">
         <v>982</v>
       </c>
       <c r="D315" s="0" t="s">
         <v>983</v>
       </c>
       <c r="E315" s="0" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="F315" s="0"/>
       <c r="G315" s="0" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="H315" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I315" s="1" t="s">
         <v>984</v>
       </c>
       <c r="J315" s="0"/>
       <c r="K315" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L315" s="0"/>
     </row>
     <row r="316" spans="1:12" customHeight="1" ht="80">
       <c r="B316" s="0" t="s">
         <v>985</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>986</v>
       </c>
       <c r="D316" s="0" t="s">
         <v>987</v>
       </c>
       <c r="E316" s="0" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="F316" s="0"/>
       <c r="G316" s="0" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="H316" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I316" s="1" t="s">
         <v>988</v>
       </c>
       <c r="J316" s="0"/>
       <c r="K316" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L316" s="0"/>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="80">
       <c r="B317" s="0" t="s">
         <v>989</v>
       </c>
       <c r="C317" s="0" t="s">
         <v>990</v>
       </c>
       <c r="D317" s="0" t="s">
         <v>991</v>
       </c>
       <c r="E317" s="0" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="F317" s="0"/>
       <c r="G317" s="0" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="H317" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I317" s="1" t="s">
         <v>992</v>
       </c>
       <c r="J317" s="0"/>
       <c r="K317" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L317" s="0"/>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="80">
       <c r="B318" s="0" t="s">
         <v>993</v>
       </c>
       <c r="C318" s="0" t="s">
         <v>994</v>
       </c>
       <c r="D318" s="0" t="s">
         <v>995</v>
       </c>
       <c r="E318" s="0" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="F318" s="0"/>
       <c r="G318" s="0" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="H318" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I318" s="1" t="s">
         <v>996</v>
       </c>
       <c r="J318" s="0"/>
       <c r="K318" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L318" s="0"/>
     </row>
     <row r="319" spans="1:12" customHeight="1" ht="80">
       <c r="B319" s="0" t="s">
         <v>997</v>
       </c>
       <c r="C319" s="0" t="s">
         <v>998</v>
       </c>
       <c r="D319" s="0" t="s">
         <v>999</v>
       </c>
       <c r="E319" s="0" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="F319" s="0"/>
       <c r="G319" s="0" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="H319" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I319" s="1" t="s">
         <v>1000</v>
       </c>
       <c r="J319" s="0"/>
       <c r="K319" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L319" s="0"/>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="80">
       <c r="B320" s="0" t="s">
         <v>1001</v>
       </c>
       <c r="C320" s="0" t="s">
         <v>1002</v>
       </c>
       <c r="D320" s="0" t="s">
         <v>1003</v>
       </c>
       <c r="E320" s="0" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="F320" s="0"/>
       <c r="G320" s="0" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="H320" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I320" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="J320" s="0"/>
       <c r="K320" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L320" s="0"/>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="80">
       <c r="B321" s="0" t="s">
         <v>1005</v>
       </c>
       <c r="C321" s="0" t="s">
         <v>1006</v>
       </c>
       <c r="D321" s="0" t="s">
         <v>1007</v>
       </c>
       <c r="E321" s="0" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="F321" s="0"/>
       <c r="G321" s="0" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="H321" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I321" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="J321" s="0"/>
       <c r="K321" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L321" s="0"/>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="80">
       <c r="A322" s="0"/>
       <c r="B322" s="0" t="s">
         <v>1009</v>
       </c>
       <c r="C322" s="0" t="s">
         <v>1010</v>
       </c>
       <c r="D322" s="0" t="s">
         <v>1011</v>
       </c>
       <c r="E322" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F322" s="0"/>
       <c r="G322" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H322" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I322" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="J322" s="0"/>
       <c r="K322" s="0" t="s">
-        <v>313</v>
-[...1 lines deleted...]
-      <c r="L322" s="0"/>
+        <v>220</v>
+      </c>
+      <c r="L322" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="323" spans="1:12" customHeight="1" ht="80">
+      <c r="A323" s="0"/>
+      <c r="B323" s="0" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C323" s="0" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D323" s="0" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E323" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F323" s="0"/>
+      <c r="G323" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H323" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I323" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="J323" s="0"/>
+      <c r="K323" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L323" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -23415,50 +23520,51 @@
     <hyperlink ref="B298" r:id="rId_hyperlink_297"/>
     <hyperlink ref="B299" r:id="rId_hyperlink_298"/>
     <hyperlink ref="B300" r:id="rId_hyperlink_299"/>
     <hyperlink ref="B301" r:id="rId_hyperlink_300"/>
     <hyperlink ref="B302" r:id="rId_hyperlink_301"/>
     <hyperlink ref="B303" r:id="rId_hyperlink_302"/>
     <hyperlink ref="B304" r:id="rId_hyperlink_303"/>
     <hyperlink ref="B305" r:id="rId_hyperlink_304"/>
     <hyperlink ref="B306" r:id="rId_hyperlink_305"/>
     <hyperlink ref="B307" r:id="rId_hyperlink_306"/>
     <hyperlink ref="B308" r:id="rId_hyperlink_307"/>
     <hyperlink ref="B309" r:id="rId_hyperlink_308"/>
     <hyperlink ref="B310" r:id="rId_hyperlink_309"/>
     <hyperlink ref="B311" r:id="rId_hyperlink_310"/>
     <hyperlink ref="B312" r:id="rId_hyperlink_311"/>
     <hyperlink ref="B313" r:id="rId_hyperlink_312"/>
     <hyperlink ref="B314" r:id="rId_hyperlink_313"/>
     <hyperlink ref="B315" r:id="rId_hyperlink_314"/>
     <hyperlink ref="B316" r:id="rId_hyperlink_315"/>
     <hyperlink ref="B317" r:id="rId_hyperlink_316"/>
     <hyperlink ref="B318" r:id="rId_hyperlink_317"/>
     <hyperlink ref="B319" r:id="rId_hyperlink_318"/>
     <hyperlink ref="B320" r:id="rId_hyperlink_319"/>
     <hyperlink ref="B321" r:id="rId_hyperlink_320"/>
     <hyperlink ref="B322" r:id="rId_hyperlink_321"/>
+    <hyperlink ref="B323" r:id="rId_hyperlink_322"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>