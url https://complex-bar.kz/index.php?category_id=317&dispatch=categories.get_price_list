--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -170,123 +170,123 @@
   <si>
     <t>Форма для равиоли со скалкой 24 ячейки;алюмин.,бук;,L=28,5,B=10см;металлич.</t>
   </si>
   <si>
     <t>04145516</t>
   </si>
   <si>
     <t>4304/304</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
   <si>
     <t>Форма для равиоли со скалкой 12ячеек;алюмин.</t>
   </si>
   <si>
     <t>04145517</t>
   </si>
   <si>
     <t>4314/314</t>
   </si>
   <si>
     <t>18296.00₸</t>
   </si>
   <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Форма для равиоли 2,5х2,5см со скалкой[36шт];алюм.литой,дерево;,H=15,L=310,B=135мм</t>
+  </si>
+  <si>
+    <t>04146071</t>
+  </si>
+  <si>
+    <t>020074/08B00</t>
+  </si>
+  <si>
+    <t>Risoli</t>
+  </si>
+  <si>
+    <t>14438.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Форма для равиоли 2,5х2,5см со скалкой[24шт];алюм.литой,дерево;,H=15,L=280,B=103мм</t>
+  </si>
+  <si>
+    <t>04146072</t>
+  </si>
+  <si>
+    <t>020074/10B00</t>
+  </si>
+  <si>
+    <t>14014.00₸</t>
+  </si>
+  <si>
+    <t>Форма для равиоли со скалкой[12шт];алюм.литой,дерево;D=37,H=15,L=330,B=115мм</t>
+  </si>
+  <si>
+    <t>04146073</t>
+  </si>
+  <si>
+    <t>020074/11B00</t>
+  </si>
+  <si>
+    <t>17310.00₸</t>
+  </si>
+  <si>
+    <t>Форма для равиоли 18 ячеек «Тортелли классичи»;алюмин.;,L=37/21,B=21см;серебрист.</t>
+  </si>
+  <si>
+    <t>04146255</t>
+  </si>
+  <si>
+    <t>15424.00₸</t>
+  </si>
+  <si>
+    <t>Форма для равиоли 10 ячеек «Стеллине»;алюмин.;,L=34,B=21см;серебрист.</t>
+  </si>
+  <si>
+    <t>04146256</t>
+  </si>
+  <si>
+    <t>4312/312</t>
+  </si>
+  <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Форма для равиоли 2,5х2,5см со скалкой[36шт];алюм.литой,дерево;,H=15,L=310,B=135мм</t>
-[...61 lines deleted...]
-  <si>
     <t>Форма для равиоли 14 ячеек «Пешиолини»;алюмин.;,L=34,B=21см;серебрист.</t>
   </si>
   <si>
     <t>04146258</t>
   </si>
   <si>
-    <t>11 шт.</t>
+    <t>10 шт.</t>
   </si>
   <si>
     <t>Набор форм для равиоли,вареников D=15.5/12/9.5см[3шт];полипроп.</t>
   </si>
   <si>
     <t>04146825</t>
   </si>
   <si>
     <t>073159</t>
   </si>
   <si>
     <t>12605.00₸</t>
   </si>
   <si>
     <t>Форма для пельменей 37ячеек;алюмин.;D=28мм</t>
   </si>
   <si>
     <t>04147347</t>
   </si>
   <si>
     <t>KL</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
@@ -1500,115 +1500,115 @@
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>65</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D12" s="0">
         <v>315</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D14" s="0">
         <v>313</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>