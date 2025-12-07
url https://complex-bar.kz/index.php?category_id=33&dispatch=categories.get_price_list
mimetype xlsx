--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,330 +74,333 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Ложка для льда перфорированная;сталь нерж.;D=55,L=235мм;серебрист.</t>
   </si>
   <si>
     <t>02050120</t>
   </si>
   <si>
     <t>1054W000IVV</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>Совки для льда</t>
   </si>
   <si>
     <t>13146.00₸</t>
   </si>
   <si>
-    <t>19 шт.</t>
+    <t>4 шт.</t>
   </si>
   <si>
     <t>Совок для льда;поликарбонат;170мл;,L=27,B=6см;прозр.</t>
   </si>
   <si>
     <t>02110304</t>
   </si>
   <si>
     <t>SCP6CW135</t>
   </si>
   <si>
     <t>Cambro</t>
   </si>
   <si>
     <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
   </si>
   <si>
     <t>10211.00₸</t>
   </si>
   <si>
     <t>7 шт.</t>
   </si>
   <si>
     <t>Совок для льда;поликарбонат;340мл;,L=270,B=73мм;прозр.</t>
   </si>
   <si>
     <t>02110305</t>
   </si>
   <si>
     <t>SCP12CW135</t>
   </si>
   <si>
     <t>11142.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Совок для льда;поликарбонат;0,68л;,L=31,B=10см;прозр.</t>
   </si>
   <si>
     <t>02110306</t>
   </si>
   <si>
     <t>SCP24CW135</t>
   </si>
   <si>
     <t>13984.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
+    <t>11 шт.</t>
   </si>
   <si>
     <t>Совок для льда;поликарбонат;100мл;,H=33,L=200,B=65мм;прозр.</t>
   </si>
   <si>
     <t>02110321</t>
   </si>
   <si>
     <t>14959-01</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>3083.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Совок для льда перфорированный;поликарбонат;250мл;,L=270,B=95мм;прозр.</t>
   </si>
   <si>
     <t>02110326</t>
   </si>
   <si>
     <t>14958-02</t>
   </si>
   <si>
     <t>7885.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Совок для льда;сталь нерж.;250мл;,L=242,B=78мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02110327</t>
+  </si>
+  <si>
+    <t>Was</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>18727.00₸</t>
+  </si>
+  <si>
+    <t>50 шт.</t>
+  </si>
+  <si>
+    <t>Совок для льда «Пробар»;сталь нерж.;75мл;,L=21,B=5см;серебрист.</t>
+  </si>
+  <si>
+    <t>02110328</t>
+  </si>
+  <si>
+    <t>SC6</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>3199.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Совок для льда «Пробар»;сталь нерж.;120мл;,L=240,B=85мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02110329</t>
+  </si>
+  <si>
+    <t>IS7</t>
+  </si>
+  <si>
+    <t>2072.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Совок для льда перфорированный;сталь нерж.;100мл;,L=195,B=60мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02110330</t>
+  </si>
+  <si>
+    <t>41503-00</t>
+  </si>
+  <si>
+    <t>31401.00₸</t>
+  </si>
+  <si>
+    <t>Совок для льда;алюмин.;180мл;,L=120,B=65мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02110331</t>
+  </si>
+  <si>
+    <t>15085.00₸</t>
+  </si>
+  <si>
+    <t>Совок для льда;сталь нерж.;0,7л;,L=28,B=10,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>02110332</t>
+  </si>
+  <si>
+    <t>30616.00₸</t>
+  </si>
+  <si>
+    <t>Совок для льда;сталь нерж.;1,1л;,L=28,5,B=15см;серебрист.</t>
+  </si>
+  <si>
+    <t>02110333</t>
+  </si>
+  <si>
+    <t>42528.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Совок для льда;сталь нерж.;,L=32,B=10см;серебрист.</t>
+  </si>
+  <si>
+    <t>02110334</t>
+  </si>
+  <si>
+    <t>522003-03</t>
+  </si>
+  <si>
+    <t>Linden</t>
+  </si>
+  <si>
+    <t>ШВЕЦИЯ</t>
+  </si>
+  <si>
+    <t>24171.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Совок для льда перфорированный;сталь нерж.;,L=19,B=5см;серебрист.</t>
+  </si>
+  <si>
+    <t>02110335</t>
+  </si>
+  <si>
+    <t>522010-03</t>
+  </si>
+  <si>
+    <t>13475.00₸</t>
+  </si>
+  <si>
+    <t>Совок для льда перфорированный;сталь нерж.;,L=260,B=75мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02110336</t>
+  </si>
+  <si>
+    <t>522012-03</t>
+  </si>
+  <si>
+    <t>30716.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Совок для льда «Пробар»;сталь нерж.;,L=19,B=5см;серебрист.</t>
+  </si>
+  <si>
+    <t>02110337</t>
+  </si>
+  <si>
+    <t>IS9</t>
+  </si>
+  <si>
+    <t>4417.00₸</t>
+  </si>
+  <si>
+    <t>Совок для льда;поликарбонат;150мл;,L=24,5см;прозр.</t>
+  </si>
+  <si>
+    <t>02110338</t>
+  </si>
+  <si>
+    <t>27400170PCV</t>
+  </si>
+  <si>
+    <t>3211.00₸</t>
+  </si>
+  <si>
+    <t>Совок для льда перфорированный;сталь нерж.;,L=19см;серебрист.</t>
+  </si>
+  <si>
+    <t>02110339</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>8124.00₸</t>
+  </si>
+  <si>
+    <t>Совок для льда перфорированный;поликарбонат;100мл;,L=200,B=65мм;прозр.</t>
+  </si>
+  <si>
+    <t>09100609</t>
+  </si>
+  <si>
+    <t>14958-01</t>
+  </si>
+  <si>
+    <t>5968.00₸</t>
+  </si>
+  <si>
     <t>3 шт.</t>
-  </si>
-[...190 lines deleted...]
-    <t>5968.00₸</t>
   </si>
   <si>
     <t>Совок для льда «Пробар Премиум»;сталь нерж.;1,5л;серебрист.</t>
   </si>
   <si>
     <t>02110345</t>
   </si>
   <si>
     <t>MT-BC-8</t>
   </si>
   <si>
     <t>Probar Premium</t>
   </si>
   <si>
     <t>12320.00₸</t>
   </si>
   <si>
     <t>Совок для льда «Пробар Премиум» перфорированный;сталь нерж.;250мл;серебрист.</t>
   </si>
   <si>
     <t>02110341</t>
   </si>
   <si>
     <t>MT-BC-4</t>
   </si>
@@ -1652,211 +1655,211 @@
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D8" s="0">
         <v>1545035</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>53</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="L8" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L9" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>43</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D12" s="0">
         <v>1545018</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>43</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D13" s="0">
         <v>1545070</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>76</v>
+        <v>43</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>77</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>78</v>
       </c>
       <c r="D14" s="0">
         <v>1545110</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
@@ -1958,65 +1961,65 @@
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>95</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>96</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>97</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>98</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>99</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>100</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>101</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
@@ -2066,194 +2069,194 @@
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>111</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>112</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="B22" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>43</v>
       </c>
       <c r="L22" s="0"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="B23" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>43</v>
       </c>
       <c r="L23" s="0"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="B24" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>43</v>
       </c>
       <c r="L24" s="0"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="B25" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>43</v>
       </c>
       <c r="L25" s="0"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="B26" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>43</v>
       </c>
       <c r="L26" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>