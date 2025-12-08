--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -71,201 +71,192 @@
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Центрифуга для сушки зелени;пластик;10л;D=37,3,H=39,6см;серый,зелен.</t>
   </si>
   <si>
     <t>04142299</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>Центрифуги для сушки зелени</t>
   </si>
   <si>
     <t>343805.00₸</t>
   </si>
   <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для центрифуги арт. 49888-20</t>
+  </si>
+  <si>
+    <t>04142301</t>
+  </si>
+  <si>
+    <t>49888-A2</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>116463.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Центрифуга для сушки зелени;пластик;12л;D=33,H=44см;оранжев.</t>
+  </si>
+  <si>
+    <t>04142302</t>
+  </si>
+  <si>
+    <t>49888-10</t>
+  </si>
+  <si>
+    <t>160268.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Центрифуга для сушки зелени;пластик;25л;D=43,H=52см;оранжев.</t>
+  </si>
+  <si>
+    <t>04142303</t>
+  </si>
+  <si>
+    <t>49888-20</t>
+  </si>
+  <si>
+    <t>170247.00₸</t>
+  </si>
+  <si>
+    <t>Центрифуга для сушки зелени;пластик;20л;D=46,H=30см;серый,зелен.</t>
+  </si>
+  <si>
+    <t>04142305</t>
+  </si>
+  <si>
+    <t>323585.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Центрифуга для сушки зелени;пластик;12л;D=33,H=34см;оранжев.</t>
+  </si>
+  <si>
+    <t>04145504</t>
+  </si>
+  <si>
+    <t>JD-S338</t>
+  </si>
+  <si>
+    <t>Probar</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>120526.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Центрифуга для сушки зелени;пластик;25л;D=41,5,H=40см;оранжев.</t>
+  </si>
+  <si>
+    <t>04145505</t>
+  </si>
+  <si>
+    <t>JD-S339</t>
+  </si>
+  <si>
+    <t>123746.00₸</t>
+  </si>
+  <si>
+    <t>Центрифуга для сушки зелени;пластик;4,4л;D=23,5,H=18см;белый,зелен.</t>
+  </si>
+  <si>
+    <t>04145509</t>
+  </si>
+  <si>
+    <t>2430224A</t>
+  </si>
+  <si>
+    <t>Westmark</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>15370.00₸</t>
+  </si>
+  <si>
+    <t>Центрифуга для сушки зелени;пластик;5л;D=25,H=22см;черный,белый</t>
+  </si>
+  <si>
+    <t>04147955</t>
+  </si>
+  <si>
+    <t>Magistro</t>
+  </si>
+  <si>
+    <t>19488.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Центрифуга для сушки зелени;пластик;3,7л;,H=14,L=23,B=23см;белый,салатов.</t>
+  </si>
+  <si>
+    <t>04147959</t>
+  </si>
+  <si>
+    <t>Доляна</t>
+  </si>
+  <si>
+    <t>13909.00₸</t>
+  </si>
+  <si>
     <t>3 шт.</t>
-  </si>
-[...148 lines deleted...]
-    <t>11281.00₸</t>
   </si>
   <si>
     <t>Втулка и корпус для центрифуги JD-S339 полипропилен;сталь нерж.,медь</t>
   </si>
   <si>
     <t>04147811</t>
   </si>
   <si>
     <t>JD-S339/part14</t>
   </si>
   <si>
     <t>10500.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -292,51 +283,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC685605-21C6-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF521E-424D-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC6854B3-21C6-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6544F45-21C6-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6545097-21C6-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC685553-21C6-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6544FE5-21C6-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6544EA5-21C6-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C52548D-D3A8-11ED-BC05-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA706CBE-62F9-11EE-BC0E-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/391FB307-50B7-11EF-BC53-00505692E2D011.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC685605-21C6-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF521E-424D-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC6854B3-21C6-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6544F45-21C6-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6545097-21C6-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC685553-21C6-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6544FE5-21C6-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6544EA5-21C6-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C52548D-D3A8-11ED-BC05-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA706CBE-62F9-11EE-BC0E-005056921CC410.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -597,80 +588,50 @@
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -916,62 +877,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-matfer-04142299/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-centrifugi-art-49888-20-paderno-04142301/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-paderno-04142302/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-paderno-04142303/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-matfer-04142305/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-probar-04145504/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-probar-04145505/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-westmark-04145509/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-magistro-04147955/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-dolyana-04147959/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-abert-04147971/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vtulka-i-korpus-dlya-centrifugi-jd-s339-probar-04147811/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-matfer-04142299/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-centrifugi-art-49888-20-paderno-04142301/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-paderno-04142302/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-paderno-04142303/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-matfer-04142305/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-probar-04145504/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-probar-04145505/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-westmark-04145509/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-magistro-04147955/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrifuga-dlya-sushki-zeleni-dolyana-04147959/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vtulka-i-korpus-dlya-centrifugi-jd-s339-probar-04147811/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L13"/>
+  <dimension ref="A1:L12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I13" sqref="I13"/>
+      <selection activeCell="I12" sqref="I12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1296,132 +1257,99 @@
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D11" s="0">
         <v>9342711</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>64</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>25</v>
+        <v>65</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
-      <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>1203490</v>
+        <v>67</v>
+      </c>
+      <c r="D12" s="0" t="s">
+        <v>68</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L12" s="0">
-[...30 lines deleted...]
-      <c r="L13" s="0"/>
+      <c r="L12" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
-    <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>