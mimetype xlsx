--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -257,75 +257,75 @@
   <si>
     <t>2218.00₸</t>
   </si>
   <si>
     <t>9 шт.</t>
   </si>
   <si>
     <t>Шампурчики[250шт];дерево;,L=250,B=3мм;бежев.</t>
   </si>
   <si>
     <t>06080119</t>
   </si>
   <si>
     <t>2580.00₸</t>
   </si>
   <si>
     <t>11 шт.</t>
   </si>
   <si>
     <t>06080120</t>
   </si>
   <si>
     <t>1371.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
+    <t>5 шт.</t>
   </si>
   <si>
     <t>06080121</t>
   </si>
   <si>
     <t>2006.00₸</t>
   </si>
   <si>
     <t>Шампурчики[100шт];бамбук;,L=150,B=3мм;бежев.</t>
   </si>
   <si>
     <t>06080122</t>
   </si>
   <si>
     <t>F08-008A-15CM/27-0034</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>448.00₸</t>
   </si>
   <si>
-    <t>3 шт.</t>
+    <t>более 500 шт.</t>
   </si>
   <si>
     <t>Шампурчики[100шт];бамбук;,L=180,B=3мм;бежев.</t>
   </si>
   <si>
     <t>06080123</t>
   </si>
   <si>
     <t>F08-008A-18CM</t>
   </si>
   <si>
     <t>483.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Шампурчики[100шт];бамбук;,L=200,B=3мм;бежев.</t>
   </si>
   <si>
     <t>06080124</t>
   </si>
   <si>
     <t>F08-008A</t>
   </si>
@@ -338,90 +338,87 @@
   <si>
     <t>Шампурчики[100шт];бамбук;,L=250,B=3мм;бежев.</t>
   </si>
   <si>
     <t>06080125</t>
   </si>
   <si>
     <t>F08-008A-25CM</t>
   </si>
   <si>
     <t>595.00₸</t>
   </si>
   <si>
     <t>Шампурчики[100шт];бамбук;,L=30см;бежев.</t>
   </si>
   <si>
     <t>06080126</t>
   </si>
   <si>
     <t>F08-008A-30см/27-0030</t>
   </si>
   <si>
     <t>686.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
+    <t>1 шт.</t>
   </si>
   <si>
     <t>Шампурчики[500шт];дерево;,L=15см;бежев.</t>
   </si>
   <si>
     <t>06080128</t>
   </si>
   <si>
     <t>00679/1</t>
   </si>
   <si>
     <t>9341.00₸</t>
   </si>
   <si>
-    <t>5 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>06080129</t>
   </si>
   <si>
     <t>OP</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>301.00₸</t>
   </si>
   <si>
-    <t>26 шт.</t>
+    <t>25 шт.</t>
   </si>
   <si>
     <t>06080130</t>
   </si>
   <si>
     <t>193.00₸</t>
   </si>
   <si>
-    <t>22 шт.</t>
+    <t>20 шт.</t>
   </si>
   <si>
     <t>Шампур угольный L=45cм;сталь нерж.;металлич.</t>
   </si>
   <si>
     <t>06080206</t>
   </si>
   <si>
     <t>С641</t>
   </si>
   <si>
     <t>Trud</t>
   </si>
   <si>
     <t>211.00₸</t>
   </si>
   <si>
     <t>Шампурчики[1000шт];бамбук;,L=250,B=2мм;бежев.</t>
   </si>
   <si>
     <t>06080212</t>
   </si>
   <si>
     <t>6784.00₸</t>
   </si>
@@ -468,53 +465,50 @@
     <t>06080228</t>
   </si>
   <si>
     <t>42511-25</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>1078.00₸</t>
   </si>
   <si>
     <t>Шампур;сталь нерж.;,L=200,B=3мм;металлич.</t>
   </si>
   <si>
     <t>06080238</t>
   </si>
   <si>
     <t>42511-20</t>
   </si>
   <si>
     <t>1140.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>1 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -2839,337 +2833,337 @@
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>109</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>110</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>111</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>112</v>
+        <v>80</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="D29" s="0">
         <v>6080129</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>115</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D30" s="0">
         <v>6080130</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="D31" s="0" t="s">
+      <c r="E31" s="0" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="D32" s="0">
         <v>16623</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="L32" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D33" s="0">
         <v>120829</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I33" s="1" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="D34" s="0">
         <v>120831</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="0"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="D35" s="0">
         <v>120832</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="D36" s="0" t="s">
         <v>142</v>
       </c>
-      <c r="D36" s="0" t="s">
+      <c r="E36" s="0" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="H36" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I36" s="1" t="s">
         <v>145</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>148</v>
       </c>
-      <c r="D37" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E37" s="0" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>151</v>
+        <v>107</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>