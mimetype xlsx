--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -74,51 +74,51 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Шприц для шпигования мяса;сталь,резина;,L=23см;металлич.,черный</t>
   </si>
   <si>
     <t>04130201</t>
   </si>
   <si>
     <t>42863-00</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Шприцы для начинки</t>
   </si>
   <si>
     <t>44391.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
+    <t>1 шт.</t>
   </si>
   <si>
     <t>Шприц для мяса;сталь нерж.;60мл;,L=17,5см</t>
   </si>
   <si>
     <t>04144716</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>70825.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Шприц колбасный вертикальный;сталь нерж.;3л;,H=47,5,L=30,B=22см;металлич.</t>
   </si>
   <si>
     <t>04147601</t>
   </si>