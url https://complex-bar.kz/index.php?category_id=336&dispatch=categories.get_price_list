--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="635">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="637">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -140,1529 +140,1532 @@
   <si>
     <t>04020314</t>
   </si>
   <si>
     <t>41744-60</t>
   </si>
   <si>
     <t>45161.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
     <t>Противень для запекан.;алюмин.;,H=2,L=60,B=40см;металлич.</t>
   </si>
   <si>
     <t>04020315</t>
   </si>
   <si>
     <t>41746-60</t>
   </si>
   <si>
     <t>23870.00₸</t>
   </si>
   <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=240,H=25,L=250,B=250мм;черный</t>
+  </si>
+  <si>
+    <t>04020478</t>
+  </si>
+  <si>
+    <t>11744-24</t>
+  </si>
+  <si>
+    <t>7747.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=280,H=25,L=285,B=285мм;черный</t>
+  </si>
+  <si>
+    <t>04020479</t>
+  </si>
+  <si>
+    <t>11744-28</t>
+  </si>
+  <si>
+    <t>9779.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=320,H=25,L=330,B=330мм;черный</t>
+  </si>
+  <si>
+    <t>04020480</t>
+  </si>
+  <si>
+    <t>11744-32</t>
+  </si>
+  <si>
+    <t>10934.00₸</t>
+  </si>
+  <si>
+    <t>Решетка для гриля пруток D=2мм;сталь нерж.;,L=60,B=40см;металлич.</t>
+  </si>
+  <si>
+    <t>04020503</t>
+  </si>
+  <si>
+    <t>44430-60</t>
+  </si>
+  <si>
+    <t>Решетки</t>
+  </si>
+  <si>
+    <t>24833.00₸</t>
+  </si>
+  <si>
+    <t>Решетка для гриля пруток d=3мм;сталь нерж.;,L=60,B=40см;металлич.</t>
+  </si>
+  <si>
+    <t>04020504</t>
+  </si>
+  <si>
+    <t>44430-61</t>
+  </si>
+  <si>
+    <t>34643.00₸</t>
+  </si>
+  <si>
+    <t>Экран для приготовления пиццы (до 300 С);алюмин.;D=27,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04020506</t>
+  </si>
+  <si>
+    <t>41727-28</t>
+  </si>
+  <si>
+    <t>Экраны для пиццы</t>
+  </si>
+  <si>
+    <t>6769.00₸</t>
+  </si>
+  <si>
+    <t>Экран для приготовления пиццы (до 300 С);алюмин.;D=30см;металлич.</t>
+  </si>
+  <si>
+    <t>04020507</t>
+  </si>
+  <si>
+    <t>41727-30</t>
+  </si>
+  <si>
+    <t>12875.00₸</t>
+  </si>
+  <si>
+    <t>Экран для приготовления пиццы (до 300 С);алюмин.;D=33см;металлич.</t>
+  </si>
+  <si>
+    <t>04020508</t>
+  </si>
+  <si>
+    <t>41727-33</t>
+  </si>
+  <si>
+    <t>14299.00₸</t>
+  </si>
+  <si>
+    <t>Решетка для гриля;сталь хромир.;D=220,H=22мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020509</t>
+  </si>
+  <si>
+    <t>47098-22</t>
+  </si>
+  <si>
+    <t>5329.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Экран для приготовления пиццы (до 300 С);алюмин.;D=60см;металлич.</t>
+  </si>
+  <si>
+    <t>04020511</t>
+  </si>
+  <si>
+    <t>41727-60</t>
+  </si>
+  <si>
+    <t>36899.00₸</t>
+  </si>
+  <si>
+    <t>Решетка для гриля на ножках;сталь нерж.;,H=25,L=600,B=400мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020514</t>
+  </si>
+  <si>
+    <t>44431-60</t>
+  </si>
+  <si>
+    <t>27697.00₸</t>
+  </si>
+  <si>
+    <t>Экран для приготовления пиццы (до 300 С);алюмин.;D=36см;металлич.</t>
+  </si>
+  <si>
+    <t>04020515</t>
+  </si>
+  <si>
+    <t>41727-36</t>
+  </si>
+  <si>
+    <t>17487.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Экран для приготовления пиццы (до 300 С);алюмин.;D=40см;металлич.</t>
+  </si>
+  <si>
+    <t>04020516</t>
+  </si>
+  <si>
+    <t>41727-40</t>
+  </si>
+  <si>
+    <t>20151.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Противень для пиццы;голуб.сталь;D=240,H=25,L=250,B=250мм;черный</t>
-[...113 lines deleted...]
-    <t>5329.00₸</t>
+    <t>Экран для приготовления пиццы (до 300 С);алюмин.;D=45см;металлич.</t>
+  </si>
+  <si>
+    <t>04020517</t>
+  </si>
+  <si>
+    <t>41727-45</t>
+  </si>
+  <si>
+    <t>22284.00₸</t>
+  </si>
+  <si>
+    <t>Решетка для гриля;сталь хромир.;D=185,H=22мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020518</t>
+  </si>
+  <si>
+    <t>47098-18</t>
+  </si>
+  <si>
+    <t>4759.00₸</t>
+  </si>
+  <si>
+    <t>Решетка для гриля;сталь хромир.;D=320/297,H=22мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020519</t>
+  </si>
+  <si>
+    <t>47098-30</t>
+  </si>
+  <si>
+    <t>8186.00₸</t>
+  </si>
+  <si>
+    <t>Решетка;сталь нерж.;,H=5,L=530,B=325мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020521</t>
+  </si>
+  <si>
+    <t>3330.53N</t>
+  </si>
+  <si>
+    <t>De Buyer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>25387.00₸</t>
+  </si>
+  <si>
+    <t>Решетка;сталь нерж.;,H=5,L=600,B=400мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020522</t>
+  </si>
+  <si>
+    <t>3330.60N</t>
+  </si>
+  <si>
+    <t>29823.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Решетка на ножках;сталь нерж.;,H=25,L=600,B=400мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020524</t>
+  </si>
+  <si>
+    <t>3332.60N</t>
+  </si>
+  <si>
+    <t>70620.00₸</t>
+  </si>
+  <si>
+    <t>Экран для приготовления пиццы «Проотель»;алюмин.;D=33см;металлич.</t>
+  </si>
+  <si>
+    <t>04020526</t>
+  </si>
+  <si>
+    <t>PS13</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>3052.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Экран для приготовления пиццы «Проотель»;алюмин.;D=41см;металлич.</t>
+  </si>
+  <si>
+    <t>04020527</t>
+  </si>
+  <si>
+    <t>PS16</t>
+  </si>
+  <si>
+    <t>4130.00₸</t>
+  </si>
+  <si>
+    <t>Экран для приготовления пиццы «Проотель»;алюмин.;D=28см;металлич.</t>
+  </si>
+  <si>
+    <t>04020528</t>
+  </si>
+  <si>
+    <t>PS11</t>
+  </si>
+  <si>
+    <t>2646.00₸</t>
+  </si>
+  <si>
+    <t>Экран для приготовления пиццы «Проотель»;алюмин.;D=31см;металлич.</t>
+  </si>
+  <si>
+    <t>04020529</t>
+  </si>
+  <si>
+    <t>PS12</t>
+  </si>
+  <si>
+    <t>3045.00₸</t>
+  </si>
+  <si>
+    <t>Решетка на ножках;сталь нерж.;,L=60,B=40см;металлич.</t>
+  </si>
+  <si>
+    <t>04020530</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>41172.00₸</t>
+  </si>
+  <si>
+    <t>Решетка (нагрузка до 22 кг);сталь нерж.;,L=53,B=32,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04020531</t>
+  </si>
+  <si>
+    <t>20506.00₸</t>
+  </si>
+  <si>
+    <t>Решетка;сталь нерж.;,H=3,L=60,B=40см;металлич.</t>
+  </si>
+  <si>
+    <t>04020532</t>
+  </si>
+  <si>
+    <t>26750.00₸</t>
+  </si>
+  <si>
+    <t>Решетка (нагрузка до 41 кг);сталь нерж.;,L=65,B=53см;металлич.</t>
+  </si>
+  <si>
+    <t>04020538</t>
+  </si>
+  <si>
+    <t>30423.00₸</t>
+  </si>
+  <si>
+    <t>Решетка (нагрузка до 35 кг);сталь нерж.;,L=65,B=53см;металлич.</t>
+  </si>
+  <si>
+    <t>04020539</t>
+  </si>
+  <si>
+    <t>071112</t>
+  </si>
+  <si>
+    <t>25002.00₸</t>
+  </si>
+  <si>
+    <t>Решетка;сталь нерж.;,L=40,B=30см;металлич.</t>
+  </si>
+  <si>
+    <t>04020540</t>
+  </si>
+  <si>
+    <t>13653.00₸</t>
+  </si>
+  <si>
+    <t>Решетка;сталь нерж.;,L=35,4,B=32,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04020541</t>
+  </si>
+  <si>
+    <t>23147.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Решетка на ножках;сталь хромир.;D=28см;металлич.</t>
+  </si>
+  <si>
+    <t>04020542</t>
+  </si>
+  <si>
+    <t>13468.00₸</t>
+  </si>
+  <si>
+    <t>Решетка на ножках;сталь хромир.;D=36см;металлич.</t>
+  </si>
+  <si>
+    <t>04020545</t>
+  </si>
+  <si>
+    <t>12474.00₸</t>
+  </si>
+  <si>
+    <t>Решетка на ножках;сталь хромир.;D=32см;металлич.</t>
+  </si>
+  <si>
+    <t>04020546</t>
+  </si>
+  <si>
+    <t>13114.00₸</t>
+  </si>
+  <si>
+    <t>Решетка на ножках;сталь хромир.;D=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04020550</t>
+  </si>
+  <si>
+    <t>9710.00₸</t>
+  </si>
+  <si>
+    <t>Решетка на ножках;сталь хромир.;D=200,H=25,L=200,B=200мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020552</t>
+  </si>
+  <si>
+    <t>9287.00₸</t>
+  </si>
+  <si>
+    <t>Решетка для гриля на ножках;сталь нерж.;,H=25,L=460,B=305мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020554</t>
+  </si>
+  <si>
+    <t>44431-46</t>
+  </si>
+  <si>
+    <t>15593.00₸</t>
+  </si>
+  <si>
+    <t>Экран для приготовления пиццы;алюмин.;D=23см;серый</t>
+  </si>
+  <si>
+    <t>04020555</t>
+  </si>
+  <si>
+    <t>8624.00₸</t>
+  </si>
+  <si>
+    <t>Экран для приготовления пиццы;алюмин.;D=48см;серый</t>
+  </si>
+  <si>
+    <t>04020561</t>
+  </si>
+  <si>
+    <t>22238.00₸</t>
+  </si>
+  <si>
+    <t>Решетка (нагрузка до 40 кг);сталь нерж.;,L=53,B=32,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04020562</t>
+  </si>
+  <si>
+    <t>20513.00₸</t>
+  </si>
+  <si>
+    <t>Решетка;металл;,L=80,B=60см;металлич.</t>
+  </si>
+  <si>
+    <t>04020563</t>
+  </si>
+  <si>
+    <t>43690.00₸</t>
+  </si>
+  <si>
+    <t>Экран для приготовления пиццы;алюмин.;D=20см</t>
+  </si>
+  <si>
+    <t>04020570</t>
+  </si>
+  <si>
+    <t>PS08</t>
+  </si>
+  <si>
+    <t>1925.00₸</t>
+  </si>
+  <si>
+    <t>Экран для приготовления пиццы;алюмин.;D=23см</t>
+  </si>
+  <si>
+    <t>04020571</t>
+  </si>
+  <si>
+    <t>PS09</t>
+  </si>
+  <si>
+    <t>2002.00₸</t>
+  </si>
+  <si>
+    <t>Экран для приготовления пиццы;алюмин.;D=36см</t>
+  </si>
+  <si>
+    <t>04020572</t>
+  </si>
+  <si>
+    <t>PS14</t>
+  </si>
+  <si>
+    <t>2982.00₸</t>
+  </si>
+  <si>
+    <t>Решетка для гриля;сталь нерж.</t>
+  </si>
+  <si>
+    <t>04020578</t>
+  </si>
+  <si>
+    <t>30.10.31.1100.0020/GG112M</t>
+  </si>
+  <si>
+    <t>Inoxmacel</t>
+  </si>
+  <si>
+    <t>18350.00₸</t>
+  </si>
+  <si>
+    <t>Экран для приготовления пиццы;алюмин.;D=25см</t>
+  </si>
+  <si>
+    <t>04020581</t>
+  </si>
+  <si>
+    <t>PS10</t>
+  </si>
+  <si>
+    <t>2191.00₸</t>
+  </si>
+  <si>
+    <t>Противень перфорир.;голуб.сталь;,H=1,L=60,B=40см;металлич.</t>
+  </si>
+  <si>
+    <t>04020633</t>
+  </si>
+  <si>
+    <t>57050.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.,антиприг.покр.;,H=1,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04020634</t>
+  </si>
+  <si>
+    <t>Exal</t>
+  </si>
+  <si>
+    <t>67168.00₸</t>
+  </si>
+  <si>
+    <t>04020635</t>
+  </si>
+  <si>
+    <t>82021.00₸</t>
+  </si>
+  <si>
+    <t>04020636</t>
+  </si>
+  <si>
+    <t>60954.00₸</t>
+  </si>
+  <si>
+    <t>Противень с антиприг.покрыт.;алюмин.,тефлон;,H=2,L=60,B=40см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020638</t>
+  </si>
+  <si>
+    <t>59237.00₸</t>
+  </si>
+  <si>
+    <t>Противень;голуб.сталь;,H=1,L=53,B=32см;черный</t>
+  </si>
+  <si>
+    <t>04020639</t>
+  </si>
+  <si>
+    <t>33418.00₸</t>
+  </si>
+  <si>
+    <t>Противень прямоуг.;голуб.сталь;,H=25,L=400,B=300мм</t>
+  </si>
+  <si>
+    <t>04020732</t>
+  </si>
+  <si>
+    <t>41745-40</t>
+  </si>
+  <si>
+    <t>21222.00₸</t>
+  </si>
+  <si>
+    <t>Противень прямоуг.;голуб.сталь;,H=25,L=350,B=280мм;черный</t>
+  </si>
+  <si>
+    <t>04020733</t>
+  </si>
+  <si>
+    <t>41745-35</t>
+  </si>
+  <si>
+    <t>19451.00₸</t>
+  </si>
+  <si>
+    <t>Противень прямоуг.;голуб.сталь;,H=25,L=500,B=350мм;черный</t>
+  </si>
+  <si>
+    <t>04020734</t>
+  </si>
+  <si>
+    <t>41745-50</t>
+  </si>
+  <si>
+    <t>15347.00₸</t>
+  </si>
+  <si>
+    <t>Противень прямоуг.;голуб.сталь;,H=25,L=600,B=400мм;черный</t>
+  </si>
+  <si>
+    <t>04020735</t>
+  </si>
+  <si>
+    <t>41745-60</t>
+  </si>
+  <si>
+    <t>31062.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Противень прямоуг.;голуб.сталь;,H=25,L=650,B=450мм;черный</t>
+  </si>
+  <si>
+    <t>04020736</t>
+  </si>
+  <si>
+    <t>41745-65</t>
+  </si>
+  <si>
+    <t>31401.00₸</t>
+  </si>
+  <si>
+    <t>Противень перфорир.;алюмин.;,H=1,L=60,B=40см;металлич.</t>
+  </si>
+  <si>
+    <t>04020737</t>
+  </si>
+  <si>
+    <t>41756-60</t>
+  </si>
+  <si>
+    <t>58944.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.,силикон;,H=10,L=530,B=325мм;серый</t>
+  </si>
+  <si>
+    <t>04020738</t>
+  </si>
+  <si>
+    <t>41743-32</t>
+  </si>
+  <si>
+    <t>41588.00₸</t>
+  </si>
+  <si>
+    <t>Противень перфор.;алюмин.,силикон;,H=1,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>04020740</t>
+  </si>
+  <si>
+    <t>41753-60</t>
+  </si>
+  <si>
+    <t>40087.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=360,H=25мм</t>
+  </si>
+  <si>
+    <t>04020744</t>
+  </si>
+  <si>
+    <t>11740-36</t>
+  </si>
+  <si>
+    <t>11920.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=400,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04020745</t>
+  </si>
+  <si>
+    <t>11740-40</t>
+  </si>
+  <si>
+    <t>13837.00₸</t>
+  </si>
+  <si>
+    <t>Противень прямоуг.;алюмин.;,H=3,L=60,B=40см;металлич.</t>
+  </si>
+  <si>
+    <t>04020751</t>
+  </si>
+  <si>
+    <t>41751-60</t>
+  </si>
+  <si>
+    <t>28398.00₸</t>
+  </si>
+  <si>
+    <t>Противень прямоуг.;голуб.сталь;,H=25,L=300,B=230мм;черный</t>
+  </si>
+  <si>
+    <t>04020752</t>
+  </si>
+  <si>
+    <t>41745-30</t>
+  </si>
+  <si>
+    <t>13807.00₸</t>
+  </si>
+  <si>
+    <t>Противень;голуб.сталь;,H=10,L=530,B=325мм</t>
+  </si>
+  <si>
+    <t>04020835</t>
+  </si>
+  <si>
+    <t>25949.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.,тефлон;,H=10,L=530,B=325мм;черный</t>
+  </si>
+  <si>
+    <t>04020837</t>
+  </si>
+  <si>
+    <t>43498.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.,тефлон;,H=1,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04020838</t>
+  </si>
+  <si>
+    <t>57350.00₸</t>
+  </si>
+  <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
+    <t>04020839</t>
+  </si>
+  <si>
+    <t>53369.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.,тефлон;,H=2,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04020874</t>
+  </si>
+  <si>
+    <t>41747-60</t>
+  </si>
+  <si>
+    <t>54670.00₸</t>
+  </si>
+  <si>
+    <t>04020905</t>
+  </si>
+  <si>
+    <t>65643.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.,антиприг.покр.;,H=10,L=530,B=325мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04020907</t>
+  </si>
+  <si>
+    <t>54193.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;D=320,H=25мм</t>
+  </si>
+  <si>
+    <t>04020909</t>
+  </si>
+  <si>
+    <t>Was</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>6338.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.;,L=60,B=40см</t>
+  </si>
+  <si>
+    <t>04020938</t>
+  </si>
+  <si>
+    <t>64850.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюм.литой,тефлон;,H=20,L=320/470,B=245мм;черный</t>
+  </si>
+  <si>
+    <t>04020969</t>
+  </si>
+  <si>
+    <t>OP114F/46TP0</t>
+  </si>
+  <si>
+    <t>Risoli</t>
+  </si>
+  <si>
+    <t>50382.00₸</t>
+  </si>
+  <si>
+    <t>Противень (индукция);алюм.литой,тефлон;,H=20,L=320/470,B=248мм;черный</t>
+  </si>
+  <si>
+    <t>04020970</t>
+  </si>
+  <si>
+    <t>00114FIN/46T</t>
+  </si>
+  <si>
+    <t>47078.00₸</t>
+  </si>
+  <si>
+    <t>Противень;сталь нерж.;,L=60,B=40см</t>
+  </si>
+  <si>
+    <t>04021006</t>
+  </si>
+  <si>
+    <t>20821.00₸</t>
+  </si>
+  <si>
+    <t>Противень;голуб.сталь;,H=1,L=40,B=30см;черный</t>
+  </si>
+  <si>
+    <t>04021037</t>
+  </si>
+  <si>
+    <t>16509.00₸</t>
+  </si>
+  <si>
+    <t>Противень;голуб.сталь;,H=1,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04021038</t>
+  </si>
+  <si>
+    <t>35744.00₸</t>
+  </si>
+  <si>
+    <t>Противень;голуб.сталь;,H=1,L=66,B=46см;черный</t>
+  </si>
+  <si>
+    <t>04021039</t>
+  </si>
+  <si>
+    <t>43706.00₸</t>
+  </si>
+  <si>
+    <t>Противень;голуб.сталь;,H=1,L=65,B=53см;черный</t>
+  </si>
+  <si>
+    <t>04021040</t>
+  </si>
+  <si>
+    <t>30354.00₸</t>
+  </si>
+  <si>
+    <t>Противень перфорир.;голуб.сталь;,H=2,L=54,B=33см;металлич.</t>
+  </si>
+  <si>
+    <t>04021041</t>
+  </si>
+  <si>
+    <t>56549.00₸</t>
+  </si>
+  <si>
+    <t>Противень «Экзал»;алюмин.;,H=1,L=40,B=30см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04021042</t>
+  </si>
+  <si>
+    <t>30107.00₸</t>
+  </si>
+  <si>
+    <t>Противень «Экзал»;алюмин.;,H=10,L=530,B=325мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04021043</t>
+  </si>
+  <si>
+    <t>56927.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.;,H=1,L=40,B=30см;металлич.</t>
+  </si>
+  <si>
+    <t>04021044</t>
+  </si>
+  <si>
+    <t>17811.00₸</t>
+  </si>
+  <si>
+    <t>04021045</t>
+  </si>
+  <si>
+    <t>42004.00₸</t>
+  </si>
+  <si>
+    <t>Противень перфорир.;алюмин.;,H=1,L=40,B=30см;металлич.</t>
+  </si>
+  <si>
+    <t>04021046</t>
+  </si>
+  <si>
+    <t>54247.00₸</t>
+  </si>
+  <si>
+    <t>Противень перфорир.;алюмин.;,H=10,L=530,B=325мм;металлич.</t>
+  </si>
+  <si>
+    <t>04021047</t>
+  </si>
+  <si>
+    <t>53523.00₸</t>
+  </si>
+  <si>
+    <t>Противень;голуб.сталь;,H=2,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04021049</t>
+  </si>
+  <si>
+    <t>60068.00₸</t>
+  </si>
+  <si>
+    <t>Противень;сталь нерж.;,H=2,L=60,B=40см;металлич.</t>
+  </si>
+  <si>
+    <t>04021051</t>
+  </si>
+  <si>
+    <t>67206.00₸</t>
+  </si>
+  <si>
+    <t>Противень;голуб.сталь;,L=65,B=45см</t>
+  </si>
+  <si>
+    <t>04021066</t>
+  </si>
+  <si>
+    <t>20760.00₸</t>
+  </si>
+  <si>
+    <t>Противень рельефное дно;алюмин.,антиприг.покр.;,L=60,B=40см</t>
+  </si>
+  <si>
+    <t>04021069</t>
+  </si>
+  <si>
+    <t>45130.00₸</t>
+  </si>
+  <si>
+    <t>Противень;сталь нерж.,антиприг.покр.;,H=20,L=530,B=325мм</t>
+  </si>
+  <si>
+    <t>04021082</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>39509.00₸</t>
+  </si>
+  <si>
+    <t>Противень;сталь нерж.,антиприг.покр.;,H=65,L=530,B=325мм</t>
+  </si>
+  <si>
+    <t>04021083</t>
+  </si>
+  <si>
+    <t>43806.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.;,H=1,L=60,B=40см</t>
+  </si>
+  <si>
+    <t>04021109</t>
+  </si>
+  <si>
+    <t>32779.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=140,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04021112</t>
+  </si>
+  <si>
+    <t>11740-14</t>
+  </si>
+  <si>
+    <t>2742.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=160,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04021113</t>
+  </si>
+  <si>
+    <t>11740-16</t>
+  </si>
+  <si>
+    <t>4351.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=180,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04021114</t>
+  </si>
+  <si>
+    <t>11740-18</t>
+  </si>
+  <si>
+    <t>4928.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=200,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04021115</t>
+  </si>
+  <si>
+    <t>11740-20</t>
+  </si>
+  <si>
+    <t>4890.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=220,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04021116</t>
+  </si>
+  <si>
+    <t>11740-22</t>
+  </si>
+  <si>
+    <t>6091.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=240,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04021117</t>
+  </si>
+  <si>
+    <t>11740-24</t>
+  </si>
+  <si>
+    <t>6938.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=260,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04021118</t>
+  </si>
+  <si>
+    <t>11740-26</t>
+  </si>
+  <si>
+    <t>7208.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=280,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04021119</t>
+  </si>
+  <si>
+    <t>11740-28</t>
+  </si>
+  <si>
+    <t>8216.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=300,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04021120</t>
+  </si>
+  <si>
+    <t>11740-30</t>
+  </si>
+  <si>
+    <t>8694.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=320,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04021121</t>
+  </si>
+  <si>
+    <t>11740-32</t>
+  </si>
+  <si>
+    <t>9649.00₸</t>
+  </si>
+  <si>
+    <t>Противень для гамбургеров на 12 шт.;алюмин.;D=120,H=25,L=600,B=400мм</t>
+  </si>
+  <si>
+    <t>04021123</t>
+  </si>
+  <si>
+    <t>41752-12</t>
+  </si>
+  <si>
+    <t>79888.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.;,H=3,L=28,B=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04021130</t>
+  </si>
+  <si>
+    <t>МТ042</t>
+  </si>
+  <si>
+    <t>DAZ</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>3535.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.;,H=5,L=35,B=32см;металлич.</t>
+  </si>
+  <si>
+    <t>04021131</t>
+  </si>
+  <si>
+    <t>МТ043</t>
+  </si>
+  <si>
+    <t>4690.00₸</t>
+  </si>
+  <si>
+    <t>Противень;сталь нерж.;,H=48,L=280,B=370мм;металлич.</t>
+  </si>
+  <si>
+    <t>04021132</t>
+  </si>
+  <si>
+    <t>WLT00011</t>
+  </si>
+  <si>
+    <t>7875.00₸</t>
+  </si>
+  <si>
+    <t>Противень «Гастронорм»;алюмин.,антиприг.покр.;,H=20,L=355,B=325мм</t>
+  </si>
+  <si>
+    <t>04021133</t>
+  </si>
+  <si>
+    <t>OP120M/3520G</t>
+  </si>
+  <si>
+    <t>Gastronorm</t>
+  </si>
+  <si>
+    <t>23201.00₸</t>
+  </si>
+  <si>
+    <t>Противень «Гастронорм» 1/1;алюмин.,антиприг.покр.;,H=20,L=530,B=325мм;черный</t>
+  </si>
+  <si>
+    <t>04021134</t>
+  </si>
+  <si>
+    <t>OP120M/5320G</t>
+  </si>
+  <si>
+    <t>38362.00₸</t>
+  </si>
+  <si>
+    <t>Противень «Гастронорм» 1/1;алюмин.,антиприг.покр.;,H=40,L=530,B=325мм</t>
+  </si>
+  <si>
+    <t>04021135</t>
+  </si>
+  <si>
+    <t>OP120M/5340G</t>
+  </si>
+  <si>
+    <t>42759.00₸</t>
+  </si>
+  <si>
+    <t>Противень «Гастронорм» 1/2;алюмин.,антиприг.покр.;,H=40,L=325,B=265мм</t>
+  </si>
+  <si>
+    <t>04021136</t>
+  </si>
+  <si>
+    <t>OP120M/2640G</t>
+  </si>
+  <si>
+    <t>27690.00₸</t>
+  </si>
+  <si>
+    <t>Противень «Гастронорм» 1/2;алюмин.,антиприг.покр.;,H=65,L=325,B=265мм</t>
+  </si>
+  <si>
+    <t>04021137</t>
+  </si>
+  <si>
+    <t>OP120M/2665G</t>
+  </si>
+  <si>
+    <t>30908.00₸</t>
+  </si>
+  <si>
+    <t>Противень «Гастронорм» 1/1;алюмин.,антиприг.покр.;,H=65,L=530,B=325мм</t>
+  </si>
+  <si>
+    <t>04021138</t>
+  </si>
+  <si>
+    <t>OP120M/5365G</t>
+  </si>
+  <si>
+    <t>58274.00₸</t>
+  </si>
+  <si>
+    <t>Противень «Гастронорм» 1/2;алюмин.,антиприг.покр.;,H=20,L=325,B=265мм</t>
+  </si>
+  <si>
+    <t>04021139</t>
+  </si>
+  <si>
+    <t>OP120M/2620G</t>
+  </si>
+  <si>
+    <t>26165.00₸</t>
+  </si>
+  <si>
+    <t>Противень для выпечки лепешек;медь,олово;D=300,H=2мм;медный</t>
+  </si>
+  <si>
+    <t>04021150</t>
+  </si>
+  <si>
+    <t>3230/30</t>
+  </si>
+  <si>
+    <t>Cu Artigiana maestri ramai</t>
+  </si>
+  <si>
+    <t>83361.00₸</t>
+  </si>
+  <si>
+    <t>Противень для выпечки прямоуг. с бортом;медь,олово;,H=25,L=400,B=300мм;медный</t>
+  </si>
+  <si>
+    <t>04021151</t>
+  </si>
+  <si>
+    <t>193124.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.,антиприг.покр.;,H=53,L=270,B=197мм;красный,черный</t>
+  </si>
+  <si>
+    <t>04021155</t>
+  </si>
+  <si>
+    <t>Jbze-010</t>
+  </si>
+  <si>
+    <t>Gvura</t>
+  </si>
+  <si>
+    <t>4066.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.,антиприг.покр.;,H=55,L=315,B=240мм;красный,черный</t>
+  </si>
+  <si>
+    <t>04021156</t>
+  </si>
+  <si>
+    <t>Jbze-011</t>
+  </si>
+  <si>
+    <t>5005.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.,антиприг.покр.;,H=62,L=360,B=275мм;красный,черный</t>
+  </si>
+  <si>
+    <t>04021157</t>
+  </si>
+  <si>
+    <t>Jbze-012</t>
+  </si>
+  <si>
+    <t>6430.00₸</t>
+  </si>
+  <si>
+    <t>Жаровня;алюмин.;,H=4,L=45,B=30см</t>
+  </si>
+  <si>
+    <t>04021701</t>
+  </si>
+  <si>
+    <t>16944-45</t>
+  </si>
+  <si>
+    <t>31047.00₸</t>
+  </si>
+  <si>
+    <t>Противень перфорированный;алюмин.;,H=15,L=530,B=325мм;черный</t>
+  </si>
+  <si>
+    <t>04022209</t>
+  </si>
+  <si>
+    <t>МКИ198</t>
+  </si>
+  <si>
+    <t>KL</t>
+  </si>
+  <si>
+    <t>30662.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный «Тренд»;алюмин.;,H=20,L=320,B=215мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04080743</t>
+  </si>
+  <si>
+    <t>Trend</t>
+  </si>
+  <si>
+    <t>16009.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для пиццы с трафаретом для нарезки на 4 кусков;сталь нерж.,пластик;D=50,L=66см;серебрист.,чер</t>
+  </si>
+  <si>
+    <t>04080801</t>
+  </si>
+  <si>
+    <t>RV50/4</t>
+  </si>
+  <si>
+    <t>Zio Pepe</t>
+  </si>
+  <si>
+    <t>Подносы для пиццы</t>
+  </si>
+  <si>
+    <t>72226.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Экран для приготовления пиццы (до 300 С);алюмин.;D=60см;металлич.</t>
-[...962 lines deleted...]
-    <t>6091.00₸</t>
+    <t>Поднос для пиццы с трафаретом для нарезки на 6 кусков;сталь нерж.,пластик;D=50,L=66см;серебрист.,чер</t>
+  </si>
+  <si>
+    <t>04080802</t>
+  </si>
+  <si>
+    <t>RV50/6</t>
+  </si>
+  <si>
+    <t>73004.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для пиццы с трафаретом для нарезки на 8 кусков;сталь нерж.,пластик;D=50,L=66см;серебрист.,чер</t>
+  </si>
+  <si>
+    <t>04080803</t>
+  </si>
+  <si>
+    <t>RV50/8</t>
+  </si>
+  <si>
+    <t>70848.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для пиццы «Проотель» перфорированный;алюмин.;D=28,H=1см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080804</t>
+  </si>
+  <si>
+    <t>PTWP11</t>
+  </si>
+  <si>
+    <t>4347.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для пиццы «Проотель» перфорированный;алюмин.;D=33,H=1см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080805</t>
+  </si>
+  <si>
+    <t>PTWP13</t>
+  </si>
+  <si>
+    <t>4753.00₸</t>
   </si>
   <si>
     <t>5 шт.</t>
   </si>
   <si>
-    <t>Противень для пиццы;голуб.сталь;D=240,H=25мм;черный</t>
-[...370 lines deleted...]
-  <si>
     <t>Поднос для пиццы «Проотель» перфорированный;алюмин.;D=41,H=1см;серебрист.</t>
   </si>
   <si>
     <t>04080806</t>
   </si>
   <si>
     <t>PTWP16</t>
   </si>
   <si>
     <t>9338.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Противень для пиццы «Фамилья»;алюмин.;D=22см;серебрист.</t>
   </si>
   <si>
     <t>04082371</t>
   </si>
   <si>
     <t>Italo Ottinetti</t>
   </si>
   <si>
     <t>Famiglia</t>
   </si>
   <si>
     <t>5437.00₸</t>
   </si>
   <si>
     <t>Противень для пиццы «Фамилья»;алюмин.;D=28см;серебрист.</t>
   </si>
   <si>
     <t>04082372</t>
   </si>
   <si>
     <t>8748.00₸</t>
   </si>
   <si>
     <t>Противень для пиццы «Фамилья»;алюмин.;D=32см;серебрист.</t>
@@ -1860,50 +1863,53 @@
     <t>Набор для выпекания (пекарский камень 38x30 см, доска для подачи 46x28 см, книга рецептов)[3шт];кера</t>
   </si>
   <si>
     <t>04022226</t>
   </si>
   <si>
     <t>W598903PRBL</t>
   </si>
   <si>
     <t>Tognana</t>
   </si>
   <si>
     <t>41251.00₸</t>
   </si>
   <si>
     <t>Противень для запекания с антипригарным покрытием перфорированный;алюмин.;,H=3,L=60,B=40см;черный</t>
   </si>
   <si>
     <t>04022236</t>
   </si>
   <si>
     <t>ALP-1211</t>
   </si>
   <si>
     <t>13986.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
   </si>
   <si>
     <t>Противень для запекания перфорированный;алюмин.;,H=3,L=60,B=40см;серебрист.</t>
   </si>
   <si>
     <t>04022234</t>
   </si>
   <si>
     <t>ALP-1201</t>
   </si>
   <si>
     <t>9828.00₸</t>
   </si>
   <si>
     <t>Противень для запекания с антипригарным покрытием;алюмин.;,H=3,L=60,B=40см;черный</t>
   </si>
   <si>
     <t>04022235</t>
   </si>
   <si>
     <t>ALP-1210</t>
   </si>
   <si>
     <t>Противень для запекания;алюмин.;,H=3,L=60,B=40см;серебрист.</t>
   </si>
@@ -1978,51 +1984,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C878118B-21C3-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F015F-696C-11EC-BBF7-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0160-696C-11EC-BBF7-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0161-696C-11EC-BBF7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46D3382E-696C-11EC-BBF7-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40DA81C7-696C-11EC-BBF7-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40DA81C4-696C-11EC-BBF7-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A9AAF14-696C-11EC-BBF7-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1059D7A-424D-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E6C10F4-696C-11EC-BBF7-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E5B2247-21C3-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E5B2195-21C3-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E5B20E3-21C3-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B66E2A4A-21C3-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68623630-21C3-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84CB10DC-E3D3-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E5B2031-21C3-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E5B1F7F-21C3-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E5B1EDF-21C3-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B66E2AEA-21C3-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B66E29AA-21C3-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223B3-424F-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223B4-424F-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223B7-424F-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6862341A-21C3-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68623368-21C3-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6862357E-21C3-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/686234CC-21C3-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99E17EC0-424F-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DDF-424F-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DE0-424F-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3F81A82-424F-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B66E2CCA-21C3-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037957-4250-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037979-4250-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B66E290A-21C3-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900D1A36-4250-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96059333-4250-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC5C-4250-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0210BE4F-4251-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E6C10F5-696C-11EC-BBF7-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9A7-4251-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9AD-4251-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B66E2C2A-21C3-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A2A5268-4252-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/686232B6-21C3-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68623204-21C3-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68623000-21C3-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B66E2B8A-21C3-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68623152-21C3-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65ACB3-21C3-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90D22E65-E3D3-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99E17EBC-424F-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AAC1-21C3-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252F0-424F-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65A96F-21C3-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A9AAF0D-696C-11EC-BBF7-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A9AAF0E-696C-11EC-BBF7-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0165-696C-11EC-BBF7-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0164-696C-11EC-BBF7-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0163-696C-11EC-BBF7-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A9AAF10-696C-11EC-BBF7-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01D3B46D-EA57-11EB-BBF2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01D3B473-EA57-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AEA5-21C3-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65ADF3-21C3-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A9AAF0F-696C-11EC-BBF7-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01D3B470-EA57-11EB-BBF2-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19983FB0-F161-11EB-BBF2-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03436913-424F-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03436914-424F-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03436915-424F-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0162-696C-11EC-BBF7-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AD53-21C3-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90D22E64-E3D3-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD8A0B-424F-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FA5802-424F-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90D22E6A-E3D3-11EB-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90D22E6C-E3D3-11EB-BBF2-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E3FFB-4250-11E8-A155-00259035BB6780.gif"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90D22E61-E3D3-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037948-4250-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8AD3CFA3-E3D3-11EB-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8AD3CFA4-E3D3-11EB-BBF2-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03794B-4250-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03794C-4250-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03794D-4250-11E8-A155-00259035BB6787.gif"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03794E-4250-11E8-A155-00259035BB6788.gif"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AA0F-21C3-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037950-4250-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037951-4250-11E8-A155-00259035BB6791.gif"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037977-4250-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03797A-4250-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84139C2D-4250-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900D1A33-4250-11E8-A155-00259035BB6795.gif"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19983FAF-F161-11EB-BBF2-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D20255BD-4250-11E8-A155-00259035BB6797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19983FB1-F161-11EB-BBF2-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2759960-21C3-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C27598C0-21C3-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2759820-21C3-11EE-BC0D-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C275976E-21C3-11EE-BC0D-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C27596CE-21C3-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C275961C-21C3-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C275956A-21C3-11EE-BC0D-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C27594B8-21C3-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2759418-21C3-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2759366-21C3-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46D3382F-696C-11EC-BBF7-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A621799D-06B4-11EE-BC09-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0271810-06B4-11EE-BC09-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0271734-06B4-11EE-BC09-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C87812CB-21C3-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C87816C1-21C3-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8781621-21C3-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C878141D-21C3-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C878136B-21C3-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C878156F-21C3-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C87814BD-21C3-11EE-BC0D-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5885F7E5-F13D-11EC-BBFA-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5885F7E3-F13D-11EC-BBFA-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AC13-21C3-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AB73-21C3-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7148D9B-7BA4-11EC-BBF7-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FB65689-696D-11EC-BBF7-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8691B73-1DB0-11EF-BC47-00505692C447126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C4D-4254-11E8-A155-00259035BB67127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87768402-424F-11E8-A155-00259035BB67128.gif"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87768403-424F-11E8-A155-00259035BB67129.gif"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87768404-424F-11E8-A155-00259035BB67130.gif"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2332E53E-21C4-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2332E48C-21C4-11EE-BC0D-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2332E3DA-21C4-11EE-BC0D-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FD6A7B2-EA57-11EB-BBF2-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FD6A7B1-EA57-11EB-BBF2-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FD6A7B0-EA57-11EB-BBF2-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DCE5E7D-21C8-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDA08609-F160-11EB-BBF2-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223B0-424F-11E8-A155-00259035BB67139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/576B5B99-EA55-11EB-BBF2-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE77-4250-11E8-A155-00259035BB67141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDA08608-F160-11EB-BBF2-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35BC78D4-21C7-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35BC7986-21C7-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6252668-4251-11E8-A155-00259035BB67145.gif"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E625268D-4251-11E8-A155-00259035BB67146.gif"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E625268E-4251-11E8-A155-00259035BB67147.gif"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F74B-4252-11E8-A155-00259035BB67148.gif"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F09C1B8A-F3D7-11EC-BBFA-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F09C1B89-F3D7-11EC-BBFA-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A88CA493-EA55-11EB-BBF2-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9955479-2222-11EE-BC0D-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D14C5131-222F-11EE-BC0D-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2527CDBC-3126-11EC-BBF4-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18068E5E-0684-11ED-BBFC-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/484E2A3A-CF50-11EF-BC46-0050569297EB156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D71FFFF5-6484-11F0-BC53-00505692C447157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D71FFF1F-6484-11F0-BC53-00505692C447158.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C878118B-21C3-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F015F-696C-11EC-BBF7-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0160-696C-11EC-BBF7-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0161-696C-11EC-BBF7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46D3382E-696C-11EC-BBF7-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40DA81C7-696C-11EC-BBF7-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40DA81C4-696C-11EC-BBF7-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A9AAF14-696C-11EC-BBF7-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1059D7A-424D-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E6C10F4-696C-11EC-BBF7-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E5B2247-21C3-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E5B2195-21C3-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E5B20E3-21C3-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B66E2A4A-21C3-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68623630-21C3-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84CB10DC-E3D3-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E5B2031-21C3-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E5B1F7F-21C3-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E5B1EDF-21C3-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B66E2AEA-21C3-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B66E29AA-21C3-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223B3-424F-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223B4-424F-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223B7-424F-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6862341A-21C3-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68623368-21C3-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6862357E-21C3-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/686234CC-21C3-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99E17EC0-424F-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DDF-424F-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DE0-424F-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3F81A82-424F-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B66E2CCA-21C3-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037957-4250-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037979-4250-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B66E290A-21C3-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900D1A36-4250-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96059333-4250-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC5C-4250-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0210BE4F-4251-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E6C10F5-696C-11EC-BBF7-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9A7-4251-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9AD-4251-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B66E2C2A-21C3-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A2A5268-4252-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/686232B6-21C3-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68623204-21C3-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68623000-21C3-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B66E2B8A-21C3-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68623152-21C3-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65ACB3-21C3-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90D22E65-E3D3-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99E17EBC-424F-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AAC1-21C3-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252F0-424F-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65A96F-21C3-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A9AAF0D-696C-11EC-BBF7-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A9AAF0E-696C-11EC-BBF7-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0165-696C-11EC-BBF7-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0164-696C-11EC-BBF7-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0163-696C-11EC-BBF7-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A9AAF10-696C-11EC-BBF7-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01D3B46D-EA57-11EB-BBF2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01D3B473-EA57-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AEA5-21C3-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65ADF3-21C3-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A9AAF0F-696C-11EC-BBF7-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01D3B470-EA57-11EB-BBF2-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19983FB0-F161-11EB-BBF2-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03436913-424F-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03436914-424F-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03436915-424F-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0162-696C-11EC-BBF7-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AD53-21C3-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90D22E64-E3D3-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD8A0B-424F-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FA5802-424F-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90D22E6A-E3D3-11EB-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90D22E6C-E3D3-11EB-BBF2-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E3FFB-4250-11E8-A155-00259035BB6780.gif"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90D22E61-E3D3-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037948-4250-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8AD3CFA3-E3D3-11EB-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8AD3CFA4-E3D3-11EB-BBF2-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03794B-4250-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03794C-4250-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03794D-4250-11E8-A155-00259035BB6787.gif"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03794E-4250-11E8-A155-00259035BB6788.gif"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AA0F-21C3-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037950-4250-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037951-4250-11E8-A155-00259035BB6791.gif"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037977-4250-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03797A-4250-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84139C2D-4250-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900D1A33-4250-11E8-A155-00259035BB6795.gif"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19983FAF-F161-11EB-BBF2-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D20255BD-4250-11E8-A155-00259035BB6797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19983FB1-F161-11EB-BBF2-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2759960-21C3-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C27598C0-21C3-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2759820-21C3-11EE-BC0D-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C275976E-21C3-11EE-BC0D-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C27596CE-21C3-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C275961C-21C3-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C275956A-21C3-11EE-BC0D-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C27594B8-21C3-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2759418-21C3-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2759366-21C3-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46D3382F-696C-11EC-BBF7-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A621799D-06B4-11EE-BC09-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0271810-06B4-11EE-BC09-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0271734-06B4-11EE-BC09-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C87812CB-21C3-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C87816C1-21C3-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8781621-21C3-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C878141D-21C3-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C878136B-21C3-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C878156F-21C3-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C87814BD-21C3-11EE-BC0D-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5885F7E5-F13D-11EC-BBFA-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5885F7E3-F13D-11EC-BBFA-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AC13-21C3-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AB73-21C3-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7148D9B-7BA4-11EC-BBF7-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FB65689-696D-11EC-BBF7-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8691B73-1DB0-11EF-BC47-00505692C447126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C4D-4254-11E8-A155-00259035BB67127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87768402-424F-11E8-A155-00259035BB67128.gif"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87768403-424F-11E8-A155-00259035BB67129.gif"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87768404-424F-11E8-A155-00259035BB67130.gif"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2332E53E-21C4-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2332E48C-21C4-11EE-BC0D-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2332E3DA-21C4-11EE-BC0D-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FD6A7B2-EA57-11EB-BBF2-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FD6A7B1-EA57-11EB-BBF2-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FD6A7B0-EA57-11EB-BBF2-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DCE5E7D-21C8-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDA08609-F160-11EB-BBF2-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223B0-424F-11E8-A155-00259035BB67139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/576B5B99-EA55-11EB-BBF2-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE77-4250-11E8-A155-00259035BB67141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDA08608-F160-11EB-BBF2-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35BC78D4-21C7-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35BC7986-21C7-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6252668-4251-11E8-A155-00259035BB67145.gif"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E625268D-4251-11E8-A155-00259035BB67146.gif"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E625268E-4251-11E8-A155-00259035BB67147.gif"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F74B-4252-11E8-A155-00259035BB67148.gif"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F09C1B8A-F3D7-11EC-BBFA-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F09C1B89-F3D7-11EC-BBFA-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A88CA493-EA55-11EB-BBF2-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9955479-2222-11EE-BC0D-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D14C5131-222F-11EE-BC0D-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2527CDBC-3126-11EC-BBF4-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18068E5E-0684-11ED-BBFC-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/484E2A3A-CF50-11EF-BC46-0050569297EB156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80F9DC8F-CE9B-11F0-BC51-00505692492F157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80F9DE07-CE9B-11F0-BC51-00505692492F158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AF12AB2-CE9B-11F0-BC51-00505692492F159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AF12873-CE9B-11F0-BC51-00505692492F160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D71FFFF5-6484-11F0-BC53-00505692C447161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D71FFF1F-6484-11F0-BC53-00505692C447162.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6667,93 +6673,213 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="156" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>157</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="157" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>158</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="158" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>159</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="159" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>160</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="160" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>161</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="157" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
+        <xdr:cNvPr id="161" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>162</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="158" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
+        <xdr:cNvPr id="162" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -7492,211 +7618,211 @@
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>73</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>74</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>66</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>75</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>76</v>
+        <v>41</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>66</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>66</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>66</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>41</v>
+        <v>98</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>100</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>101</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>66</v>
@@ -7748,137 +7874,137 @@
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>110</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="D23" s="0" t="s">
+      <c r="E23" s="0" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="D24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>20</v>
+        <v>121</v>
       </c>
       <c r="L24" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>122</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>123</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>124</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>125</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="0"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>128</v>
       </c>
       <c r="E26" s="0" t="s">
@@ -7992,599 +8118,599 @@
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>132</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D30" s="0">
         <v>312212</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>148</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="L30" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D31" s="0">
         <v>711003</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>151</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>152</v>
+        <v>20</v>
       </c>
       <c r="L31" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="D32" s="0">
         <v>312124</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="L32" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="D33" s="0">
         <v>711002</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="D34" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="D35" s="0">
         <v>312123</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L35" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="D36" s="0">
         <v>711006</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>152</v>
+        <v>168</v>
       </c>
       <c r="L36" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D37" s="0">
         <v>312503</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>171</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
         <v>172</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>173</v>
       </c>
       <c r="D38" s="0">
         <v>312505</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>174</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>175</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>176</v>
       </c>
       <c r="D39" s="0">
         <v>312504</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>177</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
         <v>178</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>179</v>
       </c>
       <c r="D40" s="0">
         <v>312502</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>180</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
         <v>181</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>182</v>
       </c>
       <c r="D41" s="0">
         <v>312501</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>183</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L41" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>186</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>111</v>
+        <v>20</v>
       </c>
       <c r="L42" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>188</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>189</v>
       </c>
       <c r="D43" s="0">
         <v>310442</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>66</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>190</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>191</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D44" s="0">
         <v>310451</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>66</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>193</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="0"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>195</v>
       </c>
       <c r="D45" s="0">
         <v>711103</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>196</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="0"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
         <v>197</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>198</v>
       </c>
       <c r="D46" s="0">
         <v>312130</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>199</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>202</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>129</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>66</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>203</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>81</v>
+        <v>132</v>
       </c>
       <c r="L47" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
         <v>204</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>206</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>129</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>66</v>
@@ -8668,375 +8794,375 @@
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
         <v>217</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>218</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>219</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>129</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>66</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>220</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>27</v>
+        <v>132</v>
       </c>
       <c r="L51" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
         <v>221</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>222</v>
       </c>
       <c r="D52" s="0">
         <v>310156</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>223</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>224</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>225</v>
       </c>
       <c r="D53" s="0">
         <v>310202</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>226</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>227</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>224</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D54" s="0">
         <v>310222</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>226</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="D55" s="0">
         <v>310604</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>111</v>
+        <v>168</v>
       </c>
       <c r="L55" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C56" s="0" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="D56" s="0">
         <v>663201</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="C57" s="0" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="D57" s="0">
         <v>310107</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>239</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="D58" s="0" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="C59" s="0" t="s">
+      <c r="D59" s="0" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>247</v>
       </c>
-      <c r="C60" s="0" t="s">
+      <c r="D60" s="0" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>251</v>
       </c>
-      <c r="C61" s="0" t="s">
+      <c r="D61" s="0" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>20</v>
+        <v>254</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
         <v>255</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>256</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>257</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
@@ -9216,1203 +9342,1203 @@
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
         <v>280</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>281</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>282</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>283</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
         <v>284</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>285</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>286</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>287</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
         <v>288</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>289</v>
       </c>
       <c r="D70" s="0">
         <v>5320.53</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>290</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>292</v>
       </c>
       <c r="D71" s="0">
         <v>8161.53</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>293</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>20</v>
+        <v>294</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D72" s="0">
         <v>8161.6</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>27</v>
+        <v>298</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
         <v>259</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D73" s="0">
         <v>7367.6</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="L73" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
         <v>259</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="D75" s="0">
         <v>310612</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="L75" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D76" s="0">
         <v>310223</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="D77" s="0">
         <v>2290320</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L77" s="0"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D78" s="0">
         <v>529401</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L79" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="D80" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="E80" s="0" t="s">
         <v>321</v>
-      </c>
-[...7 lines deleted...]
-        <v>319</v>
       </c>
       <c r="F80" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L80" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="D81" s="0">
         <v>310623</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L81" s="0"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D82" s="0">
         <v>310101</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D83" s="0">
         <v>310103</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>334</v>
+        <v>20</v>
       </c>
       <c r="L83" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D84" s="0">
         <v>310104</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D85" s="0">
         <v>310108</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D86" s="0">
         <v>310157</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D87" s="0">
         <v>310201</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>226</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L87" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D88" s="0">
         <v>310203</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>226</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>275</v>
+        <v>351</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="D89" s="0">
         <v>310601</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="D90" s="0">
         <v>310606</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L90" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D91" s="0">
         <v>310609</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="D92" s="0">
         <v>310610</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L92" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="D93" s="0">
         <v>455001</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>364</v>
+        <v>294</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D94" s="0">
         <v>713401</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D95" s="0">
         <v>2292650</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L95" s="0"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D96" s="0">
         <v>310212</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D97" s="0">
         <v>88246</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D98" s="0">
         <v>88248</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D99" s="0">
         <v>7360.6</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L100" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L101" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>364</v>
+        <v>294</v>
       </c>
       <c r="L102" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L103" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>404</v>
+        <v>20</v>
       </c>
       <c r="L104" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
         <v>405</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>406</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>407</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>18</v>
@@ -10432,51 +10558,51 @@
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
         <v>409</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>410</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>411</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>412</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L106" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
         <v>413</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>414</v>
       </c>
       <c r="D107" s="0" t="s">
         <v>415</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>18</v>
@@ -10496,1801 +10622,1813 @@
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
         <v>417</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>418</v>
       </c>
       <c r="D108" s="0" t="s">
         <v>419</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>420</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>41</v>
+        <v>421</v>
       </c>
       <c r="L108" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L109" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>334</v>
+        <v>93</v>
       </c>
       <c r="L110" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L111" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L112" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L113" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L114" s="0"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="G115" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L115" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="G116" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L116" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="G117" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L117" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="F118" s="0" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="G118" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L118" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L119" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L120" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L121" s="0"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D122" s="0">
         <v>5740</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L122" s="0"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L123" s="0">
         <v>14</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L124" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L125" s="0">
         <v>11</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L126" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L127" s="0"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D128" s="0">
         <v>13380</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="G128" s="0" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>41</v>
+        <v>98</v>
       </c>
       <c r="L128" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H129" s="0" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>81</v>
+        <v>513</v>
       </c>
       <c r="L129" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>516</v>
+        <v>80</v>
       </c>
       <c r="L130" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>81</v>
+        <v>513</v>
       </c>
       <c r="L131" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="E132" s="0" t="s">
         <v>129</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>41</v>
+        <v>98</v>
       </c>
       <c r="L132" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>129</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H133" s="0" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>41</v>
+        <v>530</v>
       </c>
       <c r="L133" s="0">
         <v>75</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>129</v>
       </c>
       <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>533</v>
+        <v>98</v>
       </c>
       <c r="L134" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D135" s="0">
         <v>1244022</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L135" s="0"/>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D136" s="0">
         <v>1244028</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L136" s="0"/>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D137" s="0">
         <v>1244032</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="G137" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L137" s="0"/>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="D138" s="0">
         <v>111892</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L138" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D139" s="0">
         <v>5350.28</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>81</v>
+        <v>513</v>
       </c>
       <c r="L139" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D140" s="0">
         <v>5350.32</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L140" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L141" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="D142" s="0">
         <v>5350.36</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L142" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D143" s="0">
         <v>5350.4</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L143" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="E144" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="L144" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L145" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D146" s="0">
         <v>310437</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F146" s="0" t="s">
         <v>226</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L146" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D147" s="0">
         <v>310403</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L147" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="D148" s="0">
         <v>310433</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F148" s="0" t="s">
         <v>226</v>
       </c>
       <c r="G148" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L148" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D149" s="0">
         <v>310401</v>
       </c>
       <c r="E149" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F149" s="0"/>
       <c r="G149" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L149" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D150" s="0">
         <v>310405</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L150" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D151" s="0">
         <v>310407</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L151" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L152" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L153" s="0"/>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D154" s="0">
         <v>312110</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L154" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D155" s="0">
         <v>312126</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L155" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C156" s="0">
         <v>91001336</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="E156" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>57</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L156" s="0"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>81</v>
+        <v>513</v>
       </c>
       <c r="L157" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
+      <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="E158" s="0" t="s">
         <v>129</v>
       </c>
       <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
+        <v>616</v>
+      </c>
+      <c r="L158" s="0">
         <v>20</v>
       </c>
-      <c r="L158" s="0"/>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
+      <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>129</v>
       </c>
       <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L159" s="0"/>
+        <v>616</v>
+      </c>
+      <c r="L159" s="0">
+        <v>30</v>
+      </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
+      <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="E160" s="0" t="s">
         <v>129</v>
       </c>
       <c r="F160" s="0"/>
       <c r="G160" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I160" s="1" t="s">
         <v>174</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
+        <v>616</v>
+      </c>
+      <c r="L160" s="0">
         <v>20</v>
       </c>
-      <c r="L160" s="0"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
+      <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>129</v>
       </c>
       <c r="F161" s="0"/>
       <c r="G161" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L161" s="0"/>
+        <v>616</v>
+      </c>
+      <c r="L161" s="0">
+        <v>30</v>
+      </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="F162" s="0"/>
       <c r="G162" s="0" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L162" s="0"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
+        <v>633</v>
+      </c>
+      <c r="C163" s="0" t="s">
+        <v>634</v>
+      </c>
+      <c r="D163" s="0" t="s">
+        <v>635</v>
+      </c>
+      <c r="E163" s="0" t="s">
         <v>631</v>
-      </c>
-[...7 lines deleted...]
-        <v>629</v>
       </c>
       <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L163" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>