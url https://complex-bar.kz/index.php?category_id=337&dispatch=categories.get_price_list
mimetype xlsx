--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -74,342 +74,342 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Пресс для чеснока;алюмин.;D=30,L=155,B=30мм;черный</t>
   </si>
   <si>
     <t>02121303</t>
   </si>
   <si>
     <t>056black</t>
   </si>
   <si>
     <t>Ghidini</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Прессы для чеснока</t>
   </si>
   <si>
     <t>3373.00₸</t>
   </si>
   <si>
-    <t>38 шт.</t>
+    <t>20 шт.</t>
   </si>
   <si>
     <t>Пресс для чеснока;алюмин.;D=30,L=155,B=30мм;белый</t>
   </si>
   <si>
     <t>02124214</t>
   </si>
   <si>
     <t>056white</t>
   </si>
   <si>
     <t>2318.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Пресс для чеснока;алюмин.;D=30,L=155,B=30мм;металлич.</t>
   </si>
   <si>
     <t>02124215</t>
   </si>
   <si>
     <t>056metal</t>
   </si>
   <si>
-    <t>3404.00₸</t>
+    <t>3604.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Пресс для картофеля;сталь нерж.;D=82,L=260мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04040830</t>
+  </si>
+  <si>
+    <t>48278-87</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>Прессы и толкушки для картофеля</t>
+  </si>
+  <si>
+    <t>26442.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Пресс для картофеля;сталь нерж.;D=9,H=11,L=33см;металлич.</t>
+  </si>
+  <si>
+    <t>04040838</t>
+  </si>
+  <si>
+    <t>42566-03</t>
+  </si>
+  <si>
+    <t>36629.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Пресс для картофеля;сталь нерж.;D=10,5,L=36см;металлич.</t>
+  </si>
+  <si>
+    <t>04040843</t>
+  </si>
+  <si>
+    <t>Was</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>19505.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Пресс для картофеля;сталь нерж.;D=12,9,L=64см;металлич.</t>
+  </si>
+  <si>
+    <t>04040844</t>
+  </si>
+  <si>
+    <t>26573.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для картофеля;алюм.литой;D=85,H=90,L=410,B=100мм;металлич.</t>
+  </si>
+  <si>
+    <t>04040845</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>131439.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для картофеля «Проотель»;сталь нерж.;D=13,L=60/24см;металлич.</t>
+  </si>
+  <si>
+    <t>04040861</t>
+  </si>
+  <si>
+    <t>PM24</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>15239.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Пресс для картофеля;сталь нерж.;D=82,L=260мм;черный,металлич.</t>
-[...91 lines deleted...]
-  <si>
     <t>Пресс для картофеля «Проотель»;сталь нерж.;D=15,L=71/28см;металлич.</t>
   </si>
   <si>
     <t>04040862</t>
   </si>
   <si>
     <t>PM28</t>
   </si>
   <si>
     <t>18375.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
-[...8 lines deleted...]
-    <t>13144.00₸</t>
+    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Пресс для картофеля;полипроп.</t>
   </si>
   <si>
     <t>04040903</t>
   </si>
   <si>
     <t>172904.00₸</t>
   </si>
   <si>
     <t>Пресс для картофеля «Бэйсик»;полиамид;,L=25см;в ассорт.</t>
   </si>
   <si>
     <t>04040905</t>
   </si>
   <si>
     <t>433255611/5615</t>
   </si>
   <si>
     <t>Restola</t>
   </si>
   <si>
     <t>Basic</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>1271.00₸</t>
   </si>
   <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Пресс для картофеля «Триунфо»;сталь нерж.,нейлон;,L=30,5см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04041117</t>
+  </si>
+  <si>
+    <t>23.26.44</t>
+  </si>
+  <si>
+    <t>Tramontina</t>
+  </si>
+  <si>
+    <t>Triunfo</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>3850.00₸</t>
+  </si>
+  <si>
+    <t>Приспособление для нарезки грибов;сталь нерж.;D=70,H=40,L=215,B=70мм;металлич.</t>
+  </si>
+  <si>
+    <t>04070422</t>
+  </si>
+  <si>
+    <t>42598-00</t>
+  </si>
+  <si>
+    <t>Прессы и резаки для овощей</t>
+  </si>
+  <si>
+    <t>28567.00₸</t>
+  </si>
+  <si>
+    <t>Набор для декор.нарезки овощей[3шт];сталь;,L=138,B=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04070445</t>
+  </si>
+  <si>
+    <t>48286-45</t>
+  </si>
+  <si>
+    <t>23070.00₸</t>
+  </si>
+  <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Пресс для картофеля «Триунфо»;сталь нерж.,нейлон;,L=30,5см;черный,металлич.</t>
-[...46 lines deleted...]
-  <si>
     <t>Пресс для нарезки картофеля-фри;сталь нерж.;D=9,H=50,L=27,B=19см</t>
   </si>
   <si>
     <t>04071733</t>
   </si>
   <si>
     <t>GRS-G1</t>
   </si>
   <si>
     <t>GRACE</t>
   </si>
   <si>
     <t>45423.00₸</t>
   </si>
   <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
     <t>Пресс для чеснока;сталь нерж.;D=35,L=155,B=40мм;металлич.</t>
   </si>
   <si>
     <t>04141804</t>
   </si>
   <si>
     <t>42565-00</t>
   </si>
   <si>
     <t>16093.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Пресс для чеснока;пластик,металл;,L=5/17,B=3см;черный</t>
   </si>
   <si>
     <t>04141806</t>
   </si>
   <si>
     <t>2662710-10</t>
   </si>
   <si>
     <t>Linden</t>
   </si>
   <si>
     <t>ШВЕЦИЯ</t>
   </si>
   <si>
     <t>8594.00₸</t>
   </si>
   <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
     <t>Пресс для чеснока;алюмин.;металлич.</t>
   </si>
   <si>
     <t>04141810</t>
   </si>
   <si>
     <t>Westmark</t>
   </si>
   <si>
     <t>9518.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>23 шт.</t>
   </si>
   <si>
     <t>Пресс многофункц.(чеснок;орехи;оливки и т.д.);алюмин.;металлич.</t>
   </si>
   <si>
     <t>04141811</t>
   </si>
   <si>
     <t>26804.00₸</t>
   </si>
   <si>
     <t>Пресс для карпачо из осьминога</t>
   </si>
   <si>
     <t>09101277</t>
   </si>
   <si>
     <t>49760-00</t>
   </si>
   <si>
     <t>544298.00₸</t>
   </si>
 </sst>
 </file>
 
@@ -445,51 +445,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823F9-424B-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACAFD1E6-524D-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002B8147-20D0-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94970F32-799D-11ED-BC03-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46D33832-696C-11EC-BBF7-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223BF-424F-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223C0-424F-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F40908E-424F-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848180-424F-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848185-424F-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD8A03-424F-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AA8D931-F3D8-11EC-BBFA-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4964B7D4-18AD-11ED-BBFC-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBB4D00F-1F1B-11EE-BC0C-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8781773-21C3-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5207E8C-424E-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8312598-4251-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46D33831-696C-11EC-BBF7-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96E74921-E3D3-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A3451A4-4251-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA2A21F1-4251-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0195E17E-9F22-11EC-BBFA-005056921CC422.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823F9-424B-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACAFD1E6-524D-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002B8147-20D0-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94970F32-799D-11ED-BC03-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46D33832-696C-11EC-BBF7-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223BF-424F-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223C0-424F-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F40908E-424F-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848180-424F-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848185-424F-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2AA8D931-F3D8-11EC-BBFA-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4964B7D4-18AD-11ED-BBFC-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBB4D00F-1F1B-11EE-BC0C-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8781773-21C3-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5207E8C-424E-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8312598-4251-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46D33831-696C-11EC-BBF7-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96E74921-E3D3-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A3451A4-4251-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA2A21F1-4251-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0195E17E-9F22-11EC-BBFA-005056921CC421.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1080,80 +1080,50 @@
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1399,62 +1369,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-chesnoka-ghidini-02121303/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-chesnoka-ghidini-02124214/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-chesnoka-ghidini-02124215/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-kartofelya-paderno-04040830/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-kartofelya-paderno-04040838/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-kartofelya-was-04040843/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-kartofelya-was-04040844/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-kartofelya-matfer-04040845/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-kartofelya-prohotel-04040861/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-kartofelya-prohotel-04040862/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-kartofelya-was-04040868/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-kartofelya-matfer-04040903/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-kartofelya-restola-04040905/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-kartofelya-tramontina-04041117/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prisposoblenie-d-narezki-gribov-paderno-04070422/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-dlya-dekornarezki-ovoschey-paderno-04070445/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-d-narezki-kartofelya-fri-grace-04071733/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-chesnoka-paderno-04141804/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-chesnoka-linden-04141806/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-chesnoka-westmark-04141810/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-mnogofunkc-chesnokorehiolivki-i-td-westmark-04141811/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-d-karpacho-iz-osminoga-paderno-09101277/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-chesnoka-ghidini-02121303/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-chesnoka-ghidini-02124214/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-chesnoka-ghidini-02124215/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-kartofelya-paderno-04040830/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-kartofelya-paderno-04040838/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-kartofelya-was-04040843/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-kartofelya-was-04040844/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-kartofelya-matfer-04040845/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-kartofelya-prohotel-04040861/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-kartofelya-prohotel-04040862/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-kartofelya-matfer-04040903/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-kartofelya-restola-04040905/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-kartofelya-tramontina-04041117/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prisposoblenie-d-narezki-gribov-paderno-04070422/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-dlya-dekornarezki-ovoschey-paderno-04070445/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-d-narezki-kartofelya-fri-grace-04071733/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-chesnoka-paderno-04141804/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-chesnoka-linden-04141806/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-chesnoka-westmark-04141810/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-mnogofunkc-chesnokorehiolivki-i-td-westmark-04141811/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-d-karpacho-iz-osminoga-paderno-09101277/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L23"/>
+  <dimension ref="A1:L22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I23" sqref="I23"/>
+      <selection activeCell="I22" sqref="I22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1653,593 +1623,562 @@
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D7" s="0">
         <v>1517360</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="L7" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D8" s="0">
         <v>1517641</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L8" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D9" s="0">
         <v>980630</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D12" s="0">
-        <v>1515000</v>
+        <v>215641</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="L12" s="0"/>
+      <c r="L12" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>215641</v>
+        <v>72</v>
+      </c>
+      <c r="D13" s="0" t="s">
+        <v>73</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="F13" s="0"/>
+        <v>74</v>
+      </c>
+      <c r="F13" s="0" t="s">
+        <v>75</v>
+      </c>
       <c r="G13" s="0" t="s">
-        <v>53</v>
+        <v>76</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="L13" s="0">
-        <v>1</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L14" s="0">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>85</v>
+        <v>16</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>34</v>
+        <v>89</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="L15" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>41</v>
+        <v>95</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>33</v>
+        <v>99</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>79</v>
+        <v>101</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>99</v>
+        <v>33</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>85</v>
+        <v>16</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>90</v>
+        <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>65</v>
+        <v>29</v>
       </c>
       <c r="L18" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>16</v>
+        <v>110</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="L19" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>114</v>
+      </c>
+      <c r="D20" s="0">
+        <v>30102260</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>110</v>
+        <v>45</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L20" s="0">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="D21" s="0">
-        <v>30102260</v>
+        <v>30002260</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L21" s="0"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>30002260</v>
+        <v>121</v>
+      </c>
+      <c r="D22" s="0" t="s">
+        <v>122</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>114</v>
+        <v>33</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="L22" s="0"/>
-[...29 lines deleted...]
-      <c r="L23" s="0">
+      <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
-    <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>