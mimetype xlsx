--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -106,102 +106,102 @@
   <si>
     <t>Trud</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>1617.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
     <t>Щипцы для льда и льда;сталь нерж.;,H=19,L=190,B=30мм;металлич.</t>
   </si>
   <si>
     <t>02110221</t>
   </si>
   <si>
     <t>C412</t>
   </si>
   <si>
     <t>1579.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
+    <t>6 шт.</t>
   </si>
   <si>
     <t>Щипцы для льда;сталь нерж.;,L=163,B=17мм;серебрист.</t>
   </si>
   <si>
     <t>02110227</t>
   </si>
   <si>
     <t>10500000IVV</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>15285.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Щипцы для льда;сталь нерж.;,L=175,B=15мм;серебрист.</t>
   </si>
   <si>
     <t>02110229</t>
   </si>
   <si>
     <t>52550-56</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>10411.00₸</t>
   </si>
   <si>
     <t>Щипцы для льда;сталь нерж.;,L=185,B=35мм;серебрист.</t>
   </si>
   <si>
     <t>02110239</t>
   </si>
   <si>
     <t>12550-55</t>
   </si>
   <si>
     <t>13799.00₸</t>
   </si>
   <si>
-    <t>19 шт.</t>
+    <t>1 шт.</t>
   </si>
   <si>
     <t>Щипцы для льда для емкости 2100305;пластик;,L=16,B=1см;прозр.</t>
   </si>
   <si>
     <t>02110245</t>
   </si>
   <si>
     <t>66608099S</t>
   </si>
   <si>
     <t>Borgonovo</t>
   </si>
   <si>
     <t>124.00₸</t>
   </si>
   <si>
     <t>Щипцы для льда «Пробар»;сталь нерж.;,L=180,B=18мм;серебрист.</t>
   </si>
   <si>
     <t>02110246</t>
   </si>
   <si>
     <t>ICT11</t>
   </si>
@@ -269,53 +269,50 @@
     <t>02110255</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>2295.00₸</t>
   </si>
   <si>
     <t>Щипцы для льда;сталь нерж.;,L=180,B=15мм;серебрист.</t>
   </si>
   <si>
     <t>02110261</t>
   </si>
   <si>
     <t>07000180IVV</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>4697.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>3 шт.</t>
   </si>
   <si>
     <t>Щипцы для льда;сталь нерж.;,L=175,B=30мм;амбер</t>
   </si>
   <si>
     <t>02110264</t>
   </si>
   <si>
     <t>52750N56</t>
   </si>
   <si>
     <t>Sambonet</t>
   </si>
   <si>
     <t>26827.00₸</t>
   </si>
   <si>
     <t>Щипцы для льда;сталь нерж.;,H=20,L=123,B=40мм;серебрист.</t>
   </si>
   <si>
     <t>02110412</t>
   </si>
   <si>
     <t>63800/685-TR</t>
   </si>
@@ -1728,266 +1725,268 @@
         <v>75</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>76</v>
       </c>
       <c r="D14" s="0">
         <v>75805</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>77</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>78</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>79</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L14" s="0"/>
+      <c r="L14" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>82</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>83</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>84</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>85</v>
+        <v>47</v>
       </c>
       <c r="L15" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="D16" s="0" t="s">
+      <c r="E16" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="0"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="D17" s="0" t="s">
+      <c r="E17" s="0" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="D18" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D19" s="0">
         <v>36303000</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="D20" s="0">
         <v>50919300</v>
       </c>
       <c r="E20" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="F20" s="0" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="B21" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="D21" s="0" t="s">
+      <c r="E21" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>83</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>