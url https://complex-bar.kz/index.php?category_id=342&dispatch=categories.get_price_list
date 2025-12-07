--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="458">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="459">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -164,578 +164,578 @@
   <si>
     <t>Крышка для гастроемкости GN 2/3;сталь нерж.;,H=30,L=325,B=354мм;металлич.</t>
   </si>
   <si>
     <t>04010956</t>
   </si>
   <si>
     <t>E823-L/91795</t>
   </si>
   <si>
     <t>4676.00₸</t>
   </si>
   <si>
     <t>Крышка для гастроемкости GN 1/1;сталь нерж.;,H=3,L=54,B=34см;металлич.</t>
   </si>
   <si>
     <t>04011093</t>
   </si>
   <si>
     <t>E811-L/91195</t>
   </si>
   <si>
     <t>6209.00₸</t>
   </si>
   <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
     <t>Крышка для гастроемкости GN 2/4;сталь нерж.;,L=53,B=16,2см;металлич.</t>
   </si>
   <si>
     <t>04011265</t>
   </si>
   <si>
     <t>E824-L/91895</t>
   </si>
   <si>
     <t>5516.00₸</t>
   </si>
   <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/1;полипроп.;,H=20,L=530,B=325мм;белый</t>
+  </si>
+  <si>
+    <t>04011304</t>
+  </si>
+  <si>
+    <t>14722-99</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>6630.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/2;полипроп.;,H=20,L=325,B=265мм;белый</t>
+  </si>
+  <si>
+    <t>04011305</t>
+  </si>
+  <si>
+    <t>14725-99</t>
+  </si>
+  <si>
+    <t>3512.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/3;полипроп.;,H=20,L=325,B=176мм;белый</t>
+  </si>
+  <si>
+    <t>04011306</t>
+  </si>
+  <si>
+    <t>14727-99</t>
+  </si>
+  <si>
+    <t>3658.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/4;полипроп.;,H=20,L=265,B=162мм;белый</t>
+  </si>
+  <si>
+    <t>04011307</t>
+  </si>
+  <si>
+    <t>14728-99</t>
+  </si>
+  <si>
+    <t>2318.00₸</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/6;полипроп.;,H=20,L=176,B=162мм;белый</t>
+  </si>
+  <si>
+    <t>04011308</t>
+  </si>
+  <si>
+    <t>14729-99</t>
+  </si>
+  <si>
+    <t>1825.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/9;полипроп.;,H=20,L=176,B=108мм;белый</t>
+  </si>
+  <si>
+    <t>04011309</t>
+  </si>
+  <si>
+    <t>14730-99</t>
+  </si>
+  <si>
+    <t>2349.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/2 с ручками;поликарбонат;,L=32,5,B=26,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04011336</t>
+  </si>
+  <si>
+    <t>JD-P1201</t>
+  </si>
+  <si>
+    <t>5033.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/1;поликарбонат;,L=53,B=32,4см;прозр.</t>
+  </si>
+  <si>
+    <t>04011338</t>
+  </si>
+  <si>
+    <t>JD-P1101</t>
+  </si>
+  <si>
+    <t>10199.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/2 с вырезом для ложки;поликарбонат;,L=32,5,B=26,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04011343</t>
+  </si>
+  <si>
+    <t>JW-P12HH</t>
+  </si>
+  <si>
+    <t>3976.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/3 с ручкой;поликарбонат;,L=32,5,B=17,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04011344</t>
+  </si>
+  <si>
+    <t>JD-P1301</t>
+  </si>
+  <si>
+    <t>3507.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/3 с вырезом для ложки;поликарбонат;,L=32,5,B=17,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04011351</t>
+  </si>
+  <si>
+    <t>JW-P13HH</t>
+  </si>
+  <si>
+    <t>3038.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/4 с ручкой;поликарбонат;,L=26,5,B=16,2см;прозр.</t>
+  </si>
+  <si>
+    <t>04011352</t>
+  </si>
+  <si>
+    <t>JD-P1401</t>
+  </si>
+  <si>
+    <t>3087.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/4 с вырезом для ложки;поликарбонат;,L=26,5,B=16,2см;прозр.</t>
+  </si>
+  <si>
+    <t>04011356</t>
+  </si>
+  <si>
+    <t>JW-P14HH</t>
+  </si>
+  <si>
+    <t>1603.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/6 с ручкой;поликарбонат;,L=17,6,B=16,2см;прозр.</t>
+  </si>
+  <si>
+    <t>04011357</t>
+  </si>
+  <si>
+    <t>JD-P1601</t>
+  </si>
+  <si>
+    <t>2086.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/6 с вырезом для ложки;поликарбонат;,L=17,6,B=16,2см;прозр.</t>
+  </si>
+  <si>
+    <t>04011362</t>
+  </si>
+  <si>
+    <t>JW-P16HH</t>
+  </si>
+  <si>
+    <t>1113.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/9;полиэтилен;,L=17,6,B=11,1см;белый</t>
+  </si>
+  <si>
+    <t>04011365</t>
+  </si>
+  <si>
+    <t>JW-P19SL</t>
+  </si>
+  <si>
+    <t>588.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/6;полиэтилен;,L=17,6,B=16,2см;белый</t>
+  </si>
+  <si>
+    <t>04011366</t>
+  </si>
+  <si>
+    <t>JW-P16SL</t>
+  </si>
+  <si>
+    <t>1330.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/3;полиэтилен;,L=32,5,B=17,6см;белый</t>
+  </si>
+  <si>
+    <t>04011367</t>
+  </si>
+  <si>
+    <t>JW-P13SL</t>
+  </si>
+  <si>
+    <t>1736.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/2;полиэтилен;,L=32,5,B=26,5см;белый</t>
+  </si>
+  <si>
+    <t>04011368</t>
+  </si>
+  <si>
+    <t>JW-P12SL</t>
+  </si>
+  <si>
+    <t>2401.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/1;полиэтилен;,L=53,B=32,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04011369</t>
+  </si>
+  <si>
+    <t>JW-P11SL</t>
+  </si>
+  <si>
+    <t>5971.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/1 с вырезом для ложки;поликарбонат;,L=53,B=32,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04011372</t>
+  </si>
+  <si>
+    <t>JW-P11HH</t>
+  </si>
+  <si>
+    <t>5663.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/9;поликарбонат;,L=17,6,B=10,8см;прозр.</t>
+  </si>
+  <si>
+    <t>04011375</t>
+  </si>
+  <si>
+    <t>JD-P1901</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/4;полиэтилен;,L=26,5,B=16,2см;белый</t>
+  </si>
+  <si>
+    <t>04011376</t>
+  </si>
+  <si>
+    <t>JW-P14SL</t>
+  </si>
+  <si>
+    <t>1148.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/2;полипроп.;,H=20,L=325,B=265мм;синий</t>
+  </si>
+  <si>
+    <t>04011413</t>
+  </si>
+  <si>
+    <t>14725-00</t>
+  </si>
+  <si>
+    <t>3835.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/1;полипроп.;,H=20,L=530,B=325мм;синий</t>
+  </si>
+  <si>
+    <t>04011414</t>
+  </si>
+  <si>
+    <t>14722-00</t>
+  </si>
+  <si>
+    <t>5414.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/3;полипроп.;,H=20,L=325,B=176мм;синий</t>
+  </si>
+  <si>
+    <t>04011415</t>
+  </si>
+  <si>
+    <t>14727-00</t>
+  </si>
+  <si>
+    <t>2842.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/4;полипроп.;,H=20,L=265,B=162мм;синий</t>
+  </si>
+  <si>
+    <t>04011416</t>
+  </si>
+  <si>
+    <t>14728-00</t>
+  </si>
+  <si>
+    <t>2002.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/6;полипроп.;,H=20,L=176,B=162мм;синий</t>
+  </si>
+  <si>
+    <t>04011417</t>
+  </si>
+  <si>
+    <t>14729-00</t>
+  </si>
+  <si>
+    <t>2156.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/9;полипроп.;,H=20,L=176,B=108мм;зелен.</t>
+  </si>
+  <si>
+    <t>04011418</t>
+  </si>
+  <si>
+    <t>14730-33</t>
+  </si>
+  <si>
+    <t>2287.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/1;полипроп.;,H=20,L=530,B=325мм;красный</t>
+  </si>
+  <si>
+    <t>04011419</t>
+  </si>
+  <si>
+    <t>14722-11</t>
+  </si>
+  <si>
+    <t>4551.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/2;полипроп.;,H=20,L=325,B=265мм;красный</t>
+  </si>
+  <si>
+    <t>04011420</t>
+  </si>
+  <si>
+    <t>14725-11</t>
+  </si>
+  <si>
+    <t>3157.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/3;полипроп.;,H=20,L=325,B=176мм;красный</t>
+  </si>
+  <si>
+    <t>04011421</t>
+  </si>
+  <si>
+    <t>14727-11</t>
+  </si>
+  <si>
+    <t>2634.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/4;полипроп.;,H=20,L=265,B=162мм;красный</t>
+  </si>
+  <si>
+    <t>04011422</t>
+  </si>
+  <si>
+    <t>14728-11</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/6;полипроп.;,H=20,L=176,B=162мм;красный</t>
+  </si>
+  <si>
+    <t>04011423</t>
+  </si>
+  <si>
+    <t>14729-11</t>
+  </si>
+  <si>
+    <t>2280.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/9;полипроп.;,H=20,L=176,B=108мм;красный</t>
+  </si>
+  <si>
+    <t>04011424</t>
+  </si>
+  <si>
+    <t>14730-11</t>
+  </si>
+  <si>
+    <t>2403.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/1 с вырезом для ложки;сталь нерж.;,H=3,L=54,B=34см;металлич.</t>
+  </si>
+  <si>
+    <t>04011425</t>
+  </si>
+  <si>
+    <t>E811-LN/91191</t>
+  </si>
+  <si>
+    <t>5635.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/2 с вырезом для ложки;сталь нерж.;,H=3,L=32,B=27см;металлич.</t>
+  </si>
+  <si>
+    <t>04011426</t>
+  </si>
+  <si>
+    <t>E812-LN/91292</t>
+  </si>
+  <si>
+    <t>3283.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/3 с вырезом для ложки;сталь нерж.;,H=3,L=33,B=18см;металлич.</t>
+  </si>
+  <si>
+    <t>04011427</t>
+  </si>
+  <si>
+    <t>E813-LN/91391</t>
+  </si>
+  <si>
+    <t>2576.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/4 с вырезом для ложки;сталь нерж.;,H=3,L=27,B=17см;металлич.</t>
+  </si>
+  <si>
+    <t>04011428</t>
+  </si>
+  <si>
+    <t>E814-LN/91492</t>
+  </si>
+  <si>
+    <t>2233.00₸</t>
+  </si>
+  <si>
+    <t>38 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для гастроемкости GN 1/6 с вырезом для ложки;сталь нерж.;,H=3,L=18,B=16см;металлич.</t>
+  </si>
+  <si>
+    <t>04011429</t>
+  </si>
+  <si>
+    <t>E816-LN/91692</t>
+  </si>
+  <si>
+    <t>1617.00₸</t>
+  </si>
+  <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Крышка для гастроемкости GN 1/1;полипроп.;,H=20,L=530,B=325мм;белый</t>
-[...511 lines deleted...]
-  <si>
     <t>Крышка для гастроемкости GN 1/9 с вырезом для ложки;сталь нерж.;,H=3,L=18,B=11см;металлич.</t>
   </si>
   <si>
     <t>04011430</t>
   </si>
   <si>
     <t>E819-LN/91595</t>
   </si>
   <si>
     <t>1393.00₸</t>
   </si>
   <si>
     <t>15 шт.</t>
   </si>
   <si>
     <t>Крышка для гастроемкости «Альто+» GN 1/1;поликарбонат;,L=53,B=32,5см;коричнев.</t>
   </si>
   <si>
     <t>04011499</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>Alto+</t>
@@ -794,78 +794,81 @@
   <si>
     <t>2819.00₸</t>
   </si>
   <si>
     <t>Крышка для гастроемкости GN 1/3;полипроп.;,L=32,5,B=17,6см;прозр.</t>
   </si>
   <si>
     <t>04012416</t>
   </si>
   <si>
     <t>2118.00₸</t>
   </si>
   <si>
     <t>Крышка для гастроемкости GN 1/1;полипроп.;,L=53,B=32,5см;черный</t>
   </si>
   <si>
     <t>04012430</t>
   </si>
   <si>
     <t>Black</t>
   </si>
   <si>
     <t>5159.00₸</t>
   </si>
   <si>
+    <t>39 шт.</t>
+  </si>
+  <si>
     <t>Крышка для гастроемкости GN 1/2;полипроп.;,L=32,5,B=26,5см;черный</t>
   </si>
   <si>
     <t>04012431</t>
   </si>
   <si>
     <t>2996.00₸</t>
   </si>
   <si>
     <t>Крышка для гастроемкости GN 1/3;полипроп.;,L=32,5,B=17,6см;черный</t>
   </si>
   <si>
     <t>04012432</t>
   </si>
   <si>
     <t>2734.00₸</t>
   </si>
   <si>
     <t>Крышка для гастроемкости GN 1/4;полипроп.;,L=26,5,B=16,2см;черный</t>
   </si>
   <si>
     <t>04012433</t>
   </si>
   <si>
     <t>2033.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
+    <t>21 шт.</t>
   </si>
   <si>
     <t>Крышка для гастроемкости GN 1/4;полипроп.;,L=26,5,B=16,2см;прозр.</t>
   </si>
   <si>
     <t>04012454</t>
   </si>
   <si>
     <t>1725.00₸</t>
   </si>
   <si>
     <t>Крышка для гастроемкости GN 1/6;полипроп.;,L=17,6,B=16,2см;прозр.</t>
   </si>
   <si>
     <t>04012455</t>
   </si>
   <si>
     <t>1179.00₸</t>
   </si>
   <si>
     <t>Крышка для гастроемкости GN 1/9;полипроп.;,L=17,6,B=10,8см;прозр.</t>
   </si>
   <si>
     <t>04012456</t>
   </si>
@@ -1277,54 +1280,54 @@
   <si>
     <t>12051.00₸</t>
   </si>
   <si>
     <t>09100162</t>
   </si>
   <si>
     <t>3781.00₸</t>
   </si>
   <si>
     <t>Крышка для гастроемкости GN 1/1;пластик;,L=17,6,B=10,8см</t>
   </si>
   <si>
     <t>09100567</t>
   </si>
   <si>
     <t>Vollrath</t>
   </si>
   <si>
     <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
   </si>
   <si>
     <t>5444.00₸</t>
   </si>
   <si>
-    <t>04011927</t>
-[...1 lines deleted...]
-  <si>
     <t>04011926</t>
+  </si>
+  <si>
+    <t>Gastromix</t>
   </si>
   <si>
     <t>Крышка для гастроемкости GN 1/1;сталь нерж.;,L=53,B=32,5см;металлич.</t>
   </si>
   <si>
     <t>04019162</t>
   </si>
   <si>
     <t>га35</t>
   </si>
   <si>
     <t>KL</t>
   </si>
   <si>
     <t>6069.00₸</t>
   </si>
   <si>
     <t>04011951</t>
   </si>
   <si>
     <t>1/2-LID</t>
   </si>
   <si>
     <t>04011952</t>
   </si>
@@ -1447,51 +1450,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2120-424D-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2127-424D-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A212C-424D-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2131-424D-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2135-424D-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2139-424D-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A213F-424D-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2119-424D-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D08E92E-424E-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43906BB3-696D-11EC-BBF7-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D32142D-696D-11EC-BBF7-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D32142A-696D-11EC-BBF7-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D321428-696D-11EC-BBF7-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D321426-696D-11EC-BBF7-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43906BB6-696D-11EC-BBF7-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A0808-424E-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A080A-424E-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72AE9421-E3D5-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A0810-424E-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A0817-424E-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A0818-424E-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB31-424E-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB32-424E-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB3D-424E-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB40-424E-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB41-424E-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB42-424E-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB43-424E-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB44-424E-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB62-424E-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB67-424E-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB68-424E-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BCE0D46-21C1-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11D78AFE-21C1-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BCE0C06-21C1-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BCE0A26-21C1-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BCE08E6-21C1-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11D78F82-21C1-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11D78B9E-21C1-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BCE0DE6-21C1-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BCE0CA6-21C1-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BCE0AC6-21C1-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BCE0986-21C1-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11D78EE2-21C1-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223C3-424F-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223C4-424F-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223C5-424F-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223C6-424F-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223C7-424F-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98DED95D-C727-11ED-BC05-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CAFE9F0-E3D5-11EB-BBF2-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CAFE9EF-E3D5-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CAFE9EB-E3D5-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BCE0B66-21C1-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D346016-8B2B-11EB-BBEF-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D346014-8B2B-11EB-BBEF-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D346012-8B2B-11EB-BBEF-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D346015-8B2B-11EB-BBEF-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D346013-8B2B-11EB-BBEF-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D346011-8B2B-11EB-BBEF-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D346019-8B2B-11EB-BBEF-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D34601A-8B2B-11EB-BBEF-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D346010-8B2B-11EB-BBEF-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D346018-8B2B-11EB-BBEF-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D34600F-8B2B-11EB-BBEF-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D346017-8B2B-11EB-BBEF-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0B4413-4250-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0B4414-4250-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F3ED775-21C4-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F3ED4F5-21C4-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F3ED315-21C4-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378AFD-4251-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72AE9420-E3D5-11EB-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE0B5482-4250-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE2C8533-4251-11E8-A155-00259035BB6775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884C1A61-F162-11EB-BBF2-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884C1A66-F162-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884C1A64-F162-11EB-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884C1A62-F162-11EB-BBF2-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE2716FC-4251-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE271704-4251-11E8-A155-00259035BB6781.gif"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F3ED595-21C4-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6541C69E-21C4-11EE-BC0D-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6355676-4252-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D7016-4253-11E8-A155-00259035BB6785.gif"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0794FC31-1A03-11F0-BC4F-00505692C44786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CAFE9ED-E3D5-11EB-BBF2-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6541C49A-21C4-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDFD-4254-11E8-A155-00259035BB6789.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E913722-F162-11EB-BBF2-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77404C3D-EA58-11EB-BBF2-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6541C3FA-21C4-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884C1A63-F162-11EB-BBF2-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01B55DAF-50A0-11EC-BBF6-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB83E03C-509F-11EC-BBF6-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D191B66-294D-11EC-BBF4-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51B1C79A-0DB6-11ED-BBFC-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51B1C799-0DB6-11ED-BBFC-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51B1C798-0DB6-11ED-BBFC-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51B1C797-0DB6-11ED-BBFC-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51B1C796-0DB6-11ED-BBFC-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/130067D6-424E-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/130067DF-424E-11E8-A155-00259035BB67103.gif"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/130067E0-424E-11E8-A155-00259035BB67104.gif"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/130067EA-424E-11E8-A155-00259035BB67105.gif"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850F56D6-424E-11E8-A155-00259035BB67106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E395EE-A759-11EF-BC4E-00505692C447107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E3997C-A759-11EF-BC4E-00505692C447108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E397AC-A759-11EF-BC4E-00505692C447109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E396C4-A759-11EF-BC4E-00505692C447110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E39894-A759-11EF-BC4E-00505692C447111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2D02BB9-F132-11EF-BC4E-00505692C447112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8E38D35-F132-11EF-BC4E-00505692C447113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2D02AD1-F132-11EF-BC4E-00505692C447114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2D029E9-F132-11EF-BC4E-00505692C447115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C49F0169-C153-11EF-BC57-00505692E049116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C49F0081-C153-11EF-BC57-00505692E049117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C49EFF99-C153-11EF-BC57-00505692E049118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C49EFE9F-C153-11EF-BC57-00505692E049119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8E38C29-F132-11EF-BC4E-00505692C447120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2D02894-F132-11EF-BC4E-00505692C447121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8E38A69-F132-11EF-BC4E-00505692C447122.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2120-424D-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2127-424D-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A212C-424D-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2131-424D-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2135-424D-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2139-424D-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A213F-424D-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2119-424D-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D08E92E-424E-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43906BB3-696D-11EC-BBF7-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D32142D-696D-11EC-BBF7-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D32142A-696D-11EC-BBF7-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D321428-696D-11EC-BBF7-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D321426-696D-11EC-BBF7-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43906BB6-696D-11EC-BBF7-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A0808-424E-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A080A-424E-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72AE9421-E3D5-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A0810-424E-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A0817-424E-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A0818-424E-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB31-424E-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB32-424E-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB3D-424E-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB40-424E-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB41-424E-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB42-424E-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB43-424E-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB44-424E-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB62-424E-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB67-424E-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB68-424E-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BCE0D46-21C1-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11D78AFE-21C1-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BCE0C06-21C1-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BCE0A26-21C1-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BCE08E6-21C1-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11D78F82-21C1-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11D78B9E-21C1-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BCE0DE6-21C1-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BCE0CA6-21C1-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BCE0AC6-21C1-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BCE0986-21C1-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11D78EE2-21C1-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223C3-424F-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223C4-424F-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223C5-424F-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223C6-424F-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223C7-424F-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98DED95D-C727-11ED-BC05-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CAFE9F0-E3D5-11EB-BBF2-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CAFE9EF-E3D5-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CAFE9EB-E3D5-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BCE0B66-21C1-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D346016-8B2B-11EB-BBEF-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D346014-8B2B-11EB-BBEF-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D346012-8B2B-11EB-BBEF-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D346015-8B2B-11EB-BBEF-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D346013-8B2B-11EB-BBEF-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D346011-8B2B-11EB-BBEF-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D346019-8B2B-11EB-BBEF-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D34601A-8B2B-11EB-BBEF-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D346010-8B2B-11EB-BBEF-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D346018-8B2B-11EB-BBEF-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D34600F-8B2B-11EB-BBEF-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D346017-8B2B-11EB-BBEF-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0B4413-4250-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E0B4414-4250-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F3ED775-21C4-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F3ED4F5-21C4-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F3ED315-21C4-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378AFD-4251-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72AE9420-E3D5-11EB-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE0B5482-4250-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE2C8533-4251-11E8-A155-00259035BB6775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884C1A61-F162-11EB-BBF2-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884C1A66-F162-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884C1A64-F162-11EB-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884C1A62-F162-11EB-BBF2-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE2716FC-4251-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE271704-4251-11E8-A155-00259035BB6781.gif"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F3ED595-21C4-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6541C69E-21C4-11EE-BC0D-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6355676-4252-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D7016-4253-11E8-A155-00259035BB6785.gif"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0794FC31-1A03-11F0-BC4F-00505692C44786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CAFE9ED-E3D5-11EB-BBF2-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6541C49A-21C4-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDFD-4254-11E8-A155-00259035BB6789.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E913722-F162-11EB-BBF2-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77404C3D-EA58-11EB-BBF2-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6541C3FA-21C4-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884C1A63-F162-11EB-BBF2-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01B55DAF-50A0-11EC-BBF6-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB83E03C-509F-11EC-BBF6-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D191B66-294D-11EC-BBF4-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51B1C79A-0DB6-11ED-BBFC-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51B1C799-0DB6-11ED-BBFC-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51B1C798-0DB6-11ED-BBFC-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51B1C797-0DB6-11ED-BBFC-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51B1C796-0DB6-11ED-BBFC-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/130067D6-424E-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/130067DF-424E-11E8-A155-00259035BB67103.gif"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/130067E0-424E-11E8-A155-00259035BB67104.gif"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/130067EA-424E-11E8-A155-00259035BB67105.gif"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850F56D6-424E-11E8-A155-00259035BB67106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E3997C-A759-11EF-BC4E-00505692C447107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E397AC-A759-11EF-BC4E-00505692C447108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E396C4-A759-11EF-BC4E-00505692C447109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E39894-A759-11EF-BC4E-00505692C447110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2D02BB9-F132-11EF-BC4E-00505692C447111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8E38D35-F132-11EF-BC4E-00505692C447112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2D02AD1-F132-11EF-BC4E-00505692C447113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2D029E9-F132-11EF-BC4E-00505692C447114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C49F0169-C153-11EF-BC57-00505692E049115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C49F0081-C153-11EF-BC57-00505692E049116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C49EFF99-C153-11EF-BC57-00505692E049117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C49EFE9F-C153-11EF-BC57-00505692E049118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8E38C29-F132-11EF-BC4E-00505692C447119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2D02894-F132-11EF-BC4E-00505692C447120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8E38A69-F132-11EF-BC4E-00505692C447121.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4666,51 +4669,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="107" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>109</xdr:row>
+      <xdr:row>110</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="108" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -5069,80 +5072,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>123</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="121" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -5401,62 +5374,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-prohotel-04010925/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-3-prohotel-04010932/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-4-prohotel-04010937/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-prohotel-04010942/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-9-prohotel-04010946/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-2-1-prohotel-04010950/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-2-3-prohotel-04010956/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-prohotel-04011093/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-2-4-prohotel-04011265/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-paderno-04011304/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-paderno-04011305/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-3-paderno-04011306/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-4-paderno-04011307/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-paderno-04011308/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-9-paderno-04011309/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-s-ruchkami-prohotel-04011336/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04011338/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-2-vyrez-d-lozhki-prohotel-04011343/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-3-s-ruchkoy-prohotel-04011344/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-3-vyrez-d-lozhki-prohotel-04011351/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-4-s-ruchkoy-prohotel-04011352/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-4-vyrez-d-lozhki-prohotel-04011356/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-s-ruchkoy-prohotel-04011357/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-6-vyrez-d-lozhki-prohotel-04011362/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-germetichk-gastr-ti-1-9-prohotel-04011365/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-germetichk-gastr-ti-1-6-prohotel-04011366/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-germetichk-gastr-ti-1-3-prohotel-04011367/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-germetichk-gastr-ti-1-2-prohotel-04011368/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-germetichk-gastr-ti-1-1-prohotel-04011369/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-1-vyrez-d-lozhki-prohotel-04011372/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-9-prohotel-04011375/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-germetichk-gastr-ti-1-4-prohotel-04011376/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-paderno-04011413/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-paderno-04011414/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-3-paderno-04011415/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-4-paderno-04011416/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-paderno-04011417/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-9-paderno-04011418/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-paderno-04011419/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-paderno-04011420/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-3-paderno-04011421/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-4-paderno-04011422/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-paderno-04011423/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-9-paderno-04011424/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-vyrez-dlya-lozhki-prohotel-04011425/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-vyrez-dlya-lozhki-prohotel-04011426/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-3-vyrez-dlya-lozhki-prohotel-04011427/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-4-vyrez-dlya-lozhki-prohotel-04011428/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-vyrez-dlya-lozhki-prohotel-04011429/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-9-vyrez-d-lozhki-prohotel-04011430/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-matfer-04011499/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-3-matfer-04011803/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-matfer-04011807/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-4-matfer-04011860/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-restola-04012414/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-restola-04012415/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-3-restola-04012416/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-restola-04012430/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-restola-04012431/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-3-restola-04012432/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-4-restola-04012433/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-4-restola-04012454/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-restola-04012455/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-9-restola-04012456/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-restola-04012469/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-9-restola-04012470/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-s-klapanom-d-gastr-ti-1-6-restola-04012471/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-s-klapanom-d-gastr-ti-1-9-restola-04012472/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-paderno-04012557/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-paderno-04012558/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-matfer-04012589/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-2-3-s-vyrezom-d-lozhki-prohotel-04012590/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-2-1-matfer-04012607/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-4-matfer-04012612/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-2-4-s-vyrezom-d-lozhki-prohotel-04012822/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-aps-04012853/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-aps-04012855/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-aps-04012858/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-3-aps-04012862/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-4-aps-04012871/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-3-s-vyrezom-d-lozhki-aps-04012879/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-paderno-04012894/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-skladnaya-aps-04013660/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-aps-04013661/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-aps-04013674/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-2-4-aps-04013807/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-s-ruchkoy-prohotel-04013886/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-matfer-04013928/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-s-ruchkoy-gn1-2-aps-04013943/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastroem-1-2-s-bokovotverstiem-aps-04013948/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-paderno-04013964/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-paderno-04014202/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-9-s-bezglyutenovym-znako-paderno-04014208/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-3-aps-04014215/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-gn1-1-kapp-04014295/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-gn1-2-kapp-04014296/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-gn1-4-kapp-04014297/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-s-vyrezami-pod-ruchki-d-gastr-ti-1-1-inoxmacel-04014315/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-s-vyrezami-pod-ruchki-d-gastr-ti-1-2-inoxmacel-04014316/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-s-vyrezami-pod-ruchki-d-gastr-ti-1-3-inoxmacel-04014317/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-s-vyrezami-pod-ruchki-d-gastr-ti-1-4-inoxmacel-04014318/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-s-vyrezami-pod-ruchki-d-gastr-ti-2-4-inoxmacel-04014319/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastroem-1-1-matfer-09100140/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastroem-1-2-matfer-09100149/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastroem-1-3-matfer-09100150/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-4-matfer-09100162/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastroemkosti-vollrath-09100567/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-04011927/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-04011926/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-kl-04019162/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04011951/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04011952/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04011950/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04012021/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04012014/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04012022/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04012023/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04012015/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04012016/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04012017/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04012018/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04012019/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04012013/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04012020/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-prohotel-04010925/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-3-prohotel-04010932/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-4-prohotel-04010937/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-prohotel-04010942/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-9-prohotel-04010946/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-2-1-prohotel-04010950/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-2-3-prohotel-04010956/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-prohotel-04011093/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-2-4-prohotel-04011265/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-paderno-04011304/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-paderno-04011305/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-3-paderno-04011306/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-4-paderno-04011307/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-paderno-04011308/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-9-paderno-04011309/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-s-ruchkami-prohotel-04011336/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04011338/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-2-vyrez-d-lozhki-prohotel-04011343/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-3-s-ruchkoy-prohotel-04011344/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-3-vyrez-d-lozhki-prohotel-04011351/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-4-s-ruchkoy-prohotel-04011352/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-4-vyrez-d-lozhki-prohotel-04011356/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-s-ruchkoy-prohotel-04011357/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-6-vyrez-d-lozhki-prohotel-04011362/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-germetichk-gastr-ti-1-9-prohotel-04011365/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-germetichk-gastr-ti-1-6-prohotel-04011366/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-germetichk-gastr-ti-1-3-prohotel-04011367/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-germetichk-gastr-ti-1-2-prohotel-04011368/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-germetichk-gastr-ti-1-1-prohotel-04011369/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-1-vyrez-d-lozhki-prohotel-04011372/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-9-prohotel-04011375/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-germetichk-gastr-ti-1-4-prohotel-04011376/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-paderno-04011413/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-paderno-04011414/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-3-paderno-04011415/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-4-paderno-04011416/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-paderno-04011417/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-9-paderno-04011418/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-paderno-04011419/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-paderno-04011420/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-3-paderno-04011421/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-4-paderno-04011422/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-paderno-04011423/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-9-paderno-04011424/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-vyrez-dlya-lozhki-prohotel-04011425/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-vyrez-dlya-lozhki-prohotel-04011426/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-3-vyrez-dlya-lozhki-prohotel-04011427/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-4-vyrez-dlya-lozhki-prohotel-04011428/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-vyrez-dlya-lozhki-prohotel-04011429/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-9-vyrez-d-lozhki-prohotel-04011430/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-matfer-04011499/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-3-matfer-04011803/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-matfer-04011807/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-4-matfer-04011860/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-restola-04012414/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-restola-04012415/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-3-restola-04012416/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-restola-04012430/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-restola-04012431/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-3-restola-04012432/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-4-restola-04012433/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-4-restola-04012454/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-restola-04012455/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-9-restola-04012456/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-restola-04012469/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-9-restola-04012470/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-s-klapanom-d-gastr-ti-1-6-restola-04012471/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-s-klapanom-d-gastr-ti-1-9-restola-04012472/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-paderno-04012557/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-paderno-04012558/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-matfer-04012589/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-2-3-s-vyrezom-d-lozhki-prohotel-04012590/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-2-1-matfer-04012607/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-4-matfer-04012612/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-2-4-s-vyrezom-d-lozhki-prohotel-04012822/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-aps-04012853/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-aps-04012855/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-aps-04012858/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-3-aps-04012862/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-4-aps-04012871/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-3-s-vyrezom-d-lozhki-aps-04012879/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-paderno-04012894/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-skladnaya-aps-04013660/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-aps-04013661/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-2-aps-04013674/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-2-4-aps-04013807/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-s-ruchkoy-prohotel-04013886/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-matfer-04013928/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-s-ruchkoy-gn1-2-aps-04013943/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastroem-1-2-s-bokovotverstiem-aps-04013948/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-6-paderno-04013964/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-1-paderno-04014202/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastr-ti-1-9-s-bezglyutenovym-znako-paderno-04014208/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-3-aps-04014215/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-gn1-1-kapp-04014295/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-gn1-2-kapp-04014296/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-gn1-4-kapp-04014297/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-s-vyrezami-pod-ruchki-d-gastr-ti-1-1-inoxmacel-04014315/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-s-vyrezami-pod-ruchki-d-gastr-ti-1-2-inoxmacel-04014316/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-s-vyrezami-pod-ruchki-d-gastr-ti-1-3-inoxmacel-04014317/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-s-vyrezami-pod-ruchki-d-gastr-ti-1-4-inoxmacel-04014318/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-s-vyrezami-pod-ruchki-d-gastr-ti-2-4-inoxmacel-04014319/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastroem-1-1-matfer-09100140/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastroem-1-2-matfer-09100149/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastroem-1-3-matfer-09100150/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-1-4-matfer-09100162/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-gastroemkosti-vollrath-09100567/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-04011926/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-kl-04019162/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04011951/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04011952/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04011950/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04012021/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04012014/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04012022/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04012023/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04012015/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04012016/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04012017/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04012018/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04012019/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04012013/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-gastroemkosti-prohotel-04012020/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L125"/>
+  <dimension ref="A1:L124"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I125" sqref="I125"/>
+      <selection activeCell="I124" sqref="I124"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -5719,275 +5692,275 @@
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="L9" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L11" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="L12" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="L13" s="0">
         <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="L14" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="L15" s="0">
         <v>110</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>87</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
@@ -6113,323 +6086,323 @@
         <v>102</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>103</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>104</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>105</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>106</v>
+        <v>49</v>
       </c>
       <c r="L21" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>106</v>
+        <v>49</v>
       </c>
       <c r="L23" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L25" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L27" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L28" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>40</v>
+        <v>138</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>141</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>16</v>
       </c>
@@ -6483,51 +6456,51 @@
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>148</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>149</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>151</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>152</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>15</v>
@@ -6539,577 +6512,577 @@
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>153</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>154</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>155</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>156</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>157</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L34" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
         <v>158</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>160</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>161</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>97</v>
+        <v>162</v>
       </c>
       <c r="L35" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L36" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L38" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L40" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L41" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>206</v>
+        <v>97</v>
       </c>
       <c r="L46" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>207</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>208</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>209</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>210</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L47" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>213</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>214</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>215</v>
+        <v>97</v>
       </c>
       <c r="L48" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="D49" s="0" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="L49" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>221</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="D50" s="0" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>53</v>
+        <v>224</v>
       </c>
       <c r="L50" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
         <v>225</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>227</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
@@ -7131,2375 +7104,2347 @@
         <v>230</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>231</v>
       </c>
       <c r="D52" s="0">
         <v>768101</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>232</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>234</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>235</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>236</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>237</v>
       </c>
       <c r="D53" s="0">
         <v>256513</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>232</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>234</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>238</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>239</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>240</v>
       </c>
       <c r="D54" s="0">
         <v>256516</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>232</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>234</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>241</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
         <v>242</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>243</v>
       </c>
       <c r="D55" s="0">
         <v>768014</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>232</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>234</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
         <v>244</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>245</v>
       </c>
       <c r="D56" s="0">
         <v>422100401</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>246</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>247</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>248</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="L56" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
         <v>249</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>250</v>
       </c>
       <c r="D57" s="0">
         <v>422100901</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>246</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>247</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>251</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="L57" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
         <v>252</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>253</v>
       </c>
       <c r="D58" s="0">
         <v>422101301</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>246</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>247</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>254</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="L58" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
         <v>255</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>256</v>
       </c>
       <c r="D59" s="0">
         <v>42210041395</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>246</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>257</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>247</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>258</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>40</v>
+        <v>259</v>
       </c>
       <c r="L59" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D60" s="0">
         <v>42210091395</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>246</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>257</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>247</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>40</v>
+        <v>138</v>
       </c>
       <c r="L60" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D61" s="0">
         <v>42210131395</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>246</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>257</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>247</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L61" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D62" s="0">
         <v>422101813</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>246</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>257</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>247</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="L62" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D63" s="0">
         <v>422101801</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>246</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>247</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="L63" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D64" s="0">
         <v>422102201</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>246</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>247</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D65" s="0">
         <v>42210270195</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>246</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>247</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L65" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D66" s="0">
         <v>42210221395</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>246</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>257</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>247</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L66" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D67" s="0">
         <v>42210271395</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>246</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>257</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>247</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>40</v>
+        <v>70</v>
       </c>
       <c r="L67" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D68" s="0">
         <v>422102301</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>246</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>247</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L68" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D69" s="0">
         <v>422102801</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>246</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>247</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L69" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L71" s="0"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D72" s="0">
         <v>768116</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>232</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>234</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D73" s="0">
         <v>91791</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L73" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D74" s="0">
         <v>758100</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>232</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>234</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D75" s="0">
         <v>748014</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>232</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>234</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L75" s="0"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L76" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D77" s="0">
         <v>82037</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L77" s="0"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D78" s="0">
         <v>82001</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D79" s="0">
         <v>82013</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D80" s="0">
         <v>82019</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D81" s="0">
         <v>82029</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D82" s="0">
         <v>81391</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L82" s="0"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L83" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D84" s="0">
         <v>11013</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D85" s="0">
         <v>12243</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L85" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D86" s="0">
         <v>11041</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D87" s="0">
         <v>81895</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L87" s="0"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>106</v>
+        <v>49</v>
       </c>
       <c r="L88" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D89" s="0">
         <v>768101</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>232</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>233</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>234</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D90" s="0">
         <v>12010</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D91" s="0">
         <v>11022</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L92" s="0"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L93" s="0"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="B94" s="0" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L94" s="0"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D95" s="0">
         <v>11043</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L95" s="0"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D96" s="0">
         <v>31911325</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L96" s="0"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D97" s="0">
         <v>31912265</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L97" s="0"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D98" s="0">
         <v>31914162</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L98" s="0"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L100" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L102" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D104" s="0">
         <v>748001</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>232</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>234</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L104" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D105" s="0">
         <v>748012</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>232</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>234</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L105" s="0"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D106" s="0">
         <v>748013</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>232</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>234</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L106" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D107" s="0">
         <v>758114</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>232</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>234</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L107" s="0"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D108" s="0">
         <v>33900</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L108" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D109" s="0">
-        <v>40176</v>
-[...1 lines deleted...]
-      <c r="E109" s="0"/>
+        <v>3218</v>
+      </c>
+      <c r="E109" s="0" t="s">
+        <v>422</v>
+      </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>84</v>
+        <v>138</v>
       </c>
       <c r="L109" s="0">
-        <v>192</v>
+        <v>48</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
-      <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>45</v>
+        <v>423</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>421</v>
-[...4 lines deleted...]
-      <c r="E110" s="0"/>
+        <v>424</v>
+      </c>
+      <c r="D110" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="E110" s="0" t="s">
+        <v>426</v>
+      </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>48</v>
+        <v>427</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="L110" s="0">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
+      <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>422</v>
+        <v>12</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>425</v>
+        <v>15</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>426</v>
+        <v>18</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="L111" s="0">
-        <v>1</v>
+        <v>72</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>18</v>
+        <v>432</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L112" s="0">
-        <v>72</v>
+        <v>120</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L113" s="0">
-        <v>120</v>
+        <v>36</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>45</v>
+        <v>215</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>434</v>
+        <v>218</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="L114" s="0">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>216</v>
+        <v>203</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>219</v>
+        <v>206</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>84</v>
+        <v>40</v>
       </c>
       <c r="L115" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>202</v>
+        <v>220</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>205</v>
+        <v>223</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="L116" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="E117" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="L117" s="0">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>225</v>
+        <v>24</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>228</v>
+        <v>446</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="L118" s="0">
-        <v>48</v>
+        <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>445</v>
+        <v>31</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L119" s="0">
-        <v>120</v>
+        <v>192</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L120" s="0">
         <v>192</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="E121" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L121" s="0">
-        <v>192</v>
+        <v>72</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>41</v>
+        <v>207</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>44</v>
+        <v>210</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>106</v>
+        <v>19</v>
       </c>
       <c r="L122" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>207</v>
+        <v>50</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="E123" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>210</v>
+        <v>53</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>106</v>
+        <v>54</v>
       </c>
       <c r="L123" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>49</v>
+        <v>211</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="E124" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>52</v>
+        <v>214</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="L124" s="0">
-        <v>72</v>
-[...30 lines deleted...]
-      <c r="L125" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
@@ -9585,51 +9530,50 @@
     <hyperlink ref="B100" r:id="rId_hyperlink_99"/>
     <hyperlink ref="B101" r:id="rId_hyperlink_100"/>
     <hyperlink ref="B102" r:id="rId_hyperlink_101"/>
     <hyperlink ref="B103" r:id="rId_hyperlink_102"/>
     <hyperlink ref="B104" r:id="rId_hyperlink_103"/>
     <hyperlink ref="B105" r:id="rId_hyperlink_104"/>
     <hyperlink ref="B106" r:id="rId_hyperlink_105"/>
     <hyperlink ref="B107" r:id="rId_hyperlink_106"/>
     <hyperlink ref="B108" r:id="rId_hyperlink_107"/>
     <hyperlink ref="B109" r:id="rId_hyperlink_108"/>
     <hyperlink ref="B110" r:id="rId_hyperlink_109"/>
     <hyperlink ref="B111" r:id="rId_hyperlink_110"/>
     <hyperlink ref="B112" r:id="rId_hyperlink_111"/>
     <hyperlink ref="B113" r:id="rId_hyperlink_112"/>
     <hyperlink ref="B114" r:id="rId_hyperlink_113"/>
     <hyperlink ref="B115" r:id="rId_hyperlink_114"/>
     <hyperlink ref="B116" r:id="rId_hyperlink_115"/>
     <hyperlink ref="B117" r:id="rId_hyperlink_116"/>
     <hyperlink ref="B118" r:id="rId_hyperlink_117"/>
     <hyperlink ref="B119" r:id="rId_hyperlink_118"/>
     <hyperlink ref="B120" r:id="rId_hyperlink_119"/>
     <hyperlink ref="B121" r:id="rId_hyperlink_120"/>
     <hyperlink ref="B122" r:id="rId_hyperlink_121"/>
     <hyperlink ref="B123" r:id="rId_hyperlink_122"/>
     <hyperlink ref="B124" r:id="rId_hyperlink_123"/>
-    <hyperlink ref="B125" r:id="rId_hyperlink_124"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>