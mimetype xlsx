--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -71,54 +71,54 @@
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Вилка сервировочная;сталь нерж.;,L=350/95,B=40мм;металлич.</t>
   </si>
   <si>
     <t>04110217</t>
   </si>
   <si>
     <t>509265-00</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>Вилки кухонные</t>
   </si>
   <si>
-    <t>8932.00₸</t>
-[...2 lines deleted...]
-    <t>28 шт.</t>
+    <t>14847.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
   </si>
   <si>
     <t>Вилка для раскладки;сталь нерж.;,L=36/9,B=4см;металлич.</t>
   </si>
   <si>
     <t>04110219</t>
   </si>
   <si>
     <t>11975-01</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>20344.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Вилка сервировочная;сталь нерж.;,L=510/130,B=45мм;металлич.</t>
   </si>
@@ -269,125 +269,119 @@
   <si>
     <t>Global</t>
   </si>
   <si>
     <t>125395.00₸</t>
   </si>
   <si>
     <t>Вилка для мяса «Универсал»;сталь нерж.,полиоксиметилен;,L=265,B=20мм;металлич.,черный</t>
   </si>
   <si>
     <t>04110278</t>
   </si>
   <si>
     <t>Arcos</t>
   </si>
   <si>
     <t>Universal</t>
   </si>
   <si>
     <t>ИСПАНИЯ</t>
   </si>
   <si>
     <t>21430.00₸</t>
   </si>
   <si>
-    <t>35 шт.</t>
+    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Вилка кухонная «Проотель»;сталь нерж.;,L=44/11,B=4см;металлич.</t>
   </si>
   <si>
     <t>04160205</t>
   </si>
   <si>
     <t>FKH25</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>5432.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
+    <t>47 шт.</t>
   </si>
   <si>
     <t>Вилка кухонная «Проотель»;сталь нерж.;,L=50/14,B=4см;металлич.</t>
   </si>
   <si>
     <t>04160208</t>
   </si>
   <si>
     <t>FKP25</t>
   </si>
   <si>
     <t>4025.00₸</t>
   </si>
   <si>
     <t>Вилка для мяса;сталь нерж.;,L=33,5см</t>
   </si>
   <si>
     <t>04160209</t>
   </si>
   <si>
     <t>48278-65</t>
   </si>
   <si>
     <t>15200.00₸</t>
   </si>
   <si>
     <t>Вилка кухонная «Классика»;сталь нерж.,полиоксиметилен;,L=28,3/16см;металлич.,черный</t>
   </si>
   <si>
     <t>04160210</t>
   </si>
   <si>
     <t>Clasica</t>
   </si>
   <si>
     <t>60099.00₸</t>
   </si>
   <si>
-    <t>25 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Вилка кухонная «Ривьера»;сталь нерж.,полиоксиметилен;,L=18/18см;металлич.,черный</t>
   </si>
   <si>
     <t>04160211</t>
   </si>
   <si>
     <t>Riviera</t>
   </si>
   <si>
     <t>77794.00₸</t>
   </si>
   <si>
-    <t>20 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Вилка поварская;сталь нерж.;,L=30см</t>
   </si>
   <si>
     <t>04160215</t>
   </si>
   <si>
     <t>Kapp</t>
   </si>
   <si>
     <t>ТУРЦИЯ</t>
   </si>
   <si>
     <t>14346.00₸</t>
   </si>
   <si>
     <t>Вилка кухонная «Китчен Тулс»;сталь нерж.;,L=33см;металлич.</t>
   </si>
   <si>
     <t>04160634</t>
   </si>
   <si>
     <t>Kitchen Tools</t>
   </si>
   <si>
     <t>10591.00₸</t>
@@ -405,53 +399,50 @@
     <t>47078.00₸</t>
   </si>
   <si>
     <t>Вилка для мяса;сталь нерж.;,H=4,L=50,B=3см;металлич.</t>
   </si>
   <si>
     <t>09100192</t>
   </si>
   <si>
     <t>24995.00₸</t>
   </si>
   <si>
     <t>Вилка кухонная «Астра» 18/10;сталь нерж.;,L=33см;металлич.</t>
   </si>
   <si>
     <t>04160633</t>
   </si>
   <si>
     <t>Astra</t>
   </si>
   <si>
     <t>ВЬЕТНАМ</t>
   </si>
   <si>
     <t>17387.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>3 шт.</t>
   </si>
   <si>
     <t>Вилка кухонная;сталь,дерево;,L=30,5см;металлич.,коричнев.</t>
   </si>
   <si>
     <t>04111326</t>
   </si>
   <si>
     <t>AM04216-01</t>
   </si>
   <si>
     <t>3010.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Вилка кухонная «Эсклюзиви» 18/10;сталь нерж.;,L=25,7см;металлич.</t>
   </si>
   <si>
     <t>04111328</t>
   </si>
   <si>
     <t>Esclusivi</t>
   </si>
@@ -2055,51 +2046,51 @@
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>73</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>75</v>
       </c>
       <c r="D14" s="0">
         <v>120244</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>76</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>64</v>
       </c>
@@ -2185,51 +2176,51 @@
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>93</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>94</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="L17" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>97</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
@@ -2249,345 +2240,345 @@
         <v>99</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>100</v>
       </c>
       <c r="D19" s="0">
         <v>256300</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>101</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>82</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>102</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>103</v>
+        <v>30</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="D20" s="0">
         <v>233300</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>82</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="D21" s="0">
         <v>90000007</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L21" s="0"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="D22" s="0">
         <v>78300076</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D23" s="0">
         <v>112070</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D24" s="0">
         <v>112108</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D25" s="0">
         <v>7600017</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>130</v>
+        <v>26</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="L26" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="D27" s="0">
         <v>7400068</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L27" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>