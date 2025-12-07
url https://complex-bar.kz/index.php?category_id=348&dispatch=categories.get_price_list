--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="283">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="276">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -140,759 +140,738 @@
   <si>
     <t>04040507</t>
   </si>
   <si>
     <t>42901-20</t>
   </si>
   <si>
     <t>3481.00₸</t>
   </si>
   <si>
     <t>5 шт.</t>
   </si>
   <si>
     <t>Ложка;бук;,L=250/65,B=40мм;бежев.</t>
   </si>
   <si>
     <t>04040508</t>
   </si>
   <si>
     <t>42901-25</t>
   </si>
   <si>
     <t>3604.00₸</t>
   </si>
   <si>
-    <t>14 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Ложка;бук;,L=300/65,B=50мм;бежев.</t>
   </si>
   <si>
     <t>04040509</t>
   </si>
   <si>
     <t>42901-30</t>
   </si>
   <si>
     <t>4151.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Ложка;бук;,L=35/8,B=6см;бежев.</t>
+  </si>
+  <si>
+    <t>04040511</t>
+  </si>
+  <si>
+    <t>42901-35</t>
+  </si>
+  <si>
+    <t>4205.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Ложка;полиамид,стеклопласт.;,L=30/8,B=5см;бежев.</t>
+  </si>
+  <si>
+    <t>04040512</t>
+  </si>
+  <si>
+    <t>12903-30</t>
+  </si>
+  <si>
+    <t>9371.00₸</t>
+  </si>
+  <si>
+    <t>Ложка;полиамид,стеклопласт.;,L=385/90,B=55мм;бежев.</t>
+  </si>
+  <si>
+    <t>04040513</t>
+  </si>
+  <si>
+    <t>12903-40</t>
+  </si>
+  <si>
+    <t>10603.00₸</t>
+  </si>
+  <si>
+    <t>Набор мерных ложек 100+15+5+1.25мл;сталь нерж.;,L=13см;металлич.</t>
+  </si>
+  <si>
+    <t>04040515</t>
+  </si>
+  <si>
+    <t>512016-03</t>
+  </si>
+  <si>
+    <t>Linden</t>
+  </si>
+  <si>
+    <t>ШВЕЦИЯ</t>
+  </si>
+  <si>
+    <t>12320.00₸</t>
+  </si>
+  <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Набор мерных ложек 1+2,5+5+15мл;сталь нерж.;,H=20,L=130,B=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04040516</t>
+  </si>
+  <si>
+    <t>42615-04</t>
+  </si>
+  <si>
+    <t>14646.00₸</t>
+  </si>
+  <si>
+    <t>Ложка;пластик;,L=35/12,B=7см;черный</t>
+  </si>
+  <si>
+    <t>04040517</t>
+  </si>
+  <si>
+    <t>12920-15</t>
+  </si>
+  <si>
+    <t>5822.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Ложка перфор.;пластик;,L=35/11,B=7см;черный</t>
+  </si>
+  <si>
+    <t>04040518</t>
+  </si>
+  <si>
+    <t>12920-16</t>
+  </si>
+  <si>
+    <t>5845.00₸</t>
+  </si>
+  <si>
+    <t>Ложка мерная;сталь нерж.;20мл;D=45,H=10,L=190мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04040524</t>
+  </si>
+  <si>
+    <t>01210000ICD</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>9009.00₸</t>
+  </si>
+  <si>
+    <t>Набор ложек перфорир.[6шт];пластик;черный</t>
+  </si>
+  <si>
+    <t>04040529</t>
+  </si>
+  <si>
+    <t>11581.00₸</t>
+  </si>
+  <si>
+    <t>Набор мерных ложек 1+5+15+50+100мл[5шт];пластик;D=7,L=12см;черный</t>
+  </si>
+  <si>
+    <t>04040540</t>
+  </si>
+  <si>
+    <t>1950110-10/9831502-03</t>
+  </si>
+  <si>
+    <t>1117.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Набор мерных ложек 2+3+5+15мл;сталь нерж.;,H=15,L=135мм;металлич.</t>
+  </si>
+  <si>
+    <t>04040541</t>
+  </si>
+  <si>
+    <t>072029</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>23147.00₸</t>
+  </si>
+  <si>
     <t>12 шт.</t>
   </si>
   <si>
-    <t>Ложка;бук;,L=35/8,B=6см;бежев.</t>
-[...98 lines deleted...]
-    <t>5845.00₸</t>
+    <t>Ложка сервировочная;полиамид;,L=35/12,B=7см</t>
+  </si>
+  <si>
+    <t>04040568</t>
+  </si>
+  <si>
+    <t>00607</t>
+  </si>
+  <si>
+    <t>3773.00₸</t>
+  </si>
+  <si>
+    <t>Ложка;полиамид,стеклопласт.;,L=45см;бежев.</t>
+  </si>
+  <si>
+    <t>04040575</t>
+  </si>
+  <si>
+    <t>12903-45</t>
+  </si>
+  <si>
+    <t>8886.00₸</t>
+  </si>
+  <si>
+    <t>Ложка мерная;сталь нерж.;80мл;серебрист.</t>
+  </si>
+  <si>
+    <t>04040576</t>
+  </si>
+  <si>
+    <t>MCH4</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>679.00₸</t>
+  </si>
+  <si>
+    <t>Набор мерных ложек 1.25/2.5/5+15мл;сталь;,L=14см;металлич.</t>
+  </si>
+  <si>
+    <t>04040578</t>
+  </si>
+  <si>
+    <t>6592.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная;сталь нерж.;,L=340/90,B=55мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110349</t>
+  </si>
+  <si>
+    <t>509262-00</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>12297.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная;сталь;,H=80,L=495,B=110мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110375</t>
+  </si>
+  <si>
+    <t>509267-00</t>
+  </si>
+  <si>
+    <t>16994.00₸</t>
+  </si>
+  <si>
+    <t>Ложка перфор.;сталь нерж.;,H=2,L=45/10,B=7см;металлич.</t>
+  </si>
+  <si>
+    <t>04110390</t>
+  </si>
+  <si>
+    <t>11984-38</t>
+  </si>
+  <si>
+    <t>15662.00₸</t>
+  </si>
+  <si>
+    <t>Ложка поварская перфор.(с прорезями);сталь нерж.;,L=30см</t>
+  </si>
+  <si>
+    <t>04110629</t>
+  </si>
+  <si>
+    <t>Kapp</t>
+  </si>
+  <si>
+    <t>11820.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная;поликарбонат;22мл;,L=270/70,B=43мм;прозр.</t>
+  </si>
+  <si>
+    <t>04110705</t>
+  </si>
+  <si>
+    <t>Carlisle</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>4158.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кухонная «Экзогласс»;пластик;,L=30/8,B=5см;бежев.</t>
+  </si>
+  <si>
+    <t>04110706</t>
+  </si>
+  <si>
+    <t>Exoglass</t>
+  </si>
+  <si>
+    <t>8517.00₸</t>
+  </si>
+  <si>
+    <t>Ложка;бук;,L=250/90,B=55мм;бежев.</t>
+  </si>
+  <si>
+    <t>04110711</t>
+  </si>
+  <si>
+    <t>071985</t>
+  </si>
+  <si>
+    <t>2241.00₸</t>
+  </si>
+  <si>
+    <t>Ложка;бук;,L=300/85,B=60мм;бежев.</t>
+  </si>
+  <si>
+    <t>04110712</t>
+  </si>
+  <si>
+    <t>2680.00₸</t>
+  </si>
+  <si>
+    <t>Ложка;бук;,L=35/9,B=6см;бежев.</t>
+  </si>
+  <si>
+    <t>04110713</t>
+  </si>
+  <si>
+    <t>3211.00₸</t>
+  </si>
+  <si>
+    <t>Ложка;бук;,L=400/80,B=55мм;бежев.</t>
+  </si>
+  <si>
+    <t>04110721</t>
+  </si>
+  <si>
+    <t>071991</t>
+  </si>
+  <si>
+    <t>Ложка кухонная «Экзогласс»;пластик;,H=2,L=38/9,B=6см;бежев.</t>
+  </si>
+  <si>
+    <t>04110746</t>
+  </si>
+  <si>
+    <t>10072.00₸</t>
+  </si>
+  <si>
+    <t>Ложка перфор.;поликарбонат;,L=28,3см;черный</t>
+  </si>
+  <si>
+    <t>04110754</t>
+  </si>
+  <si>
+    <t>SPOP11CW110</t>
+  </si>
+  <si>
+    <t>Cambro</t>
+  </si>
+  <si>
+    <t>2826.00₸</t>
+  </si>
+  <si>
+    <t>Ложка перфор.;сталь нерж.,полипроп.;,L=34см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110766</t>
+  </si>
+  <si>
+    <t>00664</t>
+  </si>
+  <si>
+    <t>11805.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Ложка кухонная;пластик;,L=30,5см;белый</t>
+  </si>
+  <si>
+    <t>04110768</t>
+  </si>
+  <si>
+    <t>6813 EL027</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Foundations</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>4089.00₸</t>
+  </si>
+  <si>
+    <t>Ложка перфор.;дерево;,L=30см</t>
+  </si>
+  <si>
+    <t>04110782</t>
+  </si>
+  <si>
+    <t>22 474</t>
+  </si>
+  <si>
+    <t>Berard</t>
+  </si>
+  <si>
+    <t>10010.00₸</t>
+  </si>
+  <si>
+    <t>Ложка;дерево;,L=15см</t>
+  </si>
+  <si>
+    <t>04110784</t>
+  </si>
+  <si>
+    <t>24 270</t>
+  </si>
+  <si>
+    <t>6930.00₸</t>
+  </si>
+  <si>
+    <t>Ложка перфор.;сталь нерж.;,L=38см</t>
+  </si>
+  <si>
+    <t>04110800</t>
+  </si>
+  <si>
+    <t>16178.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Экзогласс»;пластик;,L=30/8,B=5см;красный</t>
+  </si>
+  <si>
+    <t>04110844</t>
+  </si>
+  <si>
+    <t>7885.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Экзогласс»;пластик;,L=45/11,B=7см;бежев.</t>
+  </si>
+  <si>
+    <t>04110872</t>
+  </si>
+  <si>
+    <t>11574.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кухонная;сталь нерж.;,L=34см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110878</t>
+  </si>
+  <si>
+    <t>00662</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>10598.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кухонная «Бэйсик» (+200);полиамид;18мл;,L=28см;серый</t>
+  </si>
+  <si>
+    <t>04110986</t>
+  </si>
+  <si>
+    <t>433233011/433233015</t>
+  </si>
+  <si>
+    <t>Basic</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>770.00₸</t>
+  </si>
+  <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
+    <t>Ложка для подачи;пластик;,L=330,B=73мм;прозр.</t>
+  </si>
+  <si>
+    <t>04111201</t>
+  </si>
+  <si>
+    <t>SPO13CW135</t>
+  </si>
+  <si>
+    <t>5552.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кухонная;сталь нерж.,пластик;,L=32/10,B=6см</t>
+  </si>
+  <si>
+    <t>04111206</t>
+  </si>
+  <si>
+    <t>KL</t>
+  </si>
+  <si>
+    <t>2625.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная;поликарбонат;,L=20,3см;черный</t>
+  </si>
+  <si>
+    <t>04111217</t>
+  </si>
+  <si>
+    <t>4821.00₸</t>
+  </si>
+  <si>
+    <t>Ложка сервировочная;поликарбонат;,L=25,4см;черный</t>
+  </si>
+  <si>
+    <t>04111218</t>
+  </si>
+  <si>
+    <t>4266.00₸</t>
+  </si>
+  <si>
+    <t>Ложка гарнирная;пластик;40мл;,L=30,5/21см;черный</t>
+  </si>
+  <si>
+    <t>04111247</t>
+  </si>
+  <si>
+    <t>kt2501</t>
+  </si>
+  <si>
+    <t>1365.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для подачи;пластик;,L=330,B=73мм;черный</t>
+  </si>
+  <si>
+    <t>04111298</t>
+  </si>
+  <si>
+    <t>SPO13CW110</t>
+  </si>
+  <si>
+    <t>12829.00₸</t>
+  </si>
+  <si>
+    <t>Ложка перфорированная «Бэйсик» (до +200 °С);полиамид;,L=28см;серый</t>
+  </si>
+  <si>
+    <t>04111299</t>
+  </si>
+  <si>
+    <t>747.00₸</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
+    <t>Ложка кухонная «Триунфо»;сталь нерж.,нейлон;,L=36см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04111320</t>
+  </si>
+  <si>
+    <t>23.26.36</t>
+  </si>
+  <si>
+    <t>Tramontina</t>
+  </si>
+  <si>
+    <t>Triunfo</t>
+  </si>
+  <si>
+    <t>3150.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кухонная «Триунфо» перфорированная;сталь нерж.,нейлон;,L=36см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04111321</t>
+  </si>
+  <si>
+    <t>23.26.37</t>
+  </si>
+  <si>
+    <t>3045.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кухонная (+210);пластик;,L=30см;черный</t>
+  </si>
+  <si>
+    <t>04111359</t>
+  </si>
+  <si>
+    <t>Proff Cuisine</t>
+  </si>
+  <si>
+    <t>3885.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кухонная «Орихалк» (+210);нейлон;,H=5,L=300,B=65мм;черный</t>
+  </si>
+  <si>
+    <t>04111360</t>
+  </si>
+  <si>
+    <t>Доляна</t>
+  </si>
+  <si>
+    <t>455.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Ложка мерная (набор)[4шт];сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>04040579</t>
+  </si>
+  <si>
+    <t>MSP-4R 201</t>
+  </si>
+  <si>
+    <t>1974.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кухонная;пластик;18мл;,L=41см;черный</t>
+  </si>
+  <si>
+    <t>04110995</t>
+  </si>
+  <si>
+    <t>MSPP-16BK</t>
+  </si>
+  <si>
+    <t>1113.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кухонная;пластик;18мл;,L=41см;красный</t>
+  </si>
+  <si>
+    <t>04110996</t>
+  </si>
+  <si>
+    <t>MSPP-16RD</t>
+  </si>
+  <si>
+    <t>Ложка кухонная «Мондиал» перфорированная для снятия пены;сталь нерж.;,L=22,6см;металлич.</t>
+  </si>
+  <si>
+    <t>04110504</t>
+  </si>
+  <si>
+    <t>Nytva</t>
+  </si>
+  <si>
+    <t>2041.00₸</t>
+  </si>
+  <si>
+    <t>Ложка мерная (1-15 мл);пластик;,H=20,L=195,B=30мм;белый</t>
+  </si>
+  <si>
+    <t>04040580</t>
+  </si>
+  <si>
+    <t>CN001201</t>
+  </si>
+  <si>
+    <t>Osnova</t>
+  </si>
+  <si>
+    <t>3850.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
-  </si>
-[...586 lines deleted...]
-    <t>3850.00₸</t>
   </si>
   <si>
     <t>Ложка кухонная перфорированная;сталь нерж.;,L=170,B=42мм;металлич.</t>
   </si>
   <si>
     <t>04110505</t>
   </si>
   <si>
     <t>SCS-0106G</t>
   </si>
   <si>
     <t>Probar</t>
   </si>
   <si>
     <t>1610.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
@@ -922,51 +901,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A58B0106-696C-11EC-BBF7-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/791E169B-20D0-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93727C05-F94B-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1697EBC6-696D-11EC-BBF7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1697EBC5-696D-11EC-BBF7-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1697EBC4-696D-11EC-BBF7-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1697EBC3-696D-11EC-BBF7-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/106F71DF-696D-11EC-BBF7-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/106F71DE-696D-11EC-BBF7-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A560BBC-E3D4-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A58B0105-696C-11EC-BBF7-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/106F71E0-696D-11EC-BBF7-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1697EBC9-696D-11EC-BBF7-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850F56D9-424E-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E8ECCBF9-F161-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A560BBD-E3D4-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E828-424F-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492BFF1E-F162-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0DDE2798-EA58-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A708B08-E3D5-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4145BE9C-21C4-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB36A-424C-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14348675-E3D5-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1697EBC8-696D-11EC-BBF7-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16BFA4CE-294D-11EC-BBF4-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C75-424F-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A708B0A-E3D5-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013E171C-E3D5-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013E171B-E3D5-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013E171A-E3D5-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB0F593B-E3D4-11EB-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A708B0B-E3D5-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D3152FF-AEC9-11EE-BC40-00505692492F33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943AC37B-4252-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D5277-4252-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39BE6C28-21C8-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33C1BF77-21C8-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF42469B-509F-11EC-BBF6-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE83A06F-E3D4-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE83A06B-E3D4-11EB-BBF2-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8076941-4250-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/367E2CF5-2F8A-11ED-BBFC-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48A6-4254-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F6307CF-A3A3-11F0-BC4E-00505692492F44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492BFF1D-F162-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492BFF1C-F162-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588E5118-EA58-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/996BDED0-E800-11EC-BBFA-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C3E9638-18AD-11ED-BBFC-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBB4D6E5-1F1B-11EE-BC0C-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBB4D645-1F1B-11EE-BC0C-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84467AB3-E3B3-11EF-BC57-00505692E04952.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D70D89A-E8C5-11EF-BC53-00505692E2D053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F6E11E1-731D-11F0-BC56-00505692E2D054.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A58B0106-696C-11EC-BBF7-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/791E169B-20D0-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93727C05-F94B-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1697EBC6-696D-11EC-BBF7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1697EBC5-696D-11EC-BBF7-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1697EBC4-696D-11EC-BBF7-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1697EBC3-696D-11EC-BBF7-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/106F71DF-696D-11EC-BBF7-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/106F71DE-696D-11EC-BBF7-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A560BBC-E3D4-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A58B0105-696C-11EC-BBF7-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/106F71E0-696D-11EC-BBF7-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1697EBC9-696D-11EC-BBF7-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850F56D9-424E-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E8ECCBF9-F161-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A560BBD-E3D4-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E828-424F-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492BFF1E-F162-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0DDE2798-EA58-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A708B08-E3D5-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4145BE9C-21C4-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB36A-424C-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14348675-E3D5-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1697EBC8-696D-11EC-BBF7-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16BFA4CE-294D-11EC-BBF4-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C75-424F-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A708B0A-E3D5-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013E171C-E3D5-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013E171B-E3D5-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013E171A-E3D5-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB0F593B-E3D4-11EB-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A708B0B-E3D5-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D3152FF-AEC9-11EE-BC40-00505692492F33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943AC37B-4252-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D5277-4252-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39BE6C28-21C8-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33C1BF77-21C8-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF42469B-509F-11EC-BBF6-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE83A06F-E3D4-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE83A06B-E3D4-11EB-BBF2-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8076941-4250-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/367E2CF5-2F8A-11ED-BBFC-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48A6-4254-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F6307CF-A3A3-11F0-BC4E-00505692492F44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492BFF1D-F162-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492BFF1C-F162-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588E5118-EA58-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/996BDED0-E800-11EC-BBFA-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C3E9638-18AD-11ED-BBFC-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBB4D6E5-1F1B-11EE-BC0C-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBB4D645-1F1B-11EE-BC0C-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84467AB3-E3B3-11EF-BC57-00505692E04952.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D70D89A-E8C5-11EF-BC53-00505692E2D053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F6E11E1-731D-11F0-BC56-00505692E2D054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049AAB2C-BA56-11F0-BC5A-00505692E2D055.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1531,1053 +1510,1083 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <xdr:cNvPr id="22" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <xdr:cNvPr id="23" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <xdr:cNvPr id="24" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <xdr:cNvPr id="25" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <xdr:cNvPr id="26" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <xdr:cNvPr id="27" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <xdr:cNvPr id="28" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <xdr:cNvPr id="29" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <xdr:cNvPr id="30" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <xdr:cNvPr id="31" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <xdr:cNvPr id="32" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <xdr:cNvPr id="33" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <xdr:cNvPr id="34" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <xdr:cNvPr id="35" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <xdr:cNvPr id="36" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <xdr:cNvPr id="37" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>38</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <xdr:cNvPr id="38" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <xdr:cNvPr id="39" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="39" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <xdr:cNvPr id="40" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>41</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="40" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <xdr:cNvPr id="41" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <xdr:cNvPr id="42" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>43</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="42" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <xdr:cNvPr id="43" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>44</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <xdr:cNvPr id="44" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="44" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <xdr:cNvPr id="45" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="45" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <xdr:cNvPr id="46" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>47</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="46" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <xdr:cNvPr id="47" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>48</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="47" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <xdr:cNvPr id="48" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>49</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="48" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <xdr:cNvPr id="49" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>50</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="49" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <xdr:cNvPr id="50" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="50" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <xdr:cNvPr id="51" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>52</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="51" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <xdr:cNvPr id="52" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>53</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="52" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="53" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>58</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="54" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <xdr:cNvPr id="55" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2836,62 +2845,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-mernyh-emkostey-6080125250ml-paderno-02040245/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-mernyh-restola-02040332/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-podachi-aps-03111084/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-paderno-04040507/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-paderno-04040508/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-paderno-04040509/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-paderno-04040511/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-paderno-04040512/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-paderno-04040513/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-mernyh-lozhek-100155125ml-linden-04040515/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-mernyh-lozhek-12-5515ml-paderno-04040516/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-paderno-04040517/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-perfor-paderno-04040518/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-mernaya-ilsa-04040524/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-lozhek-perforir-aps-04040529/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-mernyh-lozhek-151550100ml-linden-04040540/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-mernyh-lozhek-23515ml-matfer-04040541/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-servirovochnaya-aps-04040568/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-paderno-04040575/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-mernaya-prohotel-04040576/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-mernaya-100-chef-04040577/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-mernyh-lozhek-125-25-515ml-aps-04040578/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-servirovochnaya-pintinox-04110349/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-servirovochnaya-pintinox-04110375/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-perfor-paderno-04110390/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-povarskaya-perfor-s-prorezyami-kapp-04110629/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-servirovochnaya-carlisle-04110705/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-matfer-04110706/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-matfer-04110711/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-matfer-04110712/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-matfer-04110713/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-matfer-04110721/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-matfer-04110746/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-perfor-cambro-04110754/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-perfor-aps-04110766/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-steelite-04110768/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-perfor-berard-04110782/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-berard-04110784/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-perfor-kapp-04110800/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-matfer-04110844/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-matfer-04110872/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-aps-04110878/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-restola-04110986/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-podachi-cambro-04111201/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-povarskaya-kl-04111206/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-servirovochnaya-carlisle-04111217/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-servirovochnaya-carlisle-04111218/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-garnirnaya-kl-04111247/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-podachi-cambro-04111298/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-perforirovannaya-restola-04111299/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-tramontina-04111320/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-tramontina-04111321/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-proff-cuisine-04111359/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-dolyana-04111360/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-mernaya-prohotel-04040579/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-prohotel-04110995/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-prohotel-04110996/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-nytva-04110504/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-mernaya-osnova-04040580/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-probar-04110505/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-mernyh-emkostey-6080125250ml-paderno-02040245/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-emkostey-mernyh-restola-02040332/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-podachi-aps-03111084/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-paderno-04040507/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-paderno-04040508/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-paderno-04040509/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-paderno-04040511/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-paderno-04040512/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-paderno-04040513/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-mernyh-lozhek-100155125ml-linden-04040515/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-mernyh-lozhek-12-5515ml-paderno-04040516/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-paderno-04040517/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-perfor-paderno-04040518/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-mernaya-ilsa-04040524/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-lozhek-perforir-aps-04040529/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-mernyh-lozhek-151550100ml-linden-04040540/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-mernyh-lozhek-23515ml-matfer-04040541/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-servirovochnaya-aps-04040568/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-paderno-04040575/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-mernaya-prohotel-04040576/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-mernyh-lozhek-125-25-515ml-aps-04040578/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-servirovochnaya-pintinox-04110349/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-servirovochnaya-pintinox-04110375/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-perfor-paderno-04110390/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-povarskaya-perfor-s-prorezyami-kapp-04110629/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-servirovochnaya-carlisle-04110705/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-matfer-04110706/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-matfer-04110711/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-matfer-04110712/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-matfer-04110713/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-matfer-04110721/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-matfer-04110746/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-perfor-cambro-04110754/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-perfor-aps-04110766/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-steelite-04110768/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-perfor-berard-04110782/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-berard-04110784/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-perfor-kapp-04110800/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-matfer-04110844/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-matfer-04110872/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-aps-04110878/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-restola-04110986/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-podachi-cambro-04111201/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-povarskaya-kl-04111206/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-servirovochnaya-carlisle-04111217/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-servirovochnaya-carlisle-04111218/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-garnirnaya-kl-04111247/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-podachi-cambro-04111298/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-perforirovannaya-restola-04111299/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-tramontina-04111320/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-tramontina-04111321/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-proff-cuisine-04111359/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-dolyana-04111360/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-mernaya-prohotel-04040579/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-prohotel-04110995/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-prohotel-04110996/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-nytva-04110504/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-mernaya-osnova-04040580/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-kuhonnaya-probar-04110505/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L61"/>
+  <dimension ref="A1:L60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I61" sqref="I61"/>
+      <selection activeCell="I60" sqref="I60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -3056,1803 +3065,1775 @@
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>40</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L8" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="L9" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="L10" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="D11" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="E11" s="0" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="D13" s="0" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="L13" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
       <c r="L14" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="D15" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="E15" s="0" t="s">
         <v>82</v>
-      </c>
-[...7 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>71</v>
+        <v>45</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="D16" s="0">
         <v>88598</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="L17" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="E18" s="0" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L19" s="0"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="D20" s="0" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="0"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="E21" s="0" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="0"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
+      <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="D22" s="0">
-        <v>3097</v>
+        <v>75600</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>117</v>
+        <v>29</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>118</v>
+        <v>30</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>75600</v>
+        <v>117</v>
+      </c>
+      <c r="D23" s="0" t="s">
+        <v>118</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>29</v>
+        <v>119</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="L23" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="C24" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E24" s="0" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>71</v>
+        <v>45</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>126</v>
+        <v>15</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L25" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>130</v>
+      </c>
+      <c r="D26" s="0">
+        <v>90000013</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>15</v>
+        <v>131</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L26" s="0"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="D27" s="0">
-        <v>90000013</v>
+        <v>447007</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>23</v>
+        <v>136</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L27" s="0"/>
+      <c r="L27" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="D28" s="0">
+        <v>113330</v>
+      </c>
+      <c r="E28" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="F28" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="G28" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I28" s="1" t="s">
         <v>141</v>
-      </c>
-[...14 lines deleted...]
-        <v>144</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="D29" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="E29" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="F29" s="0"/>
+      <c r="G29" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>145</v>
-      </c>
-[...19 lines deleted...]
-        <v>148</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>71</v>
+        <v>45</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>151</v>
+        <v>147</v>
+      </c>
+      <c r="D30" s="0">
+        <v>114131</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D31" s="0">
-        <v>114131</v>
+        <v>114132</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-        <v>114132</v>
+        <v>153</v>
+      </c>
+      <c r="D32" s="0" t="s">
+        <v>154</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>158</v>
+        <v>35</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>156</v>
+      </c>
+      <c r="D33" s="0">
+        <v>113338</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="F33" s="0"/>
+        <v>95</v>
+      </c>
+      <c r="F33" s="0" t="s">
+        <v>140</v>
+      </c>
       <c r="G33" s="0" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>35</v>
+        <v>157</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="D34" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="E34" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="F34" s="0"/>
+      <c r="G34" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="H34" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I34" s="1" t="s">
         <v>162</v>
-      </c>
-[...19 lines deleted...]
-        <v>164</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="C35" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E35" s="0" t="s">
-        <v>168</v>
+        <v>29</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>143</v>
+        <v>30</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>25</v>
+        <v>167</v>
       </c>
       <c r="L35" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="D36" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="E36" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="D36" s="0" t="s">
+      <c r="F36" s="0" t="s">
         <v>172</v>
       </c>
-      <c r="E36" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>30</v>
+        <v>173</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="F37" s="0" t="s">
         <v>178</v>
       </c>
+      <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="H37" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I37" s="1" t="s">
         <v>179</v>
-      </c>
-[...4 lines deleted...]
-        <v>180</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="L37" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>181</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="D38" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38" s="0" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>186</v>
+        <v>45</v>
       </c>
       <c r="L38" s="0">
-        <v>1</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>185</v>
+      </c>
+      <c r="D39" s="0">
+        <v>31600105</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>184</v>
+        <v>131</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>98</v>
+        <v>23</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L39" s="0"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D40" s="0">
-        <v>31600105</v>
+        <v>113332</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="F40" s="0"/>
+        <v>95</v>
+      </c>
+      <c r="F40" s="0" t="s">
+        <v>140</v>
+      </c>
       <c r="G40" s="0" t="s">
-        <v>23</v>
+        <v>96</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="L40" s="0"/>
+        <v>45</v>
+      </c>
+      <c r="L40" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="D41" s="0">
-        <v>113332</v>
+        <v>113345</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>71</v>
+        <v>45</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="E42" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="F42" s="0"/>
+      <c r="G42" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="H42" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I42" s="1" t="s">
         <v>197</v>
-      </c>
-[...19 lines deleted...]
-        <v>199</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>71</v>
+        <v>45</v>
       </c>
       <c r="L42" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="E43" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="F43" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="D43" s="0" t="s">
+      <c r="G43" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="E43" s="0" t="s">
-[...3 lines deleted...]
-      <c r="G43" s="0" t="s">
+      <c r="H43" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I43" s="1" t="s">
         <v>203</v>
-      </c>
-[...4 lines deleted...]
-        <v>204</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="L43" s="0">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>206</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="D44" s="0" t="s">
+      <c r="E44" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="F44" s="0"/>
+      <c r="G44" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="H44" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I44" s="1" t="s">
         <v>208</v>
-      </c>
-[...13 lines deleted...]
-        <v>210</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="L44" s="0">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D45" s="0">
+        <v>9136</v>
+      </c>
+      <c r="E45" s="0" t="s">
         <v>211</v>
-      </c>
-[...7 lines deleted...]
-        <v>168</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>143</v>
+        <v>196</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="D46" s="0">
-        <v>9136</v>
+        <v>445003</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>217</v>
+        <v>135</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>203</v>
+        <v>136</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="D47" s="0">
-        <v>445003</v>
+        <v>447003</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>222</v>
+        <v>25</v>
       </c>
       <c r="L47" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-        <v>447003</v>
+        <v>220</v>
+      </c>
+      <c r="D48" s="0" t="s">
+        <v>221</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>142</v>
+        <v>211</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>143</v>
+        <v>196</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L48" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L48" s="0"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>217</v>
+        <v>161</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>203</v>
+        <v>136</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L49" s="0"/>
+      <c r="L49" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>228</v>
+      </c>
+      <c r="D50" s="0">
+        <v>431287615</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="F50" s="0"/>
+        <v>22</v>
+      </c>
+      <c r="F50" s="0" t="s">
+        <v>201</v>
+      </c>
       <c r="G50" s="0" t="s">
-        <v>143</v>
+        <v>202</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>25</v>
+        <v>230</v>
       </c>
       <c r="L50" s="0">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="D51" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="E51" s="0" t="s">
         <v>234</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="F51" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="D51" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="G51" s="0" t="s">
-        <v>118</v>
+        <v>196</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>236</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>237</v>
+        <v>25</v>
       </c>
       <c r="L51" s="0">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>238</v>
       </c>
-      <c r="C52" s="0" t="s">
+      <c r="D52" s="0" t="s">
         <v>239</v>
       </c>
-      <c r="D52" s="0" t="s">
+      <c r="E52" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="F52" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="G52" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="H52" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I52" s="1" t="s">
         <v>240</v>
-      </c>
-[...13 lines deleted...]
-        <v>243</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L52" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="D53" s="0">
+        <v>94000009</v>
+      </c>
+      <c r="E53" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="F53" s="0"/>
+      <c r="G53" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="H53" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I53" s="1" t="s">
         <v>244</v>
-      </c>
-[...19 lines deleted...]
-        <v>247</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L53" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="D54" s="0">
-        <v>94000009</v>
+        <v>156833</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="L54" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" customHeight="1" ht="80">
+      <c r="B55" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="L54" s="0">
-[...13 lines deleted...]
-      </c>
       <c r="E55" s="0" t="s">
-        <v>255</v>
+        <v>110</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>257</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L55" s="0"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="B56" s="0" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L56" s="0"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="B57" s="0" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>265</v>
+        <v>257</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L57" s="0"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
+      <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-        <v>268</v>
+        <v>262</v>
+      </c>
+      <c r="D58" s="0">
+        <v>19693</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>112</v>
+        <v>263</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L58" s="0"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-        <v>19693</v>
+        <v>266</v>
+      </c>
+      <c r="D59" s="0" t="s">
+        <v>267</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>118</v>
+        <v>202</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="L59" s="0"/>
+        <v>270</v>
+      </c>
+      <c r="L59" s="0">
+        <v>50</v>
+      </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="B60" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="D60" s="0" t="s">
         <v>273</v>
       </c>
-      <c r="C60" s="0" t="s">
+      <c r="E60" s="0" t="s">
         <v>274</v>
-      </c>
-[...4 lines deleted...]
-        <v>276</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>118</v>
+        <v>196</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="L60" s="0"/>
-    </row>
-[...27 lines deleted...]
-      <c r="L61" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -4872,51 +4853,50 @@
     <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
     <hyperlink ref="B38" r:id="rId_hyperlink_37"/>
     <hyperlink ref="B39" r:id="rId_hyperlink_38"/>
     <hyperlink ref="B40" r:id="rId_hyperlink_39"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_40"/>
     <hyperlink ref="B42" r:id="rId_hyperlink_41"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_42"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
     <hyperlink ref="B50" r:id="rId_hyperlink_49"/>
     <hyperlink ref="B51" r:id="rId_hyperlink_50"/>
     <hyperlink ref="B52" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B53" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B54" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B55" r:id="rId_hyperlink_54"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_55"/>
     <hyperlink ref="B57" r:id="rId_hyperlink_56"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_57"/>
     <hyperlink ref="B59" r:id="rId_hyperlink_58"/>
     <hyperlink ref="B60" r:id="rId_hyperlink_59"/>
-    <hyperlink ref="B61" r:id="rId_hyperlink_60"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>