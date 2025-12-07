--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -104,51 +104,51 @@
   <si>
     <t>18302-02</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>25888.00₸</t>
   </si>
   <si>
     <t>Лопатка для пиццы;сталь нерж.,пластик;,L=32/15,B=13,8см;металлич.,черный</t>
   </si>
   <si>
     <t>04110414</t>
   </si>
   <si>
     <t>18512-15</t>
   </si>
   <si>
     <t>18765.00₸</t>
   </si>
   <si>
-    <t>3 шт.</t>
+    <t>2 шт.</t>
   </si>
   <si>
     <t>Лопатка для пиццы перфорированная треугольная;пластик,сталь нерж.;,L=31,5/13,B=12см;черный,металлич.</t>
   </si>
   <si>
     <t>04110443</t>
   </si>
   <si>
     <t>21340000IVV</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>4991.00₸</t>
   </si>
   <si>
     <t>Лопатка для пиццы;пластик,сталь нерж.;,L=32/13,B=14см;черный,металлич.</t>
   </si>
   <si>
     <t>04110444</t>
   </si>