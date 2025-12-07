--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="227">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,51 +74,51 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Лопатка кухонная (до 220 С);силикон,полиамид;,L=250/85,B=55мм;серый,белый</t>
   </si>
   <si>
     <t>04110175</t>
   </si>
   <si>
     <t>12915-25</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Лопатки жаропрочные</t>
   </si>
   <si>
     <t>10049.00₸</t>
   </si>
   <si>
-    <t>11 шт.</t>
+    <t>2 шт.</t>
   </si>
   <si>
     <t>Лопатка кухонная (до 220 С);силикон,полиамид;,L=35/11,B=7см;серый,белый</t>
   </si>
   <si>
     <t>04110176</t>
   </si>
   <si>
     <t>12915-35</t>
   </si>
   <si>
     <t>11866.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Лопатка кухонная (до 220 С);силикон,полиамид;,L=28/11,B=7см;серый,белый</t>
   </si>
   <si>
     <t>04110183</t>
   </si>
   <si>
     <t>12915-26</t>
   </si>
@@ -134,474 +134,471 @@
   <si>
     <t>04110184</t>
   </si>
   <si>
     <t>12915-45</t>
   </si>
   <si>
     <t>11343.00₸</t>
   </si>
   <si>
     <t>18 шт.</t>
   </si>
   <si>
     <t>Лопатка кухонная;пластик,силикон;,L=325/90,B=60мм;серый,белый</t>
   </si>
   <si>
     <t>04110185</t>
   </si>
   <si>
     <t>12916-33</t>
   </si>
   <si>
     <t>11858.00₸</t>
   </si>
   <si>
-    <t>10 шт.</t>
+    <t>9 шт.</t>
   </si>
   <si>
     <t>Лопатка кухонная;пластик,силикон;,L=26/9,B=6см;серый,белый</t>
   </si>
   <si>
     <t>04110186</t>
   </si>
   <si>
     <t>12916-25</t>
   </si>
   <si>
     <t>11435.00₸</t>
   </si>
   <si>
+    <t>41 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная (до 260 С) «Эльвео»;силикон,пластик;,L=250/85,B=55мм;черный,белый</t>
+  </si>
+  <si>
+    <t>04110471</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>30046.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная (до 260 С) «Эльвео»;силикон,пластик;,L=350/120,B=75мм;белый,черный</t>
+  </si>
+  <si>
+    <t>04110472</t>
+  </si>
+  <si>
+    <t>33480.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная (до 260 С) «Эльвео»;силикон,пластик;,L=42/12,B=8см;белый,черный</t>
+  </si>
+  <si>
+    <t>04110473</t>
+  </si>
+  <si>
+    <t>32548.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная (до 70 С) «Экзогласс»;силикон,пластик;,L=46/18,B=7см;белый</t>
+  </si>
+  <si>
+    <t>04110479</t>
+  </si>
+  <si>
+    <t>Exoglass</t>
+  </si>
+  <si>
+    <t>15046.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная (до 260 С) «Эльвео»;силикон,пластик;,L=26/8,B=3см;белый,черный</t>
+  </si>
+  <si>
+    <t>04110480</t>
+  </si>
+  <si>
+    <t>23293.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Экзогласс»;пластик;,L=30/9,B=5см;белый</t>
+  </si>
+  <si>
+    <t>04110495</t>
+  </si>
+  <si>
+    <t>8802.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Экзогласс»;пластик;,L=35/10,B=6см;белый</t>
+  </si>
+  <si>
+    <t>04110496</t>
+  </si>
+  <si>
+    <t>11689.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Экзогласс»;пластик;,L=40/13,B=7см;белый</t>
+  </si>
+  <si>
+    <t>04110497</t>
+  </si>
+  <si>
+    <t>15323.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Экзогласс»;пластик;,H=1,L=45/13,B=7см;белый</t>
+  </si>
+  <si>
+    <t>04110605</t>
+  </si>
+  <si>
+    <t>16178.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Экзогласс»;пластик;,H=5,L=35,B=7см;белый</t>
+  </si>
+  <si>
+    <t>04110606</t>
+  </si>
+  <si>
+    <t>8894.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка «Экзогласс»;пластик;,L=25/10,B=7см;белый</t>
+  </si>
+  <si>
+    <t>04110608</t>
+  </si>
+  <si>
+    <t>7708.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;силикон,пластик;,L=215/56,B=120мм;черный,белый</t>
+  </si>
+  <si>
+    <t>04110617</t>
+  </si>
+  <si>
+    <t>21106.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка перфорированная;пластик;,L=31,5/21,5см;черный</t>
+  </si>
+  <si>
+    <t>04110628</t>
+  </si>
+  <si>
+    <t>kt2508</t>
+  </si>
+  <si>
+    <t>KL</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>938.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка (до 70 С) «Экзогласс»;силикон,пластик;,L=25/8,B=6см;белый</t>
+  </si>
+  <si>
+    <t>04110811</t>
+  </si>
+  <si>
+    <t>10357.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная (до 70 С) «Экзогласс»;силикон,пластик;,L=35/11,B=8см;белый</t>
+  </si>
+  <si>
+    <t>04110812</t>
+  </si>
+  <si>
+    <t>12621.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;полиамид;,L=350/100,B=57мм;белый</t>
+  </si>
+  <si>
+    <t>04110838</t>
+  </si>
+  <si>
+    <t>12905-35</t>
+  </si>
+  <si>
+    <t>4697.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;полиамид;,L=400/100,B=65мм;серый</t>
+  </si>
+  <si>
+    <t>04110839</t>
+  </si>
+  <si>
+    <t>12905-40</t>
+  </si>
+  <si>
+    <t>7323.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;пластик;,L=50/17,B=8см;белый</t>
+  </si>
+  <si>
+    <t>04110840</t>
+  </si>
+  <si>
+    <t>19474.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;пластик;,L=250/70,B=38мм;белый</t>
+  </si>
+  <si>
+    <t>04110857</t>
+  </si>
+  <si>
+    <t>6630.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;пластик,силикон;,L=33см;белый</t>
+  </si>
+  <si>
+    <t>04110876</t>
+  </si>
+  <si>
+    <t>7816.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;полиамид;,L=25см</t>
+  </si>
+  <si>
+    <t>04110925</t>
+  </si>
+  <si>
+    <t>12905-25</t>
+  </si>
+  <si>
+    <t>2318.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;полиамид;,L=50см</t>
+  </si>
+  <si>
+    <t>04110937</t>
+  </si>
+  <si>
+    <t>12905-50</t>
+  </si>
+  <si>
+    <t>8047.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка жаропрочная;силикон;,L=406,B=73мм;белый,красный</t>
+  </si>
+  <si>
+    <t>04110950</t>
+  </si>
+  <si>
+    <t>Carlisle</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>21314.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка жаропрочная «Бэйсик»;полиамид;,L=28см;в ассорт.</t>
+  </si>
+  <si>
+    <t>04110985</t>
+  </si>
+  <si>
+    <t>Restola</t>
+  </si>
+  <si>
+    <t>Basic</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>616.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка термостойкая(от-60С до +230С);силикон,нейлон;,L=350/235,B=50мм</t>
+  </si>
+  <si>
+    <t>04111265</t>
+  </si>
+  <si>
+    <t>50SC350</t>
+  </si>
+  <si>
+    <t>Martellato</t>
+  </si>
+  <si>
+    <t>15485.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка термостойкая(от-60С до +230С);силикон,нейлон;,L=400/285,B=65мм</t>
+  </si>
+  <si>
+    <t>04111266</t>
+  </si>
+  <si>
+    <t>50SC400</t>
+  </si>
+  <si>
+    <t>17641.00₸</t>
+  </si>
+  <si>
+    <t>47 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка гибкая термостойкая;пластик;,L=27/10,B=10см;синий</t>
+  </si>
+  <si>
+    <t>04111271</t>
+  </si>
+  <si>
+    <t>AC-STF10</t>
+  </si>
+  <si>
+    <t>Gimetal</t>
+  </si>
+  <si>
+    <t>12344.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка термостойкая(от-60С до +230С);пластик;,L=95мм</t>
+  </si>
+  <si>
+    <t>04111272</t>
+  </si>
+  <si>
+    <t>AC-ST</t>
+  </si>
+  <si>
+    <t>9233.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная (до 220 C);полиамид;,L=30/12,B=5см;белый</t>
+  </si>
+  <si>
+    <t>04111349</t>
+  </si>
+  <si>
+    <t>MEX 300</t>
+  </si>
+  <si>
+    <t>9633.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная (до 220 C);полиамид;,L=400/145,B=65мм;белый</t>
+  </si>
+  <si>
+    <t>04111350</t>
+  </si>
+  <si>
+    <t>MEX 400</t>
+  </si>
+  <si>
+    <t>11027.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка жаропрочная «Бэйсик»;полиамид;,L=28см;тем.сер.</t>
+  </si>
+  <si>
+    <t>04111307</t>
+  </si>
+  <si>
+    <t>770.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Лопатка кухонная (до 260 С) «Эльвео»;силикон,пластик;,L=250/85,B=55мм;черный,белый</t>
-[...368 lines deleted...]
-    <t>04111352</t>
+    <t>Лопатка кухонная (до 220 C);полиамид;,L=250/120,B=45мм;белый</t>
+  </si>
+  <si>
+    <t>04111348</t>
+  </si>
+  <si>
+    <t>MEX 250</t>
+  </si>
+  <si>
+    <t>6307.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка (до 220°C);пластик,сталь нерж.;,L=120/18,B=14см;тем.сер.</t>
+  </si>
+  <si>
+    <t>04111343</t>
+  </si>
+  <si>
+    <t>271495.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка жаропрочная «Дуэт» (от -30 C до +220 C);силикон,пластик;,H=10,L=275,B=55мм;голуб.</t>
+  </si>
+  <si>
+    <t>04111370</t>
   </si>
   <si>
     <t>Доляна</t>
-  </si>
-[...31 lines deleted...]
-    <t>04111370</t>
   </si>
   <si>
     <t>Дуэт</t>
   </si>
   <si>
     <t>1155.00₸</t>
   </si>
   <si>
     <t>Лопатка жаропрочная;силикон</t>
   </si>
   <si>
     <t>04111001</t>
   </si>
   <si>
     <t>HHS-14R New</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>2660.00₸</t>
   </si>
   <si>
     <t>04111002</t>
   </si>
@@ -757,51 +754,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040B6273-696D-11EC-BBF7-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040B6271-696D-11EC-BBF7-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040B6272-696D-11EC-BBF7-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040B6270-696D-11EC-BBF7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDC9352D-696C-11EC-BBF7-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDC9352E-696C-11EC-BBF7-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661FC6-424F-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4C91B44-E3D4-11EB-BBF2-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661FC8-424F-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4C91B42-E3D4-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571048F-424F-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE83A06E-E3D4-11EB-BBF2-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE83A06D-E3D4-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE83A06C-E3D4-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4C91B41-E3D4-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE83A073-E3D4-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6833EB7F-4251-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A27D11A-4252-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00043F39-EA58-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB0F5938-E3D4-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1D4F8BF-0728-11EC-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7C505A5-696C-11EC-BBF7-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F189FF69-696C-11EC-BBF7-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE83A068-E3D4-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E401C-4250-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22931C4-E3D4-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0785249E-EA58-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0785249D-EA58-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A0FA015-814C-11E9-BBBA-005056921CC429.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5589B8D1-18AD-11ED-BBFC-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/996BDECF-E800-11EC-BBFA-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/996BDECE-E800-11EC-BBFA-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33C1BA77-21C8-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A8C229F-D1AC-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B20A397-45F0-11EF-BC57-00505692E04935.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B20A28B-45F0-11EF-BC57-00505692E04936.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E4F9BB2-8796-11EE-BC13-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28DD99EB-E3DA-11EF-BC4E-00505692C44738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAEB5779-619C-11EF-BC4D-00505692C44739.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040B6273-696D-11EC-BBF7-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040B6271-696D-11EC-BBF7-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040B6272-696D-11EC-BBF7-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040B6270-696D-11EC-BBF7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDC9352D-696C-11EC-BBF7-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDC9352E-696C-11EC-BBF7-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661FC6-424F-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4C91B44-E3D4-11EB-BBF2-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661FC8-424F-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4C91B42-E3D4-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571048F-424F-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE83A06E-E3D4-11EB-BBF2-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE83A06D-E3D4-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE83A06C-E3D4-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4C91B41-E3D4-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE83A073-E3D4-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6833EB7F-4251-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A27D11A-4252-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00043F39-EA58-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB0F5938-E3D4-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1D4F8BF-0728-11EC-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7C505A5-696C-11EC-BBF7-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F189FF69-696C-11EC-BBF7-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE83A068-E3D4-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E401C-4250-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22931C4-E3D4-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0785249E-EA58-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0785249D-EA58-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A0FA015-814C-11E9-BBBA-005056921CC429.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5589B8D1-18AD-11ED-BBFC-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/996BDECF-E800-11EC-BBFA-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/996BDECE-E800-11EC-BBFA-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33C1BA77-21C8-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A8C229F-D1AC-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B20A397-45F0-11EF-BC57-00505692E04935.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B20A28B-45F0-11EF-BC57-00505692E04936.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E4F9BB2-8796-11EE-BC13-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAEB5779-619C-11EF-BC4D-00505692C44738.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1902,80 +1899,50 @@
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="38" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -2221,62 +2188,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-do-220-s-paderno-04110175/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-do-220-s-paderno-04110176/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-do-220-s-paderno-04110183/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-do-220-s-paderno-04110184/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-paderno-04110185/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-paderno-04110186/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-do-260-s-matfer-04110471/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-do-260-s-matfer-04110472/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-do-260-s-matfer-04110473/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-do-70-s-matfer-04110479/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-do-260-s-matfer-04110480/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-matfer-04110495/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-matfer-04110496/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-matfer-04110497/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-matfer-04110605/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-matfer-04110606/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-matfer-04110608/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-matfer-04110617/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-perforirovannaya-kl-04110628/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-do-70-s-matfer-04110811/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-do-70-s-matfer-04110812/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-paderno-04110838/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-paderno-04110839/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-matfer-04110840/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-matfer-04110857/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-matfer-04110876/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-paderno-04110925/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-paderno-04110937/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-carlisle-04110950/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-restola-04110985/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-termostoykaya-ot-60s-do-230s-martellato-04111265/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-termostoykaya-ot-60s-do-230s-martellato-04111266/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-gibkaya-termostoykaya-gimetal-04111271/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-termostoykaya-ot-60s-do-230s-gimetal-04111272/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-martellato-04111349/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-martellato-04111350/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-restola-04111307/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-hold-04111352/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-martellato-04111348/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-do-220c-matfer-04111343/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-dolyana-04111370/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04111001/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04111002/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04111003/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04110997/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04111004/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04111005/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04110998/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04111006/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04110999/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04111007/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04111008/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04111009/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04111000/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04111010/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-do-220-s-paderno-04110175/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-do-220-s-paderno-04110176/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-do-220-s-paderno-04110183/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-do-220-s-paderno-04110184/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-paderno-04110185/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-paderno-04110186/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-do-260-s-matfer-04110471/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-do-260-s-matfer-04110472/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-do-260-s-matfer-04110473/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-do-70-s-matfer-04110479/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-do-260-s-matfer-04110480/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-matfer-04110495/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-matfer-04110496/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-matfer-04110497/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-matfer-04110605/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-matfer-04110606/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-matfer-04110608/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-matfer-04110617/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-perforirovannaya-kl-04110628/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-do-70-s-matfer-04110811/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-do-70-s-matfer-04110812/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-paderno-04110838/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-paderno-04110839/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-matfer-04110840/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-matfer-04110857/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-matfer-04110876/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-paderno-04110925/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-paderno-04110937/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-carlisle-04110950/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-restola-04110985/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-termostoykaya-ot-60s-do-230s-martellato-04111265/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-termostoykaya-ot-60s-do-230s-martellato-04111266/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-gibkaya-termostoykaya-gimetal-04111271/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-termostoykaya-ot-60s-do-230s-gimetal-04111272/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-martellato-04111349/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-martellato-04111350/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-restola-04111307/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-kuhonnaya-martellato-04111348/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-do-220c-matfer-04111343/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-dolyana-04111370/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04111001/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04111002/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04111003/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04110997/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04111004/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04111005/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04110998/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04111006/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04110999/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04111007/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04111008/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04111009/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04111000/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-zharoprochnaya-prohotel-04111010/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L56"/>
+  <dimension ref="A1:L55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I56" sqref="I56"/>
+      <selection activeCell="I55" sqref="I55"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -2507,83 +2474,83 @@
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D8" s="0">
         <v>113724</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D9" s="0">
         <v>113735</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D10" s="0">
         <v>113745</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
@@ -2605,51 +2572,51 @@
         <v>57</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>58</v>
       </c>
       <c r="D11" s="0">
         <v>113545</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>60</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D12" s="0">
         <v>113720</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
@@ -2807,1267 +2774,1233 @@
         <v>76</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D17" s="0">
         <v>113501</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>78</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D18" s="0">
         <v>113825</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L18" s="0"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D19" s="0">
         <v>114005</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L20" s="0"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D21" s="0">
         <v>113525</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D22" s="0">
         <v>113535</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L23" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="L24" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D25" s="0">
         <v>113050</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D26" s="0">
         <v>113025</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D27" s="0">
         <v>113833</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L27" s="0"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D30" s="0">
         <v>4413602</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D31" s="0">
         <v>431287711</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L31" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="L33" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>155</v>
+        <v>29</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>157</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>158</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>159</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>44</v>
+        <v>160</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D38" s="0">
         <v>431287715</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>29</v>
+        <v>168</v>
       </c>
       <c r="L38" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>10156826</v>
+        <v>170</v>
+      </c>
+      <c r="D39" s="0" t="s">
+        <v>171</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>169</v>
-[...3 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>89</v>
+        <v>16</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>29</v>
+        <v>173</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
-      <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>174</v>
+        <v>175</v>
+      </c>
+      <c r="D40" s="0">
+        <v>111202</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>138</v>
+        <v>47</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="L40" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="B41" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D41" s="0">
-        <v>111202</v>
+        <v>10156833</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="F41" s="0"/>
+        <v>179</v>
+      </c>
+      <c r="F41" s="0" t="s">
+        <v>180</v>
+      </c>
       <c r="G41" s="0" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L41" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="B42" s="0" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-        <v>10156833</v>
+        <v>183</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>184</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>169</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>29</v>
       </c>
-      <c r="L42" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L42" s="0"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="B43" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D43" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="E43" s="0" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="B44" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>190</v>
+        <v>91</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L44" s="0"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="B45" s="0" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>90</v>
+        <v>195</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L45" s="0"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="B46" s="0" t="s">
-        <v>193</v>
+        <v>182</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L46" s="0"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="B47" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L47" s="0"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="B48" s="0" t="s">
-        <v>183</v>
+        <v>202</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L48" s="0"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="B49" s="0" t="s">
-        <v>203</v>
+        <v>182</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L49" s="0"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="B50" s="0" t="s">
-        <v>183</v>
+        <v>209</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L50" s="0"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="B51" s="0" t="s">
-        <v>210</v>
+        <v>182</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L51" s="0"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="B52" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L52" s="0"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="B53" s="0" t="s">
-        <v>183</v>
+        <v>218</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L53" s="0"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="B54" s="0" t="s">
-        <v>219</v>
+        <v>182</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>222</v>
+        <v>208</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L54" s="0"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="B55" s="0" t="s">
-        <v>183</v>
+        <v>224</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>209</v>
+        <v>198</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L55" s="0"/>
-    </row>
-[...27 lines deleted...]
-      <c r="L56" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -4082,51 +4015,50 @@
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
     <hyperlink ref="B38" r:id="rId_hyperlink_37"/>
     <hyperlink ref="B39" r:id="rId_hyperlink_38"/>
     <hyperlink ref="B40" r:id="rId_hyperlink_39"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_40"/>
     <hyperlink ref="B42" r:id="rId_hyperlink_41"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_42"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
     <hyperlink ref="B50" r:id="rId_hyperlink_49"/>
     <hyperlink ref="B51" r:id="rId_hyperlink_50"/>
     <hyperlink ref="B52" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B53" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B54" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B55" r:id="rId_hyperlink_54"/>
-    <hyperlink ref="B56" r:id="rId_hyperlink_55"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>