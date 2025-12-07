--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="734">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="729">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,2172 +74,2157 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Лопатка перфорированная;сталь нерж.;,L=370,B=79мм;металлич.</t>
   </si>
   <si>
     <t>04050106</t>
   </si>
   <si>
     <t>509277-00</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Лопатки кухонные</t>
   </si>
   <si>
     <t>12120.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка (до 280 С);силикон;,L=295,B=55мм;металлич.,синий</t>
+  </si>
+  <si>
+    <t>04110136</t>
+  </si>
+  <si>
+    <t>48278-28</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>20975.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка;сталь нерж.,пластик;,L=48/35,B=5см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110137</t>
+  </si>
+  <si>
+    <t>18519-35</t>
+  </si>
+  <si>
+    <t>6861.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка изогнутая для торта;сталь нерж.,полипроп.;,L=28,5/14,B=10см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110138</t>
+  </si>
+  <si>
+    <t>18513-14</t>
+  </si>
+  <si>
+    <t>7423.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка изогнутая;сталь нерж.,полипроп.;,L=381/260,B=37мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110140</t>
+  </si>
+  <si>
+    <t>18518-26</t>
+  </si>
+  <si>
+    <t>10465.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;дерево;,L=300/100,B=55мм;бежев.</t>
+  </si>
+  <si>
+    <t>04110147</t>
+  </si>
+  <si>
+    <t>69440/44000</t>
+  </si>
+  <si>
+    <t>Kesper</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>863.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка изогнутая;сталь нерж.,пластик;,L=33/22,B=4см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110150</t>
+  </si>
+  <si>
+    <t>18518-22</t>
+  </si>
+  <si>
+    <t>10010.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка изогнутая;сталь нерж.,полипроп.;,L=430/300,B=43мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110151</t>
+  </si>
+  <si>
+    <t>18518-30</t>
+  </si>
+  <si>
+    <t>12236.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка;сталь нерж.,полипроп.;,L=282/150,B=31мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110152</t>
+  </si>
+  <si>
+    <t>18519-15</t>
+  </si>
+  <si>
+    <t>5252.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;сталь нерж.,полипроп.;,L=350/220,B=34мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110153</t>
+  </si>
+  <si>
+    <t>18519-22</t>
+  </si>
+  <si>
+    <t>6923.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;сталь нерж.,полипроп.;,L=390/260,B=37мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110154</t>
+  </si>
+  <si>
+    <t>18519-26</t>
+  </si>
+  <si>
+    <t>6615.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;сталь нерж.,полипроп.;,L=430/300,B=43мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110155</t>
+  </si>
+  <si>
+    <t>18519-30</t>
+  </si>
+  <si>
+    <t>9102.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка перфорированная;сталь нерж.,полипроп.;,L=265/70,B=135мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110156</t>
+  </si>
+  <si>
+    <t>18510-07</t>
+  </si>
+  <si>
+    <t>9633.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка гибкая;сталь нерж.,полипроп.;,L=286/156,B=50мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110157</t>
+  </si>
+  <si>
+    <t>18509-02</t>
+  </si>
+  <si>
+    <t>7577.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка гибкая;сталь нерж.,полипроп.;,L=28,5/15,B=11,5см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110158</t>
+  </si>
+  <si>
+    <t>18509-03</t>
+  </si>
+  <si>
+    <t>8832.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная перфорированная;пластик;,L=29/13,B=6см;черный</t>
+  </si>
+  <si>
+    <t>04110159</t>
+  </si>
+  <si>
+    <t>12921-01</t>
+  </si>
+  <si>
+    <t>4559.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;пластик;,L=305/155,B=80мм;черный</t>
+  </si>
+  <si>
+    <t>04110160</t>
+  </si>
+  <si>
+    <t>12921-05</t>
+  </si>
+  <si>
+    <t>5044.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;пластик;,L=320/130,B=85мм;черный</t>
+  </si>
+  <si>
+    <t>04110161</t>
+  </si>
+  <si>
+    <t>12921-10</t>
+  </si>
+  <si>
+    <t>7146.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;сталь нерж.;,L=43/9,B=10см;металлич.</t>
+  </si>
+  <si>
+    <t>04110162</t>
+  </si>
+  <si>
+    <t>11972-10</t>
+  </si>
+  <si>
+    <t>15916.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;сталь нерж.;,L=55/11,B=12см;металлич.</t>
+  </si>
+  <si>
+    <t>04110163</t>
+  </si>
+  <si>
+    <t>11972-12</t>
+  </si>
+  <si>
+    <t>15647.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная перфорированная;сталь нерж.;,L=49/10,B=10см;металлич.</t>
+  </si>
+  <si>
+    <t>04110164</t>
+  </si>
+  <si>
+    <t>11973-10</t>
+  </si>
+  <si>
+    <t>14738.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная перфорированная;сталь нерж.;,L=54/11,B=12см;металлич.</t>
+  </si>
+  <si>
+    <t>04110165</t>
+  </si>
+  <si>
+    <t>11973-12</t>
+  </si>
+  <si>
+    <t>19204.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная перфорированная;сталь нерж.;,L=37/9,B=8см;металлич.</t>
+  </si>
+  <si>
+    <t>04110166</t>
+  </si>
+  <si>
+    <t>11973-01</t>
+  </si>
+  <si>
+    <t>17472.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;пластик;,L=360/110,B=95мм;черный</t>
+  </si>
+  <si>
+    <t>04110173</t>
+  </si>
+  <si>
+    <t>12920-10</t>
+  </si>
+  <si>
+    <t>7354.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;нейлон;,L=47/10,B=10,1см;черный</t>
+  </si>
+  <si>
+    <t>04110179</t>
+  </si>
+  <si>
+    <t>12972-10</t>
+  </si>
+  <si>
+    <t>8186.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;нейлон;,H=5,L=500/120,B=115мм;черный</t>
+  </si>
+  <si>
+    <t>04110180</t>
+  </si>
+  <si>
+    <t>12972-12</t>
+  </si>
+  <si>
+    <t>9564.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная перфорированная;нейлон;,L=47,5/10,B=10см;черный</t>
+  </si>
+  <si>
+    <t>04110181</t>
+  </si>
+  <si>
+    <t>12973-10</t>
+  </si>
+  <si>
+    <t>9117.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная перфорированная;полиамид,стеклопласт.;,L=50/12,B=12см;черный</t>
+  </si>
+  <si>
+    <t>04110182</t>
+  </si>
+  <si>
+    <t>12973-12</t>
+  </si>
+  <si>
+    <t>10811.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;пластик;,L=30/12,B=4см;белый</t>
+  </si>
+  <si>
+    <t>04110187</t>
+  </si>
+  <si>
+    <t>12909-12</t>
+  </si>
+  <si>
+    <t>6761.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;пластик;,L=38/23,B=4см;белый</t>
+  </si>
+  <si>
+    <t>04110188</t>
+  </si>
+  <si>
+    <t>12909-23</t>
+  </si>
+  <si>
+    <t>7254.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;пластик;,L=30/10,B=4см;белый</t>
+  </si>
+  <si>
+    <t>04110189</t>
+  </si>
+  <si>
+    <t>12908-30</t>
+  </si>
+  <si>
+    <t>5421.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;пластик,сталь нерж.;,L=285/130,B=35мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110191</t>
+  </si>
+  <si>
+    <t>21000150IVV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>4035.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная с изгибом;пластик,сталь нерж.;,L=39/13,B=4см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04110197</t>
+  </si>
+  <si>
+    <t>21020250IVV</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>4886.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная с изгибом;пластик,сталь нерж.;,L=440/130,B=45мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04110198</t>
+  </si>
+  <si>
+    <t>21020300IVV</t>
+  </si>
+  <si>
+    <t>5113.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная с изгибом;пластик,сталь нерж.;,L=49/13,B=5см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04110199</t>
+  </si>
+  <si>
+    <t>21020350IVV</t>
+  </si>
+  <si>
+    <t>8278.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Глория Люкс»;сталь;,L=360/230,B=35мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110405</t>
+  </si>
+  <si>
+    <t>Felix</t>
+  </si>
+  <si>
+    <t>Gloria Lux</t>
+  </si>
+  <si>
+    <t>52014.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка изогнутая;сталь нерж.,полипроп.;,L=285/150,B=87мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110413</t>
+  </si>
+  <si>
+    <t>18511-15</t>
+  </si>
+  <si>
+    <t>13214.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка-нож  изогнут. для торта;сталь нерж.,полипроп.;,L=293/170,B=60мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110415</t>
+  </si>
+  <si>
+    <t>18514-17</t>
+  </si>
+  <si>
+    <t>8324.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка-нож для торта;сталь нерж.,пластик;,L=307/180,B=60мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110416</t>
+  </si>
+  <si>
+    <t>18514-18</t>
+  </si>
+  <si>
+    <t>8994.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка для гамбургеров перфорир.;пластик,сталь нерж.;,L=37/13,B=7см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110419</t>
+  </si>
+  <si>
+    <t>21040000IVV</t>
+  </si>
+  <si>
+    <t>18203.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка для гамбургеров;пластик,сталь нерж.;,L=370/205,B=70мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110420</t>
+  </si>
+  <si>
+    <t>21060000IVV</t>
+  </si>
+  <si>
+    <t>7182.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка для лазаньи;пластик,сталь нерж.;,L=305/140,B=70мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110421</t>
+  </si>
+  <si>
+    <t>21080000IVV</t>
+  </si>
+  <si>
+    <t>10990.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка для лазаньи;пластик,сталь нерж.;,L=285/120,B=85мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04110422</t>
+  </si>
+  <si>
+    <t>21100000IVV</t>
+  </si>
+  <si>
+    <t>5558.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;пластик,сталь нерж.;,L=325/140,B=75мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04110423</t>
+  </si>
+  <si>
+    <t>21120000IVV</t>
+  </si>
+  <si>
+    <t>7364.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка для жарки;пластик,сталь нерж.;,L=300/165,B=75мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110424</t>
+  </si>
+  <si>
+    <t>21140000IVV</t>
+  </si>
+  <si>
+    <t>5047.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная треугольная;пластик,сталь нерж.;,L=25,5/12,5,B=10см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110426</t>
+  </si>
+  <si>
+    <t>21180000IVV</t>
+  </si>
+  <si>
+    <t>6784.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная перфорированная;полиамид;,L=350/110,B=95мм;черный</t>
+  </si>
+  <si>
+    <t>04110427</t>
+  </si>
+  <si>
+    <t>12920-11</t>
+  </si>
+  <si>
+    <t>5306.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;бук;,L=600/200,B=72мм;бежев.</t>
+  </si>
+  <si>
+    <t>04110429</t>
+  </si>
+  <si>
+    <t>42907-07</t>
+  </si>
+  <si>
+    <t>14369.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;бук;,L=500,B=65мм;бежев.</t>
+  </si>
+  <si>
+    <t>04110430</t>
+  </si>
+  <si>
+    <t>42907-06</t>
+  </si>
+  <si>
+    <t>11874.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;бук;,H=10,L=395/130,B=55мм;бежев.</t>
+  </si>
+  <si>
+    <t>04110436</t>
+  </si>
+  <si>
+    <t>42907-04</t>
+  </si>
+  <si>
+    <t>8055.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;бук;,L=250/90,B=44мм;бежев.</t>
+  </si>
+  <si>
+    <t>04110440</t>
+  </si>
+  <si>
+    <t>42907-01</t>
+  </si>
+  <si>
+    <t>5860.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;бук;,L=300/100,B=45мм;бежев.</t>
+  </si>
+  <si>
+    <t>04110441</t>
+  </si>
+  <si>
+    <t>42907-02</t>
+  </si>
+  <si>
+    <t>6091.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;бук;,L=35/10,B=5см;бежев.</t>
+  </si>
+  <si>
+    <t>04110442</t>
+  </si>
+  <si>
+    <t>42907-03</t>
+  </si>
+  <si>
+    <t>8001.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка изогнут. для лазаньи;сталь нерж.,полипроп.;,L=303/160,B=72мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110445</t>
+  </si>
+  <si>
+    <t>18515-16</t>
+  </si>
+  <si>
+    <t>10472.00₸</t>
+  </si>
+  <si>
+    <t>Шпатель;металл;,L=25см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110446</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>11989.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кондитерская;сталь нерж.,полипроп.;,L=24,B=4см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110447</t>
+  </si>
+  <si>
+    <t>ТАЙВАНЬ (КИТАЙ)</t>
+  </si>
+  <si>
+    <t>12536.00₸</t>
+  </si>
+  <si>
+    <t>29 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка поварская;сталь нерж.;,L=38см;металлич.</t>
+  </si>
+  <si>
+    <t>04110470</t>
+  </si>
+  <si>
+    <t>C832</t>
+  </si>
+  <si>
+    <t>Trud</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>1386.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная перфор.;нейлон;,L=35/11,B=9см;черный</t>
+  </si>
+  <si>
+    <t>04110474</t>
+  </si>
+  <si>
+    <t>00600</t>
+  </si>
+  <si>
+    <t>8351.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная жаропрочная;нейлон;,L=350/120,B=95мм;черный</t>
+  </si>
+  <si>
+    <t>04110476</t>
+  </si>
+  <si>
+    <t>00603</t>
+  </si>
+  <si>
+    <t>8442.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная перфор. жаропроч.;нейлон;,L=32/14,B=9см;черный</t>
+  </si>
+  <si>
+    <t>04110477</t>
+  </si>
+  <si>
+    <t>3127.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная жаропрочная;полиамид;,L=324,B=87мм;черный</t>
+  </si>
+  <si>
+    <t>04110478</t>
+  </si>
+  <si>
+    <t>6399.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная (до 110 C) «Проотель»;пластик,резина;,L=25/8,B=10см;белый</t>
+  </si>
+  <si>
+    <t>04110481</t>
+  </si>
+  <si>
+    <t>SR25</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>2016.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Проотель» (до 110 C);пластик,резина;,L=36/11,B=12см;белый</t>
+  </si>
+  <si>
+    <t>04110482</t>
+  </si>
+  <si>
+    <t>SR35</t>
+  </si>
+  <si>
+    <t>2093.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная  (до 110 C) «Проотель»;пластик,резина;,L=45/11,B=7см;белый</t>
+  </si>
+  <si>
+    <t>04110483</t>
+  </si>
+  <si>
+    <t>SR45</t>
+  </si>
+  <si>
+    <t>2870.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка изогнутая;сталь нерж.,пластик;,L=320/155,B=30мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110486</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>23447.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;сталь нерж.,полипроп.;,L=27/14,B=2см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110487</t>
+  </si>
+  <si>
+    <t>18865.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;сталь нерж.,пластик;,L=300/180,B=35мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110488</t>
+  </si>
+  <si>
+    <t>15755.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;сталь,пластик;,L=31/20,B=3см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110489</t>
+  </si>
+  <si>
+    <t>19435.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;сталь,пластик;,H=2,L=37/24,B=4см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110490</t>
+  </si>
+  <si>
+    <t>24279.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка изогнутая;сталь нерж.,пластик;,L=40/25,B=4см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110491</t>
+  </si>
+  <si>
+    <t>62486.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка гибкая;сталь нерж.,полипроп.;,L=28/15,B=3см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110492</t>
+  </si>
+  <si>
+    <t>14692.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка гибкая;сталь нерж.,полипроп.;,L=34/20,B=3см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110493</t>
+  </si>
+  <si>
+    <t>15747.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка гибкая;сталь нерж.,пластик;,L=49/35,B=5см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110494</t>
+  </si>
+  <si>
+    <t>18904.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;сталь нерж.,полипроп.;,L=25/12,B=2см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110498</t>
+  </si>
+  <si>
+    <t>15046.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка перфорированная «Проотель»;сталь нерж.;,L=48/12,B=10см;металлич.</t>
+  </si>
+  <si>
+    <t>04110499</t>
+  </si>
+  <si>
+    <t>SPT10P</t>
+  </si>
+  <si>
+    <t>4613.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная перф. «Экзогласс»;пластик;,H=25,L=300/150,B=90мм;синий</t>
+  </si>
+  <si>
+    <t>04110607</t>
+  </si>
+  <si>
+    <t>Exoglass</t>
+  </si>
+  <si>
+    <t>9887.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка изогнутая «Экзогласс»;пластик;,L=38/25,B=4см;черный</t>
+  </si>
+  <si>
+    <t>04110610</t>
+  </si>
+  <si>
+    <t>13730.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка «Глобал»;сталь нерж.;,L=220/110,B=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110613</t>
+  </si>
+  <si>
+    <t>75484.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка перфорированная;сталь нерж.;,L=32см;металлич.</t>
+  </si>
+  <si>
+    <t>04110614</t>
+  </si>
+  <si>
+    <t>41672-00</t>
+  </si>
+  <si>
+    <t>16263.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кондитерская;сталь нерж.,полиэтилен;,L=170,B=75мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110615</t>
+  </si>
+  <si>
+    <t>6430.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка для масла «Мерси»[4шт];дерево;,L=140,B=21мм</t>
+  </si>
+  <si>
+    <t>04110626</t>
+  </si>
+  <si>
+    <t>B0217104</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>Merci</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>11574.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка «Проотель»;сталь нерж.,пластик;,L=230/130,B=35мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110801</t>
+  </si>
+  <si>
+    <t>SS4</t>
+  </si>
+  <si>
+    <t>1638.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка «Проотель»;сталь нерж.,пластик;,L=270/130,B=35мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110802</t>
+  </si>
+  <si>
+    <t>SS5</t>
+  </si>
+  <si>
+    <t>2338.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка «Проотель»;сталь нерж.,пластик;,L=350/130,B=35мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110803</t>
+  </si>
+  <si>
+    <t>SS9</t>
+  </si>
+  <si>
+    <t>2198.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Проотель»;сталь нерж.;,L=46/11,B=10см;металлич.</t>
+  </si>
+  <si>
+    <t>04110805</t>
+  </si>
+  <si>
+    <t>SPT10</t>
+  </si>
+  <si>
+    <t>7147.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Проотель»;сталь нерж.,пластик;,L=385/255,B=40мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110806</t>
+  </si>
+  <si>
+    <t>PIC10</t>
+  </si>
+  <si>
+    <t>3584.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Проотель»;сталь нерж.,пластик;,L=440/310,B=42мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110807</t>
+  </si>
+  <si>
+    <t>PIC12K</t>
+  </si>
+  <si>
+    <t>5432.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Проотель»;сталь нерж.,пластик;,L=490/365,B=40мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110808</t>
+  </si>
+  <si>
+    <t>PIC14</t>
+  </si>
+  <si>
+    <t>5915.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка для гамбургеров;сталь нерж.,полипроп.;,L=30/15,B=11см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110810</t>
+  </si>
+  <si>
+    <t>35590.00₸</t>
+  </si>
+  <si>
     <t>7 шт.</t>
   </si>
   <si>
-    <t>Лопатка (до 280 С);силикон;,L=295,B=55мм;металлич.,синий</t>
-[...290 lines deleted...]
-    <t>17472.00₸</t>
+    <t>Лопатка изогнутая;сталь нерж.,полипроп.;,L=295/170,B=40мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110813</t>
+  </si>
+  <si>
+    <t>41565.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка изогнутая;сталь нерж.,полипроп.;,L=35/21,B=4см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110814</t>
+  </si>
+  <si>
+    <t>53408.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка гибкая;сталь нерж.,полипроп.;,L=38/25,B=4см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110815</t>
+  </si>
+  <si>
+    <t>21376.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка «Проотель»;сталь нерж.,пластик;,L=302/175,B=35мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110817</t>
+  </si>
+  <si>
+    <t>SS7</t>
+  </si>
+  <si>
+    <t>1967.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка изогнутая «Проотель»;сталь нерж.,пластик;,L=393/260,B=40мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110818</t>
+  </si>
+  <si>
+    <t>OSP085</t>
+  </si>
+  <si>
+    <t>3304.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка изогнутая «Проотель»;сталь нерж.,пластик;,L=430/295,B=40мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110819</t>
+  </si>
+  <si>
+    <t>OSP10</t>
+  </si>
+  <si>
+    <t>3451.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная перфорированная «Экзогласс»;пластик;,L=30/15,B=9см;серый</t>
+  </si>
+  <si>
+    <t>04110824</t>
+  </si>
+  <si>
+    <t>11489.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Экзогласс»;пластик;,L=30/13,B=9см;серый</t>
+  </si>
+  <si>
+    <t>04110825</t>
+  </si>
+  <si>
+    <t>11289.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка «Экзогласс»;пластик;,L=45/31,B=4см;черный</t>
+  </si>
+  <si>
+    <t>04110826</t>
+  </si>
+  <si>
+    <t>16509.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка изогнутая «Экзогласс»;пластик;,L=34/20,B=4см;черный</t>
+  </si>
+  <si>
+    <t>04110827</t>
+  </si>
+  <si>
+    <t>23786.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка изогнутая;сталь нерж.,полипроп.;,L=370/200,B=35мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110828</t>
+  </si>
+  <si>
+    <t>22438.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка перфорированная;сталь нерж.;,L=50/11,5,B=10см;металлич.</t>
+  </si>
+  <si>
+    <t>04110830</t>
+  </si>
+  <si>
+    <t>29268.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;сталь нерж.;,L=50/11,5,B=10см;металлич.</t>
+  </si>
+  <si>
+    <t>04110831</t>
+  </si>
+  <si>
+    <t>26034.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка изогнутая;сталь нерж.,полипроп.;,L=420/260,B=45мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110841</t>
+  </si>
+  <si>
+    <t>26650.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка изогнутая;сталь нерж.,пластик;,L=48/33,B=5см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110842</t>
+  </si>
+  <si>
+    <t>27874.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная перфорированная «Экзогласс»;пластик;,L=30/15,B=9см;красный</t>
+  </si>
+  <si>
+    <t>04110843</t>
+  </si>
+  <si>
+    <t>13868.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;бук;,L=30/10,B=5см;бежев.</t>
+  </si>
+  <si>
+    <t>04110846</t>
+  </si>
+  <si>
+    <t>3650.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка треугольная;бук;,L=300,B=55мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04110847</t>
+  </si>
+  <si>
+    <t>5929.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;сталь,дерево;,L=40/9,B=9см;металлич.,древесн.</t>
+  </si>
+  <si>
+    <t>04110849</t>
+  </si>
+  <si>
+    <t>49622-09</t>
+  </si>
+  <si>
+    <t>70448.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;дерево;,L=30см;бежев.</t>
+  </si>
+  <si>
+    <t>04110850</t>
+  </si>
+  <si>
+    <t>Was</t>
+  </si>
+  <si>
+    <t>1479.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;сталь нерж.;,L=46см;металлич.</t>
+  </si>
+  <si>
+    <t>04110856</t>
+  </si>
+  <si>
+    <t>16309.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка перфорированная;сталь нерж.;,L=290/163,B=80мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110858</t>
+  </si>
+  <si>
+    <t>072045</t>
+  </si>
+  <si>
+    <t>22854.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка изогнутая;сталь нерж.;,L=278/150,B=60мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110859</t>
+  </si>
+  <si>
+    <t>072040</t>
+  </si>
+  <si>
+    <t>21006.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;бук;,L=245/80,B=40мм;бежев.</t>
+  </si>
+  <si>
+    <t>04110862</t>
+  </si>
+  <si>
+    <t>3311.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>04110863</t>
+  </si>
+  <si>
+    <t>4890.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;бук;,L=40/13,B=5см;бежев.</t>
+  </si>
+  <si>
+    <t>04110864</t>
+  </si>
+  <si>
+    <t>5552.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;бук;,L=50/20,B=5см;бежев.</t>
+  </si>
+  <si>
+    <t>04110866</t>
+  </si>
+  <si>
+    <t>6499.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;бук;,L=60/20,B=7см;бежев.</t>
+  </si>
+  <si>
+    <t>04110867</t>
+  </si>
+  <si>
+    <t>7724.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;сталь нерж.;,L=13,3,B=12см;металлич.</t>
+  </si>
+  <si>
+    <t>04110868</t>
+  </si>
+  <si>
+    <t>49610-14</t>
+  </si>
+  <si>
+    <t>15385.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная  перф. «Проотель»;сталь нерж.;,L=54/13,5,B=12см;металлич.</t>
+  </si>
+  <si>
+    <t>04110869</t>
+  </si>
+  <si>
+    <t>SPT23P</t>
+  </si>
+  <si>
+    <t>6664.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Проотель»;сталь нерж.;,L=54/13,5,B=12см;металлич.</t>
+  </si>
+  <si>
+    <t>04110870</t>
+  </si>
+  <si>
+    <t>SPT23</t>
+  </si>
+  <si>
+    <t>5607.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка для торта;сталь нерж.;,H=20,L=390,B=56мм;металлич.</t>
+  </si>
+  <si>
+    <t>04110875</t>
+  </si>
+  <si>
+    <t>48278-76</t>
+  </si>
+  <si>
+    <t>Gadgets</t>
+  </si>
+  <si>
+    <t>16648.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;сталь нерж.;,L=360,B=77мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110877</t>
+  </si>
+  <si>
+    <t>00668</t>
+  </si>
+  <si>
+    <t>11711.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;поликарбонат;,L=60/16,B=12,5см;белый</t>
+  </si>
+  <si>
+    <t>04110887</t>
+  </si>
+  <si>
+    <t>11150.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;бук;,H=2,L=120/30,B=10см;св. дерево</t>
+  </si>
+  <si>
+    <t>04110888</t>
+  </si>
+  <si>
+    <t>35367.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;сталь нерж.;,L=33,B=12см;металлич.</t>
+  </si>
+  <si>
+    <t>04110892</t>
+  </si>
+  <si>
+    <t>7805214B</t>
+  </si>
+  <si>
+    <t>16548.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка[12шт];сталь нерж.;,L=12,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04110901</t>
+  </si>
+  <si>
+    <t>62550B32</t>
+  </si>
+  <si>
+    <t>19620.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная с черной ручкой;сталь нерж.,полипроп.;,L=270/115,B=50мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110903</t>
+  </si>
+  <si>
+    <t>5.2763.16</t>
+  </si>
+  <si>
+    <t>Victorinox</t>
+  </si>
+  <si>
+    <t>ШВЕЙЦАРИЯ</t>
+  </si>
+  <si>
+    <t>19717.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка перфорированная;сталь нерж.;,L=100/12,B=15см;металлич.</t>
+  </si>
+  <si>
+    <t>04110907</t>
+  </si>
+  <si>
+    <t>11976-99</t>
+  </si>
+  <si>
+    <t>48564.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка для торта;полиамид;,L=28,5см;черный</t>
+  </si>
+  <si>
+    <t>04110915</t>
+  </si>
+  <si>
+    <t>10380.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;сталь нерж.,дерево;,L=11,B=10,2см;металлич.,деревян.</t>
+  </si>
+  <si>
+    <t>04110919</t>
+  </si>
+  <si>
+    <t>49610-11</t>
+  </si>
+  <si>
+    <t>11966.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;дерево;,L=15,5см</t>
+  </si>
+  <si>
+    <t>04110926</t>
+  </si>
+  <si>
+    <t>20 671</t>
+  </si>
+  <si>
+    <t>Berard</t>
+  </si>
+  <si>
+    <t>Лопатка кондитерская;сталь нерж.;,L=15см</t>
+  </si>
+  <si>
+    <t>04110929</t>
+  </si>
+  <si>
+    <t>Global</t>
+  </si>
+  <si>
+    <t>67845.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка изогнутая;сталь нерж.;,L=95мм</t>
+  </si>
+  <si>
+    <t>04110940</t>
+  </si>
+  <si>
+    <t>45215.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка гибкая;сталь нерж.,пластик;,L=21/9,B=2см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110941</t>
+  </si>
+  <si>
+    <t>16432.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка «Мерси»;сталь нерж.;,L=14,B=2см;антрацит</t>
+  </si>
+  <si>
+    <t>04110944</t>
+  </si>
+  <si>
+    <t>B0717011</t>
+  </si>
+  <si>
+    <t>4097.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка «Мерси»;сталь нерж.;,L=14,B=2см;серый</t>
+  </si>
+  <si>
+    <t>04110945</t>
+  </si>
+  <si>
+    <t>B0717012</t>
+  </si>
+  <si>
+    <t>1879.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Блу»;пластик,сталь;,L=28см</t>
+  </si>
+  <si>
+    <t>04110956</t>
+  </si>
+  <si>
+    <t>Blue</t>
+  </si>
+  <si>
+    <t>8671.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кондитерская;сталь нерж.,полипроп.;,L=320/185,B=30мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110977</t>
+  </si>
+  <si>
+    <t>8663.00₸</t>
+  </si>
+  <si>
+    <t>Веселка кухонная;берёза;,L=1 м</t>
+  </si>
+  <si>
+    <t>04110984</t>
+  </si>
+  <si>
+    <t>ALM</t>
+  </si>
+  <si>
+    <t>3350.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Глобал» перфорированная;сталь нерж.;,L=270,B=75мм</t>
+  </si>
+  <si>
+    <t>04111242</t>
+  </si>
+  <si>
+    <t>89328.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка гибкая перфорир.;сталь нерж.,полипроп.;,L=160/290,B=75мм</t>
+  </si>
+  <si>
+    <t>04111263</t>
+  </si>
+  <si>
+    <t>18509-01</t>
+  </si>
+  <si>
+    <t>8039.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;бук;,L=30см;бежев.</t>
+  </si>
+  <si>
+    <t>04111276</t>
+  </si>
+  <si>
+    <t>955.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;полиамид;,L=45см</t>
+  </si>
+  <si>
+    <t>04111277</t>
+  </si>
+  <si>
+    <t>12905-45</t>
+  </si>
+  <si>
+    <t>7685.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Экзогласс»;пластик;,L=30/12,5см;черный</t>
+  </si>
+  <si>
+    <t>04111278</t>
+  </si>
+  <si>
+    <t>Лопатка «Экзогласс»;пластик;,L=30/15,B=9см;серый</t>
+  </si>
+  <si>
+    <t>04111279</t>
+  </si>
+  <si>
+    <t>8809.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;бук;,L=30,5см;бежев.</t>
+  </si>
+  <si>
+    <t>04111295</t>
+  </si>
+  <si>
+    <t>80844-14</t>
+  </si>
+  <si>
+    <t>1579.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка;бамбук;,L=30см;бежев.</t>
+  </si>
+  <si>
+    <t>04111296</t>
+  </si>
+  <si>
+    <t>81208-14</t>
+  </si>
+  <si>
+    <t>1140.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная изогнутая;абс-пластик;,L=324,B=40мм;белый</t>
+  </si>
+  <si>
+    <t>04111303</t>
+  </si>
+  <si>
+    <t>50SA150B</t>
+  </si>
+  <si>
+    <t>Martellato</t>
+  </si>
+  <si>
+    <t>3735.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная изогнутая;абс-пластик;,L=424,B=40мм;белый</t>
+  </si>
+  <si>
+    <t>04111304</t>
+  </si>
+  <si>
+    <t>50SA250B</t>
+  </si>
+  <si>
+    <t>4212.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная изогнутая;сталь нерж.,пластик;,L=133/102,B=32мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04111311</t>
+  </si>
+  <si>
+    <t>50SPANG01</t>
+  </si>
+  <si>
+    <t>9371.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная изогнутая;сталь нерж.,пластик;,L=133/155,B=32мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04111312</t>
+  </si>
+  <si>
+    <t>50SPANG02</t>
+  </si>
+  <si>
+    <t>15477.00₸</t>
+  </si>
+  <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка кондитерская (до +200°);силикон,пластик;,L=25,B=6см;бежев.,прозр.</t>
+  </si>
+  <si>
+    <t>04111318</t>
+  </si>
+  <si>
+    <t>Restola</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>2180.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Триунфо»;сталь нерж.,нейлон;,L=36см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04111322</t>
+  </si>
+  <si>
+    <t>23.26.40</t>
+  </si>
+  <si>
+    <t>Tramontina</t>
+  </si>
+  <si>
+    <t>Triunfo</t>
+  </si>
+  <si>
+    <t>3745.00₸</t>
+  </si>
+  <si>
+    <t>04111323</t>
+  </si>
+  <si>
+    <t>23.26.48</t>
+  </si>
+  <si>
+    <t>3150.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;нейлон;черный</t>
+  </si>
+  <si>
+    <t>04111325</t>
+  </si>
+  <si>
+    <t>5089.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная деревянная;;,L=28см;св. дерево</t>
+  </si>
+  <si>
+    <t>04111342</t>
+  </si>
+  <si>
+    <t>0346-H</t>
+  </si>
+  <si>
+    <t>539.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка гибкая;сталь нерж.,полипроп.;,L=440/300,B=45мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04142527</t>
+  </si>
+  <si>
+    <t>20952.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка перфорированная;сталь нерж.;,L=99,B=14см;металлич.</t>
+  </si>
+  <si>
+    <t>09100180</t>
+  </si>
+  <si>
+    <t>108309.00₸</t>
+  </si>
+  <si>
+    <t>Ложка кухонная;сталь нерж.,силикон;,L=29,5см;металлич.,синий</t>
+  </si>
+  <si>
+    <t>09101639</t>
+  </si>
+  <si>
+    <t>48278-14</t>
+  </si>
+  <si>
+    <t>15670.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Профи» (до 90 C);пластик,силикон;,L=23см;голуб.</t>
+  </si>
+  <si>
+    <t>04111346</t>
+  </si>
+  <si>
+    <t>Доляна</t>
+  </si>
+  <si>
+    <t>1050.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Профи» (до 90 C);пластик,силикон;,L=24см;голуб.</t>
+  </si>
+  <si>
+    <t>04111347</t>
+  </si>
+  <si>
+    <t>1659.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Пиканто» с прорезями (до 90 C);нейлон;,H=15,L=230,B=80мм;черный</t>
+  </si>
+  <si>
+    <t>04111345</t>
+  </si>
+  <si>
+    <t>Picanto</t>
+  </si>
+  <si>
+    <t>1589.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Металлик» с прорезями;сталь нерж.,сталь нерж.;,H=20,L=255,B=65мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04111344</t>
+  </si>
+  <si>
+    <t>1120.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Рэми»;силикон;,L=28,7см;разноцветн.</t>
+  </si>
+  <si>
+    <t>04111353</t>
+  </si>
+  <si>
+    <t>1505.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная деревянная «Фигурная»;бук;,L=31см</t>
+  </si>
+  <si>
+    <t>04111351</t>
+  </si>
+  <si>
+    <t>Hold</t>
+  </si>
+  <si>
+    <t>701.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Астра» 18/10;сталь нерж.;,L=30см;металлич.</t>
+  </si>
+  <si>
+    <t>04111331</t>
+  </si>
+  <si>
+    <t>Astra</t>
+  </si>
+  <si>
+    <t>ВЬЕТНАМ</t>
+  </si>
+  <si>
+    <t>17071.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная «Гросс»;силикон;,L=26см;разноцветн.</t>
+  </si>
+  <si>
+    <t>04111354</t>
+  </si>
+  <si>
+    <t>2002.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная;дерево;,L=29,B=5см;деревян.</t>
+  </si>
+  <si>
+    <t>04111341</t>
+  </si>
+  <si>
+    <t>KL</t>
+  </si>
+  <si>
+    <t>586.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная изогнутая перфорированная;сталь нерж.,полиоксиметилен;,H=1,L=275,B=75мм;металлич.,ч</t>
+  </si>
+  <si>
+    <t>04110993</t>
+  </si>
+  <si>
+    <t>HC-GS131-6</t>
+  </si>
+  <si>
+    <t>2373.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная изогнутая;сталь нерж.,полиоксиметилен;,H=1,2,L=308,B=75мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110989</t>
+  </si>
+  <si>
+    <t>HC-GS131-2</t>
+  </si>
+  <si>
+    <t>3206.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кондитерская прямая;сталь нерж.,пластик;,L=29/16,B=3см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04111374</t>
+  </si>
+  <si>
+    <t>50SPA02</t>
+  </si>
+  <si>
+    <t>14245.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Лопатка кондитерская изогнутая;сталь нерж.,пластик;,L=33/20,B=3см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04111371</t>
+  </si>
+  <si>
+    <t>50SPANG03</t>
+  </si>
+  <si>
+    <t>15554.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кухонная изогнутая;сталь нерж.,полиоксиметилен;,H=1,2,L=245,B=70мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04110990</t>
+  </si>
+  <si>
+    <t>HC-GS131-3</t>
+  </si>
+  <si>
+    <t>2555.00₸</t>
+  </si>
+  <si>
+    <t>Лопатка кондитерская прямая;сталь нерж.,пластик;,L=34/21,B=3см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04111375</t>
+  </si>
+  <si>
+    <t>50SPA03</t>
   </si>
   <si>
     <t>8 шт.</t>
   </si>
   <si>
-    <t>Лопатка;пластик;,L=360/110,B=95мм;черный</t>
-[...1738 lines deleted...]
-  <si>
     <t>Лопатка кондитерская для торта;сталь нерж.,полиоксиметилен;,H=1,2,L=255,B=60мм;металлич.,черный</t>
   </si>
   <si>
     <t>04110994</t>
   </si>
   <si>
     <t>HC-GS131-7</t>
   </si>
   <si>
     <t>2324.00₸</t>
   </si>
   <si>
     <t>Лопатка кондитерская прямая;сталь нерж.,пластик;,L=39/26,B=3см;металлич.,черный</t>
   </si>
   <si>
     <t>04111376</t>
   </si>
   <si>
     <t>50SPA04</t>
   </si>
   <si>
-    <t>13937.00₸</t>
+    <t>18018.00₸</t>
   </si>
   <si>
     <t>Лопатка кондитерская изогнутая;сталь нерж.,пластик;,L=38/25,B=3см;металлич.,черный</t>
   </si>
   <si>
     <t>04111372</t>
   </si>
   <si>
     <t>50SPANG04</t>
   </si>
   <si>
-    <t>14161.00₸</t>
+    <t>18334.00₸</t>
   </si>
   <si>
     <t>Лопатка кухонная изогнутая перфорированная;сталь нерж.,полиоксиметилен;,H=1,2,L=357,B=77мм;металлич.</t>
   </si>
   <si>
     <t>04110991</t>
   </si>
   <si>
     <t>HC-GS131-4</t>
   </si>
   <si>
     <t>3360.00₸</t>
   </si>
   <si>
     <t>Лопатка кухонная изогнутая;сталь нерж.,полиоксиметилен;,H=1,5,L=295,B=96мм;металлич.,черный</t>
   </si>
   <si>
     <t>04110988</t>
   </si>
   <si>
     <t>HC-GS131-1</t>
   </si>
   <si>
     <t>2968.00₸</t>
   </si>
   <si>
     <t>Лопатка кухонная изогнутая перфорированная;сталь нерж.,полиоксиметилен;,H=1,2,L=265,B=50мм;металлич.</t>
   </si>
   <si>
     <t>04110992</t>
   </si>
   <si>
     <t>HC-GS131-5</t>
   </si>
   <si>
     <t>2296.00₸</t>
   </si>
   <si>
     <t>Лопатка кондитерская прямая;сталь нерж.,пластик;,L=23/10,B=3см;металлич.,черный</t>
   </si>
   <si>
     <t>04111373</t>
   </si>
   <si>
     <t>50SPA01</t>
   </si>
   <si>
-    <t>7308.00₸</t>
+    <t>9433.00₸</t>
   </si>
   <si>
     <t>Лопатка кухонная с деревянной ручкой;сталь нерж.,дерево</t>
   </si>
   <si>
     <t>04111011</t>
   </si>
   <si>
     <t>CT-43S</t>
   </si>
   <si>
     <t>4305.00₸</t>
   </si>
   <si>
     <t>04111012</t>
   </si>
   <si>
     <t>CT-44S</t>
   </si>
   <si>
     <t>4935.00₸</t>
   </si>
 </sst>
 </file>
 
@@ -7947,5796 +7932,5796 @@
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>29</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="L4" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="C5" s="0" t="s">
+      <c r="D5" s="0" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L5" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="L6" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="D7" s="0" t="s">
+      <c r="E7" s="0" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I7" s="1" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L7" s="0">
         <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>45</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="L8" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="L9" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="L11" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L13" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="L15" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="L16" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="L17" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>96</v>
+        <v>52</v>
       </c>
       <c r="L19" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="D20" s="0" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>105</v>
+        <v>25</v>
       </c>
       <c r="L21" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>118</v>
+        <v>25</v>
       </c>
       <c r="L24" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L25" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>105</v>
+        <v>131</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="E33" s="0" t="s">
         <v>151</v>
-      </c>
-[...7 lines deleted...]
-        <v>154</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>105</v>
+        <v>25</v>
       </c>
       <c r="L33" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D37" s="0">
         <v>904023</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>96</v>
+        <v>52</v>
       </c>
       <c r="L37" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="L40" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="L41" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L42" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L43" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L44" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L46" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L47" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L48" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>222</v>
+        <v>77</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>227</v>
+        <v>131</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L55" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="D56" s="0">
         <v>88929</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L56" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="D57" s="0">
         <v>88937</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="L57" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L58" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>30</v>
+        <v>262</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="D61" s="0">
         <v>88640</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="D62" s="0">
         <v>88642</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="L63" s="0">
         <v>125</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="L64" s="0">
         <v>125</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="L65" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="D66" s="0">
         <v>112670</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="L66" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="D67" s="0">
         <v>112612</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="H67" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I67" s="1" t="s">
         <v>296</v>
-      </c>
-[...4 lines deleted...]
-        <v>300</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="D68" s="0">
         <v>112613</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="D69" s="0">
         <v>112614</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="D70" s="0">
         <v>112615</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="D71" s="0">
         <v>112634</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="D72" s="0">
         <v>112649</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L72" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="D73" s="0">
         <v>112650</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L73" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="D74" s="0">
         <v>112656</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L74" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="D75" s="0">
         <v>112611</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L76" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="D77" s="0">
         <v>112421</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="D78" s="0">
         <v>112687</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F78" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="G78" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="H78" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I78" s="1" t="s">
         <v>331</v>
-      </c>
-[...7 lines deleted...]
-        <v>335</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L78" s="0"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="D79" s="0">
         <v>120281</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L79" s="0"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L80" s="0"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="D81" s="0">
         <v>88932</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="D82" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="E82" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="F82" s="0" t="s">
         <v>346</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="G82" s="0" t="s">
         <v>347</v>
       </c>
-      <c r="D82" s="0" t="s">
+      <c r="H82" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I82" s="1" t="s">
         <v>348</v>
-      </c>
-[...13 lines deleted...]
-        <v>352</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L82" s="0"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>271</v>
+        <v>19</v>
       </c>
       <c r="L83" s="0">
         <v>240</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>361</v>
+        <v>52</v>
       </c>
       <c r="L84" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="L85" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="L86" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="L87" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>118</v>
+        <v>267</v>
       </c>
       <c r="L88" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="L89" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="D90" s="0">
         <v>112662</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="L90" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="D91" s="0">
         <v>112632</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L91" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="D92" s="0">
         <v>112633</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="D93" s="0">
         <v>112652</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L93" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>271</v>
+        <v>395</v>
       </c>
       <c r="L94" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>404</v>
+        <v>267</v>
       </c>
       <c r="L95" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="L96" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="D97" s="0">
         <v>112420</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="D98" s="0">
         <v>112430</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="G98" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="D99" s="0">
         <v>112686</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>418</v>
+        <v>251</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="D100" s="0">
         <v>112688</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L100" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="D101" s="0">
         <v>112672</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>424</v>
+        <v>418</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L101" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
       <c r="D102" s="0">
         <v>112404</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L102" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="D103" s="0">
         <v>112405</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>431</v>
+        <v>425</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>432</v>
+        <v>426</v>
       </c>
       <c r="D104" s="0">
         <v>112674</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>433</v>
+        <v>427</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L104" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>435</v>
+        <v>429</v>
       </c>
       <c r="D105" s="0">
         <v>112676</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>436</v>
+        <v>430</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L105" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>437</v>
+        <v>431</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
       <c r="D106" s="0">
         <v>112422</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L106" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>440</v>
+        <v>434</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="D107" s="0">
         <v>114113</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>442</v>
+        <v>436</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L107" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>443</v>
+        <v>437</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>444</v>
+        <v>438</v>
       </c>
       <c r="D108" s="0">
         <v>114141</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>87</v>
+        <v>440</v>
       </c>
       <c r="L108" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L109" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D110" s="0">
         <v>1873300</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L110" s="0"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="D111" s="0">
         <v>50923910</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="L111" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>461</v>
+        <v>25</v>
       </c>
       <c r="L112" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>465</v>
+        <v>459</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L113" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>466</v>
+        <v>460</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
       <c r="D114" s="0">
         <v>114112</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>30</v>
+        <v>463</v>
       </c>
       <c r="L114" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
       <c r="D115" s="0">
         <v>114114</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="L115" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="D116" s="0">
         <v>114115</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L116" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="D117" s="0">
         <v>114117</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L117" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="D118" s="0">
         <v>114118</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L118" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L119" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="L120" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>492</v>
+        <v>267</v>
       </c>
       <c r="L121" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L122" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>30</v>
+        <v>86</v>
       </c>
       <c r="L123" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
       <c r="D124" s="0">
         <v>1542600</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>504</v>
+        <v>498</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L124" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="D125" s="0">
         <v>114122</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L125" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>511</v>
+        <v>505</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>25</v>
+        <v>131</v>
       </c>
       <c r="L126" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>512</v>
+        <v>506</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
       <c r="E127" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L127" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>518</v>
+        <v>512</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>521</v>
+        <v>515</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L128" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>522</v>
+        <v>516</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>523</v>
+        <v>517</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>524</v>
+        <v>518</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>525</v>
+        <v>519</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L129" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>526</v>
+        <v>520</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="D130" s="0">
         <v>650184</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="G130" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L130" s="0"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>531</v>
+        <v>525</v>
       </c>
       <c r="E131" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>532</v>
+        <v>526</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L131" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>533</v>
+        <v>527</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L132" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="D133" s="0">
         <v>120282</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="G133" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>540</v>
+        <v>534</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L133" s="0"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>541</v>
+        <v>535</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="D134" s="0">
         <v>120360</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L134" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>544</v>
+        <v>538</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>545</v>
+        <v>539</v>
       </c>
       <c r="D135" s="0">
         <v>112609</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>546</v>
+        <v>540</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>492</v>
+        <v>19</v>
       </c>
       <c r="L135" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>547</v>
+        <v>541</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>548</v>
+        <v>542</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>549</v>
+        <v>543</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="G136" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L136" s="0"/>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>551</v>
+        <v>545</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>552</v>
+        <v>546</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>553</v>
+        <v>547</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>554</v>
+        <v>548</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L137" s="0"/>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>555</v>
+        <v>549</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="D138" s="0">
         <v>88942</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>557</v>
+        <v>551</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>558</v>
+        <v>552</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L138" s="0"/>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>559</v>
+        <v>553</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>560</v>
+        <v>554</v>
       </c>
       <c r="D139" s="0">
         <v>88938</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>561</v>
+        <v>555</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L139" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>562</v>
+        <v>556</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>563</v>
+        <v>557</v>
       </c>
       <c r="D140" s="0"/>
       <c r="E140" s="0" t="s">
-        <v>564</v>
+        <v>558</v>
       </c>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>565</v>
+        <v>559</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L140" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>566</v>
+        <v>560</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>567</v>
+        <v>561</v>
       </c>
       <c r="D141" s="0">
         <v>120287</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>568</v>
+        <v>562</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L141" s="0"/>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>569</v>
+        <v>563</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>571</v>
+        <v>565</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L142" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="D143" s="0">
         <v>81208</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L143" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>576</v>
+        <v>570</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>577</v>
+        <v>571</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>578</v>
+        <v>572</v>
       </c>
       <c r="E144" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>579</v>
+        <v>573</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L144" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>580</v>
+        <v>574</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>581</v>
+        <v>575</v>
       </c>
       <c r="D145" s="0">
         <v>112429</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L145" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>582</v>
+        <v>576</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>583</v>
+        <v>577</v>
       </c>
       <c r="D146" s="0">
         <v>112419</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F146" s="0" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>584</v>
+        <v>578</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L146" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>585</v>
+        <v>579</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>587</v>
+        <v>581</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>588</v>
+        <v>582</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L147" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>589</v>
+        <v>583</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>590</v>
+        <v>584</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>591</v>
+        <v>585</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L148" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>594</v>
+        <v>588</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>596</v>
+        <v>590</v>
       </c>
       <c r="F149" s="0"/>
       <c r="G149" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>597</v>
+        <v>591</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L149" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>599</v>
+        <v>593</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>600</v>
+        <v>594</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>596</v>
+        <v>590</v>
       </c>
       <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>601</v>
+        <v>595</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L150" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>602</v>
+        <v>596</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>603</v>
+        <v>597</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>604</v>
+        <v>598</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>596</v>
+        <v>590</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>605</v>
+        <v>599</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
-        <v>271</v>
+        <v>395</v>
       </c>
       <c r="L151" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>606</v>
+        <v>600</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>607</v>
+        <v>601</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>608</v>
+        <v>602</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>596</v>
+        <v>590</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>609</v>
+        <v>603</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
-        <v>382</v>
+        <v>604</v>
       </c>
       <c r="L152" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>610</v>
+        <v>605</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>611</v>
+        <v>606</v>
       </c>
       <c r="D153" s="0">
         <v>411129607</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>612</v>
+        <v>607</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
-        <v>613</v>
+        <v>608</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>614</v>
+        <v>609</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L153" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="C154" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="D154" s="0" t="s">
+        <v>612</v>
+      </c>
+      <c r="E154" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="F154" s="0" t="s">
+        <v>614</v>
+      </c>
+      <c r="G154" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="H154" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I154" s="1" t="s">
         <v>615</v>
-      </c>
-[...19 lines deleted...]
-        <v>620</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="L154" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>615</v>
+        <v>610</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>621</v>
+        <v>616</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>622</v>
+        <v>617</v>
       </c>
       <c r="E155" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="F155" s="0" t="s">
+        <v>614</v>
+      </c>
+      <c r="G155" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="H155" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I155" s="1" t="s">
         <v>618</v>
-      </c>
-[...10 lines deleted...]
-        <v>623</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L155" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>624</v>
+        <v>619</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>625</v>
+        <v>620</v>
       </c>
       <c r="D156" s="0">
         <v>58730501</v>
       </c>
       <c r="E156" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>626</v>
+        <v>621</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>105</v>
+        <v>25</v>
       </c>
       <c r="L156" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>627</v>
+        <v>622</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>628</v>
+        <v>623</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>618</v>
+        <v>613</v>
       </c>
       <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>630</v>
+        <v>625</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>631</v>
+        <v>395</v>
       </c>
       <c r="L157" s="0">
         <v>500</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>632</v>
+        <v>626</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>633</v>
+        <v>627</v>
       </c>
       <c r="D158" s="0">
         <v>112654</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>634</v>
+        <v>628</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L158" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>635</v>
+        <v>629</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>636</v>
+        <v>630</v>
       </c>
       <c r="D159" s="0">
         <v>112015</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L159" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>638</v>
+        <v>632</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>639</v>
+        <v>633</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>640</v>
+        <v>634</v>
       </c>
       <c r="E160" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F160" s="0"/>
       <c r="G160" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>641</v>
+        <v>635</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L160" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>642</v>
+        <v>636</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>643</v>
+        <v>637</v>
       </c>
       <c r="D161" s="0">
         <v>4281898</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>644</v>
+        <v>638</v>
       </c>
       <c r="F161" s="0"/>
       <c r="G161" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>645</v>
+        <v>639</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L161" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>646</v>
+        <v>640</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>647</v>
+        <v>641</v>
       </c>
       <c r="D162" s="0">
         <v>4281896</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>644</v>
+        <v>638</v>
       </c>
       <c r="F162" s="0"/>
       <c r="G162" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>648</v>
+        <v>642</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>649</v>
+        <v>25</v>
       </c>
       <c r="L162" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>650</v>
+        <v>643</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>651</v>
+        <v>644</v>
       </c>
       <c r="D163" s="0">
         <v>9792102</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>644</v>
+        <v>638</v>
       </c>
       <c r="F163" s="0" t="s">
-        <v>652</v>
+        <v>645</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>653</v>
+        <v>646</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L163" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>654</v>
+        <v>647</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>655</v>
+        <v>648</v>
       </c>
       <c r="D164" s="0">
         <v>9834639</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>644</v>
+        <v>638</v>
       </c>
       <c r="F164" s="0"/>
       <c r="G164" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>656</v>
+        <v>649</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L164" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>657</v>
+        <v>650</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>658</v>
+        <v>651</v>
       </c>
       <c r="D165" s="0">
         <v>4293900</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>644</v>
+        <v>638</v>
       </c>
       <c r="F165" s="0"/>
       <c r="G165" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>659</v>
+        <v>652</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L165" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>660</v>
+        <v>653</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>661</v>
+        <v>654</v>
       </c>
       <c r="D166" s="0">
         <v>1893620</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>662</v>
+        <v>655</v>
       </c>
       <c r="F166" s="0"/>
       <c r="G166" s="0" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>663</v>
+        <v>656</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L166" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>664</v>
+        <v>657</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>665</v>
+        <v>658</v>
       </c>
       <c r="D167" s="0">
         <v>7600083</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F167" s="0" t="s">
-        <v>666</v>
+        <v>659</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>667</v>
+        <v>660</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>668</v>
+        <v>661</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L167" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>669</v>
+        <v>662</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>670</v>
+        <v>663</v>
       </c>
       <c r="D168" s="0">
         <v>4017181</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>644</v>
+        <v>638</v>
       </c>
       <c r="F168" s="0"/>
       <c r="G168" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>671</v>
+        <v>664</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L168" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>672</v>
+        <v>665</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>673</v>
+        <v>666</v>
       </c>
       <c r="D169" s="0">
         <v>2218</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>674</v>
+        <v>667</v>
       </c>
       <c r="F169" s="0"/>
       <c r="G169" s="0" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>675</v>
+        <v>668</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L169" s="0"/>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="B170" s="0" t="s">
-        <v>676</v>
+        <v>669</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>677</v>
+        <v>670</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>678</v>
+        <v>671</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F170" s="0"/>
       <c r="G170" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>679</v>
+        <v>672</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L170" s="0"/>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="B171" s="0" t="s">
-        <v>680</v>
+        <v>673</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>681</v>
+        <v>674</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>682</v>
+        <v>675</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F171" s="0"/>
       <c r="G171" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>683</v>
+        <v>676</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L171" s="0"/>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>684</v>
+        <v>677</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>685</v>
+        <v>678</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>686</v>
+        <v>679</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>596</v>
+        <v>590</v>
       </c>
       <c r="F172" s="0"/>
       <c r="G172" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>687</v>
+        <v>680</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
-        <v>53</v>
+        <v>681</v>
       </c>
       <c r="L172" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>688</v>
+        <v>682</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>689</v>
+        <v>683</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>690</v>
+        <v>684</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>596</v>
+        <v>590</v>
       </c>
       <c r="F173" s="0"/>
       <c r="G173" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>691</v>
+        <v>685</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="L173" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="B174" s="0" t="s">
-        <v>692</v>
+        <v>686</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>693</v>
+        <v>687</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>694</v>
+        <v>688</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F174" s="0"/>
       <c r="G174" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>695</v>
+        <v>689</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L174" s="0"/>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>696</v>
+        <v>690</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>697</v>
+        <v>691</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>698</v>
+        <v>692</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>596</v>
+        <v>590</v>
       </c>
       <c r="F175" s="0"/>
       <c r="G175" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>691</v>
+        <v>685</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
-        <v>96</v>
+        <v>693</v>
       </c>
       <c r="L175" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="B176" s="0" t="s">
-        <v>699</v>
+        <v>694</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>700</v>
+        <v>695</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>701</v>
+        <v>696</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F176" s="0"/>
       <c r="G176" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>702</v>
+        <v>697</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L176" s="0"/>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>703</v>
+        <v>698</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>704</v>
+        <v>699</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>705</v>
+        <v>700</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>596</v>
+        <v>590</v>
       </c>
       <c r="F177" s="0"/>
       <c r="G177" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>706</v>
+        <v>701</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>118</v>
+        <v>693</v>
       </c>
       <c r="L177" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>707</v>
+        <v>702</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>708</v>
+        <v>703</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>709</v>
+        <v>704</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>596</v>
+        <v>590</v>
       </c>
       <c r="F178" s="0"/>
       <c r="G178" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>710</v>
+        <v>705</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>105</v>
+        <v>19</v>
       </c>
       <c r="L178" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="B179" s="0" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>713</v>
+        <v>708</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F179" s="0"/>
       <c r="G179" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>714</v>
+        <v>709</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L179" s="0"/>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="B180" s="0" t="s">
-        <v>715</v>
+        <v>710</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>716</v>
+        <v>711</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>717</v>
+        <v>712</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F180" s="0"/>
       <c r="G180" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>718</v>
+        <v>713</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L180" s="0"/>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="B181" s="0" t="s">
-        <v>719</v>
+        <v>714</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>720</v>
+        <v>715</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>721</v>
+        <v>716</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F181" s="0"/>
       <c r="G181" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>722</v>
+        <v>717</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L181" s="0"/>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>723</v>
+        <v>718</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>724</v>
+        <v>719</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>725</v>
+        <v>720</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>596</v>
+        <v>590</v>
       </c>
       <c r="F182" s="0"/>
       <c r="G182" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>726</v>
+        <v>721</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="L182" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="B183" s="0" t="s">
-        <v>727</v>
+        <v>722</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>728</v>
+        <v>723</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>729</v>
+        <v>724</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F183" s="0"/>
       <c r="G183" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>730</v>
+        <v>725</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L183" s="0"/>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="B184" s="0" t="s">
+        <v>722</v>
+      </c>
+      <c r="C184" s="0" t="s">
+        <v>726</v>
+      </c>
+      <c r="D184" s="0" t="s">
         <v>727</v>
       </c>
-      <c r="C184" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E184" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F184" s="0"/>
       <c r="G184" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L184" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>