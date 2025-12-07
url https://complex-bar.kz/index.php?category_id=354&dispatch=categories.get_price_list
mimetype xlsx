--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -92,111 +92,111 @@
   <si>
     <t>Машинки для протирки пюре</t>
   </si>
   <si>
     <t>30200.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
     <t>Машинка для протирки пюре;жесть белая;D=38,H=32,5,B=42см;металлич.</t>
   </si>
   <si>
     <t>04141202</t>
   </si>
   <si>
     <t>42575-37</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>485870.00₸</t>
   </si>
   <si>
-    <t>18 шт.</t>
+    <t>17 шт.</t>
   </si>
   <si>
     <t>Машинка для протирки пюре+ 3 диска;жесть белая;D=31,H=15см;металлич.</t>
   </si>
   <si>
     <t>04141211</t>
   </si>
   <si>
     <t>42573-31</t>
   </si>
   <si>
     <t>202580.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
+    <t>19 шт.</t>
   </si>
   <si>
     <t>Машинка для протирки пюре+ 3 диска;сталь нерж.;D=20,H=16,B=35см;металлич.</t>
   </si>
   <si>
     <t>04141213</t>
   </si>
   <si>
     <t>42571-20</t>
   </si>
   <si>
     <t>81728.00₸</t>
   </si>
   <si>
-    <t>14 шт.</t>
+    <t>3 шт.</t>
   </si>
   <si>
     <t>Машинка для протирки пюре+ 3 диска;сталь нерж.;D=24/13,5,H=16,B=35см;металлич.</t>
   </si>
   <si>
     <t>04141214</t>
   </si>
   <si>
     <t>42572-24</t>
   </si>
   <si>
     <t>110303.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Машинка для протирки пюре+3 диска;сталь нерж.;D=24см;металлич.</t>
   </si>
   <si>
     <t>04141233</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>87041.00₸</t>
   </si>
   <si>
-    <t>25 шт.</t>
+    <t>43 шт.</t>
   </si>
   <si>
     <t>Машинка для протирки пюре;сталь нерж.;D=37,H=20,L=38,B=40см;металлич.</t>
   </si>
   <si>
     <t>04141240</t>
   </si>
   <si>
     <t>556118.00₸</t>
   </si>
   <si>
     <t>Машинка для протирки пюре 3 насадки;сталь нерж.;D=31,H=15см;металлич.</t>
   </si>
   <si>
     <t>04141281</t>
   </si>
   <si>
     <t>42570-32</t>
   </si>
   <si>
     <t>225780.00₸</t>
   </si>
   <si>
     <t>Машинка для протирки пюре+5 дисков «Проотель»;сталь нерж.;D=185/105,H=94мм;металлич.</t>
   </si>
@@ -218,51 +218,51 @@
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Сито на подставке 3мм, сталь луженая;D=39,H=80см;металлич.</t>
   </si>
   <si>
     <t>04145638</t>
   </si>
   <si>
     <t>42577-39</t>
   </si>
   <si>
     <t>635150.00₸</t>
   </si>
   <si>
     <t>Машинка для протирки пюре 3 насадки;сталь нерж.;D=31,H=15,L=32,B=31см;металлич.</t>
   </si>
   <si>
     <t>09100266</t>
   </si>
   <si>
     <t>288735.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
+    <t>12 шт.</t>
   </si>
   <si>
     <t>Машинка для протирки пюре;D=37,H=32см</t>
   </si>
   <si>
     <t>09100451</t>
   </si>
   <si>
     <t>42574-37</t>
   </si>
   <si>
     <t>665096.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>