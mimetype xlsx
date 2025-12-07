--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -116,108 +116,105 @@
   <si>
     <t>04142003</t>
   </si>
   <si>
     <t>D10-52/20-0810-3</t>
   </si>
   <si>
     <t>95550.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Кадка для риса;бамбук;D=72,H=15,5см;бежев.</t>
   </si>
   <si>
     <t>04142004</t>
   </si>
   <si>
     <t>D10-72/20-0810-4</t>
   </si>
   <si>
     <t>209083.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
+    <t>2 шт.</t>
   </si>
   <si>
     <t>Кадка для риса;бамбук,пластик;D=33/35,H=10см;бежев.</t>
   </si>
   <si>
     <t>04142005</t>
   </si>
   <si>
     <t>D10-36/20-0810-1</t>
   </si>
   <si>
     <t>31682.00₸</t>
   </si>
   <si>
-    <t>19 шт.</t>
+    <t>12 шт.</t>
   </si>
   <si>
     <t>Кадка для риса;бамбук;D=39,H=10см;бежев.</t>
   </si>
   <si>
     <t>04142006</t>
   </si>
   <si>
     <t>D10-39/20-0810-2</t>
   </si>
   <si>
     <t>37744.00₸</t>
   </si>
   <si>
-    <t>34 шт.</t>
+    <t>27 шт.</t>
   </si>
   <si>
     <t>Кадка для риса;бамбук,пластик;D=270,H=75мм;бежев.</t>
   </si>
   <si>
     <t>04142007</t>
   </si>
   <si>
     <t>D10-27/20-0808-1</t>
   </si>
   <si>
     <t>22946.00₸</t>
   </si>
   <si>
     <t>Кадка для риса;бамбук,пластик;D=300,H=75мм;бежев.</t>
   </si>
   <si>
     <t>04142008</t>
   </si>
   <si>
     <t>D10-30/20-0808-2</t>
   </si>
   <si>
     <t>26320.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>1 шт.</t>
   </si>
   <si>
     <t>Кадка для риса;бамбук;D=27,H=8см;бежев.</t>
   </si>
   <si>
     <t>04142009</t>
   </si>
   <si>
     <t>20-0809</t>
   </si>
   <si>
     <t>11585.00₸</t>
   </si>
   <si>
     <t>Кадка для риса;дерево;D=36см;св. дерево</t>
   </si>
   <si>
     <t>04142011</t>
   </si>
   <si>
     <t>49655-50</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
@@ -1232,149 +1229,149 @@
         <v>48</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>51</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="D11" s="0" t="s">
+      <c r="E11" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="E11" s="0" t="s">
+      <c r="F11" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" s="0" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="D12" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="F12" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" s="0" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>