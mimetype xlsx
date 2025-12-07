--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="448">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -77,51 +77,51 @@
   <si>
     <t>Половник;сталь нерж.;150мл;D=9,H=3,L=29см;металлич.</t>
   </si>
   <si>
     <t>04040605</t>
   </si>
   <si>
     <t>5099/С122347</t>
   </si>
   <si>
     <t>Nytva</t>
   </si>
   <si>
     <t>М12</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Половники</t>
   </si>
   <si>
     <t>2849.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
+    <t>41 шт.</t>
   </si>
   <si>
     <t>Половник «Адажио»;сталь нерж.;70мл;,L=270/70,B=4мм;металлич.</t>
   </si>
   <si>
     <t>04040614</t>
   </si>
   <si>
     <t>2090-7</t>
   </si>
   <si>
     <t>Eternum</t>
   </si>
   <si>
     <t>Adagio</t>
   </si>
   <si>
     <t>БЕЛЬГИЯ</t>
   </si>
   <si>
     <t>19089.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
@@ -140,917 +140,920 @@
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>13876.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Половник;сталь;200мл;D=100,H=35,L=380мм;металлич.</t>
   </si>
   <si>
     <t>04040617</t>
   </si>
   <si>
     <t>509258-10</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>13979.00₸</t>
   </si>
   <si>
-    <t>24 шт.</t>
+    <t>12 шт.</t>
   </si>
   <si>
     <t>Половник;сталь;50мл;D=65,H=25,L=280мм;металлич.</t>
   </si>
   <si>
     <t>04040621</t>
   </si>
   <si>
     <t>509258-06</t>
   </si>
   <si>
-    <t>7595.00₸</t>
-[...2 lines deleted...]
-    <t>17 шт.</t>
+    <t>7833.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
   </si>
   <si>
     <t>Половник для соуса;сталь нерж.;70мл;D=65,H=25,L=380мм;металлич.</t>
   </si>
   <si>
     <t>04040635</t>
   </si>
   <si>
     <t>11969-37</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>17287.00₸</t>
   </si>
   <si>
+    <t>Половник;сталь нерж.;80мл;D=65,H=30,L=370мм;металлич.</t>
+  </si>
+  <si>
+    <t>04040636</t>
+  </si>
+  <si>
+    <t>11970-06</t>
+  </si>
+  <si>
+    <t>13460.00₸</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;120мл;D=80,H=35,L=420мм;металлич.</t>
+  </si>
+  <si>
+    <t>04040637</t>
+  </si>
+  <si>
+    <t>11970-08</t>
+  </si>
+  <si>
+    <t>13191.00₸</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;200мл;D=9,H=5,L=32,B=37см;металлич.</t>
+  </si>
+  <si>
+    <t>04040638</t>
+  </si>
+  <si>
+    <t>11970-09</t>
+  </si>
+  <si>
+    <t>16432.00₸</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;250мл;D=10,H=4,L=48см;металлич.</t>
+  </si>
+  <si>
+    <t>04040639</t>
+  </si>
+  <si>
+    <t>11970-10</t>
+  </si>
+  <si>
+    <t>20721.00₸</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;330мл;D=11,H=5,L=48см;металлич.</t>
+  </si>
+  <si>
+    <t>04040640</t>
+  </si>
+  <si>
+    <t>11970-11</t>
+  </si>
+  <si>
+    <t>19466.00₸</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;0,5л;D=12,H=5,L=31см;металлич.</t>
+  </si>
+  <si>
+    <t>04040641</t>
+  </si>
+  <si>
+    <t>11970-12</t>
+  </si>
+  <si>
+    <t>22022.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;0,75л;D=14,H=6,L=56см;металлич.</t>
+  </si>
+  <si>
+    <t>04040642</t>
+  </si>
+  <si>
+    <t>11970-14</t>
+  </si>
+  <si>
+    <t>26165.00₸</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;1л;D=16,H=7,L=56см;металлич.</t>
+  </si>
+  <si>
+    <t>04040643</t>
+  </si>
+  <si>
+    <t>11970-16</t>
+  </si>
+  <si>
+    <t>54039.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;1,5л;D=18,H=7,L=95см;металлич.</t>
+  </si>
+  <si>
+    <t>04040644</t>
+  </si>
+  <si>
+    <t>11968-18</t>
+  </si>
+  <si>
+    <t>40641.00₸</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;2л;D=20,H=8,L=92см;металлич.</t>
+  </si>
+  <si>
+    <t>04040645</t>
+  </si>
+  <si>
+    <t>11968-20</t>
+  </si>
+  <si>
+    <t>63903.00₸</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;60мл;D=65,H=20,L=290мм;металлич.</t>
+  </si>
+  <si>
+    <t>04040664</t>
+  </si>
+  <si>
+    <t>41670-06</t>
+  </si>
+  <si>
+    <t>14284.00₸</t>
+  </si>
+  <si>
+    <t>Половник;25мл;,L=21,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04040666</t>
+  </si>
+  <si>
+    <t>LD85135</t>
+  </si>
+  <si>
+    <t>Cambro</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>2310.00₸</t>
+  </si>
+  <si>
+    <t>Половник;пластик;70мл;D=65,H=20,L=350мм;черный</t>
+  </si>
+  <si>
+    <t>04040668</t>
+  </si>
+  <si>
+    <t>12970-06</t>
+  </si>
+  <si>
+    <t>5583.00₸</t>
+  </si>
+  <si>
+    <t>Половник;пластик;150мл;D=85,H=40,L=420мм;черный</t>
+  </si>
+  <si>
+    <t>04040669</t>
+  </si>
+  <si>
+    <t>12970-08</t>
+  </si>
+  <si>
+    <t>7647.00₸</t>
+  </si>
+  <si>
+    <t>Половник;пластик;250мл;D=11,H=1,L=45,B=11см;черный</t>
+  </si>
+  <si>
+    <t>04040670</t>
+  </si>
+  <si>
+    <t>12970-10</t>
+  </si>
+  <si>
+    <t>11789.00₸</t>
+  </si>
+  <si>
+    <t>Половник;пластик;70мл;D=7,H=3,L=30см;черный</t>
+  </si>
+  <si>
+    <t>04040671</t>
+  </si>
+  <si>
+    <t>12969-06</t>
+  </si>
+  <si>
+    <t>4767.00₸</t>
+  </si>
+  <si>
+    <t>Половник;пластик;250мл;D=105,H=50,L=360мм;черный</t>
+  </si>
+  <si>
+    <t>04040672</t>
+  </si>
+  <si>
+    <t>12969-10</t>
+  </si>
+  <si>
+    <t>11512.00₸</t>
+  </si>
+  <si>
+    <t>Половник;сталь;0,75л;D=15,H=16,L=59см;металлич.</t>
+  </si>
+  <si>
+    <t>04040674</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>40333.00₸</t>
+  </si>
+  <si>
+    <t>Половник перфорир.;сталь нерж.;250мл;D=10,H=4,L=47см;металлич.</t>
+  </si>
+  <si>
+    <t>04040676</t>
+  </si>
+  <si>
+    <t>11967-10</t>
+  </si>
+  <si>
+    <t>16632.00₸</t>
+  </si>
+  <si>
+    <t>Половник перфорир.;сталь нерж.;0,5л;D=12,H=5,L=51см;металлич.</t>
+  </si>
+  <si>
+    <t>04040677</t>
+  </si>
+  <si>
+    <t>11967-12</t>
+  </si>
+  <si>
+    <t>21337.00₸</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;150мл;D=9,H=3,L=35см;металлич.</t>
+  </si>
+  <si>
+    <t>04040678</t>
+  </si>
+  <si>
+    <t>41670-09</t>
+  </si>
+  <si>
+    <t>28275.00₸</t>
+  </si>
+  <si>
     <t>5 шт.</t>
   </si>
   <si>
-    <t>Половник;сталь нерж.;80мл;D=65,H=30,L=370мм;металлич.</t>
-[...62 lines deleted...]
-    <t>19466.00₸</t>
+    <t>Половник;поликарбонат;30мл;D=6,L=33,B=6см;прозр.</t>
+  </si>
+  <si>
+    <t>04040682</t>
+  </si>
+  <si>
+    <t>P-014</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>1715.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;50мл;D=6,H=6,L=35см</t>
+  </si>
+  <si>
+    <t>04040701</t>
+  </si>
+  <si>
+    <t>13730.00₸</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;125мл;D=8см;металлич.</t>
+  </si>
+  <si>
+    <t>04040702</t>
+  </si>
+  <si>
+    <t>21006.00₸</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;250мл;D=11,H=11,L=48см;металлич.</t>
+  </si>
+  <si>
+    <t>04040703</t>
+  </si>
+  <si>
+    <t>25095.00₸</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;0,5л;D=12,H=12,L=53см;металлич.</t>
+  </si>
+  <si>
+    <t>04040704</t>
+  </si>
+  <si>
+    <t>32032.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;1л;D=17,H=17,L=63см;металлич.</t>
+  </si>
+  <si>
+    <t>04040705</t>
+  </si>
+  <si>
+    <t>48341.00₸</t>
+  </si>
+  <si>
+    <t>Половник жаропрочный;пластик;150мл;D=90,H=25,L=320мм;черный</t>
+  </si>
+  <si>
+    <t>04040707</t>
+  </si>
+  <si>
+    <t>00606</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>9294.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Половник «Проотель»;сталь нерж.;50мл;D=55,H=60,L=330мм;металлич.</t>
+  </si>
+  <si>
+    <t>04040708</t>
+  </si>
+  <si>
+    <t>LOPP06</t>
+  </si>
+  <si>
+    <t>2065.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Половник «Проотель»;сталь нерж.;120мл;D=8,H=8,L=35см;металлич.</t>
+  </si>
+  <si>
+    <t>04040709</t>
+  </si>
+  <si>
+    <t>LOPP08</t>
+  </si>
+  <si>
+    <t>3451.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Половник «Проотель»;сталь нерж.;240мл;D=10,H=10,L=42см;металлич.</t>
+  </si>
+  <si>
+    <t>04040710</t>
+  </si>
+  <si>
+    <t>LOPP10</t>
+  </si>
+  <si>
+    <t>3822.00₸</t>
+  </si>
+  <si>
+    <t>Половник красная ручка «Проотель»;сталь,пластик;60мл;,H=7,L=37см;металлич.,красный</t>
+  </si>
+  <si>
+    <t>04040711</t>
+  </si>
+  <si>
+    <t>FPS2</t>
+  </si>
+  <si>
+    <t>2121.00₸</t>
+  </si>
+  <si>
+    <t>Половник черная ручка «Проотель»;сталь нерж.,пластик;170мл;,H=95,L=360мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04040712</t>
+  </si>
+  <si>
+    <t>FPS6</t>
+  </si>
+  <si>
+    <t>2807.00₸</t>
+  </si>
+  <si>
+    <t>Половник зеленая ручка «Проотель»;сталь нерж.;115мл;,H=85,L=340мм;металлич.,зелен.</t>
+  </si>
+  <si>
+    <t>04040713</t>
+  </si>
+  <si>
+    <t>FPS4</t>
+  </si>
+  <si>
+    <t>2394.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Половник «Проотель»;сталь нерж.;400мл;D=12,H=12,L=44см;металлич.</t>
+  </si>
+  <si>
+    <t>04040714</t>
+  </si>
+  <si>
+    <t>LOPP12</t>
+  </si>
+  <si>
+    <t>6664.00₸</t>
+  </si>
+  <si>
+    <t>Половник для соуса пиццы;сталь нерж.,пластик;100мл;,H=7,L=28,B=7см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04040715</t>
+  </si>
+  <si>
+    <t>38878.00₸</t>
+  </si>
+  <si>
+    <t>Половник «Проотель»;сталь нерж.;1,5л;D=18,H=18,L=56см;металлич.</t>
+  </si>
+  <si>
+    <t>04040716</t>
+  </si>
+  <si>
+    <t>LOPP18</t>
+  </si>
+  <si>
+    <t>19355.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Половник «Проотель»;сталь нерж.;2л;D=20,H=20,L=62см;металлич.</t>
+  </si>
+  <si>
+    <t>04040717</t>
+  </si>
+  <si>
+    <t>LOPP20</t>
+  </si>
+  <si>
+    <t>20160.00₸</t>
+  </si>
+  <si>
+    <t>04040717-У1</t>
+  </si>
+  <si>
+    <t>LOPP20/у</t>
+  </si>
+  <si>
+    <t>Половник «Проотель»;сталь нерж.;0,75л;D=14,H=14,5,L=50см;металлич.</t>
+  </si>
+  <si>
+    <t>04040718</t>
+  </si>
+  <si>
+    <t>LOPP14</t>
+  </si>
+  <si>
+    <t>9142.00₸</t>
+  </si>
+  <si>
+    <t>Половник «Проотель»;сталь нерж.;1,2л;D=16,H=16,L=55см;металлич.</t>
+  </si>
+  <si>
+    <t>04040719</t>
+  </si>
+  <si>
+    <t>LOPP16</t>
+  </si>
+  <si>
+    <t>12845.00₸</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;2л;D=20см;металлич.</t>
+  </si>
+  <si>
+    <t>04040720</t>
+  </si>
+  <si>
+    <t>51182.00₸</t>
+  </si>
+  <si>
+    <t>Половник «Вок»;сталь нерж.,дерево;D=96,L=390/300мм;металлич.,древесн.</t>
+  </si>
+  <si>
+    <t>04040721</t>
+  </si>
+  <si>
+    <t>49623-09</t>
+  </si>
+  <si>
+    <t>Wok</t>
+  </si>
+  <si>
+    <t>67187.00₸</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.,дерево;D=13,8см;металлич.</t>
+  </si>
+  <si>
+    <t>04040722</t>
+  </si>
+  <si>
+    <t>49609-14</t>
+  </si>
+  <si>
+    <t>20998.00₸</t>
+  </si>
+  <si>
+    <t>Половник для пунша «Проотель»;сталь;,L=38см;металлич.</t>
+  </si>
+  <si>
+    <t>04040723</t>
+  </si>
+  <si>
+    <t>LPB15</t>
+  </si>
+  <si>
+    <t>11952.00₸</t>
+  </si>
+  <si>
+    <t>Половник для пунша «Проотель»;сталь;,L=465/75,B=135мм;металлич.</t>
+  </si>
+  <si>
+    <t>04040724</t>
+  </si>
+  <si>
+    <t>LPB19</t>
+  </si>
+  <si>
+    <t>19887.00₸</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;150мл;,L=34см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04040725</t>
+  </si>
+  <si>
+    <t>00670</t>
+  </si>
+  <si>
+    <t>13013.00₸</t>
+  </si>
+  <si>
+    <t>Половник «М18»;сталь нерж.;150мл;D=88,L=290мм;металлич.</t>
+  </si>
+  <si>
+    <t>04040726</t>
+  </si>
+  <si>
+    <t>99994753/С23П47М18</t>
+  </si>
+  <si>
+    <t>М18</t>
+  </si>
+  <si>
+    <t>2888.00₸</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;60мл;D=7,L=28см;металлич.</t>
+  </si>
+  <si>
+    <t>04040731</t>
+  </si>
+  <si>
+    <t>Classic</t>
+  </si>
+  <si>
+    <t>16455.00₸</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;150мл;D=9,L=42см;металлич.</t>
+  </si>
+  <si>
+    <t>04040732</t>
+  </si>
+  <si>
+    <t>00714</t>
+  </si>
+  <si>
+    <t>27990.00₸</t>
+  </si>
+  <si>
+    <t>Половник «Библос»;сталь нерж.;100мл;D=10,L=30см</t>
+  </si>
+  <si>
+    <t>04040736</t>
+  </si>
+  <si>
+    <t>1840-7</t>
+  </si>
+  <si>
+    <t>Byblos</t>
+  </si>
+  <si>
+    <t>18758.00₸</t>
+  </si>
+  <si>
+    <t>Половник для соуса;поликарбонат;30мл;,L=26,8см;черный</t>
+  </si>
+  <si>
+    <t>04040738</t>
+  </si>
+  <si>
+    <t>LD105110</t>
+  </si>
+  <si>
+    <t>3412.00₸</t>
+  </si>
+  <si>
+    <t>Половник для соуса;сталь нерж.;,L=285/70,B=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>04040740</t>
+  </si>
+  <si>
+    <t>14307.00₸</t>
+  </si>
+  <si>
+    <t>Половник;поликарбонат;,L=26см</t>
+  </si>
+  <si>
+    <t>04040743</t>
+  </si>
+  <si>
+    <t>27360260PVV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>1774.00₸</t>
+  </si>
+  <si>
+    <t>Половник перфорир.;сталь нерж.;200мл;D=9,L=33см;металлич.</t>
+  </si>
+  <si>
+    <t>04040744</t>
+  </si>
+  <si>
+    <t>11967-09</t>
+  </si>
+  <si>
+    <t>15169.00₸</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;70мл;D=65,L=300мм;металлич.</t>
+  </si>
+  <si>
+    <t>04040745</t>
+  </si>
+  <si>
+    <t>11969-06</t>
+  </si>
+  <si>
+    <t>10557.00₸</t>
+  </si>
+  <si>
+    <t>Половник для соуса;сталь нерж.;30мл;,L=27см;металлич.</t>
+  </si>
+  <si>
+    <t>04040747</t>
+  </si>
+  <si>
+    <t>6761.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для соуса;сталь нерж.;,L=37см;металлич.</t>
+  </si>
+  <si>
+    <t>04040750</t>
+  </si>
+  <si>
+    <t>11983-37</t>
+  </si>
+  <si>
+    <t>13961.00₸</t>
+  </si>
+  <si>
+    <t>Половник;полиамид;D=9,L=31см;черный</t>
+  </si>
+  <si>
+    <t>04040751</t>
+  </si>
+  <si>
+    <t>12920-01</t>
+  </si>
+  <si>
+    <t>7061.00₸</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;130мл;D=9,L=32см;металлич.</t>
+  </si>
+  <si>
+    <t>04040752</t>
+  </si>
+  <si>
+    <t>48278-69</t>
+  </si>
+  <si>
+    <t>21892.00₸</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;100мл;D=9,L=31см;металлич.</t>
+  </si>
+  <si>
+    <t>04040753</t>
+  </si>
+  <si>
+    <t>18095.00₸</t>
+  </si>
+  <si>
+    <t>Половник;сталь нерж.;250мл;D=11,L=38см</t>
+  </si>
+  <si>
+    <t>04040760</t>
+  </si>
+  <si>
+    <t>kt 1167</t>
+  </si>
+  <si>
+    <t>KL</t>
+  </si>
+  <si>
+    <t>4732.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Черпак без ручки;сталь нерж.;2л;D=21см</t>
+  </si>
+  <si>
+    <t>04040761</t>
+  </si>
+  <si>
+    <t>кт1252</t>
+  </si>
+  <si>
+    <t>13020.00₸</t>
+  </si>
+  <si>
+    <t>Половник для соуса;сталь нерж.;100мл;D=7,L=29см;металлич.</t>
+  </si>
+  <si>
+    <t>04040763</t>
+  </si>
+  <si>
+    <t>48278-68</t>
+  </si>
+  <si>
+    <t>22107.00₸</t>
+  </si>
+  <si>
+    <t>Половник «Паола»;сталь нерж.;,H=30,L=305,B=90мм</t>
+  </si>
+  <si>
+    <t>04040764</t>
+  </si>
+  <si>
+    <t>B2217022</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>Paola</t>
+  </si>
+  <si>
+    <t>13414.00₸</t>
+  </si>
+  <si>
+    <t>Половник «М12»;сталь нерж.;50мл;D=6,L=27см;металлич.</t>
+  </si>
+  <si>
+    <t>04040772</t>
+  </si>
+  <si>
+    <t>5111/С122847</t>
+  </si>
+  <si>
+    <t>2387.00₸</t>
   </si>
   <si>
     <t>30 шт.</t>
   </si>
   <si>
-    <t>Половник;сталь нерж.;0,5л;D=12,H=5,L=31см;металлич.</t>
-[...760 lines deleted...]
-  <si>
     <t>Половник «Лозанна»;сталь нерж.;25мл;,L=19,3см;металлич.</t>
   </si>
   <si>
     <t>04041108</t>
   </si>
   <si>
     <t>11LAUS 202</t>
   </si>
   <si>
     <t>Sola</t>
   </si>
   <si>
     <t>Lausanne</t>
   </si>
   <si>
     <t>НИДЕРЛАНДЫ</t>
   </si>
   <si>
     <t>9425.00₸</t>
   </si>
   <si>
     <t>Половник «Палермо»;сталь нерж.;75мл;,L=29,7см;металлич.</t>
   </si>
   <si>
     <t>04041109</t>
@@ -1157,51 +1160,51 @@
   <si>
     <t>Половник;сталь нерж.;200мл;D=9см</t>
   </si>
   <si>
     <t>04070771</t>
   </si>
   <si>
     <t>17633.00₸</t>
   </si>
   <si>
     <t>Половник «Бэйсик»;полиамид;110мл;,L=28см;в ассорт.</t>
   </si>
   <si>
     <t>04070776</t>
   </si>
   <si>
     <t>Restola</t>
   </si>
   <si>
     <t>Basic</t>
   </si>
   <si>
     <t>886.00₸</t>
   </si>
   <si>
-    <t>40 шт.</t>
+    <t>8 шт.</t>
   </si>
   <si>
     <t>Ложка для соуса;сталь нерж.;100мл;,L=43/7,B=11см;металлич.</t>
   </si>
   <si>
     <t>04110378</t>
   </si>
   <si>
     <t>11983-38</t>
   </si>
   <si>
     <t>17849.00₸</t>
   </si>
   <si>
     <t>Ложка для соуса;сталь нерж.;80мл;,H=3,L=36/10,B=7см;металлич.</t>
   </si>
   <si>
     <t>04110379</t>
   </si>
   <si>
     <t>11982-01</t>
   </si>
   <si>
     <t>16132.00₸</t>
   </si>
@@ -1417,51 +1420,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20777DE8-424C-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0DA1-424C-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB368-424C-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB369-424C-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D03578C-424D-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/536AABB3-696C-11EC-BBF7-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46D33834-696C-11EC-BBF7-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D3A9102-696C-11EC-BBF7-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D3A90FF-696C-11EC-BBF7-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D3A90FE-696C-11EC-BBF7-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46D33835-696C-11EC-BBF7-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D3A9105-696C-11EC-BBF7-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D3A9104-696C-11EC-BBF7-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D3A9100-696C-11EC-BBF7-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D3A9103-696C-11EC-BBF7-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46D33836-696C-11EC-BBF7-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0830129F-EA57-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0CA5EAE-AEC8-11EE-BC40-00505692492F18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/536AABAD-696C-11EC-BBF7-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/536AABB0-696C-11EC-BBF7-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/536AABAE-696C-11EC-BBF7-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D3A9106-696C-11EC-BBF7-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/536AABAF-696C-11EC-BBF7-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CFC646C-E3D3-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/536AABB1-696C-11EC-BBF7-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/536AABB2-696C-11EC-BBF7-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D3A9101-696C-11EC-BBF7-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A34A91A6-E3D3-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CFC646D-E3D3-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A34A91A4-E3D3-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CFC6470-E3D3-11EB-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A34A91A5-E3D3-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B5A78E0-424F-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D6CA2CD-424F-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB887-424F-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB888-424F-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB889-424F-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB8BA-424F-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB8BB-424F-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848196-424F-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D8481A4-424F-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5EE-424F-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E17E-424F-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E17F-424F-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F3BC260-2E3B-11EB-BBDF-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE44DE-424F-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE44DF-424F-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CFC646E-E3D3-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18089819-4250-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8A4-4250-11E8-A155-00259035BB6750.gif"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72096187-4250-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72096188-4250-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8076942-4250-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8076959-4250-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19983FB5-F161-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111918-4250-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AEC-4251-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0CA609D-AEC8-11EE-BC40-00505692492F58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/042EF99B-4252-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354158-4252-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083012A6-EA57-11EB-BBF2-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0830129E-EA57-11EB-BBF2-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67AD2667-F94B-11EB-BBF2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FC63A7A-EA58-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083012A4-EA57-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5476D672-4253-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19983FB6-F161-11EB-BBF2-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC2535-4254-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DCB5512-814A-11E9-BBBA-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19983FB8-F161-11EB-BBF2-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A34A91A7-E3D3-11EB-BBF2-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C4885F4-0D96-11EC-BBF2-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C4885F3-0D96-11EC-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBB4D0C1-1F1B-11EE-BC0C-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E5C4556-4253-11E8-A155-00259035BB6775.gif"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE043E0A-294C-11EC-BBF4-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE043E0F-294C-11EC-BBF4-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE043E0C-294C-11EC-BBF4-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE043E0E-294C-11EC-BBF4-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE043E0D-294C-11EC-BBF4-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9A22109-509F-11EC-BBF6-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE043E0B-294C-11EC-BBF4-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4964B7D6-18AD-11ED-BBFC-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D0E86B3-696D-11EC-BBF7-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D0E86B0-696D-11EC-BBF7-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D0E86AF-696D-11EC-BBF7-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7877A53F-8147-11E9-BBBA-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/316C2188-3126-11EC-BBF4-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E18E-424F-11E8-A155-00259035BB6789.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E18F-424F-11E8-A155-00259035BB6790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65FEF33E-4250-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65FEF33F-4250-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DC3-424E-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2527CDC1-3126-11EC-BBF4-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/316C2189-3126-11EC-BBF4-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/316C218A-3126-11EC-BBF4-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/554AC468-F162-11EB-BBF2-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0830129D-EA57-11EB-BBF2-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/521B64AB-8796-11EE-BC13-005056921CC499.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20777DE8-424C-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EFD0DA1-424C-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB368-424C-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB369-424C-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D03578C-424D-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/536AABB3-696C-11EC-BBF7-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46D33834-696C-11EC-BBF7-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D3A9102-696C-11EC-BBF7-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D3A90FF-696C-11EC-BBF7-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D3A90FE-696C-11EC-BBF7-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46D33835-696C-11EC-BBF7-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D3A9105-696C-11EC-BBF7-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D3A9104-696C-11EC-BBF7-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D3A9100-696C-11EC-BBF7-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D3A9103-696C-11EC-BBF7-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46D33836-696C-11EC-BBF7-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0830129F-EA57-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0CA5EAE-AEC8-11EE-BC40-00505692492F18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/536AABAD-696C-11EC-BBF7-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/536AABB0-696C-11EC-BBF7-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/536AABAE-696C-11EC-BBF7-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D3A9106-696C-11EC-BBF7-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/536AABAF-696C-11EC-BBF7-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CFC646C-E3D3-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/536AABB1-696C-11EC-BBF7-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/536AABB2-696C-11EC-BBF7-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D3A9101-696C-11EC-BBF7-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A34A91A6-E3D3-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CFC646D-E3D3-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A34A91A4-E3D3-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CFC6470-E3D3-11EB-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A34A91A5-E3D3-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B5A78E0-424F-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D6CA2CD-424F-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB887-424F-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB888-424F-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB889-424F-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB8BA-424F-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB8BB-424F-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848196-424F-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D8481A4-424F-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5EE-424F-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E17E-424F-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E17F-424F-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F3BC260-2E3B-11EB-BBDF-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE44DE-424F-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE44DF-424F-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CFC646E-E3D3-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18089819-4250-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8A4-4250-11E8-A155-00259035BB6750.gif"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72096187-4250-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72096188-4250-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8076942-4250-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8076959-4250-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19983FB5-F161-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111918-4250-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AEC-4251-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0CA609D-AEC8-11EE-BC40-00505692492F58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/042EF99B-4252-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354158-4252-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083012A6-EA57-11EB-BBF2-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0830129E-EA57-11EB-BBF2-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67AD2667-F94B-11EB-BBF2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FC63A7A-EA58-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083012A4-EA57-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5476D672-4253-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19983FB6-F161-11EB-BBF2-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC2535-4254-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DCB5510-814A-11E9-BBBA-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DCB5512-814A-11E9-BBBA-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19983FB8-F161-11EB-BBF2-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A34A91A7-E3D3-11EB-BBF2-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C4885F4-0D96-11EC-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C4885F3-0D96-11EC-BBF2-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBB4D0C1-1F1B-11EE-BC0C-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E5C4556-4253-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE043E0A-294C-11EC-BBF4-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE043E0F-294C-11EC-BBF4-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE043E0C-294C-11EC-BBF4-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE043E0E-294C-11EC-BBF4-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE043E0D-294C-11EC-BBF4-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9A22109-509F-11EC-BBF6-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE043E0B-294C-11EC-BBF4-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4964B7D6-18AD-11ED-BBFC-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D0E86B3-696D-11EC-BBF7-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D0E86B0-696D-11EC-BBF7-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D0E86AF-696D-11EC-BBF7-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7877A53F-8147-11E9-BBBA-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/316C2188-3126-11EC-BBF4-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E18E-424F-11E8-A155-00259035BB6790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABF4E18F-424F-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65FEF33E-4250-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65FEF33F-4250-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DC3-424E-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2527CDC1-3126-11EC-BBF4-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/316C2189-3126-11EC-BBF4-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/316C218A-3126-11EC-BBF4-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/554AC468-F162-11EB-BBF2-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0830129D-EA57-11EB-BBF2-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/521B64AB-8796-11EE-BC13-005056921CC4100.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4379,50 +4382,80 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>99</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="99" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4681,62 +4714,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-nytva-04040605/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-eternum-04040614/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-pintinox-04040616/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-pintinox-04040617/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-pintinox-04040621/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-dlya-sousa-paderno-04040635/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040636/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040637/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040638/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040639/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040640/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040641/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040642/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040643/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040644/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040645/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040664/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-cambro-04040666/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040668/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040669/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040670/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040671/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040672/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-matfer-04040674/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-perforir-paderno-04040676/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-perforir-paderno-04040677/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040678/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040682/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-matfer-04040701/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-matfer-04040702/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-matfer-04040703/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-matfer-04040704/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-matfer-04040705/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-zharoprochnyy-aps-04040707/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040708/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040709/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040710/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-krasnaya-ruchka-prohotel-04040711/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-chernaya-ruchka-prohotel-04040712/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-zelenaya-ruchka-prohotel-04040713/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040714/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-dlya-sousa-piccy-matfer-04040715/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040716/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040717/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040717-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040718/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040719/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-matfer-04040720/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040721/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040722/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-d-punsha-prohotel-04040723/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-d-punsha-prohotel-04040724/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-aps-04040725/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-nytva-04040726/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-aps-04040731/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-aps-04040732/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-eternum-04040736/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-dlya-sousa-cambro-04040738/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-dlya-sousa-aps-04040740/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-ilsa-04040743/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-perforir-paderno-04040744/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040745/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-dlya-sousa-matfer-04040747/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-paderno-04040750/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040751/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040752/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-aps-04040753/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-kl-04040760/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-dlya-sousa-paderno-04040763/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-serax-04040764/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-nytva-04040772/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-sola-04041108/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-sola-04041109/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-tramontina-04041116/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04070749/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-kapp-04070765/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-kapp-04070766/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-kapp-04070767/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-kapp-04070768/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-kapp-04070769/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-kapp-04070770/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-kapp-04070771/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-restola-04070776/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-paderno-04110378/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-paderno-04110379/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-paderno-04110389/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-garnirnaya-trud-04110394/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-trud-04110399/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-prohotel-04110703/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-prohotel-04110704/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-prohotel-04110714/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-prohotel-04110715/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-matfer-09100181/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-matfer-09100182/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-matfer-09100185/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-matfer-09100187/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-cambro-09100857/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-09101274/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-restola-04073524/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040654/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040655/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-nytva-04040605/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-eternum-04040614/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-pintinox-04040616/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-pintinox-04040617/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-pintinox-04040621/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-dlya-sousa-paderno-04040635/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040636/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040637/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040638/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040639/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040640/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040641/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040642/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040643/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040644/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040645/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040664/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-cambro-04040666/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040668/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040669/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040670/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040671/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040672/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-matfer-04040674/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-perforir-paderno-04040676/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-perforir-paderno-04040677/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040678/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040682/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-matfer-04040701/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-matfer-04040702/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-matfer-04040703/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-matfer-04040704/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-matfer-04040705/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-zharoprochnyy-aps-04040707/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040708/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040709/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040710/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-krasnaya-ruchka-prohotel-04040711/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-chernaya-ruchka-prohotel-04040712/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-zelenaya-ruchka-prohotel-04040713/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040714/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-dlya-sousa-piccy-matfer-04040715/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040716/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040717/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040717-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040718/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040719/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-matfer-04040720/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040721/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040722/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-d-punsha-prohotel-04040723/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-d-punsha-prohotel-04040724/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-aps-04040725/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-nytva-04040726/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-aps-04040731/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-aps-04040732/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-eternum-04040736/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-dlya-sousa-cambro-04040738/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-dlya-sousa-aps-04040740/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-ilsa-04040743/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-perforir-paderno-04040744/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040745/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-dlya-sousa-matfer-04040747/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-paderno-04040750/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040751/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04040752/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-aps-04040753/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-kl-04040760/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cherpak-b-ruchki-04040761/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-dlya-sousa-paderno-04040763/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-serax-04040764/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-nytva-04040772/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-sola-04041108/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-sola-04041109/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-tramontina-04041116/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-04070749/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-kapp-04070765/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-kapp-04070766/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-kapp-04070767/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-kapp-04070768/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-kapp-04070769/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-kapp-04070770/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-kapp-04070771/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-restola-04070776/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-paderno-04110378/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-paderno-04110379/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-paderno-04110389/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-garnirnaya-trud-04110394/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-trud-04110399/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-prohotel-04110703/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-prohotel-04110704/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-prohotel-04110714/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-prohotel-04110715/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-matfer-09100181/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-matfer-09100182/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-matfer-09100185/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-matfer-09100187/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-sousa-cambro-09100857/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-paderno-09101274/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-restola-04073524/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040654/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polovnik-prohotel-04040655/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L102"/>
+  <dimension ref="A1:L103"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I102" sqref="I102"/>
+      <selection activeCell="I103" sqref="I103"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -4939,3093 +4972,3125 @@
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>51</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="L7" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="L8" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="D9" s="0" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>62</v>
+        <v>35</v>
       </c>
       <c r="L9" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>35</v>
       </c>
       <c r="L10" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L11" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="L12" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L13" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>52</v>
+        <v>86</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="D16" s="0" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D17" s="0" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L18" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="E19" s="0" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="D20" s="0" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>35</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="D22" s="0" t="s">
         <v>115</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>35</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="D23" s="0" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>35</v>
       </c>
       <c r="L23" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="D25" s="0">
         <v>112025</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L26" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>138</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>35</v>
       </c>
       <c r="L27" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>142</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>145</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="E29" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="D29" s="0" t="s">
+      <c r="F29" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="G29" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="E29" s="0" t="s">
+      <c r="H29" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>148</v>
-      </c>
-[...10 lines deleted...]
-        <v>150</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="L29" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D30" s="0">
         <v>112021</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>35</v>
       </c>
       <c r="L30" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D31" s="0">
         <v>112022</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L31" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="D32" s="0">
         <v>112023</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>161</v>
+        <v>28</v>
       </c>
       <c r="L32" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="D33" s="0">
         <v>112024</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>57</v>
+        <v>162</v>
       </c>
       <c r="L33" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="D34" s="0">
         <v>112026</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L34" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="E35" s="0" t="s">
         <v>169</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>28</v>
+        <v>172</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="D36" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="D36" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E36" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="L36" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="D37" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E37" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="L37" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="D38" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="L38" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="D39" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>151</v>
+        <v>177</v>
       </c>
       <c r="L39" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="D40" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E40" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="L40" s="0">
         <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="D41" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E41" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="L41" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="D42" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="D42" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E42" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="L42" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="D43" s="0">
         <v>112046</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>35</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="D44" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>161</v>
+        <v>211</v>
       </c>
       <c r="L44" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
         <v>212</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>213</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>214</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>215</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>216</v>
+        <v>149</v>
       </c>
       <c r="L45" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
         <v>212</v>
       </c>
       <c r="C46" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="D46" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="D46" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>215</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L46" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="D47" s="0" t="s">
         <v>220</v>
       </c>
-      <c r="D47" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E47" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>223</v>
+        <v>149</v>
       </c>
       <c r="L47" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="C48" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E48" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>228</v>
+        <v>149</v>
       </c>
       <c r="L48" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D49" s="0">
         <v>112028</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L49" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L51" s="0"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L52" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L53" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L54" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>200</v>
+        <v>72</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="D56" s="0">
         <v>75907</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L56" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>52</v>
+        <v>142</v>
       </c>
       <c r="L57" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L58" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L59" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="D60" s="0">
         <v>75906</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L60" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="D61" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="E61" s="0" t="s">
         <v>278</v>
-      </c>
-[...7 lines deleted...]
-        <v>281</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L62" s="0"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="D64" s="0">
         <v>112050</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L64" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L65" s="0"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="D68" s="0">
         <v>75908</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L68" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="D69" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="E69" s="0" t="s">
         <v>309</v>
-      </c>
-[...7 lines deleted...]
-        <v>312</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>50</v>
+        <v>309</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>33</v>
+        <v>147</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>28</v>
+        <v>162</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="D71" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="E71" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="F71" s="0"/>
+      <c r="G71" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="H71" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I71" s="1" t="s">
         <v>319</v>
-      </c>
-[...19 lines deleted...]
-        <v>324</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L71" s="0"/>
+      <c r="L71" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="D72" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="E72" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="F72" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="G72" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H72" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I72" s="1" t="s">
         <v>325</v>
-      </c>
-[...19 lines deleted...]
-        <v>328</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>329</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L72" s="0"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>333</v>
+        <v>15</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>334</v>
+        <v>16</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>335</v>
+        <v>17</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>336</v>
+        <v>329</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>35</v>
+        <v>330</v>
       </c>
       <c r="L73" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="D74" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="E74" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="F74" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="G74" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="H74" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I74" s="1" t="s">
         <v>337</v>
-      </c>
-[...19 lines deleted...]
-        <v>341</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L74" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="E75" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="F75" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="G75" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="H75" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I75" s="1" t="s">
         <v>342</v>
-      </c>
-[...19 lines deleted...]
-        <v>347</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
       <c r="L75" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="D76" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="E76" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="F76" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="G76" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="H76" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I76" s="1" t="s">
         <v>348</v>
-      </c>
-[...17 lines deleted...]
-        <v>351</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L76" s="0"/>
+        <v>142</v>
+      </c>
+      <c r="L76" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>31500100</v>
+        <v>350</v>
+      </c>
+      <c r="D77" s="0" t="s">
+        <v>351</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>354</v>
+        <v>50</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>355</v>
+        <v>33</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L77" s="0"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="D78" s="0">
-        <v>31500120</v>
+        <v>31500100</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L78" s="0"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="D79" s="0">
-        <v>31500160</v>
+        <v>31500120</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L79" s="0"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="D80" s="0">
-        <v>31500065</v>
+        <v>31500160</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L80" s="0"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="D81" s="0">
-        <v>31503020</v>
+        <v>31500065</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L81" s="0"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="D82" s="0">
-        <v>31500080</v>
+        <v>31503020</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L82" s="0"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="D83" s="0">
-        <v>31500090</v>
+        <v>31500080</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L83" s="0"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="D84" s="0">
+        <v>31500090</v>
+      </c>
+      <c r="E84" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="F84" s="0"/>
+      <c r="G84" s="0" t="s">
+        <v>356</v>
+      </c>
+      <c r="H84" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I84" s="1" t="s">
         <v>375</v>
-      </c>
-[...19 lines deleted...]
-        <v>379</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>380</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L84" s="0"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-        <v>383</v>
+        <v>377</v>
+      </c>
+      <c r="D85" s="0">
+        <v>433207715</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="F85" s="0"/>
+        <v>378</v>
+      </c>
+      <c r="F85" s="0" t="s">
+        <v>379</v>
+      </c>
       <c r="G85" s="0" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>28</v>
+        <v>381</v>
       </c>
       <c r="L85" s="0">
-        <v>10</v>
+        <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L86" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="L87" s="0">
-        <v>60</v>
+        <v>10</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>396</v>
+        <v>50</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="L88" s="0">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L89" s="0">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>148</v>
+        <v>397</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>178</v>
+        <v>28</v>
       </c>
       <c r="L90" s="0">
-        <v>12</v>
+        <v>60</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>151</v>
+        <v>177</v>
       </c>
       <c r="L91" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>183</v>
+        <v>149</v>
       </c>
       <c r="L92" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="L93" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-        <v>112018</v>
+        <v>416</v>
+      </c>
+      <c r="D94" s="0" t="s">
+        <v>417</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>129</v>
+        <v>146</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>130</v>
+        <v>39</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>28</v>
+        <v>177</v>
       </c>
       <c r="L94" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="D95" s="0">
-        <v>112019</v>
+        <v>112018</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="D96" s="0">
-        <v>112040</v>
+        <v>112019</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="D97" s="0">
-        <v>112041</v>
+        <v>112040</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>430</v>
+        <v>28</v>
       </c>
       <c r="L97" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>433</v>
+        <v>429</v>
+      </c>
+      <c r="D98" s="0">
+        <v>112041</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>28</v>
+        <v>431</v>
       </c>
       <c r="L98" s="0">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>50</v>
+        <v>102</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L99" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="D100" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="E100" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="F100" s="0"/>
+      <c r="G100" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="H100" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I100" s="1" t="s">
         <v>439</v>
-      </c>
-[...19 lines deleted...]
-        <v>379</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L100" s="0">
-        <v>18</v>
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
+      <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="C101" s="0" t="s">
         <v>441</v>
       </c>
-      <c r="C101" s="0" t="s">
-[...3 lines deleted...]
-        <v>443</v>
+      <c r="D101" s="0">
+        <v>4332077</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="F101" s="0"/>
+        <v>378</v>
+      </c>
+      <c r="F101" s="0" t="s">
+        <v>379</v>
+      </c>
       <c r="G101" s="0" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>444</v>
+        <v>380</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L101" s="0"/>
+      <c r="L101" s="0">
+        <v>18</v>
+      </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="B102" s="0" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L102" s="0"/>
+    </row>
+    <row r="103" spans="1:12" customHeight="1" ht="80">
+      <c r="B103" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="D103" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="E103" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="F103" s="0"/>
+      <c r="G103" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="H103" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I103" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="J103" s="0"/>
+      <c r="K103" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L103" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -8087,50 +8152,51 @@
     <hyperlink ref="B78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="B79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="B80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="B81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="B82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="B83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="B84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="B85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="B86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="B87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="B88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="B89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="B90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="B91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="B92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="B93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="B94" r:id="rId_hyperlink_93"/>
     <hyperlink ref="B95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="B96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="B97" r:id="rId_hyperlink_96"/>
     <hyperlink ref="B98" r:id="rId_hyperlink_97"/>
     <hyperlink ref="B99" r:id="rId_hyperlink_98"/>
     <hyperlink ref="B100" r:id="rId_hyperlink_99"/>
     <hyperlink ref="B101" r:id="rId_hyperlink_100"/>
     <hyperlink ref="B102" r:id="rId_hyperlink_101"/>
+    <hyperlink ref="B103" r:id="rId_hyperlink_102"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>