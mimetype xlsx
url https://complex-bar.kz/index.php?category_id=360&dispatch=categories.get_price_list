--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="439">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="443">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -140,959 +140,968 @@
   <si>
     <t>04020314</t>
   </si>
   <si>
     <t>41744-60</t>
   </si>
   <si>
     <t>45161.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
     <t>Противень для запекан.;алюмин.;,H=2,L=60,B=40см;металлич.</t>
   </si>
   <si>
     <t>04020315</t>
   </si>
   <si>
     <t>41746-60</t>
   </si>
   <si>
     <t>23870.00₸</t>
   </si>
   <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=240,H=25,L=250,B=250мм;черный</t>
+  </si>
+  <si>
+    <t>04020478</t>
+  </si>
+  <si>
+    <t>11744-24</t>
+  </si>
+  <si>
+    <t>7747.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=280,H=25,L=285,B=285мм;черный</t>
+  </si>
+  <si>
+    <t>04020479</t>
+  </si>
+  <si>
+    <t>11744-28</t>
+  </si>
+  <si>
+    <t>9779.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=320,H=25,L=330,B=330мм;черный</t>
+  </si>
+  <si>
+    <t>04020480</t>
+  </si>
+  <si>
+    <t>11744-32</t>
+  </si>
+  <si>
+    <t>10934.00₸</t>
+  </si>
+  <si>
+    <t>Противень перфорир.;голуб.сталь;,H=1,L=60,B=40см;металлич.</t>
+  </si>
+  <si>
+    <t>04020633</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>57050.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.,антиприг.покр.;,H=1,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04020634</t>
+  </si>
+  <si>
+    <t>Exal</t>
+  </si>
+  <si>
+    <t>67168.00₸</t>
+  </si>
+  <si>
+    <t>04020635</t>
+  </si>
+  <si>
+    <t>82021.00₸</t>
+  </si>
+  <si>
+    <t>04020636</t>
+  </si>
+  <si>
+    <t>60954.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Противень с антиприг.покрыт.;алюмин.,тефлон;,H=2,L=60,B=40см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020638</t>
+  </si>
+  <si>
+    <t>59237.00₸</t>
+  </si>
+  <si>
+    <t>Противень;голуб.сталь;,H=1,L=53,B=32см;черный</t>
+  </si>
+  <si>
+    <t>04020639</t>
+  </si>
+  <si>
+    <t>33418.00₸</t>
+  </si>
+  <si>
+    <t>Противень прямоуг.;голуб.сталь;,H=25,L=400,B=300мм</t>
+  </si>
+  <si>
+    <t>04020732</t>
+  </si>
+  <si>
+    <t>41745-40</t>
+  </si>
+  <si>
+    <t>21222.00₸</t>
+  </si>
+  <si>
+    <t>Противень прямоуг.;голуб.сталь;,H=25,L=350,B=280мм;черный</t>
+  </si>
+  <si>
+    <t>04020733</t>
+  </si>
+  <si>
+    <t>41745-35</t>
+  </si>
+  <si>
+    <t>19451.00₸</t>
+  </si>
+  <si>
+    <t>Противень прямоуг.;голуб.сталь;,H=25,L=500,B=350мм;черный</t>
+  </si>
+  <si>
+    <t>04020734</t>
+  </si>
+  <si>
+    <t>41745-50</t>
+  </si>
+  <si>
+    <t>15347.00₸</t>
+  </si>
+  <si>
+    <t>Противень прямоуг.;голуб.сталь;,H=25,L=600,B=400мм;черный</t>
+  </si>
+  <si>
+    <t>04020735</t>
+  </si>
+  <si>
+    <t>41745-60</t>
+  </si>
+  <si>
+    <t>31062.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Противень прямоуг.;голуб.сталь;,H=25,L=650,B=450мм;черный</t>
+  </si>
+  <si>
+    <t>04020736</t>
+  </si>
+  <si>
+    <t>41745-65</t>
+  </si>
+  <si>
+    <t>31401.00₸</t>
+  </si>
+  <si>
+    <t>Противень перфорир.;алюмин.;,H=1,L=60,B=40см;металлич.</t>
+  </si>
+  <si>
+    <t>04020737</t>
+  </si>
+  <si>
+    <t>41756-60</t>
+  </si>
+  <si>
+    <t>58944.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.,силикон;,H=10,L=530,B=325мм;серый</t>
+  </si>
+  <si>
+    <t>04020738</t>
+  </si>
+  <si>
+    <t>41743-32</t>
+  </si>
+  <si>
+    <t>41588.00₸</t>
+  </si>
+  <si>
+    <t>Противень перфор.;алюмин.,силикон;,H=1,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>04020740</t>
+  </si>
+  <si>
+    <t>41753-60</t>
+  </si>
+  <si>
+    <t>40087.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=360,H=25мм</t>
+  </si>
+  <si>
+    <t>04020744</t>
+  </si>
+  <si>
+    <t>11740-36</t>
+  </si>
+  <si>
+    <t>11920.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=400,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04020745</t>
+  </si>
+  <si>
+    <t>11740-40</t>
+  </si>
+  <si>
+    <t>13837.00₸</t>
+  </si>
+  <si>
+    <t>Противень прямоуг.;алюмин.;,H=3,L=60,B=40см;металлич.</t>
+  </si>
+  <si>
+    <t>04020751</t>
+  </si>
+  <si>
+    <t>41751-60</t>
+  </si>
+  <si>
+    <t>28398.00₸</t>
+  </si>
+  <si>
+    <t>Противень прямоуг.;голуб.сталь;,H=25,L=300,B=230мм;черный</t>
+  </si>
+  <si>
+    <t>04020752</t>
+  </si>
+  <si>
+    <t>41745-30</t>
+  </si>
+  <si>
+    <t>13807.00₸</t>
+  </si>
+  <si>
+    <t>Противень;голуб.сталь;,H=10,L=530,B=325мм</t>
+  </si>
+  <si>
+    <t>04020835</t>
+  </si>
+  <si>
+    <t>De Buyer</t>
+  </si>
+  <si>
+    <t>25949.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.,тефлон;,H=10,L=530,B=325мм;черный</t>
+  </si>
+  <si>
+    <t>04020837</t>
+  </si>
+  <si>
+    <t>43498.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.,тефлон;,H=1,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04020838</t>
+  </si>
+  <si>
+    <t>57350.00₸</t>
+  </si>
+  <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
+    <t>04020839</t>
+  </si>
+  <si>
+    <t>53369.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.,тефлон;,H=2,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04020874</t>
+  </si>
+  <si>
+    <t>41747-60</t>
+  </si>
+  <si>
+    <t>54670.00₸</t>
+  </si>
+  <si>
+    <t>04020905</t>
+  </si>
+  <si>
+    <t>65643.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.,антиприг.покр.;,H=10,L=530,B=325мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04020907</t>
+  </si>
+  <si>
+    <t>54193.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;D=320,H=25мм</t>
+  </si>
+  <si>
+    <t>04020909</t>
+  </si>
+  <si>
+    <t>Was</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>6338.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.;,L=60,B=40см</t>
+  </si>
+  <si>
+    <t>04020938</t>
+  </si>
+  <si>
+    <t>64850.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюм.литой,тефлон;,H=20,L=320/470,B=245мм;черный</t>
+  </si>
+  <si>
+    <t>04020969</t>
+  </si>
+  <si>
+    <t>OP114F/46TP0</t>
+  </si>
+  <si>
+    <t>Risoli</t>
+  </si>
+  <si>
+    <t>50382.00₸</t>
+  </si>
+  <si>
+    <t>Противень (индукция);алюм.литой,тефлон;,H=20,L=320/470,B=248мм;черный</t>
+  </si>
+  <si>
+    <t>04020970</t>
+  </si>
+  <si>
+    <t>00114FIN/46T</t>
+  </si>
+  <si>
+    <t>47078.00₸</t>
+  </si>
+  <si>
+    <t>Противень;сталь нерж.;,L=60,B=40см</t>
+  </si>
+  <si>
+    <t>04021006</t>
+  </si>
+  <si>
+    <t>20821.00₸</t>
+  </si>
+  <si>
+    <t>Противень;голуб.сталь;,H=1,L=40,B=30см;черный</t>
+  </si>
+  <si>
+    <t>04021037</t>
+  </si>
+  <si>
+    <t>16509.00₸</t>
+  </si>
+  <si>
+    <t>Противень;голуб.сталь;,H=1,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04021038</t>
+  </si>
+  <si>
+    <t>35744.00₸</t>
+  </si>
+  <si>
+    <t>Противень;голуб.сталь;,H=1,L=66,B=46см;черный</t>
+  </si>
+  <si>
+    <t>04021039</t>
+  </si>
+  <si>
+    <t>43706.00₸</t>
+  </si>
+  <si>
+    <t>Противень;голуб.сталь;,H=1,L=65,B=53см;черный</t>
+  </si>
+  <si>
+    <t>04021040</t>
+  </si>
+  <si>
+    <t>30354.00₸</t>
+  </si>
+  <si>
+    <t>Противень перфорир.;голуб.сталь;,H=2,L=54,B=33см;металлич.</t>
+  </si>
+  <si>
+    <t>04021041</t>
+  </si>
+  <si>
+    <t>56549.00₸</t>
+  </si>
+  <si>
+    <t>Противень «Экзал»;алюмин.;,H=1,L=40,B=30см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04021042</t>
+  </si>
+  <si>
+    <t>30107.00₸</t>
+  </si>
+  <si>
+    <t>Противень «Экзал»;алюмин.;,H=10,L=530,B=325мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04021043</t>
+  </si>
+  <si>
+    <t>56927.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.;,H=1,L=40,B=30см;металлич.</t>
+  </si>
+  <si>
+    <t>04021044</t>
+  </si>
+  <si>
+    <t>17811.00₸</t>
+  </si>
+  <si>
+    <t>04021045</t>
+  </si>
+  <si>
+    <t>42004.00₸</t>
+  </si>
+  <si>
+    <t>Противень перфорир.;алюмин.;,H=1,L=40,B=30см;металлич.</t>
+  </si>
+  <si>
+    <t>04021046</t>
+  </si>
+  <si>
+    <t>54247.00₸</t>
+  </si>
+  <si>
+    <t>Противень перфорир.;алюмин.;,H=10,L=530,B=325мм;металлич.</t>
+  </si>
+  <si>
+    <t>04021047</t>
+  </si>
+  <si>
+    <t>53523.00₸</t>
+  </si>
+  <si>
+    <t>Противень;голуб.сталь;,H=2,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04021049</t>
+  </si>
+  <si>
+    <t>60068.00₸</t>
+  </si>
+  <si>
+    <t>Противень;сталь нерж.;,H=2,L=60,B=40см;металлич.</t>
+  </si>
+  <si>
+    <t>04021051</t>
+  </si>
+  <si>
+    <t>67206.00₸</t>
+  </si>
+  <si>
+    <t>Противень;голуб.сталь;,L=65,B=45см</t>
+  </si>
+  <si>
+    <t>04021066</t>
+  </si>
+  <si>
+    <t>20760.00₸</t>
+  </si>
+  <si>
+    <t>Противень рельефное дно;алюмин.,антиприг.покр.;,L=60,B=40см</t>
+  </si>
+  <si>
+    <t>04021069</t>
+  </si>
+  <si>
+    <t>45130.00₸</t>
+  </si>
+  <si>
+    <t>Противень;сталь нерж.,антиприг.покр.;,H=20,L=530,B=325мм</t>
+  </si>
+  <si>
+    <t>04021082</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>39509.00₸</t>
+  </si>
+  <si>
+    <t>Противень;сталь нерж.,антиприг.покр.;,H=65,L=530,B=325мм</t>
+  </si>
+  <si>
+    <t>04021083</t>
+  </si>
+  <si>
+    <t>43806.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.;,H=1,L=60,B=40см</t>
+  </si>
+  <si>
+    <t>04021109</t>
+  </si>
+  <si>
+    <t>32779.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=140,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04021112</t>
+  </si>
+  <si>
+    <t>11740-14</t>
+  </si>
+  <si>
+    <t>2742.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=160,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04021113</t>
+  </si>
+  <si>
+    <t>11740-16</t>
+  </si>
+  <si>
+    <t>4351.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=180,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04021114</t>
+  </si>
+  <si>
+    <t>11740-18</t>
+  </si>
+  <si>
+    <t>4928.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=200,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04021115</t>
+  </si>
+  <si>
+    <t>11740-20</t>
+  </si>
+  <si>
+    <t>4890.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=220,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04021116</t>
+  </si>
+  <si>
+    <t>11740-22</t>
+  </si>
+  <si>
+    <t>6091.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=240,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04021117</t>
+  </si>
+  <si>
+    <t>11740-24</t>
+  </si>
+  <si>
+    <t>6938.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=260,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04021118</t>
+  </si>
+  <si>
+    <t>11740-26</t>
+  </si>
+  <si>
+    <t>7208.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=280,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04021119</t>
+  </si>
+  <si>
+    <t>11740-28</t>
+  </si>
+  <si>
+    <t>8216.00₸</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=300,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04021120</t>
+  </si>
+  <si>
+    <t>11740-30</t>
+  </si>
+  <si>
+    <t>8694.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Противень для пиццы;голуб.сталь;D=320,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04021121</t>
+  </si>
+  <si>
+    <t>11740-32</t>
+  </si>
+  <si>
+    <t>9649.00₸</t>
+  </si>
+  <si>
+    <t>Противень для гамбургеров на 12 шт.;алюмин.;D=120,H=25,L=600,B=400мм</t>
+  </si>
+  <si>
+    <t>04021123</t>
+  </si>
+  <si>
+    <t>41752-12</t>
+  </si>
+  <si>
+    <t>79888.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.;,H=3,L=28,B=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04021130</t>
+  </si>
+  <si>
+    <t>МТ042</t>
+  </si>
+  <si>
+    <t>DAZ</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>3535.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.;,H=5,L=35,B=32см;металлич.</t>
+  </si>
+  <si>
+    <t>04021131</t>
+  </si>
+  <si>
+    <t>МТ043</t>
+  </si>
+  <si>
+    <t>4690.00₸</t>
+  </si>
+  <si>
+    <t>Противень;сталь нерж.;,H=48,L=280,B=370мм;металлич.</t>
+  </si>
+  <si>
+    <t>04021132</t>
+  </si>
+  <si>
+    <t>WLT00011</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>7875.00₸</t>
+  </si>
+  <si>
+    <t>Противень «Гастронорм»;алюмин.,антиприг.покр.;,H=20,L=355,B=325мм</t>
+  </si>
+  <si>
+    <t>04021133</t>
+  </si>
+  <si>
+    <t>OP120M/3520G</t>
+  </si>
+  <si>
+    <t>Gastronorm</t>
+  </si>
+  <si>
+    <t>23201.00₸</t>
+  </si>
+  <si>
+    <t>Противень «Гастронорм» 1/1;алюмин.,антиприг.покр.;,H=20,L=530,B=325мм;черный</t>
+  </si>
+  <si>
+    <t>04021134</t>
+  </si>
+  <si>
+    <t>OP120M/5320G</t>
+  </si>
+  <si>
+    <t>38362.00₸</t>
+  </si>
+  <si>
+    <t>Противень «Гастронорм» 1/1;алюмин.,антиприг.покр.;,H=40,L=530,B=325мм</t>
+  </si>
+  <si>
+    <t>04021135</t>
+  </si>
+  <si>
+    <t>OP120M/5340G</t>
+  </si>
+  <si>
+    <t>42759.00₸</t>
+  </si>
+  <si>
+    <t>Противень «Гастронорм» 1/2;алюмин.,антиприг.покр.;,H=40,L=325,B=265мм</t>
+  </si>
+  <si>
+    <t>04021136</t>
+  </si>
+  <si>
+    <t>OP120M/2640G</t>
+  </si>
+  <si>
+    <t>27690.00₸</t>
+  </si>
+  <si>
+    <t>Противень «Гастронорм» 1/2;алюмин.,антиприг.покр.;,H=65,L=325,B=265мм</t>
+  </si>
+  <si>
+    <t>04021137</t>
+  </si>
+  <si>
+    <t>OP120M/2665G</t>
+  </si>
+  <si>
+    <t>30908.00₸</t>
+  </si>
+  <si>
+    <t>Противень «Гастронорм» 1/1;алюмин.,антиприг.покр.;,H=65,L=530,B=325мм</t>
+  </si>
+  <si>
+    <t>04021138</t>
+  </si>
+  <si>
+    <t>OP120M/5365G</t>
+  </si>
+  <si>
+    <t>58274.00₸</t>
+  </si>
+  <si>
+    <t>Противень «Гастронорм» 1/2;алюмин.,антиприг.покр.;,H=20,L=325,B=265мм</t>
+  </si>
+  <si>
+    <t>04021139</t>
+  </si>
+  <si>
+    <t>OP120M/2620G</t>
+  </si>
+  <si>
+    <t>26165.00₸</t>
+  </si>
+  <si>
+    <t>Противень для выпечки лепешек;медь,олово;D=300,H=2мм;медный</t>
+  </si>
+  <si>
+    <t>04021150</t>
+  </si>
+  <si>
+    <t>3230/30</t>
+  </si>
+  <si>
+    <t>Cu Artigiana maestri ramai</t>
+  </si>
+  <si>
+    <t>83361.00₸</t>
+  </si>
+  <si>
+    <t>Противень для выпечки прямоуг. с бортом;медь,олово;,H=25,L=400,B=300мм;медный</t>
+  </si>
+  <si>
+    <t>04021151</t>
+  </si>
+  <si>
+    <t>193124.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.,антиприг.покр.;,H=53,L=270,B=197мм;красный,черный</t>
+  </si>
+  <si>
+    <t>04021155</t>
+  </si>
+  <si>
+    <t>Jbze-010</t>
+  </si>
+  <si>
+    <t>Gvura</t>
+  </si>
+  <si>
+    <t>4066.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.,антиприг.покр.;,H=55,L=315,B=240мм;красный,черный</t>
+  </si>
+  <si>
+    <t>04021156</t>
+  </si>
+  <si>
+    <t>Jbze-011</t>
+  </si>
+  <si>
+    <t>5005.00₸</t>
+  </si>
+  <si>
+    <t>Противень;алюмин.,антиприг.покр.;,H=62,L=360,B=275мм;красный,черный</t>
+  </si>
+  <si>
+    <t>04021157</t>
+  </si>
+  <si>
+    <t>Jbze-012</t>
+  </si>
+  <si>
+    <t>6430.00₸</t>
+  </si>
+  <si>
+    <t>Жаровня;алюмин.;,H=4,L=45,B=30см</t>
+  </si>
+  <si>
+    <t>04021701</t>
+  </si>
+  <si>
+    <t>16944-45</t>
+  </si>
+  <si>
+    <t>31047.00₸</t>
+  </si>
+  <si>
+    <t>Противень перфорированный;алюмин.;,H=15,L=530,B=325мм;черный</t>
+  </si>
+  <si>
+    <t>04022209</t>
+  </si>
+  <si>
+    <t>МКИ198</t>
+  </si>
+  <si>
+    <t>KL</t>
+  </si>
+  <si>
+    <t>30662.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный «Тренд»;алюмин.;,H=20,L=320,B=215мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04080743</t>
+  </si>
+  <si>
+    <t>Trend</t>
+  </si>
+  <si>
+    <t>16009.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Противень для пиццы;голуб.сталь;D=240,H=25,L=250,B=250мм;черный</t>
-[...904 lines deleted...]
-  <si>
     <t>Противень для пиццы «Фамилья»;алюмин.;D=22см;серебрист.</t>
   </si>
   <si>
     <t>04082371</t>
   </si>
   <si>
     <t>Italo Ottinetti</t>
   </si>
   <si>
     <t>Famiglia</t>
   </si>
   <si>
     <t>5437.00₸</t>
   </si>
   <si>
     <t>Противень для пиццы «Фамилья»;алюмин.;D=28см;серебрист.</t>
   </si>
   <si>
     <t>04082372</t>
   </si>
   <si>
     <t>8748.00₸</t>
   </si>
   <si>
     <t>Противень для пиццы «Фамилья»;алюмин.;D=32см;серебрист.</t>
@@ -1269,50 +1278,53 @@
     <t>04022226</t>
   </si>
   <si>
     <t>W598903PRBL</t>
   </si>
   <si>
     <t>Tognana</t>
   </si>
   <si>
     <t>41251.00₸</t>
   </si>
   <si>
     <t>Противень для запекания с антипригарным покрытием перфорированный;алюмин.;,H=3,L=60,B=40см;черный</t>
   </si>
   <si>
     <t>04022236</t>
   </si>
   <si>
     <t>ALP-1211</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>13986.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
   </si>
   <si>
     <t>Противень для запекания перфорированный;алюмин.;,H=3,L=60,B=40см;серебрист.</t>
   </si>
   <si>
     <t>04022234</t>
   </si>
   <si>
     <t>ALP-1201</t>
   </si>
   <si>
     <t>9828.00₸</t>
   </si>
   <si>
     <t>Противень для запекания с антипригарным покрытием;алюмин.;,H=3,L=60,B=40см;черный</t>
   </si>
   <si>
     <t>04022235</t>
   </si>
   <si>
     <t>ALP-1210</t>
   </si>
   <si>
     <t>12474.00₸</t>
   </si>
@@ -1390,51 +1402,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C878118B-21C3-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F015F-696C-11EC-BBF7-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0160-696C-11EC-BBF7-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0161-696C-11EC-BBF7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46D3382E-696C-11EC-BBF7-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40DA81C7-696C-11EC-BBF7-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40DA81C4-696C-11EC-BBF7-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A9AAF14-696C-11EC-BBF7-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65ACB3-21C3-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90D22E65-E3D3-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99E17EBC-424F-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AAC1-21C3-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252F0-424F-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65A96F-21C3-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A9AAF0D-696C-11EC-BBF7-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A9AAF0E-696C-11EC-BBF7-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0165-696C-11EC-BBF7-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0164-696C-11EC-BBF7-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0163-696C-11EC-BBF7-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A9AAF10-696C-11EC-BBF7-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01D3B46D-EA57-11EB-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01D3B473-EA57-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AEA5-21C3-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65ADF3-21C3-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A9AAF0F-696C-11EC-BBF7-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01D3B470-EA57-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19983FB0-F161-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03436913-424F-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03436914-424F-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03436915-424F-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0162-696C-11EC-BBF7-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AD53-21C3-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90D22E64-E3D3-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD8A0B-424F-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FA5802-424F-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90D22E6A-E3D3-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90D22E6C-E3D3-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E3FFB-4250-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90D22E61-E3D3-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037948-4250-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8AD3CFA3-E3D3-11EB-BBF2-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8AD3CFA4-E3D3-11EB-BBF2-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03794B-4250-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03794C-4250-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03794D-4250-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03794E-4250-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AA0F-21C3-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037950-4250-11E8-A155-00259035BB6748.gif"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037951-4250-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037977-4250-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03797A-4250-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84139C2D-4250-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900D1A33-4250-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19983FAF-F161-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D20255BD-4250-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19983FB1-F161-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2759960-21C3-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C27598C0-21C3-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2759820-21C3-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C275976E-21C3-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C27596CE-21C3-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C275961C-21C3-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C275956A-21C3-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C27594B8-21C3-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2759418-21C3-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2759366-21C3-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46D3382F-696C-11EC-BBF7-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A621799D-06B4-11EE-BC09-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0271810-06B4-11EE-BC09-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0271734-06B4-11EE-BC09-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C87812CB-21C3-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C87816C1-21C3-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8781621-21C3-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C878141D-21C3-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C878136B-21C3-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C878156F-21C3-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C87814BD-21C3-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5885F7E5-F13D-11EC-BBFA-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5885F7E3-F13D-11EC-BBFA-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AC13-21C3-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AB73-21C3-11EE-BC0D-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7148D9B-7BA4-11EC-BBF7-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FB65689-696D-11EC-BBF7-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8691B73-1DB0-11EF-BC47-00505692C44784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C4D-4254-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FD6A7B2-EA57-11EB-BBF2-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FD6A7B1-EA57-11EB-BBF2-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FD6A7B0-EA57-11EB-BBF2-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DCE5E7D-21C8-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDA08609-F160-11EB-BBF2-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223B0-424F-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/576B5B99-EA55-11EB-BBF2-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE77-4250-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDA08608-F160-11EB-BBF2-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35BC78D4-21C7-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35BC7986-21C7-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6252668-4251-11E8-A155-00259035BB6797.gif"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E625268D-4251-11E8-A155-00259035BB6798.gif"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E625268E-4251-11E8-A155-00259035BB6799.gif"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F74B-4252-11E8-A155-00259035BB67100.gif"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F09C1B8A-F3D7-11EC-BBFA-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F09C1B89-F3D7-11EC-BBFA-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A88CA493-EA55-11EB-BBF2-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9955479-2222-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/484E2A3A-CF50-11EF-BC46-0050569297EB105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D71FFFF5-6484-11F0-BC53-00505692C447106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D71FFF1F-6484-11F0-BC53-00505692C447107.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C878118B-21C3-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F015F-696C-11EC-BBF7-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0160-696C-11EC-BBF7-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0161-696C-11EC-BBF7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46D3382E-696C-11EC-BBF7-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40DA81C7-696C-11EC-BBF7-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40DA81C4-696C-11EC-BBF7-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A9AAF14-696C-11EC-BBF7-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65ACB3-21C3-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90D22E65-E3D3-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99E17EBC-424F-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AAC1-21C3-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252F0-424F-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65A96F-21C3-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A9AAF0D-696C-11EC-BBF7-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A9AAF0E-696C-11EC-BBF7-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0165-696C-11EC-BBF7-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0164-696C-11EC-BBF7-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0163-696C-11EC-BBF7-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A9AAF10-696C-11EC-BBF7-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01D3B46D-EA57-11EB-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01D3B473-EA57-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AEA5-21C3-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65ADF3-21C3-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A9AAF0F-696C-11EC-BBF7-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01D3B470-EA57-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19983FB0-F161-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03436913-424F-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03436914-424F-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03436915-424F-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F0162-696C-11EC-BBF7-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AD53-21C3-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90D22E64-E3D3-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD8A0B-424F-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9FA5802-424F-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90D22E6A-E3D3-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90D22E6C-E3D3-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E3FFB-4250-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90D22E61-E3D3-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037948-4250-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8AD3CFA3-E3D3-11EB-BBF2-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8AD3CFA4-E3D3-11EB-BBF2-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03794B-4250-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03794C-4250-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03794D-4250-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03794E-4250-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AA0F-21C3-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037950-4250-11E8-A155-00259035BB6748.gif"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037951-4250-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037977-4250-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03797A-4250-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84139C2D-4250-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900D1A33-4250-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19983FAF-F161-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D20255BD-4250-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19983FB1-F161-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2759960-21C3-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C27598C0-21C3-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2759820-21C3-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C275976E-21C3-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C27596CE-21C3-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C275961C-21C3-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C275956A-21C3-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C27594B8-21C3-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2759418-21C3-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2759366-21C3-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46D3382F-696C-11EC-BBF7-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A621799D-06B4-11EE-BC09-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0271810-06B4-11EE-BC09-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0271734-06B4-11EE-BC09-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C87812CB-21C3-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C87816C1-21C3-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8781621-21C3-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C878141D-21C3-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C878136B-21C3-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C878156F-21C3-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C87814BD-21C3-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5885F7E5-F13D-11EC-BBFA-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5885F7E3-F13D-11EC-BBFA-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AC13-21C3-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65AB73-21C3-11EE-BC0D-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7148D9B-7BA4-11EC-BBF7-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FB65689-696D-11EC-BBF7-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8691B73-1DB0-11EF-BC47-00505692C44784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C4D-4254-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FD6A7B2-EA57-11EB-BBF2-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FD6A7B1-EA57-11EB-BBF2-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FD6A7B0-EA57-11EB-BBF2-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DCE5E7D-21C8-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDA08609-F160-11EB-BBF2-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223B0-424F-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/576B5B99-EA55-11EB-BBF2-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE77-4250-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDA08608-F160-11EB-BBF2-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35BC78D4-21C7-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35BC7986-21C7-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6252668-4251-11E8-A155-00259035BB6797.gif"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E625268D-4251-11E8-A155-00259035BB6798.gif"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E625268E-4251-11E8-A155-00259035BB6799.gif"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F74B-4252-11E8-A155-00259035BB67100.gif"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F09C1B8A-F3D7-11EC-BBFA-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F09C1B89-F3D7-11EC-BBFA-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A88CA493-EA55-11EB-BBF2-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9955479-2222-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/484E2A3A-CF50-11EF-BC46-0050569297EB105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80F9DC8F-CE9B-11F0-BC51-00505692492F106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80F9DE07-CE9B-11F0-BC51-00505692492F107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AF12AB2-CE9B-11F0-BC51-00505692492F108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AF12873-CE9B-11F0-BC51-00505692492F109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D71FFFF5-6484-11F0-BC53-00505692C447110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D71FFF1F-6484-11F0-BC53-00505692C447111.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4549,93 +4561,213 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="105" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="108" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>110</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="106" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
+        <xdr:cNvPr id="110" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>111</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="107" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
+        <xdr:cNvPr id="111" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -5280,309 +5412,309 @@
         <v>59</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D11" s="0">
         <v>310202</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>61</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>62</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D12" s="0">
         <v>310222</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>61</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D13" s="0">
         <v>310604</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="L13" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="D14" s="0">
         <v>663201</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="D15" s="0">
         <v>310107</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>20</v>
+        <v>90</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>93</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
@@ -5762,51 +5894,51 @@
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>118</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>119</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>68</v>
+        <v>27</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>121</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>122</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
@@ -5858,1107 +5990,1107 @@
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D29" s="0">
         <v>8161.53</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>126</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>130</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>20</v>
+        <v>131</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D30" s="0">
         <v>8161.6</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>126</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>27</v>
+        <v>135</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D31" s="0">
         <v>7367.6</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>126</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="L31" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D33" s="0">
         <v>310612</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="L33" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D34" s="0">
         <v>310223</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D35" s="0">
         <v>2290320</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L35" s="0"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D36" s="0">
         <v>529401</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L37" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="D38" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="E38" s="0" t="s">
         <v>158</v>
-      </c>
-[...7 lines deleted...]
-        <v>156</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L38" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D39" s="0">
         <v>310623</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L39" s="0"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D40" s="0">
         <v>310101</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D41" s="0">
         <v>310103</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>171</v>
+        <v>20</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D42" s="0">
         <v>310104</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D43" s="0">
         <v>310108</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D44" s="0">
         <v>310157</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D45" s="0">
         <v>310201</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>61</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D46" s="0">
         <v>310203</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>61</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>111</v>
+        <v>188</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D47" s="0">
         <v>310601</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D48" s="0">
         <v>310606</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L48" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D49" s="0">
         <v>310609</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="D50" s="0">
         <v>310610</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L50" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D51" s="0">
         <v>455001</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>201</v>
+        <v>131</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D52" s="0">
         <v>713401</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D53" s="0">
         <v>2292650</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L53" s="0"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D54" s="0">
         <v>310212</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D55" s="0">
         <v>88246</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D56" s="0">
         <v>88248</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D57" s="0">
         <v>7360.6</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>126</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L58" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L59" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>201</v>
+        <v>131</v>
       </c>
       <c r="L60" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L61" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>241</v>
+        <v>20</v>
       </c>
       <c r="L62" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
         <v>242</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>243</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>244</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
@@ -6978,51 +7110,51 @@
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
         <v>246</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>247</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>248</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>249</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="L64" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
         <v>250</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>251</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>252</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>18</v>
@@ -7042,1515 +7174,1527 @@
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
         <v>254</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>255</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>256</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>257</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>41</v>
+        <v>258</v>
       </c>
       <c r="L66" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L67" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>171</v>
+        <v>267</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L72" s="0"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="D73" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="E73" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F73" s="0" t="s">
         <v>286</v>
-      </c>
-[...10 lines deleted...]
-        <v>284</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L74" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L77" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L79" s="0"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D80" s="0">
         <v>5740</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L80" s="0"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L81" s="0">
         <v>14</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="D82" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="E82" s="0" t="s">
         <v>323</v>
-      </c>
-[...7 lines deleted...]
-        <v>321</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L82" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L83" s="0">
         <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L85" s="0"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="D86" s="0">
         <v>13380</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>41</v>
+        <v>346</v>
       </c>
       <c r="L86" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="D87" s="0">
         <v>1244022</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L87" s="0"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="D88" s="0">
         <v>1244028</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L88" s="0"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="D89" s="0">
         <v>1244032</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L89" s="0"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="D90" s="0">
         <v>111892</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="D91" s="0">
         <v>5350.28</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>126</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="D92" s="0">
         <v>5350.32</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>126</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L92" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="D94" s="0">
         <v>5350.36</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>126</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L94" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="D95" s="0">
         <v>5350.4</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>126</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="L96" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L97" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="D98" s="0">
         <v>310437</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F98" s="0" t="s">
         <v>61</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="D99" s="0">
         <v>310403</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="D100" s="0">
         <v>310433</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F100" s="0" t="s">
         <v>61</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L100" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="D101" s="0">
         <v>310401</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="D102" s="0">
         <v>310405</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L102" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="D103" s="0">
         <v>310407</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L104" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L105" s="0"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="L106" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
+      <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="L107" s="0">
         <v>20</v>
       </c>
-      <c r="L107" s="0"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
+      <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="C108" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="D108" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="E108" s="0" t="s">
         <v>419</v>
-      </c>
-[...4 lines deleted...]
-        <v>416</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L108" s="0"/>
+        <v>421</v>
+      </c>
+      <c r="L108" s="0">
+        <v>30</v>
+      </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
+      <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="L109" s="0">
         <v>20</v>
       </c>
-      <c r="L109" s="0"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
+      <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L110" s="0"/>
+        <v>421</v>
+      </c>
+      <c r="L110" s="0">
+        <v>30</v>
+      </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L111" s="0"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="D112" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="E112" s="0" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L112" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>