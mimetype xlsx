--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -101,51 +101,51 @@
   <si>
     <t>Экран для приготовления пиццы (до 300 С);алюмин.;D=30см;металлич.</t>
   </si>
   <si>
     <t>04020507</t>
   </si>
   <si>
     <t>41727-30</t>
   </si>
   <si>
     <t>12875.00₸</t>
   </si>
   <si>
     <t>Экран для приготовления пиццы (до 300 С);алюмин.;D=33см;металлич.</t>
   </si>
   <si>
     <t>04020508</t>
   </si>
   <si>
     <t>41727-33</t>
   </si>
   <si>
     <t>14299.00₸</t>
   </si>
   <si>
-    <t>26 шт.</t>
+    <t>15 шт.</t>
   </si>
   <si>
     <t>Экран для приготовления пиццы (до 300 С);алюмин.;D=60см;металлич.</t>
   </si>
   <si>
     <t>04020511</t>
   </si>
   <si>
     <t>41727-60</t>
   </si>
   <si>
     <t>36899.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Экран для приготовления пиццы (до 300 С);алюмин.;D=36см;металлич.</t>
   </si>
   <si>
     <t>04020515</t>
   </si>
   <si>
     <t>41727-36</t>
   </si>
@@ -252,53 +252,50 @@
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>8624.00₸</t>
   </si>
   <si>
     <t>Экран для приготовления пиццы;алюмин.;D=48см;серый</t>
   </si>
   <si>
     <t>04020561</t>
   </si>
   <si>
     <t>22238.00₸</t>
   </si>
   <si>
     <t>Экран для приготовления пиццы;алюмин.;D=20см</t>
   </si>
   <si>
     <t>04020570</t>
   </si>
   <si>
     <t>PS08</t>
   </si>
   <si>
     <t>1925.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>4 шт.</t>
   </si>
   <si>
     <t>Экран для приготовления пиццы;алюмин.;D=23см</t>
   </si>
   <si>
     <t>04020571</t>
   </si>
   <si>
     <t>PS09</t>
   </si>
   <si>
     <t>2002.00₸</t>
   </si>
   <si>
     <t>Экран для приготовления пиццы;алюмин.;D=36см</t>
   </si>
   <si>
     <t>04020572</t>
   </si>
   <si>
     <t>PS14</t>
   </si>
   <si>
     <t>2982.00₸</t>
   </si>
@@ -1659,147 +1656,147 @@
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>76</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>77</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>78</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>79</v>
+        <v>54</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>54</v>
       </c>
       <c r="L16" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="L17" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>