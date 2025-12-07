--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,135 +74,132 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Пресс для чеснока;алюмин.;D=30,L=155,B=30мм;черный</t>
   </si>
   <si>
     <t>02121303</t>
   </si>
   <si>
     <t>056black</t>
   </si>
   <si>
     <t>Ghidini</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Прессы для чеснока</t>
   </si>
   <si>
     <t>3373.00₸</t>
   </si>
   <si>
-    <t>38 шт.</t>
+    <t>20 шт.</t>
   </si>
   <si>
     <t>Пресс для чеснока;алюмин.;D=30,L=155,B=30мм;белый</t>
   </si>
   <si>
     <t>02124214</t>
   </si>
   <si>
     <t>056white</t>
   </si>
   <si>
     <t>2318.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Пресс для чеснока;алюмин.;D=30,L=155,B=30мм;металлич.</t>
   </si>
   <si>
     <t>02124215</t>
   </si>
   <si>
     <t>056metal</t>
   </si>
   <si>
-    <t>3404.00₸</t>
-[...2 lines deleted...]
-    <t>более 100 шт.</t>
+    <t>3604.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
   </si>
   <si>
     <t>Пресс для чеснока;сталь нерж.;D=35,L=155,B=40мм;металлич.</t>
   </si>
   <si>
     <t>04141804</t>
   </si>
   <si>
     <t>42565-00</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>16093.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Пресс для чеснока;пластик,металл;,L=5/17,B=3см;черный</t>
   </si>
   <si>
     <t>04141806</t>
   </si>
   <si>
     <t>2662710-10</t>
   </si>
   <si>
     <t>Linden</t>
   </si>
   <si>
     <t>ШВЕЦИЯ</t>
   </si>
   <si>
     <t>8594.00₸</t>
   </si>
   <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
     <t>Пресс для чеснока;алюмин.;металлич.</t>
   </si>
   <si>
     <t>04141810</t>
   </si>
   <si>
     <t>Westmark</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>9518.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>23 шт.</t>
   </si>
   <si>
     <t>Пресс многофункц.(чеснок;орехи;оливки и т.д.);алюмин.;металлич.</t>
   </si>
   <si>
     <t>04141811</t>
   </si>
   <si>
     <t>26804.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -920,143 +917,143 @@
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>34</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="L5" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="D6" s="0" t="s">
+      <c r="E6" s="0" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="L6" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D7" s="0">
         <v>30102260</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="L7" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D8" s="0">
         <v>30002260</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L8" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>