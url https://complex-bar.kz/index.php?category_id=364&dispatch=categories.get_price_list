--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -110,51 +110,51 @@
   <si>
     <t>23070.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
     <t>Пресс для нарезки картофеля-фри;сталь нерж.;D=9,H=50,L=27,B=19см</t>
   </si>
   <si>
     <t>04071733</t>
   </si>
   <si>
     <t>GRS-G1</t>
   </si>
   <si>
     <t>GRACE</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>45423.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
+    <t>13 шт.</t>
   </si>
   <si>
     <t>Пресс для карпачо из осьминога</t>
   </si>
   <si>
     <t>09101277</t>
   </si>
   <si>
     <t>49760-00</t>
   </si>
   <si>
     <t>544298.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">