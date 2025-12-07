--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,96 +74,96 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Щипцы для удаления костей из рыбы;сталь нерж.;,H=15,L=110,B=70мм;металлич.</t>
   </si>
   <si>
     <t>04140462</t>
   </si>
   <si>
     <t>42592-02</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Щипцы для удаления костей из рыбы</t>
   </si>
   <si>
     <t>21129.00₸</t>
   </si>
   <si>
-    <t>15 шт.</t>
+    <t>9 шт.</t>
   </si>
   <si>
     <t>Щипцы для удаления костей из рыбы;сталь нерж.;,L=11,B=4см;металлич.</t>
   </si>
   <si>
     <t>04140463</t>
   </si>
   <si>
     <t>42592-01</t>
   </si>
   <si>
     <t>12151.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Щипцы для удаления костей из рыбы;сталь нерж.;,L=17,B=7см;металлич.</t>
   </si>
   <si>
     <t>04140491</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>47155.00₸</t>
   </si>
   <si>
-    <t>31 шт.</t>
+    <t>16 шт.</t>
   </si>
   <si>
     <t>Щипцы для удаления костей из рыбы;сталь нерж.;,H=1,L=10,B=5см;металлич.</t>
   </si>
   <si>
     <t>04144025</t>
   </si>
   <si>
     <t>15893.00₸</t>
   </si>
   <si>
-    <t>49 шт.</t>
+    <t>46 шт.</t>
   </si>
   <si>
     <t>Щипцы для удаления костей из рыбы «Глобал»;сталь нерж.;металлич.</t>
   </si>
   <si>
     <t>04144093</t>
   </si>
   <si>
     <t>Global</t>
   </si>
   <si>
     <t>77024.00₸</t>
   </si>
   <si>
     <t>Щипцы для удаления костей из рыбы;сталь нерж.;,B=19мм;металлич.</t>
   </si>
   <si>
     <t>04147401</t>
   </si>
   <si>
     <t>35051.00₸</t>
   </si>
   <si>
     <t>Щипцы для удаления костей из рыбы;сталь нерж.;,L=13см;металлич.</t>
   </si>
@@ -176,93 +176,108 @@
   <si>
     <t>ИСПАНИЯ</t>
   </si>
   <si>
     <t>13545.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Щипцы для удаления костей из рыбы «Металлик»;сталь нерж.;,H=1,L=12,B=2см;металлич.</t>
   </si>
   <si>
     <t>04147984</t>
   </si>
   <si>
     <t>Доляна</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>1477.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
+    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Щипцы для удаления костей из рыбы;сталь нерж.;,L=11см;металлич.</t>
   </si>
   <si>
     <t>04147451</t>
   </si>
   <si>
     <t>TNG98</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>1855.00₸</t>
   </si>
   <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
     <t>Щипцы для удаления костей из рыбы;сталь нерж.;,L=13,3см;металлич.</t>
   </si>
   <si>
     <t>04147461</t>
   </si>
   <si>
     <t>FBT-04H</t>
   </si>
   <si>
     <t>1519.00₸</t>
   </si>
   <si>
     <t>Щипцы для удаления костей из рыбы;сталь нерж.;металлич.</t>
   </si>
   <si>
     <t>04147462</t>
   </si>
   <si>
     <t>FBT-05</t>
   </si>
   <si>
     <t>1568.00₸</t>
+  </si>
+  <si>
+    <t>Щипцы для удаления костей из рыбы «Классик» TAS-PROM;сталь нерж.;,L=12,B=3см;металлич.</t>
+  </si>
+  <si>
+    <t>04147817</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>570.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -811,62 +826,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-paderno-04140462/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-paderno-04140463/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-matfer-04140491/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-matfer-04144025/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-matfer-04144093/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-matfer-04147401/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-arcos-04147435/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-dolyana-04147984/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-prohotel-04147451/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-prohotel-04147461/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-prohotel-04147462/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-paderno-04140462/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-paderno-04140463/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-matfer-04140491/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-matfer-04144025/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-matfer-04144093/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-matfer-04147401/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-arcos-04147435/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-dolyana-04147984/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-prohotel-04147451/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-prohotel-04147461/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-prohotel-04147462/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-dlya-udaleniya-kostey-iz-ryby-04147817/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L12"/>
+  <dimension ref="A1:L13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I12" sqref="I12"/>
+      <selection activeCell="I13" sqref="I13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1162,126 +1177,156 @@
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="B10" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>56</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>59</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L10" s="0"/>
+        <v>60</v>
+      </c>
+      <c r="L10" s="0">
+        <v>36</v>
+      </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="B11" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="0"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="B12" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="0"/>
+    </row>
+    <row r="13" spans="1:12" customHeight="1" ht="80">
+      <c r="B13" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="D13" s="0">
+        <v>5217658</v>
+      </c>
+      <c r="E13" s="0"/>
+      <c r="F13" s="0"/>
+      <c r="G13" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I13" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="J13" s="0"/>
+      <c r="K13" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>