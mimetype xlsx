--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="366">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="365">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -110,66 +110,66 @@
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>9013.00₸</t>
   </si>
   <si>
     <t>Щипцы для салата жаропрочные;пластик;,L=33/8,B=6см;черный</t>
   </si>
   <si>
     <t>04140413</t>
   </si>
   <si>
     <t>00605</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>8624.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
+    <t>10 шт.</t>
   </si>
   <si>
     <t>Щипцы для бутербродов жаропрочные;пластик;,L=281/110,B=77мм;черный</t>
   </si>
   <si>
     <t>04140414</t>
   </si>
   <si>
     <t>00601</t>
   </si>
   <si>
     <t>10409.00₸</t>
   </si>
   <si>
-    <t>45 шт.</t>
+    <t>43 шт.</t>
   </si>
   <si>
     <t>Щипцы многофункц.;пластик;,L=151,B=35мм;черный</t>
   </si>
   <si>
     <t>04140419</t>
   </si>
   <si>
     <t>6TGS110</t>
   </si>
   <si>
     <t>Cambro</t>
   </si>
   <si>
     <t>4266.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Щипцы многофункц.;пластик;,L=297,B=45мм;черный</t>
   </si>
   <si>
     <t>04140421</t>
   </si>
@@ -266,218 +266,218 @@
   <si>
     <t>Щипцы  для гриля;сталь нерж.;,L=30,B=4см;металлич.</t>
   </si>
   <si>
     <t>04140461</t>
   </si>
   <si>
     <t>41698-30</t>
   </si>
   <si>
     <t>11720.00₸</t>
   </si>
   <si>
     <t>Щипцы  для гриля;сталь нерж.;,L=40,B=4см;металлич.</t>
   </si>
   <si>
     <t>04140464</t>
   </si>
   <si>
     <t>41698-40</t>
   </si>
   <si>
     <t>11450.00₸</t>
   </si>
   <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Щипцы  для гриля;сталь нерж.;,L=245,B=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140465</t>
+  </si>
+  <si>
+    <t>41698-22</t>
+  </si>
+  <si>
+    <t>8971.00₸</t>
+  </si>
+  <si>
+    <t>Щипцы;сталь;,L=180,B=65мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140469</t>
+  </si>
+  <si>
+    <t>TG-28210</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>1221.00₸</t>
+  </si>
+  <si>
+    <t>Щипцы;сталь нерж.,пластик;,L=20см</t>
+  </si>
+  <si>
+    <t>04140472</t>
+  </si>
+  <si>
+    <t>kt 1352</t>
+  </si>
+  <si>
+    <t>633.00₸</t>
+  </si>
+  <si>
+    <t>Щипцы для спагетти;поликарбонат;,L=237,B=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>04140476</t>
+  </si>
+  <si>
+    <t>44929-08</t>
+  </si>
+  <si>
+    <t>3439.00₸</t>
+  </si>
+  <si>
+    <t>Щипцы универсальные;поликарбонат;,L=32,B=6см;прозр.</t>
+  </si>
+  <si>
+    <t>04140478</t>
+  </si>
+  <si>
+    <t>44929-06</t>
+  </si>
+  <si>
+    <t>3827.00₸</t>
+  </si>
+  <si>
+    <t>Щипцы универсальные;поликарбонат;,H=20,L=215,B=50мм;прозр.</t>
+  </si>
+  <si>
+    <t>04140479</t>
+  </si>
+  <si>
+    <t>44929-07</t>
+  </si>
+  <si>
+    <t>2388.00₸</t>
+  </si>
+  <si>
+    <t>Щипцы универсальные;поликарбонат;,L=153,B=30мм;прозр.</t>
+  </si>
+  <si>
+    <t>04140480</t>
+  </si>
+  <si>
+    <t>P-009</t>
+  </si>
+  <si>
+    <t>Probar</t>
+  </si>
+  <si>
+    <t>1211.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Щипцы универсальные;поликарбонат;,L=228/75,B=40мм;прозр.</t>
+  </si>
+  <si>
+    <t>04140481</t>
+  </si>
+  <si>
+    <t>P-010</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>1925.00₸</t>
+  </si>
+  <si>
+    <t>Щипцы универсальные;поликарбонат;,L=301/85,B=45мм;прозр.</t>
+  </si>
+  <si>
+    <t>04140482</t>
+  </si>
+  <si>
+    <t>P-011clear</t>
+  </si>
+  <si>
+    <t>2548.00₸</t>
+  </si>
+  <si>
+    <t>Щипцы для салата;пластик;,L=330,B=55мм;черный</t>
+  </si>
+  <si>
+    <t>04140489</t>
+  </si>
+  <si>
+    <t>12930-52</t>
+  </si>
+  <si>
+    <t>7585.00₸</t>
+  </si>
+  <si>
+    <t>Щипцы для салата;пластик;,L=252,B=55мм;черный</t>
+  </si>
+  <si>
+    <t>04140490</t>
+  </si>
+  <si>
+    <t>12930-51</t>
+  </si>
+  <si>
+    <t>4844.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Щипцы для барбекю;сталь нерж.;,L=53,B=4см;металлич.</t>
+  </si>
+  <si>
+    <t>04140492</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>82614.00₸</t>
+  </si>
+  <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Щипцы  для гриля;сталь нерж.;,L=245,B=40мм;металлич.</t>
-[...163 lines deleted...]
-  <si>
     <t>Щипцы универсальные «Проотель»;сталь нерж.;,L=18/6,B=3см;металлич.</t>
   </si>
   <si>
     <t>04144008</t>
   </si>
   <si>
     <t>UT07M</t>
   </si>
   <si>
     <t>1050.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Щипцы голубая ручка «Проотель»;сталь нерж.,поливинилхл.;,L=240/85,B=40мм;металлич.,синий</t>
   </si>
   <si>
     <t>04144009</t>
   </si>
   <si>
     <t>UT09HVBL</t>
   </si>
   <si>
     <t>2877.00₸</t>
@@ -554,71 +554,74 @@
   <si>
     <t>1456.00₸</t>
   </si>
   <si>
     <t>Щипцы черная ручка «Проотель»;сталь нерж.,поливинилхл.;,L=240/85,B=40мм;металлич.,черный</t>
   </si>
   <si>
     <t>04144016</t>
   </si>
   <si>
     <t>UT09HV</t>
   </si>
   <si>
     <t>2898.00₸</t>
   </si>
   <si>
     <t>Щипцы универсальные;сталь нерж.;,L=24/8,B=4см;металлич.</t>
   </si>
   <si>
     <t>04144026</t>
   </si>
   <si>
     <t>13075.00₸</t>
   </si>
   <si>
-    <t>35 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Щипцы универсальные;сталь нерж.;,L=30/8,B=4см;металлич.</t>
   </si>
   <si>
     <t>04144027</t>
   </si>
   <si>
     <t>16717.00₸</t>
   </si>
   <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
     <t>Щипцы универсальные;сталь нерж.;,L=40/8,B=4см;металлич.</t>
   </si>
   <si>
     <t>04144028</t>
   </si>
   <si>
     <t>17010.00₸</t>
   </si>
   <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
     <t>Щипцы для утки;сталь;,L=150,B=25мм;металлич.</t>
   </si>
   <si>
     <t>04144032</t>
   </si>
   <si>
     <t>49637-00</t>
   </si>
   <si>
     <t>6592.00₸</t>
   </si>
   <si>
     <t>Щипцы универсальные;сталь нерж.,поливинилхл.;,L=24см;металлич.,черный</t>
   </si>
   <si>
     <t>04144038</t>
   </si>
   <si>
     <t>071696</t>
   </si>
   <si>
     <t>10642.00₸</t>
   </si>
   <si>
     <t>Щипцы;сталь нерж.;,L=16,B=5см;металлич.</t>
@@ -629,126 +632,126 @@
   <si>
     <t>519801-03</t>
   </si>
   <si>
     <t>Linden</t>
   </si>
   <si>
     <t>ШВЕЦИЯ</t>
   </si>
   <si>
     <t>4443.00₸</t>
   </si>
   <si>
     <t>Щипцы;сталь нерж.;,L=39,B=12,5см;металлич.</t>
   </si>
   <si>
     <t>04144050</t>
   </si>
   <si>
     <t>519804-03</t>
   </si>
   <si>
     <t>7593.00₸</t>
   </si>
   <si>
-    <t>23 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Щипцы универсальные;сталь нерж.;,L=22,5см;металлич.</t>
   </si>
   <si>
     <t>04144057</t>
   </si>
   <si>
     <t>6076.00₸</t>
   </si>
   <si>
     <t>Щипцы универсальные;сталь нерж.;,L=240/100,B=55мм</t>
   </si>
   <si>
     <t>04144058</t>
   </si>
   <si>
     <t>8225.00₸</t>
   </si>
   <si>
     <t>Щипцы для барбекю;сталь нерж.,силикон;,H=125,L=360/90,B=95мм;металлич.,черный</t>
   </si>
   <si>
     <t>04144060</t>
   </si>
   <si>
     <t>10200300IVV</t>
   </si>
   <si>
     <t>6573.00₸</t>
   </si>
   <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
     <t>Щипцы-венчик;сталь нерж.;,L=32/10см;металлич.</t>
   </si>
   <si>
     <t>04144062</t>
   </si>
   <si>
     <t>10970000IVV</t>
   </si>
   <si>
     <t>8147.00₸</t>
   </si>
   <si>
     <t>Щипцы универсальные;сталь нерж.;,L=25см;металлич.</t>
   </si>
   <si>
     <t>04144066</t>
   </si>
   <si>
     <t>00688</t>
   </si>
   <si>
-    <t>27613.00₸</t>
+    <t>31062.00₸</t>
   </si>
   <si>
     <t>Щипцы;поликарбонат;,L=30см;прозр.</t>
   </si>
   <si>
     <t>04144073</t>
   </si>
   <si>
     <t>27300300PCV</t>
   </si>
   <si>
     <t>3681.00₸</t>
   </si>
   <si>
     <t>Щипцы;сталь нерж.;,L=275,B=85мм;металлич.</t>
   </si>
   <si>
     <t>04144074</t>
   </si>
   <si>
-    <t>16009.00₸</t>
+    <t>16679.00₸</t>
   </si>
   <si>
     <t>Щипцы;полиамид;,L=29см;серый</t>
   </si>
   <si>
     <t>04144075</t>
   </si>
   <si>
     <t>15131.00₸</t>
   </si>
   <si>
     <t>Щипцы универсальные;сталь нерж.,поливинилхл.;,L=40см;металлич.,красный</t>
   </si>
   <si>
     <t>04144077</t>
   </si>
   <si>
     <t>071699</t>
   </si>
   <si>
     <t>17171.00₸</t>
   </si>
   <si>
     <t>Щипцы универсальные;пластик;,L=24см;белый</t>
   </si>
@@ -773,51 +776,51 @@
   <si>
     <t>39109.00₸</t>
   </si>
   <si>
     <t>Щипцы;сталь нерж.;,L=24см</t>
   </si>
   <si>
     <t>04144090</t>
   </si>
   <si>
     <t>Vollrath</t>
   </si>
   <si>
     <t>16648.00₸</t>
   </si>
   <si>
     <t>Щипцы для сосисок;сталь нерж.;,L=16см;металлич.</t>
   </si>
   <si>
     <t>04144091</t>
   </si>
   <si>
     <t>7077.00₸</t>
   </si>
   <si>
-    <t>18 шт.</t>
+    <t>5 шт.</t>
   </si>
   <si>
     <t>Щипцы;сталь нерж.;,L=305,B=40мм;фиолет.</t>
   </si>
   <si>
     <t>04144092</t>
   </si>
   <si>
     <t>42854B30</t>
   </si>
   <si>
     <t>14792.00₸</t>
   </si>
   <si>
     <t>Щипцы универсальные;поликарбонат;,L=301/85,B=45мм;красный</t>
   </si>
   <si>
     <t>04144099</t>
   </si>
   <si>
     <t>P-011red</t>
   </si>
   <si>
     <t>1477.00₸</t>
   </si>
@@ -857,54 +860,51 @@
   <si>
     <t>Щипцы для сосисок;сталь нерж.;,L=38см;металлич.</t>
   </si>
   <si>
     <t>04147402</t>
   </si>
   <si>
     <t>41697-00</t>
   </si>
   <si>
     <t>6992.00₸</t>
   </si>
   <si>
     <t>Щипцы;дерево;,L=18см</t>
   </si>
   <si>
     <t>04147403</t>
   </si>
   <si>
     <t>52 171</t>
   </si>
   <si>
     <t>Berard</t>
   </si>
   <si>
-    <t>15624.00₸</t>
-[...2 lines deleted...]
-    <t>42 шт.</t>
+    <t>15554.00₸</t>
   </si>
   <si>
     <t>Щипцы универсальные;поликарбонат;,L=301/85,B=45мм;белый,серый</t>
   </si>
   <si>
     <t>04147404</t>
   </si>
   <si>
     <t>P-011grey-white</t>
   </si>
   <si>
     <t>1281.00₸</t>
   </si>
   <si>
     <t>Щипцы «Мерси»;сталь нерж.;,L=140,B=38мм;антрацит</t>
   </si>
   <si>
     <t>04147426</t>
   </si>
   <si>
     <t>B0717013</t>
   </si>
   <si>
     <t>Serax</t>
   </si>
@@ -944,51 +944,51 @@
   <si>
     <t>Щипцы для торта;сталь нерж.;,L=20см</t>
   </si>
   <si>
     <t>04147430</t>
   </si>
   <si>
     <t>13745.00₸</t>
   </si>
   <si>
     <t>Щипцы для торта;сталь нерж.;,L=24см</t>
   </si>
   <si>
     <t>04147431</t>
   </si>
   <si>
     <t>6807.00₸</t>
   </si>
   <si>
     <t>Щипцы сервировочные;сталь нерж.;,L=24см</t>
   </si>
   <si>
     <t>04147432</t>
   </si>
   <si>
-    <t>28 шт.</t>
+    <t>6969.00₸</t>
   </si>
   <si>
     <t>Щипцы универсальные;сталь нерж.;,L=24см</t>
   </si>
   <si>
     <t>04147433</t>
   </si>
   <si>
     <t>Щипцы;сталь нерж.;,L=30см;черный</t>
   </si>
   <si>
     <t>04147434</t>
   </si>
   <si>
     <t>42854K30</t>
   </si>
   <si>
     <t>13229.00₸</t>
   </si>
   <si>
     <t>Щипцы универсальные;поликарбонат;,L=301/85мм;черный</t>
   </si>
   <si>
     <t>04147436</t>
   </si>
@@ -1020,53 +1020,50 @@
     <t>UT12HVGR</t>
   </si>
   <si>
     <t>3451.00₸</t>
   </si>
   <si>
     <t>Щипцы универсальные «Проотель» желтая ручка;сталь нерж.,поливинилхл.;,L=30,B=4см;металлич.,желт.</t>
   </si>
   <si>
     <t>04149506</t>
   </si>
   <si>
     <t>UT12HVY</t>
   </si>
   <si>
     <t>Щипцы универсальные «Проотель» красная ручка;сталь нерж.,поливинилхл.;,L=30,B=4см;металлич.,красный</t>
   </si>
   <si>
     <t>04149507</t>
   </si>
   <si>
     <t>UT12HVRD</t>
   </si>
   <si>
     <t>4158.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>14 шт.</t>
   </si>
   <si>
     <t>Щипцы универсальные «Проотель» синяя ручка;сталь нерж.,поливинилхл.;,L=30,B=4см;металлич.,синий</t>
   </si>
   <si>
     <t>04149508</t>
   </si>
   <si>
     <t>UT12HVBL</t>
   </si>
   <si>
     <t>2968.00₸</t>
   </si>
   <si>
     <t>Щипцы олива;,L=32см;бежев.</t>
   </si>
   <si>
     <t>04149510</t>
   </si>
   <si>
     <t>G14-FZ012</t>
   </si>
   <si>
     <t>980.00₸</t>
   </si>
@@ -4343,51 +4340,51 @@
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>76</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>77</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>78</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>79</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>81</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
@@ -4661,147 +4658,147 @@
         <v>120</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>121</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>122</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>112</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>112</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>123</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L25" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="L26" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="D27" s="0">
         <v>112411</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="H27" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I27" s="1" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>138</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>83</v>
+        <v>138</v>
       </c>
       <c r="L27" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>141</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>118</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>91</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
@@ -4821,51 +4818,51 @@
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
         <v>144</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>145</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>146</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>118</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>91</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>147</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>19</v>
+        <v>143</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>150</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>118</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>91</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
@@ -5063,257 +5060,257 @@
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>175</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>143</v>
       </c>
       <c r="L36" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
         <v>176</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>177</v>
       </c>
       <c r="D37" s="0">
         <v>652015</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>178</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>179</v>
+        <v>19</v>
       </c>
       <c r="L37" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="D38" s="0">
         <v>652016</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>19</v>
+        <v>182</v>
       </c>
       <c r="L38" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D39" s="0">
         <v>652017</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>185</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>42</v>
+        <v>186</v>
       </c>
       <c r="L39" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>204</v>
+        <v>19</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>205</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>206</v>
       </c>
       <c r="D44" s="0">
         <v>88643</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
@@ -5333,631 +5330,631 @@
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
         <v>208</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>209</v>
       </c>
       <c r="D45" s="0">
         <v>75800</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>210</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="L45" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>213</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>214</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>31</v>
+        <v>215</v>
       </c>
       <c r="L46" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D50" s="0">
         <v>75807</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D51" s="0">
         <v>112425</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D53" s="0">
         <v>112437</v>
       </c>
       <c r="E53" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="F53" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="G53" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="F53" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D55" s="0">
         <v>4790910</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D56" s="0">
         <v>75806</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="L56" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>118</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>118</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="L58" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D59" s="0">
         <v>75850</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D60" s="0">
         <v>75851</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>281</v>
+        <v>42</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
         <v>282</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>283</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>284</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>118</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>118</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>29</v>
       </c>
@@ -6107,83 +6104,83 @@
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
         <v>304</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>305</v>
       </c>
       <c r="D69" s="0">
         <v>58136124</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>299</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>306</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="L69" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
         <v>307</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>308</v>
       </c>
       <c r="D70" s="0">
         <v>58137524</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>299</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>189</v>
+        <v>309</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>309</v>
+        <v>19</v>
       </c>
       <c r="L70" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>311</v>
       </c>
       <c r="D71" s="0">
         <v>58137224</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>299</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
@@ -6235,51 +6232,51 @@
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
         <v>316</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>317</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>318</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>112</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>319</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="L73" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
         <v>320</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>321</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>322</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>118</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>91</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
@@ -6363,297 +6360,297 @@
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
         <v>331</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>332</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>333</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>118</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>91</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>334</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>335</v>
+        <v>143</v>
       </c>
       <c r="L77" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>336</v>
       </c>
-      <c r="C78" s="0" t="s">
+      <c r="D78" s="0" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>118</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
         <v>91</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>143</v>
       </c>
       <c r="L78" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>340</v>
       </c>
-      <c r="C79" s="0" t="s">
+      <c r="D79" s="0" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>118</v>
       </c>
       <c r="F79" s="0" t="s">
         <v>118</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="L79" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="D80" s="0">
         <v>75809</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>347</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="D81" s="0" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
       <c r="D82" s="0">
         <v>652014</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L82" s="0"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="C83" s="0" t="s">
         <v>354</v>
       </c>
-      <c r="C83" s="0" t="s">
+      <c r="D83" s="0" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L83" s="0"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="B84" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="C84" s="0" t="s">
         <v>358</v>
       </c>
-      <c r="C84" s="0" t="s">
+      <c r="D84" s="0" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>118</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L84" s="0"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="B85" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="C85" s="0" t="s">
         <v>362</v>
       </c>
-      <c r="C85" s="0" t="s">
+      <c r="D85" s="0" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>118</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L85" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>