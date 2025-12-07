--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -128,108 +128,108 @@
   <si>
     <t>02030414</t>
   </si>
   <si>
     <t>2988.00₸</t>
   </si>
   <si>
     <t>Стакан смесительный «Дорчестер»;хрусталь;0,5л;D=95,H=150мм;прозр.</t>
   </si>
   <si>
     <t>02030416</t>
   </si>
   <si>
     <t>10463/700/6-24928</t>
   </si>
   <si>
     <t>Neman</t>
   </si>
   <si>
     <t>БЕЛАРУСЬ</t>
   </si>
   <si>
     <t>15477.00₸</t>
   </si>
   <si>
-    <t>18 шт.</t>
+    <t>14 шт.</t>
   </si>
   <si>
     <t>Стакан смесительный «Мерис»;хрусталь;0,6л;D=90,H=145мм;прозр.</t>
   </si>
   <si>
     <t>02030417</t>
   </si>
   <si>
     <t>10463/900/85-24927</t>
   </si>
   <si>
     <t>16132.00₸</t>
   </si>
   <si>
-    <t>37 шт.</t>
+    <t>31 шт.</t>
   </si>
   <si>
     <t>Стакан смесительный «Свизл Чек»;хрусталь;0,6л;D=9,H=15см;прозр.</t>
   </si>
   <si>
     <t>02030418</t>
   </si>
   <si>
     <t>10463/900/50-24926</t>
   </si>
   <si>
     <t>16817.00₸</t>
   </si>
   <si>
-    <t>15 шт.</t>
+    <t>16 шт.</t>
   </si>
   <si>
     <t>Стакан смесительный «Мерис»;хрусталь;0,75л;D=95,H=170мм;прозр.</t>
   </si>
   <si>
     <t>02030420</t>
   </si>
   <si>
     <t>0.7-9996-900/85-18428</t>
   </si>
   <si>
     <t>16740.00₸</t>
   </si>
   <si>
     <t>Стакан смесительный «Свизл Чек»;хрусталь;0,75л;D=95,H=170мм;прозр.</t>
   </si>
   <si>
     <t>02030421</t>
   </si>
   <si>
     <t>0.7-9996-900/50-18438</t>
   </si>
   <si>
     <t>19967.00₸</t>
   </si>
   <si>
-    <t>14 шт.</t>
+    <t>4 шт.</t>
   </si>
   <si>
     <t>Стакан смесительный;стекло;0,592л;D=92,H=171мм;прозр.</t>
   </si>
   <si>
     <t>02030422</t>
   </si>
   <si>
     <t>3057.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Стакан смесительный;стекло;400мл;D=85,H=145мм;прозр.</t>
   </si>
   <si>
     <t>02030424</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
@@ -242,141 +242,141 @@
   <si>
     <t>02030429</t>
   </si>
   <si>
     <t>Carats</t>
   </si>
   <si>
     <t>ПОРТУГАЛИЯ</t>
   </si>
   <si>
     <t>12867.00₸</t>
   </si>
   <si>
     <t>Стакан смесительный «Хайман»;хрусталь;0,75л;D=95,H=170мм;прозр.</t>
   </si>
   <si>
     <t>02030430</t>
   </si>
   <si>
     <t>0.7-9996-900/38-18439</t>
   </si>
   <si>
     <t>16925.00₸</t>
   </si>
   <si>
-    <t>25 шт.</t>
+    <t>21 шт.</t>
   </si>
   <si>
     <t>Стакан смесительный;хрусталь;0,75л;D=95,H=180мм;прозр.</t>
   </si>
   <si>
     <t>02030437</t>
   </si>
   <si>
     <t>9996/900/32-20906</t>
   </si>
   <si>
     <t>Стакан смесительный «Таймлесс»;стекло;0,75л;D=10,7,H=15см;прозр.</t>
   </si>
   <si>
     <t>02030438</t>
   </si>
   <si>
     <t>Pasabahce</t>
   </si>
   <si>
     <t>Timeless</t>
   </si>
   <si>
     <t>ТУРЦИЯ</t>
   </si>
   <si>
-    <t>5698.00₸</t>
+    <t>5768.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
   </si>
   <si>
     <t>Стакан смесительный «Пробар»;стекло;0,5л;D=90,H=165мм;прозр.</t>
   </si>
   <si>
     <t>02030439</t>
   </si>
   <si>
     <t>3810-2clear</t>
   </si>
   <si>
     <t>Probar</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>3913.00₸</t>
   </si>
   <si>
-    <t>более 100 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Стакан смесительный;стекло;0,55л;D=95,H=150мм;прозр.</t>
   </si>
   <si>
     <t>02030443</t>
   </si>
   <si>
     <t>67908M</t>
   </si>
   <si>
     <t>Vidivi</t>
   </si>
   <si>
     <t>13706.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
+    <t>12 шт.</t>
   </si>
   <si>
     <t>Стакан смесительный «Камберленд»;хр.стекло;0,6л;D=95,H=146мм;прозр.</t>
   </si>
   <si>
     <t>02030444</t>
   </si>
   <si>
     <t>5702 7310</t>
   </si>
   <si>
     <t>Rona</t>
   </si>
   <si>
     <t>Cumberland</t>
   </si>
   <si>
     <t>СЛОВАКИЯ</t>
   </si>
   <si>
     <t>22253.00₸</t>
   </si>
   <si>
-    <t>47 шт.</t>
+    <t>40 шт.</t>
   </si>
   <si>
     <t>02030445</t>
   </si>
   <si>
     <t>3696-2</t>
   </si>
   <si>
     <t>02030446</t>
   </si>
   <si>
     <t>9996/700/6-27328</t>
   </si>
   <si>
     <t>16486.00₸</t>
   </si>
   <si>
     <t>Стакан смесительный «Хэпберн»;хр.стекло;0,65л;D=97,H=190мм;прозр.</t>
   </si>
   <si>
     <t>02030455</t>
   </si>
   <si>
     <t>Nude</t>
   </si>
@@ -416,92 +416,89 @@
   <si>
     <t>02030460</t>
   </si>
   <si>
     <t>Royal Leerdam</t>
   </si>
   <si>
     <t>НИДЕРЛАНДЫ</t>
   </si>
   <si>
     <t>11880.00₸</t>
   </si>
   <si>
     <t>Стакан смесительный «Ресторан» градуированный;стекло;473мл;D=87,H=145мм;прозр.</t>
   </si>
   <si>
     <t>02030461</t>
   </si>
   <si>
     <t>5139/d</t>
   </si>
   <si>
     <t>1925.00₸</t>
   </si>
   <si>
-    <t>3 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Стакан смесительный «Пробар» с носиком;сталь нерж.;0,8л;D=92,H=130мм;серебрист.</t>
   </si>
   <si>
     <t>02030462</t>
   </si>
   <si>
     <t>SWS26</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>3493.00₸</t>
   </si>
   <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
     <t>Стакан смесительный «Америка 20х»;стекло;0,79л;D=10,8,H=16см;прозр.</t>
   </si>
   <si>
     <t>02030463</t>
   </si>
   <si>
     <t>122149MDG121990</t>
   </si>
   <si>
     <t>Bormioli Rocco</t>
   </si>
   <si>
     <t>America"20s</t>
   </si>
   <si>
     <t>17826.00₸</t>
   </si>
   <si>
-    <t>20 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Стакан смесительный «Пробар»;сталь нерж.;0,5л;D=87/63,H=120мм;серебрист.</t>
   </si>
   <si>
     <t>02030465</t>
   </si>
   <si>
     <t>MSM002S</t>
   </si>
   <si>
     <t>6496.00₸</t>
   </si>
   <si>
     <t>Стакан смесительный «Пробар Премиум Мунлайт»;сталь нерж.;0,55л;D=10,5,H=13,5см;матовый</t>
   </si>
   <si>
     <t>02030469</t>
   </si>
   <si>
     <t>MSM008S</t>
   </si>
   <si>
     <t>Probar Premium</t>
   </si>
   <si>
     <t>Moonlight</t>
@@ -533,111 +530,108 @@
   <si>
     <t>02030473</t>
   </si>
   <si>
     <t>MSM002ER</t>
   </si>
   <si>
     <t>Motivo</t>
   </si>
   <si>
     <t>11459.00₸</t>
   </si>
   <si>
     <t>Стакан смесительный «Пробар Премиум Мотиво» с рисунком;сталь нерж.;0,5л;D=90,H=165мм;серебрист.</t>
   </si>
   <si>
     <t>02030474</t>
   </si>
   <si>
     <t>MSM002EL</t>
   </si>
   <si>
     <t>11914.00₸</t>
   </si>
   <si>
-    <t>36 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Стакан смесительный «Сакура Алкеми»;сталь;0,5л;D=60,H=115мм;металлич.</t>
   </si>
   <si>
     <t>02030475</t>
   </si>
   <si>
     <t>L0383</t>
   </si>
   <si>
     <t>Sakura Alchemy</t>
   </si>
   <si>
     <t>27582.00₸</t>
   </si>
   <si>
-    <t>11 шт.</t>
+    <t>7 шт.</t>
   </si>
   <si>
     <t>Тубус д/смесительного стакана на 700мл;кожа</t>
   </si>
   <si>
     <t>02131001</t>
   </si>
   <si>
     <t>0.7-№</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>41018.00₸</t>
   </si>
   <si>
     <t>Тубус д/смесительного стакана на 500мл;кожа</t>
   </si>
   <si>
     <t>02131002</t>
   </si>
   <si>
     <t>0.5-№</t>
   </si>
   <si>
     <t>36429.00₸</t>
   </si>
   <si>
     <t>Стакан смесительный «Пробар Премиум»;сталь нерж.;0,54л;D=85,H=135мм;серебрист.</t>
   </si>
   <si>
     <t>02030476</t>
   </si>
   <si>
     <t>MT-MG-5</t>
   </si>
   <si>
-    <t>0.00₸</t>
+    <t>18669.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -2484,85 +2478,85 @@
         <v>79</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D15" s="0">
         <v>52849</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>81</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>82</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>83</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>84</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>19</v>
+        <v>85</v>
       </c>
       <c r="L15" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>94</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>95</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
@@ -2593,108 +2587,108 @@
         <v>101</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>102</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>103</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>104</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>105</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>106</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>107</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>110</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>91</v>
+        <v>27</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>112</v>
       </c>
       <c r="D21" s="0">
         <v>68279</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>113</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>114</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>83</v>
       </c>
@@ -2816,412 +2810,412 @@
         <v>129</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>131</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>132</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="L25" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="D26" s="0" t="s">
+      <c r="E26" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="E26" s="0" t="s">
+      <c r="F26" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="G26" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="F26" s="0" t="s">
-[...2 lines deleted...]
-      <c r="G26" s="0" t="s">
+      <c r="H26" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I26" s="1" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>91</v>
+        <v>139</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>140</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>141</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>142</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>143</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>144</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>145</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>146</v>
+        <v>27</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>148</v>
       </c>
-      <c r="D28" s="0" t="s">
+      <c r="E28" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="F28" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="G28" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I28" s="1" t="s">
         <v>149</v>
-      </c>
-[...13 lines deleted...]
-        <v>150</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="D29" s="0" t="s">
+      <c r="E29" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="E29" s="0" t="s">
+      <c r="F29" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="F29" s="0" t="s">
+      <c r="G29" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>155</v>
-      </c>
-[...7 lines deleted...]
-        <v>156</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="D30" s="0" t="s">
+      <c r="E30" s="0" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="D31" s="0" t="s">
+      <c r="E31" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="F31" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="E31" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F31" s="0" t="s">
+      <c r="G31" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="H31" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I31" s="1" t="s">
         <v>166</v>
-      </c>
-[...7 lines deleted...]
-        <v>167</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="D32" s="0" t="s">
+      <c r="E32" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="F32" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="G32" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I32" s="1" t="s">
         <v>170</v>
-      </c>
-[...13 lines deleted...]
-        <v>171</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>172</v>
+        <v>47</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D33" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="E33" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="F33" s="0" t="s">
         <v>174</v>
-      </c>
-[...7 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="E34" s="0" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>182</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="C35" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E35" s="0" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="B36" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="D36" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="C36" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E36" s="0" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>