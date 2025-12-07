--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -73,102 +73,102 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Адаптер для индукционной плиты со съемной ручкой;сталь нерж.;D=14,5,L=28см</t>
   </si>
   <si>
     <t>07050208</t>
   </si>
   <si>
     <t>099.01.3</t>
   </si>
   <si>
     <t>Frabosk</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Адаптеры для индукционной плиты</t>
   </si>
   <si>
     <t>15809.00₸</t>
   </si>
   <si>
-    <t>8 шт.</t>
+    <t>3 шт.</t>
   </si>
   <si>
     <t>Адаптер для индукционной плиты со съемной ручкой;сталь нерж.;D=22,L=35,5см</t>
   </si>
   <si>
     <t>07050209</t>
   </si>
   <si>
     <t>099.02.3</t>
   </si>
   <si>
     <t>18119.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
+    <t>0 шт.</t>
   </si>
   <si>
     <t>Адаптер для индукционной плиты со съемной ручкой;сталь нерж.,алюмин.;D=21,L=26см</t>
   </si>
   <si>
     <t>07050210</t>
   </si>
   <si>
     <t>02750210IVV</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>15757.00₸</t>
   </si>
   <si>
     <t>38 шт.</t>
   </si>
   <si>
     <t>Адаптер для индукционной плиты со съемной ручкой;сталь нерж.,алюмин.;D=16,L=22см</t>
   </si>
   <si>
     <t>07050211</t>
   </si>
   <si>
     <t>02750160IVV</t>
   </si>
   <si>
     <t>12516.00₸</t>
   </si>
   <si>
-    <t>33 шт.</t>
+    <t>26 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>