--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,1505 +15,1160 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="541">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="401">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Цена со скидкой</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
-    <t>Форма для приготовл.рыбы на пару;сталь нерж.;,H=14,5,L=52,6,B=16,9см;металлич.</t>
+    <t>Форма для приготовления рыбы на пару;сталь нерж.;,H=14,5,L=52,6,B=16,9см;металлич.</t>
   </si>
   <si>
     <t>04010182</t>
   </si>
   <si>
     <t>41964-45</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Кастрюли из нержавеющей стали</t>
   </si>
   <si>
     <t>60030.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
-    <t>Форма для приготовл.рыбы на пару;сталь нерж.;,H=14,5,L=68,B=19,5см;металлич.</t>
+    <t>Форма для приготовления рыбы на пару;сталь нерж.;,H=14,5,L=68,B=19,5см;металлич.</t>
   </si>
   <si>
     <t>04010183</t>
   </si>
   <si>
     <t>41964-60</t>
   </si>
   <si>
     <t>129992.00₸</t>
   </si>
   <si>
-    <t>Кастрюля (индукция);сталь нерж.;30,8л;D=40,H=24,5,L=56,5см;металлич.</t>
-[...10 lines deleted...]
-  <si>
     <t>Кастрюля без крышки;сталь;8,5л;D=24,H=20,L=35,2см;металлич.</t>
   </si>
   <si>
     <t>04010208</t>
   </si>
   <si>
     <t>316003-24</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>Induction</t>
   </si>
   <si>
     <t>ИСПАНИЯ</t>
   </si>
   <si>
     <t>34852.00₸</t>
   </si>
   <si>
     <t>Кастрюля без крышки;сталь;10,5л;D=26,H=20,7,L=37,7см;металлич.</t>
   </si>
   <si>
     <t>04010209</t>
   </si>
   <si>
     <t>316003-26</t>
   </si>
   <si>
     <t>47933.00₸</t>
   </si>
   <si>
     <t>Кастрюля без крышки;сталь;3,75л;D=240,H=95,L=360,B=250мм;металлич.</t>
   </si>
   <si>
     <t>04010215</t>
   </si>
   <si>
     <t>316009-24</t>
   </si>
   <si>
     <t>26150.00₸</t>
   </si>
   <si>
-    <t>Кастрюля без крышки;сталь нерж.;21,25л;D=30,H=31,L=45,1см;металлич.</t>
-[...5 lines deleted...]
-    <t>142443.00₸</t>
+    <t>Кастрюля без крышки;сталь нерж.;9,75л;D=28,H=16,5,L=40,B=30,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04010221</t>
+  </si>
+  <si>
+    <t>83938.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;12л;D=30,H=17,L=45см;металлич.</t>
+  </si>
+  <si>
+    <t>04010222</t>
+  </si>
+  <si>
+    <t>108832.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь;5,5л;D=24,H=12,9,L=30см;металлич.</t>
+  </si>
+  <si>
+    <t>04010241</t>
+  </si>
+  <si>
+    <t>316005-24</t>
+  </si>
+  <si>
+    <t>35228.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Пардини» без крышки;сталь нерж.;6л;D=20,H=20см</t>
+  </si>
+  <si>
+    <t>04010280</t>
+  </si>
+  <si>
+    <t>809-20</t>
+  </si>
+  <si>
+    <t>28589.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;3,2л;D=16,H=16,L=17,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04010293</t>
+  </si>
+  <si>
+    <t>11001-16</t>
+  </si>
+  <si>
+    <t>53954.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;4л;D=18,H=16,2,L=27,B=19,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04010294</t>
+  </si>
+  <si>
+    <t>11001-18</t>
+  </si>
+  <si>
+    <t>40764.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;5,5л;D=20,H=18,L=29,B=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04010295</t>
+  </si>
+  <si>
+    <t>11001-20</t>
+  </si>
+  <si>
+    <t>75522.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;8,3л;D=22,H=22,L=32,B=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04010296</t>
+  </si>
+  <si>
+    <t>11001-22</t>
+  </si>
+  <si>
+    <t>46662.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;10,5л;D=24,H=24,L=34,B=25,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04010297</t>
+  </si>
+  <si>
+    <t>11001-24</t>
+  </si>
+  <si>
+    <t>89451.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;1,9л;D=16,H=10,L=25,B=18см;металлич.</t>
+  </si>
+  <si>
+    <t>04010604</t>
+  </si>
+  <si>
+    <t>11007-16</t>
+  </si>
+  <si>
+    <t>33750.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;2,7л;D=18,H=11,4,L=27см;металлич.</t>
+  </si>
+  <si>
+    <t>04010606</t>
+  </si>
+  <si>
+    <t>11007-18</t>
+  </si>
+  <si>
+    <t>40510.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;3,8л;D=20,H=12,5,L=29,B=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04010607</t>
+  </si>
+  <si>
+    <t>11007-20</t>
+  </si>
+  <si>
+    <t>58066.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;5л;D=22,H=13,5,L=31,B=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04010608</t>
+  </si>
+  <si>
+    <t>11007-22</t>
+  </si>
+  <si>
+    <t>73220.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;6,5л;D=24,H=15,5,L=33,5,B=25,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04010609</t>
+  </si>
+  <si>
+    <t>11007-24</t>
+  </si>
+  <si>
+    <t>79241.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;9,8л;D=28,H=16,5,L=38,B=29,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04010610</t>
+  </si>
+  <si>
+    <t>11007-28</t>
+  </si>
+  <si>
+    <t>106222.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;15,4л;D=32,H=19,5,L=44,B=34см;металлич.</t>
+  </si>
+  <si>
+    <t>04010611</t>
+  </si>
+  <si>
+    <t>11007-32</t>
+  </si>
+  <si>
+    <t>136745.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;4л;D=24,H=10,L=36,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04010639</t>
+  </si>
+  <si>
+    <t>306009-24</t>
+  </si>
+  <si>
+    <t>65920.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;3,7л;D=240,H=83,L=336мм;металлич.</t>
+  </si>
+  <si>
+    <t>04010665</t>
+  </si>
+  <si>
+    <t>11009-24</t>
+  </si>
+  <si>
+    <t>43837.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;1,3л;D=160,H=68,L=247мм;металлич.</t>
+  </si>
+  <si>
+    <t>04010666</t>
+  </si>
+  <si>
+    <t>11009-16</t>
+  </si>
+  <si>
+    <t>26111.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;1,8л;D=180,H=78,L=269мм;металлич.</t>
+  </si>
+  <si>
+    <t>04010667</t>
+  </si>
+  <si>
+    <t>11009-18</t>
+  </si>
+  <si>
+    <t>28267.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;2,5л;D=200,H=76,L=295мм;металлич.</t>
+  </si>
+  <si>
+    <t>04010668</t>
+  </si>
+  <si>
+    <t>11009-20</t>
+  </si>
+  <si>
+    <t>56957.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция) 3-х слойная;сталь нерж.;5л;D=24,H=11,8,L=36,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04010669</t>
+  </si>
+  <si>
+    <t>12507-24</t>
+  </si>
+  <si>
+    <t>77054.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция) 3-х слойная;сталь нерж.;8,5л;D=28,H=14,1,L=40,2см;металлич.</t>
+  </si>
+  <si>
+    <t>04010670</t>
+  </si>
+  <si>
+    <t>12507-28</t>
+  </si>
+  <si>
+    <t>117364.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция) 3-х слойная;сталь нерж.;2,8л;D=200,H=97,L=303мм;металлич.</t>
+  </si>
+  <si>
+    <t>04010671</t>
+  </si>
+  <si>
+    <t>12509-20</t>
+  </si>
+  <si>
+    <t>44206.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция) 3-х слойная;сталь нерж.;4,7л;D=24,H=10,7,L=36,4см;металлич.</t>
+  </si>
+  <si>
+    <t>04010672</t>
+  </si>
+  <si>
+    <t>12509-24</t>
+  </si>
+  <si>
+    <t>74637.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция) 3-х слойная;сталь нерж.;6,5л;D=28,H=11,2,L=40,4см;металлич.</t>
+  </si>
+  <si>
+    <t>04010673</t>
+  </si>
+  <si>
+    <t>12509-28</t>
+  </si>
+  <si>
+    <t>105375.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;5,8л;D=28,H=10,L=38см;металлич.</t>
+  </si>
+  <si>
+    <t>04010674</t>
+  </si>
+  <si>
+    <t>11009-28</t>
+  </si>
+  <si>
+    <t>97968.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;9,2л;D=32,H=11,8,L=44,4см;металлич.</t>
+  </si>
+  <si>
+    <t>04010675</t>
+  </si>
+  <si>
+    <t>11009-32</t>
+  </si>
+  <si>
+    <t>117233.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;13л;D=36,H=13,5,L=49,2см;металлич.</t>
+  </si>
+  <si>
+    <t>04010676</t>
+  </si>
+  <si>
+    <t>11009-36</t>
+  </si>
+  <si>
+    <t>155764.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Экселленс» без крышки;сталь нерж.;12,8л;D=32,H=15,L=48см;металлич.</t>
+  </si>
+  <si>
+    <t>04010685</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>Excellence</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>113614.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Экселленс» без крышки;сталь нерж.;18,3л;D=36,H=18см;металлич.</t>
+  </si>
+  <si>
+    <t>04010686</t>
+  </si>
+  <si>
+    <t>244191.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;12,8л;D=32,H=16,L=44см;металлич.</t>
+  </si>
+  <si>
+    <t>04010695</t>
+  </si>
+  <si>
+    <t>Performance</t>
+  </si>
+  <si>
+    <t>65909.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;17,2л;D=28,H=28,L=40см;металлич.</t>
+  </si>
+  <si>
+    <t>04010697</t>
+  </si>
+  <si>
+    <t>60864.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;14,5л;D=32,H=18см;металлич.</t>
+  </si>
+  <si>
+    <t>04010724</t>
+  </si>
+  <si>
+    <t>138008.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Перфоманс» без крышки;сталь нерж.;11л;D=28,H=19,L=41см;металлич.</t>
+  </si>
+  <si>
+    <t>04011705</t>
+  </si>
+  <si>
+    <t>58352.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Перфоманс» без крышки;сталь нерж.;5,4л;D=24,H=12,L=37см;металлич.</t>
+  </si>
+  <si>
+    <t>04011707</t>
+  </si>
+  <si>
+    <t>40447.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Перфоманс» без крышки;сталь нерж.;8,6л;D=28,H=14,L=40см;металлич.</t>
+  </si>
+  <si>
+    <t>04011708</t>
+  </si>
+  <si>
+    <t>51744.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Экселленс» + 4 стрейнера без крышки;сталь нерж.;18,3л;D=36,H=18см;металлич.</t>
+  </si>
+  <si>
+    <t>04011716</t>
+  </si>
+  <si>
+    <t>343698.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Экселленс» без крышки;сталь нерж.;25л;D=40,H=20,L=55см;металлич.</t>
+  </si>
+  <si>
+    <t>04011729</t>
+  </si>
+  <si>
+    <t>214992.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.,алюмин.;12,8л;D=32,H=16см;металлич.</t>
+  </si>
+  <si>
+    <t>04011774</t>
+  </si>
+  <si>
+    <t>Tradition</t>
+  </si>
+  <si>
+    <t>159706.00₸</t>
+  </si>
+  <si>
+    <t>Форма для приготовления рыбы на пару;сталь нерж.;,H=13,L=67,B=20см;металлич.</t>
+  </si>
+  <si>
+    <t>04011777</t>
+  </si>
+  <si>
+    <t>073597</t>
+  </si>
+  <si>
+    <t>147586.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Экселленс» без крышки;сталь нерж.;12л;D=36,H=12см;металлич.</t>
+  </si>
+  <si>
+    <t>04011781</t>
+  </si>
+  <si>
+    <t>129568.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;3,2л;D=16,H=16см;металлич.</t>
+  </si>
+  <si>
+    <t>04011786</t>
+  </si>
+  <si>
+    <t>11101-16</t>
+  </si>
+  <si>
+    <t>91407.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;10л;D=24,H=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04011788</t>
+  </si>
+  <si>
+    <t>11101-24</t>
+  </si>
+  <si>
+    <t>164180.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;16,5л;D=28,H=28см;металлич.</t>
+  </si>
+  <si>
+    <t>04011790</t>
+  </si>
+  <si>
+    <t>11101-28</t>
+  </si>
+  <si>
+    <t>108517.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;2,7л;D=16,H=14см;металлич.</t>
+  </si>
+  <si>
+    <t>04011791</t>
+  </si>
+  <si>
+    <t>11105-16</t>
+  </si>
+  <si>
+    <t>39871.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;8,5л;D=24,H=21см;металлич.</t>
+  </si>
+  <si>
+    <t>04011794</t>
+  </si>
+  <si>
+    <t>11105-24</t>
+  </si>
+  <si>
+    <t>76508.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (индукция);сталь нерж.;14,5л;D=28,H=23см;металлич.</t>
+  </si>
+  <si>
+    <t>04011795</t>
+  </si>
+  <si>
+    <t>11105-28</t>
+  </si>
+  <si>
+    <t>89906.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Классик» с крышкой;сталь нерж.;5,5л;D=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04012900</t>
+  </si>
+  <si>
+    <t>38400524/38403024</t>
+  </si>
+  <si>
+    <t>Classic</t>
+  </si>
+  <si>
+    <t>0.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Экселленс» без крышки;сталь нерж.;8,6л;D=28,H=14см;металлич.</t>
+  </si>
+  <si>
+    <t>04012904</t>
+  </si>
+  <si>
+    <t>106977.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Классик» с крышкой;сталь нерж.;5л;D=20,H=16,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04012921</t>
+  </si>
+  <si>
+    <t>3840B320/38403020</t>
+  </si>
+  <si>
+    <t>26850.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля с крышкой 3-х слойная (медь) уцененная;сталь нерж.,алюмин.;3л;D=200,H=95мм;медный</t>
+  </si>
+  <si>
+    <t>04012942-У1</t>
+  </si>
+  <si>
+    <t>BAR28 copper/у</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>64428.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля с крышкой 3-х слойная (медь) уцененная;сталь нерж.,алюмин.;6л;D=24,H=13,5см</t>
+  </si>
+  <si>
+    <t>04012943-У1</t>
+  </si>
+  <si>
+    <t>BAR29 copper/у</t>
+  </si>
+  <si>
+    <t>114793.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;6л;D=28,H=10см;металлич.</t>
+  </si>
+  <si>
+    <t>04012958</t>
+  </si>
+  <si>
+    <t>BAR47 induction</t>
+  </si>
+  <si>
+    <t>32242.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;7л;D=30,H=11см;металлич.</t>
+  </si>
+  <si>
+    <t>04012959</t>
+  </si>
+  <si>
+    <t>BAR46 induction</t>
+  </si>
+  <si>
+    <t>35455.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;8л;D=32/29,H=12см;металлич.</t>
+  </si>
+  <si>
+    <t>04012960</t>
+  </si>
+  <si>
+    <t>BAR45 induction</t>
+  </si>
+  <si>
+    <t>43463.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;13л;D=36,H=14см;металлич.</t>
+  </si>
+  <si>
+    <t>04012961</t>
+  </si>
+  <si>
+    <t>BAR44 induction</t>
+  </si>
+  <si>
+    <t>54089.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;18л;D=40,H=15см;металлич.</t>
+  </si>
+  <si>
+    <t>04012962</t>
+  </si>
+  <si>
+    <t>BAR43 induction</t>
+  </si>
+  <si>
+    <t>65765.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;4,5л;D=18,H=18см;металлич.</t>
+  </si>
+  <si>
+    <t>04012965</t>
+  </si>
+  <si>
+    <t>BAR57w/o lid ind</t>
+  </si>
+  <si>
+    <t>20741.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;6л;D=20,H=20см;металлич.</t>
+  </si>
+  <si>
+    <t>04012966</t>
+  </si>
+  <si>
+    <t>BAR58w/o lid ind</t>
+  </si>
+  <si>
+    <t>22869.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;7,5л;D=22,H=20см</t>
+  </si>
+  <si>
+    <t>04012967</t>
+  </si>
+  <si>
+    <t>BAR59w/o lid ind</t>
+  </si>
+  <si>
+    <t>26313.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;10,5л;D=24,H=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04012968</t>
+  </si>
+  <si>
+    <t>BAR60w/o lid ind</t>
+  </si>
+  <si>
+    <t>29470.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;11,5л;D=26,H=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04012969</t>
+  </si>
+  <si>
+    <t>BAR61w/o lid ind</t>
+  </si>
+  <si>
+    <t>34825.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;13,5л;D=28,H=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04012970</t>
+  </si>
+  <si>
+    <t>BAR62w/o lid ind</t>
+  </si>
+  <si>
+    <t>33390.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки;сталь нерж.;9л;D=24,H=20см;металлич.</t>
+  </si>
+  <si>
+    <t>04012984</t>
+  </si>
+  <si>
+    <t>BAR07 induction</t>
+  </si>
+  <si>
+    <t>29057.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (дно-сэндвич);сталь нерж.;9л;D=24,H=20см;металлич.</t>
+  </si>
+  <si>
+    <t>04012995</t>
+  </si>
+  <si>
+    <t>BARS07 induction</t>
+  </si>
+  <si>
+    <t>24437.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (дно-сэндвич);сталь нерж.;15л;D=30,H=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04012996</t>
+  </si>
+  <si>
+    <t>BARS10 induction</t>
+  </si>
+  <si>
+    <t>69258.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (дно-сэндвич);сталь нерж.;4,5л;D=18,H=18см;металлич.</t>
+  </si>
+  <si>
+    <t>04012997</t>
+  </si>
+  <si>
+    <t>BARS57 induction</t>
+  </si>
+  <si>
+    <t>20909.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (дно-сэндвич);сталь нерж.;6л;D=20,H=20см</t>
+  </si>
+  <si>
+    <t>04012998</t>
+  </si>
+  <si>
+    <t>BARS58 induction</t>
+  </si>
+  <si>
+    <t>22883.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (дно-сэндвич);сталь нерж.;7,5л;D=22,H=20см;металлич.</t>
+  </si>
+  <si>
+    <t>04012999</t>
+  </si>
+  <si>
+    <t>BARS59 induction</t>
+  </si>
+  <si>
+    <t>24654.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (дно-сэндвич);сталь нерж.;10,75л;D=24,H=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04013302</t>
+  </si>
+  <si>
+    <t>BARS60 induction</t>
+  </si>
+  <si>
+    <t>31080.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (дно-сэндвич);сталь нерж.;11,5л;D=26,H=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04013303</t>
+  </si>
+  <si>
+    <t>BARS61 induction</t>
+  </si>
+  <si>
+    <t>34069.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля без крышки (дно-сэндвич);сталь нерж.;13,5л;D=28,H=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04013304</t>
+  </si>
+  <si>
+    <t>BARS62 induction</t>
+  </si>
+  <si>
+    <t>42623.00₸</t>
+  </si>
+  <si>
+    <t>Скороварка;сталь нерж.;6л;D=22см</t>
+  </si>
+  <si>
+    <t>04013385</t>
+  </si>
+  <si>
+    <t>71949.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Мастер» низкая без крышки;сталь нерж.;5л;D=20,H=16,5,L=30см;металлич.</t>
+  </si>
+  <si>
+    <t>04013391-Э</t>
+  </si>
+  <si>
+    <t>3840B320</t>
+  </si>
+  <si>
+    <t>MASTER</t>
+  </si>
+  <si>
+    <t>54786.00₸</t>
+  </si>
+  <si>
+    <t>Кастрюля «Мастер» низкая без крышки;сталь нерж.;6,5л;D=22,H=17,6см</t>
+  </si>
+  <si>
+    <t>04013392-Э</t>
+  </si>
+  <si>
+    <t>3840B322</t>
+  </si>
+  <si>
+    <t>51236.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Кастрюля без крышки;сталь нерж.;25,75л;D=32,H=33,L=47,7,B=34см;металлич.</t>
-[...56 lines deleted...]
-    <t>108832.00₸</t>
+    <t>Кастрюля «Мастер» низкая без крышки;сталь нерж.;8,5л;D=24,H=19,2см;металлич.</t>
+  </si>
+  <si>
+    <t>04013393-Э</t>
+  </si>
+  <si>
+    <t>3840B324</t>
+  </si>
+  <si>
+    <t>71064.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
   <si>
-    <t>Кастрюля без крышки;сталь нерж.;21,25л;D=36,H=22,L=50,9см;металлич.</t>
-[...1190 lines deleted...]
-    <t>Кастрюля «Мастер»;сталь нерж.;3,25л;D=20,H=10,5см;металлич.</t>
+    <t>Кастрюля «Мастер» без крышки;сталь нерж.;3,25л;D=20,H=10,5см;металлич.</t>
   </si>
   <si>
     <t>04013394</t>
   </si>
   <si>
     <t>38493.00₸</t>
   </si>
   <si>
-    <t>Кастрюля «Мастер»;сталь нерж.;5,5л;D=24,H=12,5см;металлич.</t>
+    <t>Кастрюля «Мастер» без крышки;сталь нерж.;5,5л;D=24,H=12,5см;металлич.</t>
   </si>
   <si>
     <t>04013395-Э</t>
   </si>
   <si>
     <t>56557.00₸</t>
   </si>
   <si>
-    <t>Кастрюля низкая «Мастер»;сталь нерж.;2,5л;D=16см;металлич.</t>
+    <t>Кастрюля «Мастер» низкая без крышки;сталь нерж.;2,5л;D=16см;металлич.</t>
   </si>
   <si>
     <t>04014000-Э</t>
   </si>
   <si>
     <t>3840B316</t>
   </si>
   <si>
     <t>49188.00₸</t>
   </si>
   <si>
-    <t>Кастрюля «Мастер»;сталь нерж.;1,65л;D=160,H=85мм;металлич.</t>
+    <t>Кастрюля «Мастер» без крышки;сталь нерж.;1,65л;D=160,H=85мм;металлич.</t>
   </si>
   <si>
     <t>04014105</t>
   </si>
   <si>
     <t>41919.00₸</t>
   </si>
   <si>
-    <t>Кастрюля «Мастер»;сталь нерж.;2,4л;D=180,H=95мм</t>
+    <t>Кастрюля «Мастер» без крышки;сталь нерж.;2,4л;D=180,H=95мм</t>
   </si>
   <si>
     <t>04014106-Э</t>
   </si>
   <si>
     <t>40633.00₸</t>
   </si>
   <si>
-    <t>Кастрюля низкая «Мастер»;сталь нерж.;3,5л;D=24см;металлич.</t>
+    <t>Кастрюля «Мастер» низкая без крышки;сталь нерж.;3,5л;D=24см;металлич.</t>
   </si>
   <si>
     <t>04014107</t>
   </si>
   <si>
     <t>57881.00₸</t>
   </si>
   <si>
-    <t>Кастрюля «Экселленс»;сталь нерж.;5,5л;D=28,H=9см</t>
+    <t>Кастрюля «Экселленс» без крышки;сталь нерж.;5,5л;D=28,H=9см</t>
   </si>
   <si>
     <t>04014118</t>
   </si>
   <si>
     <t>92193.00₸</t>
   </si>
   <si>
     <t>Кастрюля с крышкой;сталь нерж.;5,3л;D=22,H=14см;матовый</t>
   </si>
   <si>
     <t>04014139</t>
   </si>
   <si>
     <t>Kapp</t>
   </si>
   <si>
     <t>ТУРЦИЯ</t>
   </si>
   <si>
     <t>42312.00₸</t>
   </si>
   <si>
     <t>Кастрюля с крышкой;сталь нерж.;7л;D=24,H=15см;матовый</t>
   </si>
@@ -1529,150 +1184,75 @@
   <si>
     <t>04014141</t>
   </si>
   <si>
     <t>54670.00₸</t>
   </si>
   <si>
     <t>Кастрюля с крышкой;сталь нерж.;14,1л;D=30,H=20см;матовый</t>
   </si>
   <si>
     <t>04014142</t>
   </si>
   <si>
     <t>71379.00₸</t>
   </si>
   <si>
     <t>Кастрюля с крышкой;сталь нерж.;15л;D=32,H=19см;матовый</t>
   </si>
   <si>
     <t>04014143</t>
   </si>
   <si>
     <t>85124.00₸</t>
   </si>
   <si>
-    <t>Кастрюля с крышкой;сталь нерж.;23л;D=36,H=22см;матовый</t>
-[...47 lines deleted...]
-    <t>Кастрюля для сервировки порционная;сталь нерж.;0,64л;D=12,H=6см</t>
+    <t>Кастрюля для сервировки порционная без крышки;сталь нерж.;0,64л;D=12,H=6см</t>
   </si>
   <si>
     <t>04021324</t>
   </si>
   <si>
     <t>15550120ICV</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>8246.00₸</t>
   </si>
   <si>
-    <t>Кастрюля с ручк.б/кр.;сталь нерж.;25л;D=32см;металлич.</t>
-[...16 lines deleted...]
-  <si>
     <t>Кастрюля без крышки;сталь нерж.;17,1л;D=32,H=21,5см;металлич.</t>
   </si>
   <si>
     <t>09100108</t>
   </si>
   <si>
     <t>390683.00₸</t>
-  </si>
-[...7 lines deleted...]
-    <t>242412.00₸</t>
   </si>
   <si>
     <t>Кастрюля без крышки;сталь нерж.;11л;D=28,H=18,5см;металлич.</t>
   </si>
   <si>
     <t>09100117</t>
   </si>
   <si>
     <t>134034.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1696,51 +1276,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B53E2224-EA55-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B53E2223-EA55-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE190955-EA58-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E6C-424C-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E6E-424C-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E76-424C-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E77-424C-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E79-424C-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E7B-424C-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E7D-424C-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB34B-424C-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB34D-424C-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB34F-424C-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB350-424C-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB351-424C-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB372-424C-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D03578A-424D-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53077A1F-424D-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E23CE1-21C1-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E239C1-21C1-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E23921-21C1-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FE870AC-21C1-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE704D2-21C1-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE701A0-21C1-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE6FF20-21C1-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E23BA1-21C1-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44FB684-EA58-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE19095D-EA58-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69BBF247-696D-11EC-BBF7-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63306F73-696D-11EC-BBF7-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63306F72-696D-11EC-BBF7-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63306F71-696D-11EC-BBF7-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69BBF24D-696D-11EC-BBF7-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69BBF24A-696D-11EC-BBF7-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63306F78-696D-11EC-BBF7-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E80C053B-EA58-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F0F7A7E-424E-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE190956-EA58-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44FB686-EA58-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44FB685-EA58-11EB-BBF2-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE19095F-EA58-11EB-BBF2-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA93216-EA58-11EB-BBF2-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA93214-EA58-11EB-BBF2-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA93218-EA58-11EB-BBF2-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA93217-EA58-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA93215-EA58-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E80C0538-EA58-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AE954E-EA58-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69BBF24E-696D-11EC-BBF7-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69BBF24B-696D-11EC-BBF7-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69BBF249-696D-11EC-BBF7-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63306F76-696D-11EC-BBF7-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B416197-424F-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A682-3126-11EC-BBF4-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A680-3126-11EC-BBF4-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B764F14-424F-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B764F16-424F-11E8-A155-00259035BB6757.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310299A8-424E-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9411-424F-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9417-424F-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9418-424F-11E8-A155-00259035BB6761.gif"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29EECB0B-21C1-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5B68BD5-F162-11EB-BBF2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5B68BD6-F162-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3616B131-4250-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7FB442C-4250-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1C0-4250-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC5A-4250-11E8-A155-00259035BB6768.gif"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E23C41-21C1-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E23B01-21C1-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE70432-21C1-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE70252-21C1-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE70100-21C1-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE6FE80-21C1-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FE8700C-21C1-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE70392-21C1-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5030747E-4251-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56394175-4251-11E8-A155-00259035BB6778.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F3DD-4251-11E8-A155-00259035BB6779.gif"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F3DF-4251-11E8-A155-00259035BB6780.gif"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378ACF-4251-11E8-A155-00259035BB6781.gif"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378AD4-4251-11E8-A155-00259035BB6782.gif"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/053FEFC3-E3D6-11EB-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4F1D707-C727-11ED-BC05-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F78A5384-4439-11EB-BBDF-005056921CC485.gif"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395C68AB-21D6-11EF-BC47-00505692C44786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6A96-4252-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6A97-4252-11E8-A155-00259035BB6788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6A98-4252-11E8-A155-00259035BB6789.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6A99-4252-11E8-A155-00259035BB6790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6A9A-4252-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A63BD61E-4252-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E551B-4252-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E551C-4252-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E551D-4252-11E8-A155-00259035BB6795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E551F-4252-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E5520-4252-11E8-A155-00259035BB6797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B671-4253-11E8-A155-00259035BB6798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/085CDF44-21C5-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770F00-4253-11E8-A155-00259035BB67100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770F01-4253-11E8-A155-00259035BB67101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/053FEFC2-E3D6-11EB-BBF2-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770F12-4253-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770F13-4253-11E8-A155-00259035BB67104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C7B-4253-11E8-A155-00259035BB67105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C7C-4253-11E8-A155-00259035BB67106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C7E-4253-11E8-A155-00259035BB67107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1462727A-21C5-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8663B800-21C3-11EE-BC0D-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12A8DF4D-AD58-11E9-BBC3-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E56B02A-AD58-11E9-BBC3-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26080F31-AD58-11E9-BBC3-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32723AD5-AD58-11E9-BBC3-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C66F6D3-AD58-11E9-BBC3-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C1D08F7-FAF6-11E9-BBC6-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/986F5DDD-FAF6-11E9-BBC6-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A217CD73-FAF6-11E9-BBC6-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC162B2F-FAF6-11E9-BBC6-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABC890D4-0737-11EB-BBDB-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231CCF97-294D-11EC-BBF4-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231CCF96-294D-11EC-BBF4-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231CCF9A-294D-11EC-BBF4-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E58B7EE-50A0-11EC-BBF6-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231CCF99-294D-11EC-BBF4-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231CCF98-294D-11EC-BBF4-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07F2C6B0-50A0-11EC-BBF6-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07F2C6AF-50A0-11EC-BBF6-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D191B6F-294D-11EC-BBF4-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569B5388-4254-11E8-A155-00259035BB67129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D590F3F4-2230-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/130067B7-424E-11E8-A155-00259035BB67131.gif"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A681-3126-11EC-BBF4-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/130067BB-424E-11E8-A155-00259035BB67133.gif"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A683-3126-11EC-BBF4-005056921CC4134.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B53E2224-EA55-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B53E2223-EA55-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E6C-424C-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E6E-424C-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6F87E76-424C-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB34D-424C-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB34F-424C-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D03578A-424D-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53077A1F-424D-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E23CE1-21C1-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E239C1-21C1-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E23921-21C1-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FE870AC-21C1-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE704D2-21C1-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44FB684-EA58-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE19095D-EA58-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69BBF247-696D-11EC-BBF7-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63306F73-696D-11EC-BBF7-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63306F72-696D-11EC-BBF7-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63306F71-696D-11EC-BBF7-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69BBF24D-696D-11EC-BBF7-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F0F7A7E-424E-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE190956-EA58-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44FB686-EA58-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F44FB685-EA58-11EB-BBF2-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE19095F-EA58-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA93216-EA58-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA93214-EA58-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA93218-EA58-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA93217-EA58-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBA93215-EA58-11EB-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E80C0538-EA58-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AE954E-EA58-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69BBF24E-696D-11EC-BBF7-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A682-3126-11EC-BBF4-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A680-3126-11EC-BBF4-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B764F14-424F-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B764F16-424F-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310299A8-424E-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9411-424F-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9417-424F-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9418-424F-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29EECB0B-21C1-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5B68BD5-F162-11EB-BBF2-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7FB442C-4250-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1C0-4250-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC5A-4250-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35E23C41-21C1-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE70432-21C1-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE70252-21C1-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE70100-21C1-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FE8700C-21C1-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BE70392-21C1-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F3DD-4251-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4F1D707-C727-11ED-BC05-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F78A5384-4439-11EB-BBDF-005056921CC456.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395C68AB-21D6-11EF-BC47-00505692C44757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6A96-4252-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6A97-4252-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6A98-4252-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6A99-4252-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6A9A-4252-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A63BD61E-4252-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E551B-4252-11E8-A155-00259035BB6764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E551C-4252-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E551D-4252-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E551F-4252-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E5520-4252-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B671-4253-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770F00-4253-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770F01-4253-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/053FEFC2-E3D6-11EB-BBF2-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770F12-4253-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770F13-4253-11E8-A155-00259035BB6774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C7B-4253-11E8-A155-00259035BB6775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C7C-4253-11E8-A155-00259035BB6776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7C7E-4253-11E8-A155-00259035BB6777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8663B800-21C3-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12A8DF4D-AD58-11E9-BBC3-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E56B02A-AD58-11E9-BBC3-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26080F31-AD58-11E9-BBC3-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32723AD5-AD58-11E9-BBC3-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C66F6D3-AD58-11E9-BBC3-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C1D08F7-FAF6-11E9-BBC6-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/986F5DDD-FAF6-11E9-BBC6-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A217CD73-FAF6-11E9-BBC6-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC162B2F-FAF6-11E9-BBC6-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABC890D4-0737-11EB-BBDB-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231CCF97-294D-11EC-BBF4-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231CCF96-294D-11EC-BBF4-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231CCF9A-294D-11EC-BBF4-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E58B7EE-50A0-11EC-BBF6-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231CCF99-294D-11EC-BBF4-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569B5388-4254-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A681-3126-11EC-BBF4-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A683-3126-11EC-BBF4-005056921CC496.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3295,771 +2875,771 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="53" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>54</xdr:row>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="54" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>55</xdr:row>
+      <xdr:row>56</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="55" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="56" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="57" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>58</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="58" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>59</xdr:row>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="59" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>60</xdr:row>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="60" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>61</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="61" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="62" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>63</xdr:row>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="63" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>64</xdr:row>
+      <xdr:row>65</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="64" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>65</xdr:row>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="65" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="66" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>68</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="67" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>68</xdr:row>
+      <xdr:row>69</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="68" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>69</xdr:row>
+      <xdr:row>70</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="69" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>71</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="70" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>71</xdr:row>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="71" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="72" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>73</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="73" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>74</xdr:row>
+      <xdr:row>75</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="74" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>76</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="75" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>76</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="76" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>77</xdr:row>
+      <xdr:row>78</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="77" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>78</xdr:row>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="78" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -4568,1190 +4148,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>97</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="96" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
-        <a:stretch>
-[...1138 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -6010,62 +4450,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-prigotovlryby-na-paru-paderno-04010182/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-prigotovlryby-na-paru-paderno-04010183/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010199/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010208/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010209/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010215/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010216/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010217/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010218/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010219/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010220/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010221/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010222/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010223/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010224/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010232/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04010241/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-04010280/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010293/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010294/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010295/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010296/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010297/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010298/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010299/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010601/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010604/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010606/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010607/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010608/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010609/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010610/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010611/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010612/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010613/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010614/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010639/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010665/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010666/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010667/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010668/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-3-h-sloynaya-paderno-04010669/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-3-h-sloynaya-paderno-04010670/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-3-h-sloynaya-paderno-04010671/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-3-h-sloynaya-paderno-04010672/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-3-h-sloynaya-paderno-04010673/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010674/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010675/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010676/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010677/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010678/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010679/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-lodge-04010683/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04010685/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04010686/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04010695/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04010697/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010724/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011705/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011707/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011708/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-4streynera-matfer-04011716/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04011729/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04011730/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04011731/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04011774/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-prigotovl-ryby-na-paru-matfer-04011777/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011781/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011786/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011787/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011788/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011790/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011791/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011792/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011794/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011795/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011797/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011798/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-klassik-s-kryshkoy-pintinox-04012900/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04012904/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04012906/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04012913/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04012916/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04012918/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04012921/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-3-h-sloynaya-prohotel-04012942-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-3-h-sloynaya-prohotel-04012943-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012958/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012959/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012960/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012961/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012962/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012965/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012966/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012967/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012968/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012969/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012970/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012984/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-paderno-04012989/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04012995/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04012996/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04012997/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04012998/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04012999/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04013302/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04013303/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04013304/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04013310/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skorovarka-pintinox-04013385/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04013391/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04013392/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04013393/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04013394/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04013395/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-nizkaya-pintinox-04014000/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04014105/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04014106/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-nizkaya-pintinox-04014107/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04014118/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014139/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014140/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014141/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014142/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014143/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014144/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kapp-04014145/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kapp-04014146/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-kapp-04014147/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-hold-04014158/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-porc-ilsa-04021324/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-ruchkb-kr-matfer-09100104/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-ruchkb-kr-matfer-09100105/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-09100108/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-09100109/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-09100117/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-prigotovlryby-na-paru-paderno-04010182/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-prigotovlryby-na-paru-paderno-04010183/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010208/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010209/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010215/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010221/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010222/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04010241/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-04010280/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010293/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010294/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010295/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010296/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010297/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010604/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010606/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010607/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010608/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010609/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010610/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010611/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010639/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010665/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010666/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010667/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010668/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-3-h-sloynaya-paderno-04010669/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-3-h-sloynaya-paderno-04010670/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-3-h-sloynaya-paderno-04010671/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-3-h-sloynaya-paderno-04010672/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-3-h-sloynaya-paderno-04010673/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010674/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010675/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04010676/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04010685/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04010686/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04010695/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04010697/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-pintinox-04010724/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011705/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011707/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011708/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-4streynera-matfer-04011716/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04011729/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-04011774/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-d-prigotovl-ryby-na-paru-matfer-04011777/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04011781/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011786/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011788/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011790/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011791/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011794/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-indukciya-paderno-04011795/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-klassik-s-kryshkoy-pintinox-04012900/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04012904/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04012921/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-3-h-sloynaya-prohotel-04012942-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-3-h-sloynaya-prohotel-04012943-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012958/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012959/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012960/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012961/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012962/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012965/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012966/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012967/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012968/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012969/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012970/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-prohotel-04012984/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04012995/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04012996/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04012997/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04012998/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04012999/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04013302/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04013303/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-dno-sendvich-prohotel-04013304/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skorovarka-pintinox-04013385/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04013391/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04013392/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04013393/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04013394/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04013395/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-nizkaya-pintinox-04014000/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04014105/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-pintinox-04014106/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-nizkaya-pintinox-04014107/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-matfer-04014118/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014139/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014140/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014141/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014142/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-kapp-04014143/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-porc-ilsa-04021324/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-09100108/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-bez-kryshki-matfer-09100117/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L137"/>
+  <dimension ref="A1:L98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I137" sqref="I137"/>
+      <selection activeCell="I98" sqref="I98"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -6154,4509 +4594,3226 @@
         <v>17</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1100</v>
+        <v>27</v>
+      </c>
+      <c r="F4" s="0" t="s">
+        <v>28</v>
       </c>
       <c r="G4" s="0" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="C5" s="0" t="s">
+      <c r="G5" s="0" t="s">
         <v>29</v>
-      </c>
-[...10 lines deleted...]
-        <v>33</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>34</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="D7" s="0" t="s">
+      <c r="D7" s="0">
+        <v>30600528</v>
+      </c>
+      <c r="E7" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="F7" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I7" s="1" t="s">
         <v>41</v>
-      </c>
-[...13 lines deleted...]
-        <v>42</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="C8" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" s="0">
-        <v>30600330</v>
+        <v>30600530</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="D9" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E9" s="0" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>51</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="D10" s="0">
-[...7 lines deleted...]
-      </c>
+      <c r="E10" s="0"/>
+      <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>53</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="D11" s="0">
-        <v>30600336</v>
+      <c r="D11" s="0" t="s">
+        <v>56</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>15</v>
+      </c>
+      <c r="F11" s="0">
+        <v>1000</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="D12" s="0">
-        <v>30600340</v>
+      <c r="D12" s="0" t="s">
+        <v>60</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>15</v>
+      </c>
+      <c r="F12" s="0">
+        <v>1000</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>30600528</v>
+        <v>63</v>
+      </c>
+      <c r="D13" s="0" t="s">
+        <v>64</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>15</v>
+      </c>
+      <c r="F13" s="0">
+        <v>1000</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>19</v>
+        <v>66</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>30600530</v>
+        <v>68</v>
+      </c>
+      <c r="D14" s="0" t="s">
+        <v>69</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>15</v>
+      </c>
+      <c r="F14" s="0">
+        <v>1000</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>30600536</v>
+        <v>72</v>
+      </c>
+      <c r="D15" s="0" t="s">
+        <v>73</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>15</v>
+      </c>
+      <c r="F15" s="0">
+        <v>1000</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>71</v>
+        <v>19</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>30600545</v>
+        <v>76</v>
+      </c>
+      <c r="D16" s="0" t="s">
+        <v>77</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>15</v>
+      </c>
+      <c r="F16" s="0">
+        <v>1000</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>15</v>
+      </c>
+      <c r="F17" s="0">
+        <v>1000</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>15</v>
+      </c>
+      <c r="F18" s="0">
+        <v>1000</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-      <c r="F19" s="0"/>
+        <v>89</v>
+      </c>
+      <c r="E19" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F19" s="0">
+        <v>1000</v>
+      </c>
       <c r="G19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="0">
         <v>1000</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="0">
         <v>1000</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>19</v>
+        <v>99</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="0">
         <v>1000</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>27</v>
+      </c>
+      <c r="F23" s="0" t="s">
+        <v>28</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="0">
         <v>1000</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="0">
         <v>1000</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>112</v>
+        <v>19</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="0">
         <v>1000</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="0">
         <v>1000</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>121</v>
+        <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="0">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="0">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="0">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="0">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="0">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>142</v>
+        <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="0">
         <v>1000</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>142</v>
+        <v>19</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="0">
         <v>1000</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>151</v>
+        <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="0">
         <v>1000</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="D36" s="0" t="s">
         <v>158</v>
       </c>
+      <c r="D36" s="0">
+        <v>693032</v>
+      </c>
       <c r="E36" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>159</v>
+      </c>
+      <c r="F36" s="0" t="s">
+        <v>160</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>16</v>
+        <v>161</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="D37" s="0">
+        <v>693036</v>
+      </c>
+      <c r="E37" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="F37" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="G37" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="D37" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>166</v>
+        <v>167</v>
+      </c>
+      <c r="D38" s="0">
+        <v>673032</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>31</v>
+        <v>159</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>32</v>
+        <v>168</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>16</v>
+        <v>161</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="D39" s="0">
+        <v>674028</v>
+      </c>
+      <c r="E39" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="F39" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="C39" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G39" s="0" t="s">
-        <v>16</v>
+        <v>161</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="D40" s="0" t="s">
         <v>174</v>
       </c>
+      <c r="D40" s="0">
+        <v>30600532</v>
+      </c>
       <c r="E40" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>27</v>
+      </c>
+      <c r="F40" s="0" t="s">
+        <v>28</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>175</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
         <v>176</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="D41" s="0" t="s">
+      <c r="D41" s="0">
+        <v>670028</v>
+      </c>
+      <c r="E41" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="F41" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="G41" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="H41" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I41" s="1" t="s">
         <v>178</v>
-      </c>
-[...13 lines deleted...]
-        <v>179</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="D42" s="0">
+        <v>673024</v>
+      </c>
+      <c r="E42" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="F42" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="G42" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="H42" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I42" s="1" t="s">
         <v>181</v>
-      </c>
-[...16 lines deleted...]
-        <v>183</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="D43" s="0">
+        <v>673028</v>
+      </c>
+      <c r="E43" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="F43" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="G43" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="H43" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I43" s="1" t="s">
         <v>184</v>
-      </c>
-[...17 lines deleted...]
-        <v>187</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>186</v>
+      </c>
+      <c r="D44" s="0">
+        <v>693436</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="F44" s="0"/>
+        <v>159</v>
+      </c>
+      <c r="F44" s="0" t="s">
+        <v>160</v>
+      </c>
       <c r="G44" s="0" t="s">
-        <v>16</v>
+        <v>161</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L44" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L44" s="0"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>189</v>
+      </c>
+      <c r="D45" s="0">
+        <v>693040</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="F45" s="0"/>
+        <v>159</v>
+      </c>
+      <c r="F45" s="0" t="s">
+        <v>160</v>
+      </c>
       <c r="G45" s="0" t="s">
-        <v>16</v>
+        <v>161</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>192</v>
+      </c>
+      <c r="D46" s="0">
+        <v>683032</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="F46" s="0"/>
+        <v>159</v>
+      </c>
+      <c r="F46" s="0" t="s">
+        <v>193</v>
+      </c>
       <c r="G46" s="0" t="s">
-        <v>16</v>
+        <v>161</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>15</v>
+        <v>159</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>16</v>
+        <v>161</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>200</v>
+      </c>
+      <c r="D48" s="0">
+        <v>697036</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>159</v>
+      </c>
+      <c r="F48" s="0" t="s">
+        <v>160</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>16</v>
+        <v>161</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="0">
-        <v>1000</v>
+        <v>1100</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="0">
-        <v>1000</v>
+        <v>1100</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="0">
-        <v>1000</v>
+        <v>1100</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="0">
-        <v>1000</v>
+        <v>1100</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="0">
-        <v>1000</v>
+        <v>1100</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>142</v>
+        <v>19</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="F54" s="0"/>
+        <v>15</v>
+      </c>
+      <c r="F54" s="0">
+        <v>1100</v>
+      </c>
       <c r="G54" s="0" t="s">
-        <v>232</v>
+        <v>16</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
-      <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>693032</v>
+        <v>227</v>
+      </c>
+      <c r="D55" s="0" t="s">
+        <v>228</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>236</v>
+        <v>27</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>238</v>
+        <v>16</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L55" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L55" s="0"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="D56" s="0">
-        <v>693036</v>
+        <v>693028</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>236</v>
+        <v>159</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>237</v>
+        <v>160</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>238</v>
+        <v>161</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>242</v>
+        <v>233</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>243</v>
+        <v>19</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>673032</v>
+        <v>235</v>
+      </c>
+      <c r="D57" s="0" t="s">
+        <v>236</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>236</v>
+        <v>27</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>246</v>
+        <v>229</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>238</v>
+        <v>16</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>247</v>
+        <v>237</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>248</v>
+        <v>238</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-        <v>674028</v>
+        <v>239</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>240</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>252</v>
-[...2 lines deleted...]
-        <v>30600532</v>
+        <v>245</v>
+      </c>
+      <c r="D59" s="0" t="s">
+        <v>246</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>31</v>
+        <v>241</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>32</v>
+        <v>241</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>16</v>
+        <v>242</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>19</v>
+        <v>99</v>
       </c>
       <c r="L59" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-        <v>670028</v>
+        <v>249</v>
+      </c>
+      <c r="D60" s="0" t="s">
+        <v>250</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>19</v>
+        <v>252</v>
       </c>
       <c r="L60" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-        <v>673024</v>
+        <v>254</v>
+      </c>
+      <c r="D61" s="0" t="s">
+        <v>255</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>19</v>
+        <v>252</v>
       </c>
       <c r="L61" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="D62" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="E62" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="F62" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="G62" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="H62" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I62" s="1" t="s">
         <v>260</v>
-      </c>
-[...19 lines deleted...]
-        <v>262</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>19</v>
+        <v>261</v>
       </c>
       <c r="L62" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="C63" s="0" t="s">
+      <c r="D63" s="0" t="s">
         <v>264</v>
       </c>
-      <c r="D63" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E63" s="0" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>265</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L63" s="0"/>
+        <v>266</v>
+      </c>
+      <c r="L63" s="0">
+        <v>2</v>
+      </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-        <v>693040</v>
+        <v>268</v>
+      </c>
+      <c r="D64" s="0" t="s">
+        <v>269</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>19</v>
+        <v>271</v>
       </c>
       <c r="L64" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-        <v>693050</v>
+        <v>273</v>
+      </c>
+      <c r="D65" s="0" t="s">
+        <v>274</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>19</v>
+        <v>99</v>
       </c>
       <c r="L65" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-        <v>694032</v>
+        <v>277</v>
+      </c>
+      <c r="D66" s="0" t="s">
+        <v>278</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>19</v>
+        <v>252</v>
       </c>
       <c r="L66" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-        <v>683032</v>
+        <v>281</v>
+      </c>
+      <c r="D67" s="0" t="s">
+        <v>282</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>277</v>
+        <v>241</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>19</v>
+        <v>252</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="F68" s="0"/>
+        <v>241</v>
+      </c>
+      <c r="F68" s="0" t="s">
+        <v>241</v>
+      </c>
       <c r="G68" s="0" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>19</v>
+        <v>252</v>
       </c>
       <c r="L68" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>697036</v>
+        <v>289</v>
+      </c>
+      <c r="D69" s="0" t="s">
+        <v>290</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>142</v>
+        <v>271</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1100</v>
+        <v>241</v>
+      </c>
+      <c r="F70" s="0" t="s">
+        <v>241</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>16</v>
+        <v>242</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>19</v>
+        <v>252</v>
       </c>
       <c r="L70" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1100</v>
+        <v>241</v>
+      </c>
+      <c r="F71" s="0" t="s">
+        <v>241</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>16</v>
+        <v>242</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>19</v>
+        <v>252</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1100</v>
+        <v>241</v>
+      </c>
+      <c r="F72" s="0" t="s">
+        <v>241</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>16</v>
+        <v>242</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>19</v>
+        <v>271</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1100</v>
+        <v>241</v>
+      </c>
+      <c r="F73" s="0" t="s">
+        <v>241</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>16</v>
+        <v>242</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>19</v>
+        <v>252</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1100</v>
+        <v>241</v>
+      </c>
+      <c r="F74" s="0" t="s">
+        <v>241</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>16</v>
+        <v>242</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>19</v>
+        <v>45</v>
       </c>
       <c r="L74" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1100</v>
+        <v>241</v>
+      </c>
+      <c r="F75" s="0" t="s">
+        <v>241</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>16</v>
+        <v>242</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>19</v>
+        <v>252</v>
       </c>
       <c r="L75" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1100</v>
+        <v>241</v>
+      </c>
+      <c r="F76" s="0" t="s">
+        <v>241</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>16</v>
+        <v>242</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>19</v>
+        <v>252</v>
       </c>
       <c r="L76" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1100</v>
+        <v>241</v>
+      </c>
+      <c r="F77" s="0" t="s">
+        <v>241</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>16</v>
+        <v>242</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>19</v>
+        <v>271</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-        <v>690040</v>
+        <v>325</v>
+      </c>
+      <c r="D78" s="0" t="s">
+        <v>326</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>19</v>
+        <v>271</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-        <v>694036</v>
+        <v>329</v>
+      </c>
+      <c r="D79" s="0" t="s">
+        <v>330</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="L79" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
+      <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>324</v>
+        <v>332</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-        <v>326</v>
+        <v>333</v>
+      </c>
+      <c r="D80" s="0">
+        <v>38105106</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="0"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>693028</v>
+        <v>336</v>
+      </c>
+      <c r="D81" s="0" t="s">
+        <v>337</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>236</v>
+        <v>27</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>237</v>
+        <v>338</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>238</v>
+        <v>16</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>330</v>
+        <v>339</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>690032</v>
+        <v>341</v>
+      </c>
+      <c r="D82" s="0" t="s">
+        <v>342</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>236</v>
+        <v>27</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>237</v>
+        <v>338</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>238</v>
+        <v>16</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>333</v>
+        <v>343</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>19</v>
+        <v>344</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>334</v>
+        <v>345</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-        <v>690045</v>
+        <v>346</v>
+      </c>
+      <c r="D83" s="0" t="s">
+        <v>347</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>236</v>
+        <v>27</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>237</v>
+        <v>338</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>238</v>
+        <v>16</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>336</v>
+        <v>348</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L83" s="0"/>
+        <v>349</v>
+      </c>
+      <c r="L83" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>337</v>
+        <v>350</v>
       </c>
       <c r="C84" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="D84" s="0">
+        <v>38400520</v>
+      </c>
+      <c r="E84" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="F84" s="0" t="s">
         <v>338</v>
       </c>
-      <c r="D84" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="G84" s="0" t="s">
-        <v>238</v>
+        <v>16</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>340</v>
+        <v>353</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>341</v>
+        <v>354</v>
       </c>
       <c r="D85" s="0">
-        <v>694028</v>
+        <v>38400524</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>236</v>
+        <v>27</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>237</v>
+        <v>338</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>238</v>
+        <v>16</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>342</v>
+        <v>355</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L85" s="0"/>
+      <c r="L85" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>343</v>
+        <v>356</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>344</v>
+        <v>357</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>345</v>
+        <v>358</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>346</v>
+        <v>338</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>347</v>
+        <v>359</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>348</v>
+        <v>360</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-        <v>350</v>
+        <v>361</v>
+      </c>
+      <c r="D87" s="0">
+        <v>38400516</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>351</v>
+        <v>27</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>351</v>
+        <v>338</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>352</v>
+        <v>16</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>19</v>
+        <v>344</v>
       </c>
       <c r="L87" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>356</v>
+        <v>364</v>
+      </c>
+      <c r="D88" s="0">
+        <v>38400518</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>351</v>
+        <v>27</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>351</v>
+        <v>338</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>352</v>
+        <v>16</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>357</v>
+        <v>365</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>142</v>
+        <v>19</v>
       </c>
       <c r="L88" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>358</v>
+        <v>366</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-        <v>360</v>
+        <v>367</v>
+      </c>
+      <c r="D89" s="0">
+        <v>38400924</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>351</v>
+        <v>27</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>351</v>
+        <v>338</v>
       </c>
       <c r="G89" s="0" t="s">
-        <v>352</v>
+        <v>16</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>362</v>
+        <v>19</v>
       </c>
       <c r="L89" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-        <v>365</v>
+        <v>370</v>
+      </c>
+      <c r="D90" s="0">
+        <v>697028</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>351</v>
+        <v>159</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>351</v>
+        <v>160</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>352</v>
+        <v>161</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>362</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L90" s="0"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-        <v>369</v>
+        <v>373</v>
+      </c>
+      <c r="D91" s="0">
+        <v>30142214</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>351</v>
-[...3 lines deleted...]
-      </c>
+        <v>374</v>
+      </c>
+      <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>352</v>
+        <v>375</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>371</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L91" s="0"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="D92" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="D92" s="0">
+        <v>30312415</v>
+      </c>
+      <c r="E92" s="0" t="s">
         <v>374</v>
       </c>
-      <c r="E92" s="0" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>352</v>
+        <v>375</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>362</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L92" s="0"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-        <v>378</v>
+        <v>381</v>
+      </c>
+      <c r="D93" s="0">
+        <v>30312817</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>351</v>
-[...3 lines deleted...]
-      </c>
+        <v>374</v>
+      </c>
+      <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
-        <v>352</v>
+        <v>375</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>380</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L93" s="0"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-        <v>383</v>
+        <v>384</v>
+      </c>
+      <c r="D94" s="0">
+        <v>30313020</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>351</v>
-[...3 lines deleted...]
-      </c>
+        <v>374</v>
+      </c>
+      <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>352</v>
+        <v>375</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L94" s="0"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="D95" s="0" t="s">
         <v>387</v>
       </c>
+      <c r="D95" s="0">
+        <v>30313219</v>
+      </c>
       <c r="E95" s="0" t="s">
-        <v>351</v>
-[...3 lines deleted...]
-      </c>
+        <v>374</v>
+      </c>
+      <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>352</v>
+        <v>375</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>388</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>362</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L95" s="0"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
         <v>389</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>390</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>391</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>351</v>
-[...3 lines deleted...]
-      </c>
+        <v>392</v>
+      </c>
+      <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>352</v>
+        <v>393</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>362</v>
+        <v>19</v>
       </c>
       <c r="L96" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-        <v>395</v>
+        <v>396</v>
+      </c>
+      <c r="D97" s="0">
+        <v>680032</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>351</v>
+        <v>159</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>351</v>
+        <v>193</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>352</v>
+        <v>161</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>362</v>
+        <v>344</v>
       </c>
       <c r="L97" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>398</v>
-[...1 lines deleted...]
-      <c r="D98" s="0" t="s">
         <v>399</v>
       </c>
+      <c r="D98" s="0">
+        <v>680028</v>
+      </c>
       <c r="E98" s="0" t="s">
-        <v>351</v>
+        <v>159</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>351</v>
+        <v>193</v>
       </c>
       <c r="G98" s="0" t="s">
-        <v>352</v>
+        <v>161</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>400</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>380</v>
+        <v>19</v>
       </c>
       <c r="L98" s="0">
-        <v>1</v>
-[...1271 lines deleted...]
-      <c r="L137" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
@@ -10716,89 +7873,50 @@
     <hyperlink ref="B74" r:id="rId_hyperlink_73"/>
     <hyperlink ref="B75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="B76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="B77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="B78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="B79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="B80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="B81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="B82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="B83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="B84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="B85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="B86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="B87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="B88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="B89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="B90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="B91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="B92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="B93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="B94" r:id="rId_hyperlink_93"/>
     <hyperlink ref="B95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="B96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="B97" r:id="rId_hyperlink_96"/>
     <hyperlink ref="B98" r:id="rId_hyperlink_97"/>
-    <hyperlink ref="B99" r:id="rId_hyperlink_98"/>
-[...37 lines deleted...]
-    <hyperlink ref="B137" r:id="rId_hyperlink_136"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>