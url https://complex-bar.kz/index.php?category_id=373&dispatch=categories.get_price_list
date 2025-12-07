--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="291">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="288">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -86,81 +86,81 @@
   <si>
     <t>Excellence</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>Крышки для кастрюль</t>
   </si>
   <si>
     <t>52684.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Крышка «Экселленс»;сталь нерж.;D=40,H=6см;металлич.</t>
   </si>
   <si>
     <t>04012615</t>
   </si>
   <si>
     <t>64457.00₸</t>
   </si>
   <si>
-    <t>18 шт.</t>
+    <t>13 шт.</t>
   </si>
   <si>
     <t>Крышка «Экселленс»;сталь нерж.;D=50см;металлич.</t>
   </si>
   <si>
     <t>04012616</t>
   </si>
   <si>
     <t>67999.00₸</t>
   </si>
   <si>
     <t>Крышка;сталь нерж.;D=18см;металлич.</t>
   </si>
   <si>
     <t>04012625</t>
   </si>
   <si>
     <t>BAR25</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>4816.00₸</t>
   </si>
   <si>
-    <t>27 шт.</t>
+    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Крышка «Экселленс»;сталь нерж.;D=16см;металлич.</t>
   </si>
   <si>
     <t>04012627</t>
   </si>
   <si>
     <t>18842.00₸</t>
   </si>
   <si>
     <t>Крышка «Экселленс»;сталь нерж.;D=18см;металлич.</t>
   </si>
   <si>
     <t>04012628</t>
   </si>
   <si>
     <t>21845.00₸</t>
   </si>
   <si>
     <t>Крышка;сталь нерж.;D=24см;металлич.</t>
   </si>
   <si>
     <t>04012630</t>
   </si>
@@ -359,53 +359,50 @@
   <si>
     <t>04012651</t>
   </si>
   <si>
     <t>16961-16</t>
   </si>
   <si>
     <t>6091.00₸</t>
   </si>
   <si>
     <t>Крышка «Мастер»;сталь нерж.;D=200,H=45мм;металлич.</t>
   </si>
   <si>
     <t>04012658-Э</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>MASTER</t>
   </si>
   <si>
     <t>25849.00₸</t>
   </si>
   <si>
-    <t>30 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Крышка «Мастер»;сталь нерж.;D=24см;металлич.</t>
   </si>
   <si>
     <t>04012659-Э</t>
   </si>
   <si>
     <t>12089.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
   <si>
     <t>Крышка «Мастер»;сталь нерж.;D=18см;металлич.</t>
   </si>
   <si>
     <t>04012664-Э</t>
   </si>
   <si>
     <t>8601.00₸</t>
   </si>
   <si>
     <t>14 шт.</t>
   </si>
   <si>
     <t>Крышка «Мастер»;сталь нерж.;D=30см;металлич.</t>
@@ -572,182 +569,176 @@
   <si>
     <t>Крышка для кастрюли «Отель»;сталь;D=340,H=55,L=370,B=370мм;металлич.</t>
   </si>
   <si>
     <t>04140733</t>
   </si>
   <si>
     <t>306030-34</t>
   </si>
   <si>
     <t>30777.00₸</t>
   </si>
   <si>
     <t>Крышка для кастрюли «Отель»;сталь;D=36,H=4,L=37,B=37см;металлич.</t>
   </si>
   <si>
     <t>04140734</t>
   </si>
   <si>
     <t>306030-36</t>
   </si>
   <si>
     <t>34034.00₸</t>
   </si>
   <si>
+    <t>Крышка для кастрюли «Отель»;сталь;D=40,H=4см;металлич.</t>
+  </si>
+  <si>
+    <t>04140735</t>
+  </si>
+  <si>
+    <t>306030-40</t>
+  </si>
+  <si>
+    <t>39748.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кастрюли «Отель»;сталь;D=280,H=50,L=285,B=285мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140736</t>
+  </si>
+  <si>
+    <t>306030-28</t>
+  </si>
+  <si>
+    <t>20667.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кастрюли «Отель»;сталь;D=450,H=65,B=480мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140737</t>
+  </si>
+  <si>
+    <t>306030-45</t>
+  </si>
+  <si>
+    <t>53716.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для сотейника арт.034005;медь,сталь нерж.;D=16см;металлич.</t>
+  </si>
+  <si>
+    <t>04140740</t>
+  </si>
+  <si>
+    <t>111812.00₸</t>
+  </si>
+  <si>
+    <t>Крышка;сталь нерж.;D=160,H=30,L=175мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140752</t>
+  </si>
+  <si>
+    <t>11061-16</t>
+  </si>
+  <si>
+    <t>15300.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Крышка;сталь нерж.;D=18,H=3,L=19,B=19см;металлич.</t>
+  </si>
+  <si>
+    <t>04140753</t>
+  </si>
+  <si>
+    <t>11061-18</t>
+  </si>
+  <si>
+    <t>13106.00₸</t>
+  </si>
+  <si>
+    <t>Крышка;сталь нерж.;D=200,H=45,L=215,B=215мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140754</t>
+  </si>
+  <si>
+    <t>11061-20</t>
+  </si>
+  <si>
+    <t>15377.00₸</t>
+  </si>
+  <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Крышка для кастрюли «Отель»;сталь;D=40,H=4см;металлич.</t>
-[...35 lines deleted...]
-    <t>53716.00₸</t>
+    <t>Крышка;сталь нерж.;D=220,H=45,L=235,B=235мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140755</t>
+  </si>
+  <si>
+    <t>11061-22</t>
+  </si>
+  <si>
+    <t>18188.00₸</t>
+  </si>
+  <si>
+    <t>Крышка;сталь нерж.;D=24,H=3см;металлич.</t>
+  </si>
+  <si>
+    <t>04140756</t>
+  </si>
+  <si>
+    <t>11061-24</t>
+  </si>
+  <si>
+    <t>19058.00₸</t>
   </si>
   <si>
     <t>5 шт.</t>
   </si>
   <si>
-    <t>Крышка для сотейника арт.034005;медь,сталь нерж.;D=16см;металлич.</t>
-[...70 lines deleted...]
-  <si>
     <t>Крышка;сталь нерж.;D=280,H=40,L=295,B=295мм;металлич.</t>
   </si>
   <si>
     <t>04140757</t>
   </si>
   <si>
     <t>11061-28</t>
   </si>
   <si>
     <t>14823.00₸</t>
   </si>
   <si>
-    <t>17 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Крышка;сталь нерж.;D=32,H=5,L=34,B=34см;металлич.</t>
   </si>
   <si>
     <t>04140758</t>
   </si>
   <si>
     <t>11061-32</t>
   </si>
   <si>
     <t>27520.00₸</t>
   </si>
   <si>
     <t>Крышка;сталь нерж.;D=40,H=4см;металлич.</t>
   </si>
   <si>
     <t>04140759</t>
   </si>
   <si>
     <t>11061-40</t>
   </si>
   <si>
     <t>39532.00₸</t>
   </si>
   <si>
     <t>Крышка;сталь нерж.;D=36,H=3см;металлич.</t>
@@ -767,87 +758,87 @@
   <si>
     <t>Крышка;сталь нерж.;D=45,H=4,L=45,B=45см;металлич.</t>
   </si>
   <si>
     <t>04140761</t>
   </si>
   <si>
     <t>11061-45</t>
   </si>
   <si>
     <t>45839.00₸</t>
   </si>
   <si>
     <t>Крышка;сталь нерж.;D=500,H=50,L=525,B=525мм;металлич.</t>
   </si>
   <si>
     <t>04140762</t>
   </si>
   <si>
     <t>11061-50</t>
   </si>
   <si>
     <t>62563.00₸</t>
   </si>
   <si>
-    <t>10 шт.</t>
+    <t>9 шт.</t>
   </si>
   <si>
     <t>Крышка к арт.L6SK3;чугун;D=228,H=50мм;черный</t>
   </si>
   <si>
     <t>04140771</t>
   </si>
   <si>
     <t>L6SC3</t>
   </si>
   <si>
     <t>28614.00₸</t>
   </si>
   <si>
     <t>Крышка;сталь нерж.;D=26см;металлич.</t>
   </si>
   <si>
     <t>04140775</t>
   </si>
   <si>
     <t>12561-26</t>
   </si>
   <si>
     <t>21422.00₸</t>
   </si>
   <si>
     <t>Крышка для кастрюли «Отель»;сталь нерж.;D=50см;металлич.</t>
   </si>
   <si>
     <t>04140777</t>
   </si>
   <si>
     <t>306030-50</t>
   </si>
   <si>
-    <t>45346.00₸</t>
+    <t>56234.00₸</t>
   </si>
   <si>
     <t>Крышка «Перфоманс»;сталь нерж.;D=28см;металлич.</t>
   </si>
   <si>
     <t>04140778</t>
   </si>
   <si>
     <t>Performance</t>
   </si>
   <si>
     <t>15824.00₸</t>
   </si>
   <si>
     <t>Крышка;сталь нерж.;D=14,H=4см;металлич.</t>
   </si>
   <si>
     <t>04140783</t>
   </si>
   <si>
     <t>11161-14</t>
   </si>
   <si>
     <t>18850.00₸</t>
   </si>
@@ -4046,1488 +4037,1488 @@
         <v>109</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D24" s="0">
         <v>38403020</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>111</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>112</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>113</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>114</v>
+        <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="D25" s="0">
         <v>38403024</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>111</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>112</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="D26" s="0">
         <v>38403018</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>111</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>112</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="D27" s="0">
         <v>38403030</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>111</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>112</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="D28" s="0">
         <v>1580014</v>
       </c>
       <c r="E28" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="F28" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="0"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="D29" s="0">
         <v>1580012</v>
       </c>
       <c r="E29" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="F29" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="0"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="D30" s="0">
         <v>30210124</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I30" s="1" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="0"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="D31" s="0">
         <v>30210128</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="0"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="D32" s="0">
         <v>30210130</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="0"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="D33" s="0">
         <v>30210132</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="0"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="B34" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="D34" s="0">
         <v>30210136</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="0"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="D35" s="0">
         <v>30210140</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="0"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="D36" s="0">
         <v>30210145</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="0"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F37" s="0">
         <v>1100</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>111</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="H38" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I38" s="1" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>166</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>111</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>111</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>111</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>181</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="D42" s="0" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>111</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>185</v>
+        <v>166</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>186</v>
-      </c>
-[...4 lines deleted...]
-        <v>188</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>111</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>190</v>
+        <v>166</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>111</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>111</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>199</v>
+        <v>171</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="D46" s="0">
         <v>365016</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F47" s="0">
         <v>1000</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F48" s="0">
         <v>1000</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F49" s="0">
         <v>1000</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F50" s="0">
         <v>1000</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F51" s="0">
         <v>1000</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>199</v>
+        <v>221</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="D52" s="0" t="s">
         <v>224</v>
-      </c>
-[...4 lines deleted...]
-        <v>226</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F52" s="0">
         <v>1000</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>228</v>
+        <v>125</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F53" s="0">
         <v>1000</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>118</v>
+        <v>221</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F54" s="0">
         <v>1000</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F55" s="0">
         <v>1000</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F56" s="0">
         <v>1000</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F57" s="0">
         <v>1000</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>111</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>23</v>
+        <v>121</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D61" s="0">
         <v>670528</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F62" s="0">
         <v>1100</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="D63" s="0">
         <v>692024</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F64" s="0">
         <v>1100</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="D65" s="0">
         <v>92156</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="D66" s="0">
         <v>692028</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="D67" s="0">
         <v>692032</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="D68" s="0">
         <v>692036</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>185</v>
+        <v>212</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>