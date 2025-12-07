--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2471">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2496">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -272,65 +272,65 @@
   <si>
     <t>Сковороды-вок</t>
   </si>
   <si>
     <t>98260.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов;алюмин.,тефлон;D=220,H=20,L=425мм;черный,серебрян.</t>
   </si>
   <si>
     <t>04020182</t>
   </si>
   <si>
     <t>16712-22</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>Сковороды для блинов и оладий</t>
   </si>
   <si>
     <t>40541.00₸</t>
   </si>
   <si>
+    <t>Сковорода для блинов;алюмин.,тефлон;D=120,H=20,L=245мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020183</t>
+  </si>
+  <si>
+    <t>16719-12</t>
+  </si>
+  <si>
+    <t>25041.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Сковорода для блинов;алюмин.,тефлон;D=120,H=20,L=245мм;черный,серебрян.</t>
-[...10 lines deleted...]
-  <si>
     <t>Сковорода прямоуг.;чугун;,H=25,L=295,B=200мм;черный</t>
   </si>
   <si>
     <t>04020184</t>
   </si>
   <si>
     <t>LSCP3</t>
   </si>
   <si>
     <t>21075.00₸</t>
   </si>
   <si>
     <t>Сковорода-полумесяц б/ручек;чугун;,H=30,L=225,B=130мм;черный</t>
   </si>
   <si>
     <t>04020185</t>
   </si>
   <si>
     <t>LCSH3</t>
   </si>
   <si>
     <t>10592.00₸</t>
   </si>
   <si>
     <t>5 шт.</t>
@@ -389,5651 +389,5657 @@
   <si>
     <t>Сковорода для фахитос овальная;чугун;,H=15,L=350,B=260мм;черный</t>
   </si>
   <si>
     <t>04020192</t>
   </si>
   <si>
     <t>LJOSH3</t>
   </si>
   <si>
     <t>21245.00₸</t>
   </si>
   <si>
     <t>Сковорода для фахитос;чугун;D=23,H=2см;черный</t>
   </si>
   <si>
     <t>04020193</t>
   </si>
   <si>
     <t>L70GH3</t>
   </si>
   <si>
     <t>26003.00₸</t>
   </si>
   <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;алюмин.,тефлон;D=240,H=25,L=450,B=255мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020198</t>
+  </si>
+  <si>
+    <t>16118-24</t>
+  </si>
+  <si>
+    <t>59383.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода конус. «Вок»;сталь;D=40,H=12,L=69см;серый</t>
+  </si>
+  <si>
+    <t>04020199</t>
+  </si>
+  <si>
+    <t>11713-40</t>
+  </si>
+  <si>
+    <t>Wok</t>
+  </si>
+  <si>
+    <t>59822.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порцион.;сталь нерж.;D=175,H=15мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020201</t>
+  </si>
+  <si>
+    <t>С147</t>
+  </si>
+  <si>
+    <t>Trud</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>3019.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная с ручками;сталь нерж.;D=180,H=15мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020203</t>
+  </si>
+  <si>
+    <t>penza</t>
+  </si>
+  <si>
+    <t>2221.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порцион.;сталь нерж.;300мл;D=15,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04020204</t>
+  </si>
+  <si>
+    <t>TW-I-j-8</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>897.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная овальная;сталь нерж.;0,8л;,H=30,L=270,B=195мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020218</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>14091.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;сталь нерж.;3л;D=26,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04020294</t>
+  </si>
+  <si>
+    <t>316023-26</t>
+  </si>
+  <si>
+    <t>34327.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов с лопаткой;чугун,дерево;D=320,H=30,L=435/120мм;черный</t>
+  </si>
+  <si>
+    <t>04020301</t>
+  </si>
+  <si>
+    <t>03500000GCS</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>30114.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос без ручек;чугун;,H=15,L=250,B=190мм;черный</t>
+  </si>
+  <si>
+    <t>04020303</t>
+  </si>
+  <si>
+    <t>LOSH3</t>
+  </si>
+  <si>
+    <t>14068.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос;чугун;D=225,H=15,L=345мм;черный</t>
+  </si>
+  <si>
+    <t>04020304</t>
+  </si>
+  <si>
+    <t>L8NG3</t>
+  </si>
+  <si>
+    <t>16402.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для пиццы;чугун;D=350,H=20,L=465мм;черный</t>
+  </si>
+  <si>
+    <t>04020307</t>
+  </si>
+  <si>
+    <t>P14P3</t>
+  </si>
+  <si>
+    <t>68754.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода круглая;чугун;D=20,H=5,L=32/12см;черный</t>
+  </si>
+  <si>
+    <t>04020318</t>
+  </si>
+  <si>
+    <t>L5SK3</t>
+  </si>
+  <si>
+    <t>23424.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода круглая;чугун;D=230,H=50,L=350,B=245мм;черный</t>
+  </si>
+  <si>
+    <t>04020319</t>
+  </si>
+  <si>
+    <t>L6SK3</t>
+  </si>
+  <si>
+    <t>27051.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;чугун;D=30,H=5,L=41см;черный</t>
+  </si>
+  <si>
+    <t>04020321</t>
+  </si>
+  <si>
+    <t>L10SK3</t>
+  </si>
+  <si>
+    <t>45253.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;чугун;D=337,H=70,L=525мм;черный</t>
+  </si>
+  <si>
+    <t>04020322</t>
+  </si>
+  <si>
+    <t>L12SK3</t>
+  </si>
+  <si>
+    <t>69424.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;чугун;D=425,H=80,L=495мм;черный</t>
+  </si>
+  <si>
+    <t>04020324</t>
+  </si>
+  <si>
+    <t>L17SK3</t>
+  </si>
+  <si>
+    <t>121391.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос;чугун;,H=25,L=235/90,B=140мм;черный</t>
+  </si>
+  <si>
+    <t>04020325</t>
+  </si>
+  <si>
+    <t>L5WS3</t>
+  </si>
+  <si>
+    <t>17349.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос;чугун;D=270,H=15,L=380мм;черный</t>
+  </si>
+  <si>
+    <t>04020326</t>
+  </si>
+  <si>
+    <t>L90G3</t>
+  </si>
+  <si>
+    <t>30700.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос;чугун;D=175,H=20мм;черный</t>
+  </si>
+  <si>
+    <t>04020327</t>
+  </si>
+  <si>
+    <t>L50GH3</t>
+  </si>
+  <si>
+    <t>21337.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.;D=20,H=6,L=40,B=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04020328</t>
+  </si>
+  <si>
+    <t>11014-20</t>
+  </si>
+  <si>
+    <t>50851.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.;D=24/19,H=6,L=49см;металлич.</t>
+  </si>
+  <si>
+    <t>04020329</t>
+  </si>
+  <si>
+    <t>11014-24</t>
+  </si>
+  <si>
+    <t>61138.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.;D=28,H=6,L=53см;металлич.</t>
+  </si>
+  <si>
+    <t>04020330</t>
+  </si>
+  <si>
+    <t>11014-28</t>
+  </si>
+  <si>
+    <t>82398.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.;D=32,H=7,L=63,B=34см;металлич.</t>
+  </si>
+  <si>
+    <t>04020331</t>
+  </si>
+  <si>
+    <t>11014-32</t>
+  </si>
+  <si>
+    <t>93278.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.;D=36,H=8,L=70,B=38см;металлич.</t>
+  </si>
+  <si>
+    <t>04020332</t>
+  </si>
+  <si>
+    <t>11014-36</t>
+  </si>
+  <si>
+    <t>122253.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.;D=400,H=85,L=750мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020333</t>
+  </si>
+  <si>
+    <t>11014-40</t>
+  </si>
+  <si>
+    <t>178101.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.,тефлон;D=20,H=7,L=41,B=24см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020334</t>
+  </si>
+  <si>
+    <t>11117-20</t>
+  </si>
+  <si>
+    <t>125233.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.,антиприг.покр.;D=240,H=65,L=495,B=280мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020335</t>
+  </si>
+  <si>
+    <t>11117-24</t>
+  </si>
+  <si>
+    <t>144499.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.,тефлон;D=28,H=6,L=54см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020336</t>
+  </si>
+  <si>
+    <t>11117-28</t>
+  </si>
+  <si>
+    <t>155718.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=295,H=58,L=530мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020353</t>
+  </si>
+  <si>
+    <t>28*5.5N</t>
+  </si>
+  <si>
+    <t>17905.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,антиприг.покр.;D=24,H=4,L=40см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020359</t>
+  </si>
+  <si>
+    <t>41720-24</t>
+  </si>
+  <si>
+    <t>29284.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,антиприг.покр.;D=32,H=6,L=51см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020360</t>
+  </si>
+  <si>
+    <t>41720-32</t>
+  </si>
+  <si>
+    <t>34389.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,антиприг.покр.;D=200,H=45,L=360мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020361</t>
+  </si>
+  <si>
+    <t>41720-20</t>
+  </si>
+  <si>
+    <t>23994.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,антиприг.покр.;D=180,H=45,L=340мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020362</t>
+  </si>
+  <si>
+    <t>41720-18</t>
+  </si>
+  <si>
+    <t>17356.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,антиприг.покр.;D=28,H=5,L=46см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020365</t>
+  </si>
+  <si>
+    <t>41720-28</t>
+  </si>
+  <si>
+    <t>34727.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,антиприг.покр.;D=30,H=7,L=49см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020366</t>
+  </si>
+  <si>
+    <t>41720-30</t>
+  </si>
+  <si>
+    <t>18242.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода чугун.на подставке «Корова»;чугун,дерево;,H=45,L=305,B=190мм;серый,тем.дерево</t>
+  </si>
+  <si>
+    <t>04020373</t>
+  </si>
+  <si>
+    <t>C5007/H912-B</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>7218.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода инд.ал. «Индукшн»;алюмин.,антиприг.покр.;D=200,H=34мм</t>
+  </si>
+  <si>
+    <t>04020379</t>
+  </si>
+  <si>
+    <t>11617-20</t>
+  </si>
+  <si>
+    <t>43898.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи;алюм.литой;D=320,H=47,L=430мм;черный</t>
+  </si>
+  <si>
+    <t>04020390</t>
+  </si>
+  <si>
+    <t>330039-32</t>
+  </si>
+  <si>
+    <t>54341.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи;алюм.литой;D=360,H=55,L=470мм;черный</t>
+  </si>
+  <si>
+    <t>04020391</t>
+  </si>
+  <si>
+    <t>330039-36</t>
+  </si>
+  <si>
+    <t>58882.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи;алюм.литой;D=40,H=4,L=51см;черный</t>
+  </si>
+  <si>
+    <t>04020392</t>
+  </si>
+  <si>
+    <t>330039-40</t>
+  </si>
+  <si>
+    <t>66629.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода профессиональная;алюмин.,тефлон;D=200,H=40,L=355мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020393</t>
+  </si>
+  <si>
+    <t>16717-20</t>
+  </si>
+  <si>
+    <t>30562.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода профессиональная;алюмин.,тефлон;D=24,H=6,L=43см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020394</t>
+  </si>
+  <si>
+    <t>16717-24</t>
+  </si>
+  <si>
+    <t>40395.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода профессиональная;алюмин.,тефлон;D=28,H=6,L=51см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020395</t>
+  </si>
+  <si>
+    <t>16717-28</t>
+  </si>
+  <si>
+    <t>48942.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода профессиональная;алюмин.,тефлон;D=320,H=65,L=550мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020396</t>
+  </si>
+  <si>
+    <t>16717-32</t>
+  </si>
+  <si>
+    <t>64449.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,тефлон;D=200,H=60,L=365мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020397</t>
+  </si>
+  <si>
+    <t>16113-20</t>
+  </si>
+  <si>
+    <t>27859.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,тефлон;D=240,H=60,L=435мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020398</t>
+  </si>
+  <si>
+    <t>16113-24</t>
+  </si>
+  <si>
+    <t>35243.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,тефлон;D=280,H=75,L=510мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020399</t>
+  </si>
+  <si>
+    <t>16113-28</t>
+  </si>
+  <si>
+    <t>57558.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки (индукция);сталь нерж.,сталь;D=320,H=70,L=405мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020400</t>
+  </si>
+  <si>
+    <t>11115-32</t>
+  </si>
+  <si>
+    <t>147602.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль квадрат.;чугун,тефлон;,H=1,L=26/19,B=24см;черный</t>
+  </si>
+  <si>
+    <t>04020401</t>
+  </si>
+  <si>
+    <t>02000240GBS</t>
+  </si>
+  <si>
+    <t>Сковороды для гриля</t>
+  </si>
+  <si>
+    <t>34997.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль прямоуг.;чугун,тефлон;,H=1,L=30/19,B=22см;черный</t>
+  </si>
+  <si>
+    <t>04020408</t>
+  </si>
+  <si>
+    <t>02070210GBS</t>
+  </si>
+  <si>
+    <t>36822.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;алюмин.,дерево;,H=3,L=25/20,B=25см;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>04020409</t>
+  </si>
+  <si>
+    <t>05300250XBD</t>
+  </si>
+  <si>
+    <t>17913.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль с ручкой;чугун,тефлон;,H=15,L=240,B=240мм;серый</t>
+  </si>
+  <si>
+    <t>04020414</t>
+  </si>
+  <si>
+    <t>03000240GBS/0800024</t>
+  </si>
+  <si>
+    <t>39278.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль на подставке;чугун,дерево;,H=4,L=28/19,B=26см;черный,св.корич.</t>
+  </si>
+  <si>
+    <t>04020428</t>
+  </si>
+  <si>
+    <t>03040260</t>
+  </si>
+  <si>
+    <t>42882.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль на подставке;чугун,дерево;,H=4,L=38/19,B=24см;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>04020429</t>
+  </si>
+  <si>
+    <t>03050250GBS</t>
+  </si>
+  <si>
+    <t>35073.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос с подставкой;чугун,дерево;D=160,H=30,L=225мм;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>04020453</t>
+  </si>
+  <si>
+    <t>04800200GCV</t>
+  </si>
+  <si>
+    <t>18893.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос с подставкой;чугун,дерево;D=250,H=30,L=305мм;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>04020454</t>
+  </si>
+  <si>
+    <t>04800250GCV</t>
+  </si>
+  <si>
+    <t>39662.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос с подставкой;чугун,дерево;D=30,H=3,L=36см;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>04020455</t>
+  </si>
+  <si>
+    <t>04800300GCV</t>
+  </si>
+  <si>
+    <t>36298.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос с подставкой;чугун,дерево;D=35,H=3,L=40см;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>04020456</t>
+  </si>
+  <si>
+    <t>04800350GCV</t>
+  </si>
+  <si>
+    <t>43767.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,тефлон;D=32,H=8,L=57см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020457</t>
+  </si>
+  <si>
+    <t>16113-32</t>
+  </si>
+  <si>
+    <t>70278.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=200,H=55,L=360мм;серый</t>
+  </si>
+  <si>
+    <t>04020459</t>
+  </si>
+  <si>
+    <t>11716-20</t>
+  </si>
+  <si>
+    <t>Сковороды из стали</t>
+  </si>
+  <si>
+    <t>18311.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;черн.сталь;D=22,H=5,L=39см;серый</t>
+  </si>
+  <si>
+    <t>04020460</t>
+  </si>
+  <si>
+    <t>11716-22</t>
+  </si>
+  <si>
+    <t>21237.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=24,H=6,L=41см;серый</t>
+  </si>
+  <si>
+    <t>04020461</t>
+  </si>
+  <si>
+    <t>11716-24</t>
+  </si>
+  <si>
+    <t>24001.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=26,H=5,L=47см;серый</t>
+  </si>
+  <si>
+    <t>04020462</t>
+  </si>
+  <si>
+    <t>11716-26</t>
+  </si>
+  <si>
+    <t>26396.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь;D=280,H=60,L=485мм;серый</t>
+  </si>
+  <si>
+    <t>04020463</t>
+  </si>
+  <si>
+    <t>11716-28</t>
+  </si>
+  <si>
+    <t>29291.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=32,H=7,L=56см;серый</t>
+  </si>
+  <si>
+    <t>04020464</t>
+  </si>
+  <si>
+    <t>11716-32</t>
+  </si>
+  <si>
+    <t>36783.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь;D=36,H=7,L=66см;серый</t>
+  </si>
+  <si>
+    <t>04020465</t>
+  </si>
+  <si>
+    <t>11716-36</t>
+  </si>
+  <si>
+    <t>54339.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;черн.сталь;D=200,H=25,L=380мм;серый</t>
+  </si>
+  <si>
+    <t>04020466</t>
+  </si>
+  <si>
+    <t>11718-20</t>
+  </si>
+  <si>
+    <t>19882.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;черн.сталь;D=220,H=25,L=415мм;серый</t>
+  </si>
+  <si>
+    <t>04020467</t>
+  </si>
+  <si>
+    <t>11718-22</t>
+  </si>
+  <si>
+    <t>23624.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;черн.сталь;D=240,H=25,L=435мм;серый</t>
+  </si>
+  <si>
+    <t>04020468</t>
+  </si>
+  <si>
+    <t>11718-24</t>
+  </si>
+  <si>
+    <t>24279.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль прямоуг.;черн.сталь;,H=16,L=50/23,B=38,5см;серый</t>
+  </si>
+  <si>
+    <t>04020469</t>
+  </si>
+  <si>
+    <t>41703-38</t>
+  </si>
+  <si>
+    <t>96481.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки (индукция);сталь нерж.;D=20,H=6,L=28см;металлич.</t>
+  </si>
+  <si>
+    <t>04020470</t>
+  </si>
+  <si>
+    <t>11115-20</t>
+  </si>
+  <si>
+    <t>42766.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для омлета</t>
+  </si>
+  <si>
+    <t>04020481</t>
+  </si>
+  <si>
+    <t>RFP2222</t>
+  </si>
+  <si>
+    <t>KYOTO</t>
+  </si>
+  <si>
+    <t>КОРЕЯ, РЕСПУБЛИКА</t>
+  </si>
+  <si>
+    <t>19916.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос с подставкой «Эмбер Каст»;чугун,дерево;,H=32,L=32/27,B=18см;черный</t>
+  </si>
+  <si>
+    <t>04020498</t>
+  </si>
+  <si>
+    <t>HE911/DM-2718OP</t>
+  </si>
+  <si>
+    <t>Daming</t>
+  </si>
+  <si>
+    <t>Ember Cast</t>
+  </si>
+  <si>
+    <t>7749.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос с подставкой «Эмбер Каст»;чугун,дерево;,H=35,L=280/240,B=140мм;черный,древесн.</t>
+  </si>
+  <si>
+    <t>04020499</t>
+  </si>
+  <si>
+    <t>HE995</t>
+  </si>
+  <si>
+    <t>6181.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль квадр.;,L=22,B=22см</t>
+  </si>
+  <si>
+    <t>04020512</t>
+  </si>
+  <si>
+    <t>330053-22</t>
+  </si>
+  <si>
+    <t>30177.00₸</t>
+  </si>
+  <si>
+    <t>Решетка для сковороды «Вок»;сталь нерж.;D=320,H=5,L=350мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020520</t>
+  </si>
+  <si>
+    <t>Решетки для сковород</t>
+  </si>
+  <si>
+    <t>6738.00₸</t>
+  </si>
+  <si>
+    <t>Лист-гриль;чугун;,H=10,L=425,B=240мм;черный</t>
+  </si>
+  <si>
+    <t>04020525</t>
+  </si>
+  <si>
+    <t>LDP3</t>
+  </si>
+  <si>
+    <t>55517.00₸</t>
+  </si>
+  <si>
+    <t>Лист-гриль;чугун;,H=20,L=508,B=265мм</t>
+  </si>
+  <si>
+    <t>04020566</t>
+  </si>
+  <si>
+    <t>LPGI3</t>
+  </si>
+  <si>
+    <t>89544.00₸</t>
+  </si>
+  <si>
+    <t>Лист-гриль с ручками;алюм.литой,антиприг.покр.;D=30,L=40см</t>
+  </si>
+  <si>
+    <t>04020567</t>
+  </si>
+  <si>
+    <t>000135/34TP0</t>
+  </si>
+  <si>
+    <t>52653.00₸</t>
+  </si>
+  <si>
+    <t>Лист-гриль;алюм.литой,тефлон;,H=20,L=530,B=325мм</t>
+  </si>
+  <si>
+    <t>04020573</t>
+  </si>
+  <si>
+    <t>OP0120/53TR0</t>
+  </si>
+  <si>
+    <t>145761.00₸</t>
+  </si>
+  <si>
+    <t>Лист-гриль мини;алюм.литой,антиприг.покр.;,L=32,B=15см;черный</t>
+  </si>
+  <si>
+    <t>04020576</t>
+  </si>
+  <si>
+    <t>OP0114/32TP0</t>
+  </si>
+  <si>
+    <t>27312.00₸</t>
+  </si>
+  <si>
+    <t>Лист-гриль двухсторонний;чугун;,L=47,B=26см</t>
+  </si>
+  <si>
+    <t>04020577</t>
+  </si>
+  <si>
+    <t>44217-45</t>
+  </si>
+  <si>
+    <t>65212.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная овальная;чугун;,H=30,L=205,B=105мм;черный</t>
+  </si>
+  <si>
+    <t>04020604</t>
+  </si>
+  <si>
+    <t>LMSOV/HMSOV</t>
+  </si>
+  <si>
+    <t>13406.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная квадратная;чугун;,H=30,L=165,B=120мм;черный</t>
+  </si>
+  <si>
+    <t>04020613</t>
+  </si>
+  <si>
+    <t>HMSS</t>
+  </si>
+  <si>
+    <t>20806.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Перфоманс»;сталь нерж.;D=28,H=4,L=50см;металлич.</t>
+  </si>
+  <si>
+    <t>04020618</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>Performance</t>
+  </si>
+  <si>
+    <t>93971.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Перфоманс»;сталь нерж.;D=20,H=4,L=36см;металлич.</t>
+  </si>
+  <si>
+    <t>04020619</t>
+  </si>
+  <si>
+    <t>66544.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Перфоманс»;сталь нерж.;D=24,H=4см;металлич.</t>
+  </si>
+  <si>
+    <t>04020621</t>
+  </si>
+  <si>
+    <t>92408.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=20,H=4,L=36см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020622</t>
+  </si>
+  <si>
+    <t>Classe Chef</t>
+  </si>
+  <si>
+    <t>32664.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=24,H=4,L=45см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020623</t>
+  </si>
+  <si>
+    <t>54978.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Клас Шеф» с антипригарным покрытием;алюмин.,тефлон;D=260,H=50,L=496мм;синий,черный</t>
+  </si>
+  <si>
+    <t>04020624</t>
+  </si>
+  <si>
+    <t>47340.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=28,H=5,L=51см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020625</t>
+  </si>
+  <si>
+    <t>48279.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=12,H=2,L=24см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020626</t>
+  </si>
+  <si>
+    <t>38038.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Клас Шеф+» с антипригарным покрытием;алюмин.,тефлон;D=28,H=8,L=52,B=30см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020627</t>
+  </si>
+  <si>
+    <t>Classe Chef+</t>
+  </si>
+  <si>
+    <t>53100.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Клас Шеф»;алюмин.,тефлон;D=24,H=2,L=45см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020628</t>
+  </si>
+  <si>
+    <t>38824.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,керамика;D=24,H=6,L=45см;бежев.,черный</t>
+  </si>
+  <si>
+    <t>04020629</t>
+  </si>
+  <si>
+    <t>Classe Ceram</t>
+  </si>
+  <si>
+    <t>27172.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,керамика;D=28,H=5,L=52см;коричнев.,черный</t>
+  </si>
+  <si>
+    <t>04020630</t>
+  </si>
+  <si>
+    <t>31548.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;алюмин.,керамика;D=25,H=2,L=45,B=25см;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>04020631</t>
+  </si>
+  <si>
+    <t>24358.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;черн.сталь;D=28,H=6,L=51см</t>
+  </si>
+  <si>
+    <t>04020632</t>
+  </si>
+  <si>
+    <t>062004</t>
+  </si>
+  <si>
+    <t>70394.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Клас Шеф+» с антипригарным покрытием;алюмин.,тефлон;D=20,H=5,L=36см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020641</t>
+  </si>
+  <si>
+    <t>47101.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Клас Шеф+» с антипригарным покрытием;алюмин.,тефлон;D=32,H=7,L=59см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020642</t>
+  </si>
+  <si>
+    <t>72688.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода «Клас Шеф+» с антипригарным покрытием;алюмин.,тефлон;D=36,H=7,L=66см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020643</t>
+  </si>
+  <si>
+    <t>100570.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Клас Шеф+» с антипригарным покрытием;алюмин.,тефлон;D=40,H=7,L=72см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020644</t>
+  </si>
+  <si>
+    <t>110403.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода прямоуг. «Клас Шеф+» с антипригарным покрытием;алюмин.,тефлон;,H=5,L=39/50,B=27см;синий,че</t>
+  </si>
+  <si>
+    <t>04020645</t>
+  </si>
+  <si>
+    <t>80350.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки «Клас Шеф+» с антипригарным покрытием;алюмин.,тефлон;D=50/41,H=7,L=70см;синий,черн</t>
+  </si>
+  <si>
+    <t>04020646</t>
+  </si>
+  <si>
+    <t>288512.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,антиприг.покр.;D=32,H=5см;черный</t>
+  </si>
+  <si>
+    <t>04020651</t>
+  </si>
+  <si>
+    <t>Elite Pro</t>
+  </si>
+  <si>
+    <t>98283.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода конус. «Вок»;сталь;D=32,H=9,L=62см;серый</t>
+  </si>
+  <si>
+    <t>04020702</t>
+  </si>
+  <si>
+    <t>11713-32</t>
+  </si>
+  <si>
+    <t>55471.00₸</t>
+  </si>
+  <si>
+    <t>Ручка съемная для сковородок(d=20-36см);силикон;,L=15,B=3см;красный</t>
+  </si>
+  <si>
+    <t>04020704</t>
+  </si>
+  <si>
+    <t>11710-AA</t>
+  </si>
+  <si>
+    <t>4289.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос на подставке «Эмбер Каст»;чугун,дерево;,H=30,L=378/240,B=190мм;серый,тем.дерев</t>
+  </si>
+  <si>
+    <t>04020705</t>
+  </si>
+  <si>
+    <t>HE01W/DM-22437RSD</t>
+  </si>
+  <si>
+    <t>7609.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос на подставке «Эмбер Каст»;чугун,дерево;D=220,H=40,L=275,B=225мм;черный,св. дер</t>
+  </si>
+  <si>
+    <t>04020706</t>
+  </si>
+  <si>
+    <t>HE920/DM-2208RP</t>
+  </si>
+  <si>
+    <t>Сковорода «Эмбер Каст»;чугун;D=240/205,H=40,L=410мм;черный</t>
+  </si>
+  <si>
+    <t>04020707</t>
+  </si>
+  <si>
+    <t>HE7001</t>
+  </si>
+  <si>
+    <t>14819.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода «Эмбер Каст»;чугун;D=210,H=45,L=355мм;черный</t>
+  </si>
+  <si>
+    <t>04020708</t>
+  </si>
+  <si>
+    <t>HE7002</t>
+  </si>
+  <si>
+    <t>5313.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос на подставке «Эмбер Каст»;чугун,дерево;,H=4,L=32/20,B=20см;черный,древесн.</t>
+  </si>
+  <si>
+    <t>04020709</t>
+  </si>
+  <si>
+    <t>HE851</t>
+  </si>
+  <si>
+    <t>9268.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос на подставке «Эмбер Каст»;чугун,дерево;,H=45,L=320/275,B=190мм;черный,древесн.</t>
+  </si>
+  <si>
+    <t>04020710</t>
+  </si>
+  <si>
+    <t>HE917</t>
+  </si>
+  <si>
+    <t>10325.00₸</t>
+  </si>
+  <si>
+    <t>04020711</t>
+  </si>
+  <si>
+    <t>HE9551</t>
+  </si>
+  <si>
+    <t>15414.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос на подставке;чугун,дерево;,H=40,L=310/275,B=175мм;черный,св. дерево</t>
+  </si>
+  <si>
+    <t>04020712</t>
+  </si>
+  <si>
+    <t>HE9551/DM-27519OP</t>
+  </si>
+  <si>
+    <t>9744.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Эмбер Каст»;чугун;D=195,H=50,L=345мм;черный</t>
+  </si>
+  <si>
+    <t>04020713</t>
+  </si>
+  <si>
+    <t>HE720</t>
+  </si>
+  <si>
+    <t>5159.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль «Эмбер Каст» квадратная;чугун;,H=3,L=23/36,B=23см;черный</t>
+  </si>
+  <si>
+    <t>04020714</t>
+  </si>
+  <si>
+    <t>HE66/DM-2424GRP</t>
+  </si>
+  <si>
+    <t>9212.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос на подставке;чугун,дерево;,H=40,L=300/235,B=180мм;черный,бордо</t>
+  </si>
+  <si>
+    <t>04020715</t>
+  </si>
+  <si>
+    <t>HE966</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос с ручкой на подставке «Эмбер Каст»;чугун,дерево;D=240,H=40,L=290,B=265мм;черны</t>
+  </si>
+  <si>
+    <t>04020716</t>
+  </si>
+  <si>
+    <t>HE924</t>
+  </si>
+  <si>
+    <t>12523.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос «Эмбер Каст»;чугун;,H=38,L=320,B=130мм;серый</t>
+  </si>
+  <si>
+    <t>04020717</t>
+  </si>
+  <si>
+    <t>HE1602</t>
+  </si>
+  <si>
+    <t>10675.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос «Эмбер Каст»;чугун;,H=40,L=475,B=193мм;серый</t>
+  </si>
+  <si>
+    <t>04020718</t>
+  </si>
+  <si>
+    <t>HE1603</t>
+  </si>
+  <si>
+    <t>6384.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Эмбер Каст»;чугун,дерево;D=225,H=80,L=410мм;черный,тем.дерево</t>
+  </si>
+  <si>
+    <t>04020720</t>
+  </si>
+  <si>
+    <t>HER22</t>
+  </si>
+  <si>
+    <t>8820.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с дерев.ручкой «Эмбер Каст»;чугун,дерево;D=245,H=80,L=430мм;черный,тем.дерево</t>
+  </si>
+  <si>
+    <t>04020721</t>
+  </si>
+  <si>
+    <t>HER24</t>
+  </si>
+  <si>
+    <t>10164.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с дерев.ручкой «Эмбер Каст»;чугун,дерево;D=270,H=85,L=460мм;черный,тем.дерево</t>
+  </si>
+  <si>
+    <t>04020722</t>
+  </si>
+  <si>
+    <t>HER26</t>
+  </si>
+  <si>
+    <t>11501.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с дерев.ручкой «Эмбер Каст»;чугун,дерево;D=290,H=85,L=485мм;черный,тем.дерево</t>
+  </si>
+  <si>
+    <t>04020723</t>
+  </si>
+  <si>
+    <t>HER28</t>
+  </si>
+  <si>
+    <t>14035.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с дерев.ручкой «Эмбер Каст»;чугун,дерево;D=30/25,H=10,L=50см;черный,тем.дерево</t>
+  </si>
+  <si>
+    <t>04020724</t>
+  </si>
+  <si>
+    <t>HER30</t>
+  </si>
+  <si>
+    <t>24297.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,тефлон;D=360,H=90,L=665,B=360мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020725</t>
+  </si>
+  <si>
+    <t>16113-36</t>
+  </si>
+  <si>
+    <t>89174.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,тефлон;D=40,H=10,L=70,5см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020726</t>
+  </si>
+  <si>
+    <t>16113-40</t>
+  </si>
+  <si>
+    <t>65720.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода профессиональная;алюмин.,тефлон;D=360,H=60,L=665мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020727</t>
+  </si>
+  <si>
+    <t>16717-36</t>
+  </si>
+  <si>
+    <t>38223.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода профессиональная;алюмин.,тефлон;D=40,H=7,L=70см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020728</t>
+  </si>
+  <si>
+    <t>16717-40</t>
+  </si>
+  <si>
+    <t>62363.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;алюмин.,тефлон;D=25,H=2,L=49см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020729</t>
+  </si>
+  <si>
+    <t>16712-26</t>
+  </si>
+  <si>
+    <t>46354.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;алюмин.,тефлон;D=290,H=20,L=535мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020730</t>
+  </si>
+  <si>
+    <t>16712-30</t>
+  </si>
+  <si>
+    <t>25811.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода овал.;чугун;1л;,H=50,L=315,B=175мм;черный</t>
+  </si>
+  <si>
+    <t>04020741</t>
+  </si>
+  <si>
+    <t>HOSD</t>
+  </si>
+  <si>
+    <t>27166.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль квадрат.;чугун;,H=55,L=260,B=260мм;черный</t>
+  </si>
+  <si>
+    <t>04020742</t>
+  </si>
+  <si>
+    <t>L8SGP3</t>
+  </si>
+  <si>
+    <t>38092.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;алюмин.,тефлон;D=36,H=7,L=49,B=36см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020746</t>
+  </si>
+  <si>
+    <t>16116-36</t>
+  </si>
+  <si>
+    <t>69308.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;алюмин.,тефлон;D=400,H=75,L=530,B=400мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020747</t>
+  </si>
+  <si>
+    <t>16116-40</t>
+  </si>
+  <si>
+    <t>75676.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи;голуб.сталь;D=470,H=65,L=550,B=470мм;серый</t>
+  </si>
+  <si>
+    <t>04020748</t>
+  </si>
+  <si>
+    <t>11717-47</t>
+  </si>
+  <si>
+    <t>51552.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,керамика;D=240,H=50,L=475мм;бежев.,серебрян.</t>
+  </si>
+  <si>
+    <t>04020749</t>
+  </si>
+  <si>
+    <t>11618-24</t>
+  </si>
+  <si>
+    <t>42774.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,керамика;D=280,H=50,L=515мм;бежев.,серебрян.</t>
+  </si>
+  <si>
+    <t>04020750</t>
+  </si>
+  <si>
+    <t>11618-28</t>
+  </si>
+  <si>
+    <t>58590.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи;голуб.сталь;D=34,H=5см;серый</t>
+  </si>
+  <si>
+    <t>04020758</t>
+  </si>
+  <si>
+    <t>11717-34</t>
+  </si>
+  <si>
+    <t>28760.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи;голуб.сталь;D=420,H=65,L=500,B=420мм;серый</t>
+  </si>
+  <si>
+    <t>04020759</t>
+  </si>
+  <si>
+    <t>11717-42</t>
+  </si>
+  <si>
+    <t>52638.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;черн.сталь;D=22,H=4,L=42см;серый</t>
+  </si>
+  <si>
+    <t>04020760</t>
+  </si>
+  <si>
+    <t>11714-22</t>
+  </si>
+  <si>
+    <t>25226.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.,антиприг.покр.;D=32,H=7,L=63см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020761</t>
+  </si>
+  <si>
+    <t>11117-32</t>
+  </si>
+  <si>
+    <t>202349.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.,антиприг.покр.;D=360,H=85,L=680мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020762</t>
+  </si>
+  <si>
+    <t>11117-36</t>
+  </si>
+  <si>
+    <t>169693.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.,тефлон;D=400,H=90,L=725мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020763</t>
+  </si>
+  <si>
+    <t>11117-40</t>
+  </si>
+  <si>
+    <t>307177.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;черн.сталь;D=200,H=40,L=375мм;серый</t>
+  </si>
+  <si>
+    <t>04020764</t>
+  </si>
+  <si>
+    <t>11714-20</t>
+  </si>
+  <si>
+    <t>19381.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;белая сталь;D=24,H=4,L=44см;серый</t>
+  </si>
+  <si>
+    <t>04020765</t>
+  </si>
+  <si>
+    <t>11714-24</t>
+  </si>
+  <si>
+    <t>43344.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;белая сталь;D=260,H=50,L=495мм;серый</t>
+  </si>
+  <si>
+    <t>04020766</t>
+  </si>
+  <si>
+    <t>11714-26</t>
+  </si>
+  <si>
+    <t>49519.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;черн.сталь;D=280,H=50,L=515мм;серый</t>
+  </si>
+  <si>
+    <t>04020767</t>
+  </si>
+  <si>
+    <t>11714-28</t>
+  </si>
+  <si>
+    <t>53770.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;белая сталь;D=320,H=55,L=570мм;серый</t>
+  </si>
+  <si>
+    <t>04020768</t>
+  </si>
+  <si>
+    <t>11714-32</t>
+  </si>
+  <si>
+    <t>60961.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;белая сталь;D=360,H=65,L=665мм;серый</t>
+  </si>
+  <si>
+    <t>04020769</t>
+  </si>
+  <si>
+    <t>11714-36</t>
+  </si>
+  <si>
+    <t>58574.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;белая сталь;D=400,H=65,L=695мм;серый</t>
+  </si>
+  <si>
+    <t>04020770</t>
+  </si>
+  <si>
+    <t>11714-40</t>
+  </si>
+  <si>
+    <t>53523.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;белая сталь;D=450,H=65,L=840мм;серый</t>
+  </si>
+  <si>
+    <t>04020771</t>
+  </si>
+  <si>
+    <t>11714-45</t>
+  </si>
+  <si>
+    <t>87811.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=40,H=8,L=70см;серый</t>
+  </si>
+  <si>
+    <t>04020772</t>
+  </si>
+  <si>
+    <t>11716-40</t>
+  </si>
+  <si>
+    <t>40710.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=45,H=7,L=85см;серый</t>
+  </si>
+  <si>
+    <t>04020773</t>
+  </si>
+  <si>
+    <t>11716-45</t>
+  </si>
+  <si>
+    <t>80989.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;белая сталь;D=120,H=22,L=240мм;серый</t>
+  </si>
+  <si>
+    <t>04020774</t>
+  </si>
+  <si>
+    <t>11715-12</t>
+  </si>
+  <si>
+    <t>15239.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.;D=45,H=8,L=81см;металлич.</t>
+  </si>
+  <si>
+    <t>04020775</t>
+  </si>
+  <si>
+    <t>11114-45</t>
+  </si>
+  <si>
+    <t>372342.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.;D=240,H=55,L=490мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020776</t>
+  </si>
+  <si>
+    <t>12514-24</t>
+  </si>
+  <si>
+    <t>54909.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.;D=26,H=6,L=52см;металлич.</t>
+  </si>
+  <si>
+    <t>04020777</t>
+  </si>
+  <si>
+    <t>12514-26</t>
+  </si>
+  <si>
+    <t>73251.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.;D=280,H=60,L=535мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020778</t>
+  </si>
+  <si>
+    <t>12514-28</t>
+  </si>
+  <si>
+    <t>58320.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.;D=32,H=7,L=64см;металлич.</t>
+  </si>
+  <si>
+    <t>04020779</t>
+  </si>
+  <si>
+    <t>12514-32</t>
+  </si>
+  <si>
+    <t>85786.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.;D=360,H=65,L=680мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020780</t>
+  </si>
+  <si>
+    <t>12514-36</t>
+  </si>
+  <si>
+    <t>86086.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.,антиприг.покр.;D=24,H=6,L=49см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04020781</t>
+  </si>
+  <si>
+    <t>12517-24</t>
+  </si>
+  <si>
+    <t>71880.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.,антиприг.покр.;D=260,H=60,L=515мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020782</t>
+  </si>
+  <si>
+    <t>12517-26</t>
+  </si>
+  <si>
+    <t>97236.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.,антиприг.покр.;D=280,H=60,L=535мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020783</t>
+  </si>
+  <si>
+    <t>12517-28</t>
+  </si>
+  <si>
+    <t>85247.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.,антиприг.покр.;D=320,H=70,L=635мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020784</t>
+  </si>
+  <si>
+    <t>12517-32</t>
+  </si>
+  <si>
+    <t>93448.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.,антиприг.покр.;D=36,H=7,L=68см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020785</t>
+  </si>
+  <si>
+    <t>12517-36</t>
+  </si>
+  <si>
+    <t>99446.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=24,H=5,L=44см;серый</t>
+  </si>
+  <si>
+    <t>04020786</t>
+  </si>
+  <si>
+    <t>Force Blue</t>
+  </si>
+  <si>
+    <t>40579.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=280,H=55,L=500мм;серый</t>
+  </si>
+  <si>
+    <t>04020787</t>
+  </si>
+  <si>
+    <t>48541.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=260,H=55,L=485мм;серый</t>
+  </si>
+  <si>
+    <t>04020788</t>
+  </si>
+  <si>
+    <t>29992.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=220,H=25,L=415мм;серый</t>
+  </si>
+  <si>
+    <t>04020789</t>
+  </si>
+  <si>
+    <t>24887.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;голуб.сталь;D=240,H=25,L=430мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020790</t>
+  </si>
+  <si>
+    <t>26142.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Карбон Плюс»;белая сталь;D=160,H=15,L=320мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020791</t>
+  </si>
+  <si>
+    <t>Carbone Plus</t>
+  </si>
+  <si>
+    <t>7223.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Карбон Плюс»;белая сталь;D=180,H=15,L=360мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020792</t>
+  </si>
+  <si>
+    <t>16810.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки «Карбон Плюс»;белая сталь;D=36,H=7,L=70см;металлич.</t>
+  </si>
+  <si>
+    <t>04020795</t>
+  </si>
+  <si>
+    <t>84084.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки «Карбон Плюс»;белая сталь;D=40,H=7,L=73см;металлич.</t>
+  </si>
+  <si>
+    <t>04020796</t>
+  </si>
+  <si>
+    <t>51159.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки «Карбон Плюс»;белая сталь;D=45,H=7,L=86см;металлич.</t>
+  </si>
+  <si>
+    <t>04020797</t>
+  </si>
+  <si>
+    <t>86949.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки «Карбон Плюс»;белая сталь;D=50,H=7,L=92см;металлич.</t>
+  </si>
+  <si>
+    <t>04020798</t>
+  </si>
+  <si>
+    <t>164188.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;голуб.сталь;D=18,H=2,L=36см;металлич.</t>
+  </si>
+  <si>
+    <t>04020799</t>
+  </si>
+  <si>
+    <t>18681.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода сервировочная;сталь нерж.,медь;D=220,H=45,L=380мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020801</t>
+  </si>
+  <si>
+    <t>Was</t>
+  </si>
+  <si>
+    <t>52022.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи;сталь нерж.,медь;D=24,H=5,L=39см;металлич.</t>
+  </si>
+  <si>
+    <t>04020802</t>
+  </si>
+  <si>
+    <t>30462.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода сервировочная;сталь нерж.,медь;D=280,H=55,L=320мм;металлич.,медный</t>
+  </si>
+  <si>
+    <t>04020803</t>
+  </si>
+  <si>
+    <t>72257.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи с ручками;сталь нерж.,медь;D=18,H=5,L=23см;металлич.,медный</t>
+  </si>
+  <si>
+    <t>04020804</t>
+  </si>
+  <si>
+    <t>52076.00₸</t>
+  </si>
+  <si>
+    <t>04020806</t>
+  </si>
+  <si>
+    <t>59106.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=360,H=60,L=665мм;серый</t>
+  </si>
+  <si>
+    <t>04020807</t>
+  </si>
+  <si>
+    <t>77139.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Карбон Плюс»;белая сталь;D=200,H=20,L=375мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020808</t>
+  </si>
+  <si>
+    <t>26473.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Карбон Плюс»;белая сталь;D=22,H=2,L=42см;металлич.</t>
+  </si>
+  <si>
+    <t>04020809</t>
+  </si>
+  <si>
+    <t>26796.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;голуб.сталь;D=20,H=2,L=38см;серый</t>
+  </si>
+  <si>
+    <t>04020811</t>
+  </si>
+  <si>
+    <t>23154.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Вок»;голуб.сталь;D=40,H=10,L=69,5см;серый</t>
+  </si>
+  <si>
+    <t>04020813</t>
+  </si>
+  <si>
+    <t>52639.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2ручки;голуб.сталь;D=32,H=8,L=67см;серый</t>
+  </si>
+  <si>
+    <t>04020814</t>
+  </si>
+  <si>
+    <t>51544.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль прямоуг. «Карбон Плюс»;белая сталь;,H=3,L=38,B=26см;серый</t>
+  </si>
+  <si>
+    <t>04020817</t>
+  </si>
+  <si>
+    <t>58544.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Карбон Плюс»;белая сталь;D=180,H=35,L=350мм;серый</t>
+  </si>
+  <si>
+    <t>04020818</t>
+  </si>
+  <si>
+    <t>Сковорода «Карбон Плюс»;белая сталь;D=200,H=45,L=375мм;серый</t>
+  </si>
+  <si>
+    <t>04020819</t>
+  </si>
+  <si>
+    <t>25087.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Карбон Плюс»;белая сталь;D=220,H=40,L=415мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020820</t>
+  </si>
+  <si>
+    <t>18095.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Карбон Плюс»;белая сталь;D=24,H=4,L=44см;металлич.</t>
+  </si>
+  <si>
+    <t>04020821</t>
+  </si>
+  <si>
+    <t>47009.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Карбон Плюс»;белая сталь;D=28,H=5,L=51см;металлич.</t>
+  </si>
+  <si>
+    <t>04020823</t>
+  </si>
+  <si>
+    <t>58736.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи 2ручки;белая сталь;D=240,H=40,L=345мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04020824</t>
+  </si>
+  <si>
+    <t>5026.24N</t>
+  </si>
+  <si>
+    <t>9641.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи 2ручки;белая сталь;D=280,H=50,L=385мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04020825</t>
+  </si>
+  <si>
+    <t>5026.28N</t>
+  </si>
+  <si>
+    <t>11389.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода прямоуг.;белая сталь;,H=5,L=39,B=26см;серый</t>
+  </si>
+  <si>
+    <t>04020826</t>
+  </si>
+  <si>
+    <t>38624.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи 2ручки;голуб.сталь;D=340,H=60,L=425мм;серый</t>
+  </si>
+  <si>
+    <t>04020828</t>
+  </si>
+  <si>
+    <t>La Lyonnaise</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи 2ручки;голуб.сталь;D=370,H=60,L=445мм;серый</t>
+  </si>
+  <si>
+    <t>04020829</t>
+  </si>
+  <si>
+    <t>29430.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=24,H=6,L=47см;металлич.</t>
+  </si>
+  <si>
+    <t>04020830</t>
+  </si>
+  <si>
+    <t>306026-24</t>
+  </si>
+  <si>
+    <t>65189.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=280,H=65,L=525мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020831</t>
+  </si>
+  <si>
+    <t>306026-28</t>
+  </si>
+  <si>
+    <t>91030.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=180,H=43,L=350мм;серый</t>
+  </si>
+  <si>
+    <t>04020832</t>
+  </si>
+  <si>
+    <t>15685.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=20,H=5,L=37см;серый</t>
+  </si>
+  <si>
+    <t>04020833</t>
+  </si>
+  <si>
+    <t>36452.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=22,H=5,L=42см;серый</t>
+  </si>
+  <si>
+    <t>04020834</t>
+  </si>
+  <si>
+    <t>18742.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи 2ручки;алюм.литой,антиприг.покр.;D=32см;черный</t>
+  </si>
+  <si>
+    <t>04020840</t>
+  </si>
+  <si>
+    <t>8347.32N</t>
+  </si>
+  <si>
+    <t>72319.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Шок Классик»;алюмин.,тефлон;D=280,H=45,L=500мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020841</t>
+  </si>
+  <si>
+    <t>Choc Classic</t>
+  </si>
+  <si>
+    <t>50951.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Шок Классик»;алюмин.,тефлон;D=320,H=55,L=565мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020842</t>
+  </si>
+  <si>
+    <t>51105.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Шок Классик»;алюмин.,тефлон;D=36,H=6,L=56см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020843</t>
+  </si>
+  <si>
+    <t>75622.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;алюмин.,тефлон;D=140,H=20,L=265мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020844</t>
+  </si>
+  <si>
+    <t>25141.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Шок Классик»;алюмин.,тефлон;D=220,H=25,L=420мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020845</t>
+  </si>
+  <si>
+    <t>30469.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Шок Классик»;алюмин.,тефлон;D=260,H=25,L=460мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020846</t>
+  </si>
+  <si>
+    <t>38747.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода прямоуг. «Шок Классик»;алюмин.,тефлон;,H=5,L=38,B=26см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020847</t>
+  </si>
+  <si>
+    <t>110603.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Шок Классик»;алюмин.,тефлон;D=200,H=40,L=425мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020848</t>
+  </si>
+  <si>
+    <t>34235.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Шок Классик»;алюмин.,тефлон;D=22,H=5,L=44см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020849</t>
+  </si>
+  <si>
+    <t>17690.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Шок Классик»;алюмин.,тефлон;D=24,H=5,L=49см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020850</t>
+  </si>
+  <si>
+    <t>37754.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Шок Классик»;алюмин.,тефлон;D=260,H=55,L=540мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020851</t>
+  </si>
+  <si>
+    <t>47255.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Шок Классик»;алюмин.,тефлон;D=300,H=55,L=265мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020852</t>
+  </si>
+  <si>
+    <t>47178.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода овал. «Шок Классик»;алюмин.,тефлон;,H=43,L=320,B=230мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020854</t>
+  </si>
+  <si>
+    <t>Сковорода овал. «Шок Классик»;алюмин.,тефлон;,H=8,L=36,B=26см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020855</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;чугун;,H=20,L=380/405,B=225мм;черный</t>
+  </si>
+  <si>
+    <t>04020857</t>
+  </si>
+  <si>
+    <t>071116</t>
+  </si>
+  <si>
+    <t>74190.00₸</t>
+  </si>
+  <si>
+    <t>04020857-У1</t>
+  </si>
+  <si>
+    <t>071116у</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;чугун;,H=30,L=255,B=255мм;черный</t>
+  </si>
+  <si>
+    <t>04020858</t>
+  </si>
+  <si>
+    <t>071118</t>
+  </si>
+  <si>
+    <t>67422.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль квадрат.;чугун;,L=24,B=24см;черный</t>
+  </si>
+  <si>
+    <t>04020859</t>
+  </si>
+  <si>
+    <t>03240240GBS</t>
+  </si>
+  <si>
+    <t>22141.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль прямоуг.;алюм.литой,дерево;,H=30,L=340/200,B=265мм;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>04020860</t>
+  </si>
+  <si>
+    <t>05400250XBD/0540N250ABD</t>
+  </si>
+  <si>
+    <t>24833.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;алюмин.,керамика;,H=3,L=29,B=29см;черный,белый</t>
+  </si>
+  <si>
+    <t>04020861</t>
+  </si>
+  <si>
+    <t>0536001</t>
+  </si>
+  <si>
+    <t>28174.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;алюмин.,дерево;D=320,H=35,L=470/220мм;черный,св. дерево</t>
+  </si>
+  <si>
+    <t>04020862</t>
+  </si>
+  <si>
+    <t>0546001</t>
+  </si>
+  <si>
+    <t>32471.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;алюмин.,тефлон;,H=3,L=29/20,B=29см;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>04020863</t>
+  </si>
+  <si>
+    <t>05350290XBD</t>
+  </si>
+  <si>
+    <t>20404.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;чугун;D=26,H=6,L=41см;черный</t>
+  </si>
+  <si>
+    <t>04020865</t>
+  </si>
+  <si>
+    <t>L8GP3</t>
+  </si>
+  <si>
+    <t>34312.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,тефлон;D=280,H=64,L=565мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04020871</t>
+  </si>
+  <si>
+    <t>33913B28</t>
+  </si>
+  <si>
+    <t>86163.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,тефлон;D=300,H=63,L=585мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04020872</t>
+  </si>
+  <si>
+    <t>30613B30</t>
+  </si>
+  <si>
+    <t>51896.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,тефлон;D=20,H=4,L=38,B=20см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04020875</t>
+  </si>
+  <si>
+    <t>Tradition</t>
+  </si>
+  <si>
+    <t>182059.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием;сталь нерж.,антиприг.покр.;D=200,H=55,L=410/200мм;металлич.,черн</t>
+  </si>
+  <si>
+    <t>04020876</t>
+  </si>
+  <si>
+    <t>15090200ICV</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>48780.00₸</t>
+  </si>
+  <si>
+    <t>44 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием;сталь нерж.,антиприг.покр.;D=240,H=55,L=460/200мм;металлич.,черн</t>
+  </si>
+  <si>
+    <t>04020877</t>
+  </si>
+  <si>
+    <t>15090240ICV</t>
+  </si>
+  <si>
+    <t>55271.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием;сталь нерж.,антиприг.покр.;D=280,H=55,L=590/270мм;металлич.,черн</t>
+  </si>
+  <si>
+    <t>04020878</t>
+  </si>
+  <si>
+    <t>15090280ICV</t>
+  </si>
+  <si>
+    <t>43051.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=320,H=60,L=610/285мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04020879</t>
+  </si>
+  <si>
+    <t>15100320ICV</t>
+  </si>
+  <si>
+    <t>62601.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Клас Шеф»;алюмин.,тефлон;D=36,H=5,L=65см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020886</t>
+  </si>
+  <si>
+    <t>80843.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;черн.сталь;D=22,H=4,L=38см;серый</t>
+  </si>
+  <si>
+    <t>04020891</t>
+  </si>
+  <si>
+    <t>062001</t>
+  </si>
+  <si>
+    <t>28313.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;черн.сталь;D=24,H=4,L=42см;серый</t>
+  </si>
+  <si>
+    <t>04020892</t>
+  </si>
+  <si>
+    <t>062002</t>
+  </si>
+  <si>
+    <t>23493.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;черн.сталь;D=26,H=4,L=48см;серый</t>
+  </si>
+  <si>
+    <t>04020893</t>
+  </si>
+  <si>
+    <t>062003</t>
+  </si>
+  <si>
+    <t>64157.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=16,H=4,L=33см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020894</t>
+  </si>
+  <si>
+    <t>31617.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=22,H=4,L=43см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020895</t>
+  </si>
+  <si>
+    <t>35521.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=32,H=5,L=59см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020896</t>
+  </si>
+  <si>
+    <t>61200.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=40,H=6,L=61см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020897</t>
+  </si>
+  <si>
+    <t>95034.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода сервировочная овал. 2 ручки;сталь нерж.,медь;,H=45,L=250,B=180мм;медный,металлич.</t>
+  </si>
+  <si>
+    <t>04020898</t>
+  </si>
+  <si>
+    <t>58159.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода сервировочная овал. 2 ручки;сталь нерж.,медь;,H=4,L=34/30,B=22см;медный,металлич.</t>
+  </si>
+  <si>
+    <t>04020899</t>
+  </si>
+  <si>
+    <t>56611.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Прима Матера»;сталь нерж.,медь;D=24см;медный,металлич.</t>
+  </si>
+  <si>
+    <t>04020901</t>
+  </si>
+  <si>
+    <t>Prima Matera</t>
+  </si>
+  <si>
+    <t>391422.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;медь,олово;D=20,H=3см</t>
+  </si>
+  <si>
+    <t>04020902</t>
+  </si>
+  <si>
+    <t>032039</t>
+  </si>
+  <si>
+    <t>Сковороды из меди</t>
+  </si>
+  <si>
+    <t>149596.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Клас Шеф+»;алюмин.,тефлон;D=28,H=3,L=47см;черный,синий</t>
+  </si>
+  <si>
+    <t>04020904</t>
+  </si>
+  <si>
+    <t>28698.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,тефлон;D=24,H=4,L=44см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04020906</t>
+  </si>
+  <si>
+    <t>89990.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Проотель»;сталь нерж.,тефлон;D=20,H=6,L=43см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04020916</t>
+  </si>
+  <si>
+    <t>C24131CBS20*5</t>
+  </si>
+  <si>
+    <t>3881.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов с лопаткой и шпателем;чугун,дерево;D=300,H=45,L=430мм;черный,бежев.</t>
+  </si>
+  <si>
+    <t>04020923</t>
+  </si>
+  <si>
+    <t>071122</t>
+  </si>
+  <si>
+    <t>109040.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов с лопаткой и шпателем уцененная;чугун,дерево;D=300,H=45,L=430мм;черный,бежев.</t>
+  </si>
+  <si>
+    <t>04020923-У1</t>
+  </si>
+  <si>
+    <t>071122/у</t>
+  </si>
+  <si>
+    <t>66636.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Клас Шеф»;алюмин.,тефлон;D=28,H=2,L=48см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020924</t>
+  </si>
+  <si>
+    <t>42789.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;алюмин.,керамика;D=28,H=2,L=48см;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>04020928</t>
+  </si>
+  <si>
+    <t>27335.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для гриля прямоуг.;чугун;,H=15,L=340/220мм;черный</t>
+  </si>
+  <si>
+    <t>04020929</t>
+  </si>
+  <si>
+    <t>03340220GBS</t>
+  </si>
+  <si>
+    <t>49714.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода;карб.сталь;D=205,H=35,L=410мм;черный</t>
+  </si>
+  <si>
+    <t>04020930</t>
+  </si>
+  <si>
+    <t>CRS8</t>
+  </si>
+  <si>
+    <t>38986.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;карб.сталь;D=250,H=45,L=480мм;черный</t>
+  </si>
+  <si>
+    <t>04020931</t>
+  </si>
+  <si>
+    <t>CRS10</t>
+  </si>
+  <si>
+    <t>38291.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;карб.сталь;D=310,H=35,L=510мм;черный</t>
+  </si>
+  <si>
+    <t>04020932</t>
+  </si>
+  <si>
+    <t>CRS12</t>
+  </si>
+  <si>
+    <t>48741.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Элит Шеф»;алюмин.;D=20,H=5см;черный</t>
+  </si>
+  <si>
+    <t>04020933</t>
+  </si>
+  <si>
+    <t>Elite Chef</t>
+  </si>
+  <si>
+    <t>83484.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Элит Шеф»;алюмин.;D=240,H=50,L=465,B=260мм</t>
+  </si>
+  <si>
+    <t>04020934</t>
+  </si>
+  <si>
+    <t>60145.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Элит Шеф»;алюмин.;D=28,H=5,L=56,B=30см</t>
+  </si>
+  <si>
+    <t>04020935</t>
+  </si>
+  <si>
+    <t>69046.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Элит Шеф»;алюмин.;D=32,H=5см</t>
+  </si>
+  <si>
+    <t>04020936</t>
+  </si>
+  <si>
+    <t>139994.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль (индукция);алюм.литой,титан;,H=4,L=27/44,B=26см;черный</t>
+  </si>
+  <si>
+    <t>04020939</t>
+  </si>
+  <si>
+    <t>0090IN/26T00</t>
+  </si>
+  <si>
+    <t>43444.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль (индукция);алюм.литой,титан;,H=4,L=26/45,B=35см;черный</t>
+  </si>
+  <si>
+    <t>04020940</t>
+  </si>
+  <si>
+    <t>0090IN/36T00</t>
+  </si>
+  <si>
+    <t>51136.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;алюм.литой,дерево;,H=40,L=290/450,B=275мм;черный</t>
+  </si>
+  <si>
+    <t>04020943</t>
+  </si>
+  <si>
+    <t>000090/28T00</t>
+  </si>
+  <si>
+    <t>33572.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;алюм.литой,дерево;,H=40,L=270/430,B=345мм;черный</t>
+  </si>
+  <si>
+    <t>04020944</t>
+  </si>
+  <si>
+    <t>000090/36T00</t>
+  </si>
+  <si>
+    <t>39848.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;алюм.литой,дерево;,H=4,L=28/45,B=43см;черный</t>
+  </si>
+  <si>
+    <t>04020945</t>
+  </si>
+  <si>
+    <t>000090/43T00</t>
+  </si>
+  <si>
+    <t>55695.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюм.литой,тефлон;D=24,H=5см;черный</t>
+  </si>
+  <si>
+    <t>04020946</t>
+  </si>
+  <si>
+    <t>OP103HT/24TP</t>
+  </si>
+  <si>
+    <t>68261.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюм.литой,тефлон;D=280,H=52,L=540мм;черный</t>
+  </si>
+  <si>
+    <t>04020947</t>
+  </si>
+  <si>
+    <t>OP103HT/28TP</t>
+  </si>
+  <si>
+    <t>80435.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);алюм.литой,тефлон;D=32,H=6,L=63см;черный</t>
+  </si>
+  <si>
+    <t>04020948</t>
+  </si>
+  <si>
+    <t>OP103HTIN/32</t>
+  </si>
+  <si>
+    <t>126997.00₸</t>
+  </si>
+  <si>
     <t>10 шт.</t>
   </si>
   <si>
-    <t>Сковорода для блинов;алюмин.,тефлон;D=240,H=25,L=450,B=255мм;черный,серебрян.</t>
-[...1229 lines deleted...]
-    <t>72688.00₸</t>
+    <t>Сковорода;алюм.литой,тефлон;D=24,H=7,L=50см;черный</t>
+  </si>
+  <si>
+    <t>04020949</t>
+  </si>
+  <si>
+    <t>OP104HT/24TP</t>
+  </si>
+  <si>
+    <t>74098.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюм.литой,тефлон;D=28,H=7,L=54см;черный</t>
+  </si>
+  <si>
+    <t>04020950</t>
+  </si>
+  <si>
+    <t>OP104HT/28TP</t>
+  </si>
+  <si>
+    <t>79834.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюм.литой,тефлон;D=32,H=8,L=62см;черный</t>
+  </si>
+  <si>
+    <t>04020951</t>
+  </si>
+  <si>
+    <t>OP104HT/32TP</t>
+  </si>
+  <si>
+    <t>78440.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);алюм.литой,тефлон;D=24,H=7,L=50см;черный</t>
+  </si>
+  <si>
+    <t>04020952</t>
+  </si>
+  <si>
+    <t>OP104HTIN/24</t>
+  </si>
+  <si>
+    <t>103304.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);алюм.литой,тефлон;D=28,H=7,L=54см;черный</t>
+  </si>
+  <si>
+    <t>04020953</t>
+  </si>
+  <si>
+    <t>OP104HTIN/28</t>
+  </si>
+  <si>
+    <t>104767.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);алюм.литой,тефлон;D=32,H=8,L=62см;черный</t>
+  </si>
+  <si>
+    <t>04020954</t>
+  </si>
+  <si>
+    <t>OP104HTIN/32</t>
+  </si>
+  <si>
+    <t>123254.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);алюм.литой,тефлон;D=200,H=45,L=400мм;черный</t>
+  </si>
+  <si>
+    <t>04020955</t>
+  </si>
+  <si>
+    <t>OP103EPIN/20</t>
+  </si>
+  <si>
+    <t>64195.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);алюм.литой,тефлон;D=240,H=50,L=445мм;черный</t>
+  </si>
+  <si>
+    <t>04020956</t>
+  </si>
+  <si>
+    <t>OP103EPIN/24</t>
+  </si>
+  <si>
+    <t>75568.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);алюм.литой,тефлон;D=32,H=6,L=53см;черный</t>
+  </si>
+  <si>
+    <t>04020957</t>
+  </si>
+  <si>
+    <t>OP103EPIN/32</t>
+  </si>
+  <si>
+    <t>87573.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;алюм.литой,тефлон;D=28,H=8,B=38см;черный</t>
+  </si>
+  <si>
+    <t>04020958</t>
+  </si>
+  <si>
+    <t>OP0098/28TP0</t>
+  </si>
+  <si>
+    <t>61485.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;алюм.литой,тефлон;D=32,H=9,B=42см;черный</t>
+  </si>
+  <si>
+    <t>04020959</t>
+  </si>
+  <si>
+    <t>OP0098/32TP0</t>
+  </si>
+  <si>
+    <t>88635.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;алюм.литой,тефлон;D=360,H=85,B=460мм;черный</t>
+  </si>
+  <si>
+    <t>04020960</t>
+  </si>
+  <si>
+    <t>OP0098/36TP0</t>
+  </si>
+  <si>
+    <t>83153.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки (индукция);алюм.литой,тефлон;D=240,H=70,B=333мм;черный</t>
+  </si>
+  <si>
+    <t>04020961</t>
+  </si>
+  <si>
+    <t>OP098IN/24TP</t>
+  </si>
+  <si>
+    <t>58205.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки (индукция);алюм.литой,тефлон;D=28,H=8,B=38см;черный</t>
+  </si>
+  <si>
+    <t>04020962</t>
+  </si>
+  <si>
+    <t>OP098IN/28TP</t>
+  </si>
+  <si>
+    <t>76323.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки (индукция);алюм.литой,тефлон;D=320,H=90,B=425мм;черный</t>
+  </si>
+  <si>
+    <t>04020963</t>
+  </si>
+  <si>
+    <t>OP098IN/32TP</t>
+  </si>
+  <si>
+    <t>104797.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2ручки;алюм.литой,тефлон;D=280,H=40,B=375мм;черный</t>
+  </si>
+  <si>
+    <t>04020964</t>
+  </si>
+  <si>
+    <t>OP98RI/28TP0</t>
+  </si>
+  <si>
+    <t>68161.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;алюм.литой,тефлон;D=32,H=6,B=42см;черный</t>
+  </si>
+  <si>
+    <t>04020965</t>
+  </si>
+  <si>
+    <t>OP98RI/32TP0</t>
+  </si>
+  <si>
+    <t>67129.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2ручки;алюм.литой,тефлон;D=36,H=6,B=46см;черный</t>
+  </si>
+  <si>
+    <t>04020966</t>
+  </si>
+  <si>
+    <t>OP98RI/36TP0</t>
+  </si>
+  <si>
+    <t>81659.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;алюм.литой,тефлон;,H=4,L=50/27,B=28см;черный</t>
+  </si>
+  <si>
+    <t>04020967</t>
+  </si>
+  <si>
+    <t>OP094A/26T00</t>
+  </si>
+  <si>
+    <t>58359.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль (индукция);алюм.литой,тефлон;,H=4,L=50/27,B=28см;черный</t>
+  </si>
+  <si>
+    <t>04020968</t>
+  </si>
+  <si>
+    <t>OP94AIN/26T0</t>
+  </si>
+  <si>
+    <t>73836.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;чугун,сталь нерж.;,L=23/40,B=35,5см;черный</t>
+  </si>
+  <si>
+    <t>04020971</t>
+  </si>
+  <si>
+    <t>000112/36G00</t>
+  </si>
+  <si>
+    <t>36899.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов 4 отделения;алюм.литой,тефлон;D=250/80,H=25,L=460мм;черный</t>
+  </si>
+  <si>
+    <t>04020972</t>
+  </si>
+  <si>
+    <t>OP106M/25T00</t>
+  </si>
+  <si>
+    <t>44568.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;алюм.литой,тефлон;D=20,H=2,L=42см;черный</t>
+  </si>
+  <si>
+    <t>04020974</t>
+  </si>
+  <si>
+    <t>OP0106/20T00</t>
+  </si>
+  <si>
+    <t>28437.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;алюм.литой,тефлон;D=25,H=2,L=46см;черный</t>
+  </si>
+  <si>
+    <t>04020975</t>
+  </si>
+  <si>
+    <t>OP0106/25T00</t>
+  </si>
+  <si>
+    <t>41018.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;алюм.литой,тефлон;D=280,H=23,L=510мм;черный</t>
+  </si>
+  <si>
+    <t>04020976</t>
+  </si>
+  <si>
+    <t>OP0106/28T00</t>
+  </si>
+  <si>
+    <t>42143.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов (индукция);алюм.литой,тефлон;D=280,H=23,L=500мм;черный</t>
+  </si>
+  <si>
+    <t>04020977</t>
+  </si>
+  <si>
+    <t>OP106IN/28T0</t>
+  </si>
+  <si>
+    <t>82183.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюм.литой,тефлон;D=320,H=60,L=625мм;черный</t>
+  </si>
+  <si>
+    <t>04020979</t>
+  </si>
+  <si>
+    <t>OP103HT/32TP</t>
+  </si>
+  <si>
+    <t>89806.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);алюм.литой,тефлон;D=24,H=6,L=50см;черный</t>
+  </si>
+  <si>
+    <t>04020980</t>
+  </si>
+  <si>
+    <t>OP103HTIN/24</t>
+  </si>
+  <si>
+    <t>89390.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);алюм.литой,тефлон;D=280,H=52,L=540мм;черный</t>
+  </si>
+  <si>
+    <t>04020981</t>
+  </si>
+  <si>
+    <t>OP103HTIN/28</t>
+  </si>
+  <si>
+    <t>108478.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);алюм.литой,тефлон;D=280,H=58,L=490мм;черный</t>
+  </si>
+  <si>
+    <t>04020982</t>
+  </si>
+  <si>
+    <t>OP103EPIN/28</t>
+  </si>
+  <si>
+    <t>86880.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Вок»;сталь;D=46,H=14см;металлич.</t>
+  </si>
+  <si>
+    <t>04020986</t>
+  </si>
+  <si>
+    <t>49605-46</t>
+  </si>
+  <si>
+    <t>36013.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Вок»;сталь;D=61,H=11,L=64,5,B=60см;металлич.</t>
+  </si>
+  <si>
+    <t>04020987</t>
+  </si>
+  <si>
+    <t>49605-61</t>
+  </si>
+  <si>
+    <t>55949.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;черн.сталь;D=450,H=60,L=755мм</t>
+  </si>
+  <si>
+    <t>04020988</t>
+  </si>
+  <si>
+    <t>062009</t>
+  </si>
+  <si>
+    <t>65897.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода овал.;сталь нерж.,медь;,L=25,B=18см</t>
+  </si>
+  <si>
+    <t>04020989</t>
+  </si>
+  <si>
+    <t>26077.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для омлета;медь;D=26,H=5см;медный</t>
+  </si>
+  <si>
+    <t>04020993</t>
+  </si>
+  <si>
+    <t>15215-26</t>
+  </si>
+  <si>
+    <t>182333.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи с крышкой;медь;,H=11,L=38,B=26см;медный</t>
+  </si>
+  <si>
+    <t>04021001</t>
+  </si>
+  <si>
+    <t>15339-36</t>
+  </si>
+  <si>
+    <t>669007.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,тефлон;D=28,H=5,L=52см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04021002</t>
+  </si>
+  <si>
+    <t>169963.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;черн.сталь;D=120,H=25,L=245,B=120мм</t>
+  </si>
+  <si>
+    <t>04021003</t>
+  </si>
+  <si>
+    <t>062040</t>
+  </si>
+  <si>
+    <t>8347.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=26,H=5,L=44см;металлич.</t>
+  </si>
+  <si>
+    <t>04021004</t>
+  </si>
+  <si>
+    <t>93910.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=28,H=5,L=52см;металлич.</t>
+  </si>
+  <si>
+    <t>04021005</t>
+  </si>
+  <si>
+    <t>132818.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Вок»;сталь нерж.,антиприг.покр.;D=35см</t>
+  </si>
+  <si>
+    <t>04021007</t>
+  </si>
+  <si>
+    <t>101317.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос овальная;чугун,дерево;,H=34,L=310,B=190мм;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>04021035</t>
+  </si>
+  <si>
+    <t>04820280GCV</t>
+  </si>
+  <si>
+    <t>18835.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;алюмин.,керамика;D=28,H=2,L=49см;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>04021050</t>
+  </si>
+  <si>
+    <t>Elite Ceram</t>
+  </si>
+  <si>
+    <t>80974.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,керамика;D=32,H=6,L=63см;металлич.,белый</t>
+  </si>
+  <si>
+    <t>04021054</t>
+  </si>
+  <si>
+    <t>11618-32</t>
+  </si>
+  <si>
+    <t>77847.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль «Эмбер Каст»;чугун;,H=4,L=25/42,B=25см;черный</t>
+  </si>
+  <si>
+    <t>04021055</t>
+  </si>
+  <si>
+    <t>9023.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль «Эмбер Каст»;чугун;,H=25,L=275,B=275мм;черный</t>
+  </si>
+  <si>
+    <t>04021056</t>
+  </si>
+  <si>
+    <t>12677.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;медь;D=12,H=3см</t>
+  </si>
+  <si>
+    <t>04021058</t>
+  </si>
+  <si>
+    <t>032035</t>
+  </si>
+  <si>
+    <t>80789.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.;D=280,H=55мм</t>
+  </si>
+  <si>
+    <t>04021059</t>
+  </si>
+  <si>
+    <t>11114-28</t>
+  </si>
+  <si>
+    <t>75122.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.;D=40,H=6см</t>
+  </si>
+  <si>
+    <t>04021060</t>
+  </si>
+  <si>
+    <t>11114-40</t>
+  </si>
+  <si>
+    <t>261862.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.;D=20,H=5см</t>
+  </si>
+  <si>
+    <t>04021061</t>
+  </si>
+  <si>
+    <t>11114-20</t>
+  </si>
+  <si>
+    <t>52153.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос на подставке;чугун,дерево;,H=38,L=360/300,B=230мм;черный,бордо</t>
+  </si>
+  <si>
+    <t>04021068</t>
+  </si>
+  <si>
+    <t>04840300GCV</t>
+  </si>
+  <si>
+    <t>29232.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=32,H=5см</t>
+  </si>
+  <si>
+    <t>04021075</t>
+  </si>
+  <si>
+    <t>163749.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Вок»;сталь;D=31,H=9см;металлич.</t>
+  </si>
+  <si>
+    <t>04021077</t>
+  </si>
+  <si>
+    <t>49604-31</t>
+  </si>
+  <si>
+    <t>30323.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Вок»;сталь;D=36,H=11см;металлич.</t>
+  </si>
+  <si>
+    <t>04021078</t>
+  </si>
+  <si>
+    <t>49604-36</t>
+  </si>
+  <si>
+    <t>31486.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,керамика;D=36,H=6см;бежев.,серебрян.</t>
+  </si>
+  <si>
+    <t>04021085</t>
+  </si>
+  <si>
+    <t>11618-36</t>
+  </si>
+  <si>
+    <t>88604.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;медь,сталь нерж.;D=20,H=6см</t>
+  </si>
+  <si>
+    <t>04021091</t>
+  </si>
+  <si>
+    <t>Alliance</t>
+  </si>
+  <si>
+    <t>481404.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Вок»;сталь,дерево;D=36,H=11см</t>
+  </si>
+  <si>
+    <t>04021092</t>
+  </si>
+  <si>
+    <t>062035</t>
+  </si>
+  <si>
+    <t>73066.00₸</t>
+  </si>
+  <si>
+    <t>45 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи;сталь;D=40,H=7см;черный</t>
+  </si>
+  <si>
+    <t>04021093</t>
+  </si>
+  <si>
+    <t>062052</t>
+  </si>
+  <si>
+    <t>78548.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль овал.;чугун;,L=53,B=23см</t>
+  </si>
+  <si>
+    <t>04021094</t>
+  </si>
+  <si>
+    <t>071120</t>
+  </si>
+  <si>
+    <t>199261.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Гранито»;алюм.литой;D=28,H=6см;черный</t>
+  </si>
+  <si>
+    <t>04021098</t>
+  </si>
+  <si>
+    <t>00103GR/28HS</t>
+  </si>
+  <si>
+    <t>Granito</t>
+  </si>
+  <si>
+    <t>45946.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль «Гранито»;алюм.литой;,H=35,L=360,B=260мм</t>
+  </si>
+  <si>
+    <t>04021099</t>
+  </si>
+  <si>
+    <t>0092GR/36HS0</t>
+  </si>
+  <si>
+    <t>30392.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная;алюмин.,антиприг.покр.;D=12,H=4см</t>
+  </si>
+  <si>
+    <t>04021303</t>
+  </si>
+  <si>
+    <t>16134-12</t>
+  </si>
+  <si>
+    <t>30007.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная для омлета;алюмин.,латунь;D=12,H=4см</t>
+  </si>
+  <si>
+    <t>04021311</t>
+  </si>
+  <si>
+    <t>16135-12</t>
+  </si>
+  <si>
+    <t>30354.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная для паэльи;голуб.сталь;D=12,H=2см;черный</t>
+  </si>
+  <si>
+    <t>04021312</t>
+  </si>
+  <si>
+    <t>G20212</t>
+  </si>
+  <si>
+    <t>6099.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная для паэльи с ручкой эмалиров.;голуб.сталь;D=140,H=45мм;черный</t>
+  </si>
+  <si>
+    <t>04021315</t>
+  </si>
+  <si>
+    <t>G20414</t>
+  </si>
+  <si>
+    <t>5991.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная для паэльи с ручкой эмалиров.;голуб.сталь;D=160,H=42мм</t>
+  </si>
+  <si>
+    <t>04021316</t>
+  </si>
+  <si>
+    <t>G20416</t>
+  </si>
+  <si>
+    <t>6684.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная для паэльи эмалиров.;голуб.сталь;D=10,H=2см</t>
+  </si>
+  <si>
+    <t>04021317</t>
+  </si>
+  <si>
+    <t>G20210</t>
+  </si>
+  <si>
+    <t>3573.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная для паэльи эмалиров.;голуб.сталь;D=150,H=25мм</t>
+  </si>
+  <si>
+    <t>04021318</t>
+  </si>
+  <si>
+    <t>G20211</t>
+  </si>
+  <si>
+    <t>4413.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи;сталь нерж.;D=120,H=30,L=172мм;металлич.</t>
+  </si>
+  <si>
+    <t>04021361</t>
+  </si>
+  <si>
+    <t>8001.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для запекания «Базальт»;керамика;210мл;D=13см;черный</t>
+  </si>
+  <si>
+    <t>04021362</t>
+  </si>
+  <si>
+    <t>Basalt</t>
+  </si>
+  <si>
+    <t>18804.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи «Базальт»;керамика;D=18,H=4см;черный</t>
+  </si>
+  <si>
+    <t>04021363</t>
+  </si>
+  <si>
+    <t>25249.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная «Тавола Ле Пиколе Голд Эйдж»;алюмин.;D=14,H=4см;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>04021365</t>
+  </si>
+  <si>
+    <t>Italo Ottinetti</t>
+  </si>
+  <si>
+    <t>Tavola Le Piccole Gold Age</t>
+  </si>
+  <si>
+    <t>19635.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи круглая;чугун;D=13,H=2см;серый,черный</t>
+  </si>
+  <si>
+    <t>04021366</t>
+  </si>
+  <si>
+    <t>18049.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи круглая;чугун;D=13,H=2см;синий,черный</t>
+  </si>
+  <si>
+    <t>04021367</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи прямоуг.;чугун;,H=2,L=16,B=13см;серый,черный</t>
+  </si>
+  <si>
+    <t>04021368</t>
+  </si>
+  <si>
+    <t>27797.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи прямоуг.;чугун;,H=2,L=16,B=13см;синий,черный</t>
+  </si>
+  <si>
+    <t>04021369</t>
+  </si>
+  <si>
+    <t>20305.00₸</t>
+  </si>
+  <si>
+    <t>Кеци средний;керамика;450мл;D=160,H=45мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04021370</t>
+  </si>
+  <si>
+    <t>ОБЧ00018157</t>
+  </si>
+  <si>
+    <t>Борисовская Керамика</t>
+  </si>
+  <si>
+    <t>3635.00₸</t>
+  </si>
+  <si>
+    <t>Ручка съемная для сковородок;силикон;,L=16см;красный</t>
+  </si>
+  <si>
+    <t>04021400</t>
+  </si>
+  <si>
+    <t>ASHH41</t>
+  </si>
+  <si>
+    <t>6961.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи;голуб.сталь;D=200,H=35,L=310мм;металлич.</t>
+  </si>
+  <si>
+    <t>04021401</t>
+  </si>
+  <si>
+    <t>G10020</t>
+  </si>
+  <si>
+    <t>8032.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи;голуб.сталь;D=22,H=8,L=33,B=23см</t>
+  </si>
+  <si>
+    <t>04021402</t>
+  </si>
+  <si>
+    <t>G10022</t>
+  </si>
+  <si>
+    <t>7246.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи «Ла Идеал»;голуб.сталь;D=240,H=90,L=345,B=245мм</t>
+  </si>
+  <si>
+    <t>04021403</t>
+  </si>
+  <si>
+    <t>G1002400000</t>
+  </si>
+  <si>
+    <t>La Ideal</t>
+  </si>
+  <si>
+    <t>8586.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи;голуб.сталь;D=260,H=38,L=365мм</t>
+  </si>
+  <si>
+    <t>04021404</t>
+  </si>
+  <si>
+    <t>G10026</t>
+  </si>
+  <si>
+    <t>8470.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи «Ла Идеал»;голуб.сталь;D=280,H=42,L=375мм</t>
+  </si>
+  <si>
+    <t>04021405</t>
+  </si>
+  <si>
+    <t>G1002800000</t>
+  </si>
+  <si>
+    <t>9718.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;голуб.сталь;D=120,H=20,L=255мм</t>
+  </si>
+  <si>
+    <t>04021406</t>
+  </si>
+  <si>
+    <t>G10212</t>
+  </si>
+  <si>
+    <t>8424.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;голуб.сталь;D=140,H=95,L=275,B=145мм</t>
+  </si>
+  <si>
+    <t>04021407</t>
+  </si>
+  <si>
+    <t>G10214</t>
+  </si>
+  <si>
+    <t>8894.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;голуб.сталь,антиприг.покр.;D=120,H=25,L=250мм</t>
+  </si>
+  <si>
+    <t>04021409</t>
+  </si>
+  <si>
+    <t>G10213</t>
+  </si>
+  <si>
+    <t>13090.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;голуб.сталь,антиприг.покр.;D=140,H=25,L=270мм</t>
+  </si>
+  <si>
+    <t>04021410</t>
+  </si>
+  <si>
+    <t>G10215</t>
+  </si>
+  <si>
+    <t>13160.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов, 4отделения (индукция);алюмин.;D=25см</t>
+  </si>
+  <si>
+    <t>04021411</t>
+  </si>
+  <si>
+    <t>0106MIN/25EW</t>
+  </si>
+  <si>
+    <t>33472.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль «I love you»;алюмин.,силикон;,L=28,B=28см</t>
+  </si>
+  <si>
+    <t>04021412</t>
+  </si>
+  <si>
+    <t>0090LV/28T00</t>
+  </si>
+  <si>
+    <t>23770.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи;сталь;D=36,H=7см;черный</t>
+  </si>
+  <si>
+    <t>04021414</t>
+  </si>
+  <si>
+    <t>062051</t>
+  </si>
+  <si>
+    <t>35829.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи;сталь;D=45,H=7см;черный</t>
+  </si>
+  <si>
+    <t>04021415</t>
+  </si>
+  <si>
+    <t>062053</t>
+  </si>
+  <si>
+    <t>79626.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.;D=20,H=4см;металлич.</t>
+  </si>
+  <si>
+    <t>04021416</t>
+  </si>
+  <si>
+    <t>16114-20</t>
+  </si>
+  <si>
+    <t>29884.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.;D=24,H=5см</t>
+  </si>
+  <si>
+    <t>04021417</t>
+  </si>
+  <si>
+    <t>16114-24</t>
+  </si>
+  <si>
+    <t>37161.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.;D=280,H=55мм</t>
+  </si>
+  <si>
+    <t>04021418</t>
+  </si>
+  <si>
+    <t>16114-28</t>
+  </si>
+  <si>
+    <t>32194.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.;D=32см;металлич.</t>
+  </si>
+  <si>
+    <t>04021419</t>
+  </si>
+  <si>
+    <t>16114-32</t>
+  </si>
+  <si>
+    <t>31940.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Гранито»;алюм.литой;D=240,H=45мм;черный</t>
+  </si>
+  <si>
+    <t>04021428</t>
+  </si>
+  <si>
+    <t>00103GR/24HS</t>
+  </si>
+  <si>
+    <t>40957.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;сталь нерж.;D=300,H=65мм;металлич.</t>
+  </si>
+  <si>
+    <t>04021429</t>
+  </si>
+  <si>
+    <t>306026-30</t>
+  </si>
+  <si>
+    <t>79511.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;сталь нерж.;D=320,H=65мм</t>
+  </si>
+  <si>
+    <t>04021430</t>
+  </si>
+  <si>
+    <t>306026-32</t>
+  </si>
+  <si>
+    <t>99623.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=200,H=55мм;металлич.</t>
+  </si>
+  <si>
+    <t>04021431</t>
+  </si>
+  <si>
+    <t>BAR17 induction</t>
+  </si>
+  <si>
+    <t>14672.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=240/210,H=55мм</t>
+  </si>
+  <si>
+    <t>04021432</t>
+  </si>
+  <si>
+    <t>BAR18 induction</t>
+  </si>
+  <si>
+    <t>16856.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=280,H=55мм</t>
+  </si>
+  <si>
+    <t>04021433</t>
+  </si>
+  <si>
+    <t>BAR19 induction</t>
+  </si>
+  <si>
+    <t>21665.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=300,H=55мм</t>
+  </si>
+  <si>
+    <t>04021434</t>
+  </si>
+  <si>
+    <t>BAR20 induction</t>
+  </si>
+  <si>
+    <t>22344.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,антиприг.покр.;D=200,H=55мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04021435</t>
+  </si>
+  <si>
+    <t>BAR21 induction</t>
+  </si>
+  <si>
+    <t>19866.00₸</t>
+  </si>
+  <si>
+    <t>33 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,антиприг.покр.;D=240,H=55мм</t>
+  </si>
+  <si>
+    <t>04021436</t>
+  </si>
+  <si>
+    <t>BAR22 induction</t>
+  </si>
+  <si>
+    <t>20132.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,антиприг.покр.;D=280,H=55мм</t>
+  </si>
+  <si>
+    <t>04021437</t>
+  </si>
+  <si>
+    <t>BAR23 induction</t>
+  </si>
+  <si>
+    <t>26481.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,антиприг.покр.;D=300,H=55мм</t>
+  </si>
+  <si>
+    <t>04021438</t>
+  </si>
+  <si>
+    <t>BAR24 induction</t>
+  </si>
+  <si>
+    <t>28301.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная медь;сталь нерж.,алюмин.;D=200,H=45мм</t>
+  </si>
+  <si>
+    <t>04021439</t>
+  </si>
+  <si>
+    <t>BAR30 copper</t>
+  </si>
+  <si>
+    <t>35952.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная медь;сталь нерж.,алюмин.;D=24,H=5см</t>
+  </si>
+  <si>
+    <t>04021440</t>
+  </si>
+  <si>
+    <t>BAR31 copper</t>
+  </si>
+  <si>
+    <t>36232.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода сервировочная 2 ручки;сталь нерж.,латунь;D=18,H=5см</t>
+  </si>
+  <si>
+    <t>04021442</t>
+  </si>
+  <si>
+    <t>24717.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Минерал Би»;сталь;D=28,H=4см</t>
+  </si>
+  <si>
+    <t>04021445</t>
+  </si>
+  <si>
+    <t>Mineral B</t>
+  </si>
+  <si>
+    <t>48318.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;сталь;D=20,L=38см;серый</t>
+  </si>
+  <si>
+    <t>04021448</t>
+  </si>
+  <si>
+    <t>062032</t>
+  </si>
+  <si>
+    <t>21199.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи 2ручки;сталь;D=400,H=44мм</t>
+  </si>
+  <si>
+    <t>04021450</t>
+  </si>
+  <si>
+    <t>071041</t>
+  </si>
+  <si>
+    <t>14707.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Прима Матера»;медь,сталь нерж.;D=32,H=4см</t>
+  </si>
+  <si>
+    <t>04021456</t>
+  </si>
+  <si>
+    <t>678779.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;сталь;D=18,L=36см</t>
+  </si>
+  <si>
+    <t>04021457</t>
+  </si>
+  <si>
+    <t>062031</t>
+  </si>
+  <si>
+    <t>13791.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода овал. «Клас Шеф+» с антипригарным покрытием;алюмин.;,L=40,B=28см</t>
+  </si>
+  <si>
+    <t>04021460</t>
+  </si>
+  <si>
+    <t>82621.00₸</t>
+  </si>
+  <si>
+    <t>Ручка съемная для сковородок;силикон;,L=16см;черный</t>
+  </si>
+  <si>
+    <t>04021461</t>
+  </si>
+  <si>
+    <t>ASHH11</t>
+  </si>
+  <si>
+    <t>Ручка боковая съемная для сковородок;силикон;,L=16см;черный</t>
+  </si>
+  <si>
+    <t>04021462</t>
+  </si>
+  <si>
+    <t>ASPHH11</t>
+  </si>
+  <si>
+    <t>7308.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=20,H=4см;металлич.</t>
+  </si>
+  <si>
+    <t>04021463</t>
+  </si>
+  <si>
+    <t>89059.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=24,H=4см</t>
+  </si>
+  <si>
+    <t>04021464</t>
+  </si>
+  <si>
+    <t>101964.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=280,H=45мм</t>
+  </si>
+  <si>
+    <t>04021465</t>
+  </si>
+  <si>
+    <t>110630.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи «Ла Идеал»;голуб.сталь;D=30,H=4см</t>
+  </si>
+  <si>
+    <t>04021466</t>
+  </si>
+  <si>
+    <t>G1003000000</t>
+  </si>
+  <si>
+    <t>10911.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода керам.покр.;алюмин.,сталь нерж.;D=24,H=4см</t>
+  </si>
+  <si>
+    <t>04021474</t>
+  </si>
+  <si>
+    <t>52461.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода керам.покр.;алюмин.,сталь нерж.;D=280,H=45мм</t>
+  </si>
+  <si>
+    <t>04021475</t>
+  </si>
+  <si>
+    <t>85694.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,сталь нерж.;D=32,H=5см</t>
+  </si>
+  <si>
+    <t>04021476</t>
+  </si>
+  <si>
+    <t>68400.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Классика Гранито»;алюм.литой;D=28,H=5см;черный</t>
+  </si>
+  <si>
+    <t>04021477</t>
+  </si>
+  <si>
+    <t>OP103RIGR/28</t>
+  </si>
+  <si>
+    <t>Granito Classica</t>
+  </si>
+  <si>
+    <t>61215.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2ручки (индукция);сталь нерж.;D=450,H=65мм;металлич.</t>
+  </si>
+  <si>
+    <t>04021478</t>
+  </si>
+  <si>
+    <t>11115-45</t>
+  </si>
+  <si>
+    <t>240287.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,антиприг.покр.;D=260,H=55мм</t>
+  </si>
+  <si>
+    <t>04021480</t>
+  </si>
+  <si>
+    <t>BAR41 induction</t>
+  </si>
+  <si>
+    <t>21238.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=26см;металлич.</t>
+  </si>
+  <si>
+    <t>04021481</t>
+  </si>
+  <si>
+    <t>BAR42 induction</t>
+  </si>
+  <si>
+    <t>20244.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;сталь нерж.;D=50см</t>
+  </si>
+  <si>
+    <t>04021483</t>
+  </si>
+  <si>
+    <t>306023-50</t>
+  </si>
+  <si>
+    <t>126943.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Гранито»;алюм.литой;D=200,H=45мм;черный</t>
+  </si>
+  <si>
+    <t>04021485</t>
+  </si>
+  <si>
+    <t>00103GR/20HS</t>
+  </si>
+  <si>
+    <t>34027.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Гранито»;алюм.литой;D=32,H=6см;черный</t>
+  </si>
+  <si>
+    <t>04021486</t>
+  </si>
+  <si>
+    <t>00103GR/32HS</t>
+  </si>
+  <si>
+    <t>54632.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Гранито»;алюм.литой;D=25,H=2см</t>
+  </si>
+  <si>
+    <t>04021487</t>
+  </si>
+  <si>
+    <t>00106GR/25HS</t>
+  </si>
+  <si>
+    <t>38370.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль «Гранито»;алюм.литой;,H=35,L=260,B=260мм</t>
+  </si>
+  <si>
+    <t>04021488</t>
+  </si>
+  <si>
+    <t>0092GR/26HS0</t>
+  </si>
+  <si>
+    <t>32094.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фламбе;сталь нерж.;D=27см</t>
+  </si>
+  <si>
+    <t>04021492</t>
+  </si>
+  <si>
+    <t>56163-27</t>
+  </si>
+  <si>
+    <t>115185.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.;D=24,H=5см</t>
+  </si>
+  <si>
+    <t>04021497</t>
+  </si>
+  <si>
+    <t>11114-24</t>
+  </si>
+  <si>
+    <t>65435.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль прямоуг.;алюм.литой;,H=4,L=35,B=25см</t>
+  </si>
+  <si>
+    <t>04021499</t>
+  </si>
+  <si>
+    <t>0540N250ABD</t>
+  </si>
+  <si>
+    <t>21301.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;керамика;D=215,H=40,L=300мм</t>
+  </si>
+  <si>
+    <t>04021502</t>
+  </si>
+  <si>
+    <t>Cosy&amp;Trendy</t>
+  </si>
+  <si>
+    <t>Fundido</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>19674.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=200,H=35мм</t>
+  </si>
+  <si>
+    <t>04021601</t>
+  </si>
+  <si>
+    <t>92116.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода; сталь черная;черн.сталь;D=30см</t>
+  </si>
+  <si>
+    <t>04021602</t>
+  </si>
+  <si>
+    <t>062005</t>
+  </si>
+  <si>
+    <t>38377.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Д.Грин»;алюм.литой;D=200,H=45мм;зелен.</t>
+  </si>
+  <si>
+    <t>04021604</t>
+  </si>
+  <si>
+    <t>00103DR/20GS</t>
+  </si>
+  <si>
+    <t>Dr. Green</t>
+  </si>
+  <si>
+    <t>45269.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Д.Грин»;алюм.литой;D=240,H=45мм;зелен.</t>
+  </si>
+  <si>
+    <t>04021605</t>
+  </si>
+  <si>
+    <t>00103DR/24GS</t>
+  </si>
+  <si>
+    <t>56133.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Д.Грин»;алюм.литой;D=28,H=6см;зелен.</t>
+  </si>
+  <si>
+    <t>04021606</t>
+  </si>
+  <si>
+    <t>00103DR/28GS</t>
+  </si>
+  <si>
+    <t>59837.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль квадр. «Д.Грин»;алюм.литой;,H=37,L=260,B=260мм;зелен.</t>
+  </si>
+  <si>
+    <t>04021607</t>
+  </si>
+  <si>
+    <t>0094BDR/26GS</t>
+  </si>
+  <si>
+    <t>47979.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода дно-сэндвич;сталь нерж.;D=200/155,H=55мм</t>
+  </si>
+  <si>
+    <t>04021608</t>
+  </si>
+  <si>
+    <t>BARS17 induction</t>
+  </si>
+  <si>
+    <t>16016.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода дно-сэндвич;сталь нерж.;D=240,H=55мм</t>
+  </si>
+  <si>
+    <t>04021609</t>
+  </si>
+  <si>
+    <t>BARS18 induction</t>
+  </si>
+  <si>
+    <t>15449.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода дно-сэндвич;сталь нерж.;D=280,H=55мм</t>
+  </si>
+  <si>
+    <t>04021610</t>
+  </si>
+  <si>
+    <t>BARS19 induction</t>
+  </si>
+  <si>
+    <t>21924.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода дно-сэндвич;сталь нерж.;D=300,H=55,L=580мм</t>
+  </si>
+  <si>
+    <t>04021611</t>
+  </si>
+  <si>
+    <t>BARS20 induction</t>
+  </si>
+  <si>
+    <t>25746.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода дно-сэндвич;сталь нерж.,антиприг.покр.;D=200,H=58мм;черный</t>
+  </si>
+  <si>
+    <t>04021612</t>
+  </si>
+  <si>
+    <t>BARS21 induction</t>
+  </si>
+  <si>
+    <t>17675.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода дно-сэндвич;сталь нерж.,антиприг.покр.;D=240,H=55мм</t>
+  </si>
+  <si>
+    <t>04021613</t>
+  </si>
+  <si>
+    <t>BARS22 induction</t>
+  </si>
+  <si>
+    <t>21133.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода дно-сэндвич;сталь нерж.,антиприг.покр.;D=280,H=55мм</t>
+  </si>
+  <si>
+    <t>04021614</t>
+  </si>
+  <si>
+    <t>BARS23 induction</t>
+  </si>
+  <si>
+    <t>26250.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода дно-сэндвич;сталь нерж.,антиприг.покр.;D=300,H=58мм</t>
+  </si>
+  <si>
+    <t>04021615</t>
+  </si>
+  <si>
+    <t>BARS24 induction</t>
+  </si>
+  <si>
+    <t>28385.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода дно-сэндвич;сталь нерж.,антиприг.покр.;D=260,H=58мм</t>
+  </si>
+  <si>
+    <t>04021616</t>
+  </si>
+  <si>
+    <t>BARS41 induction</t>
+  </si>
+  <si>
+    <t>21343.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода дно-сэндвич;сталь нерж.;D=260/200,H=55мм</t>
+  </si>
+  <si>
+    <t>04021617</t>
+  </si>
+  <si>
+    <t>BARS42 induction</t>
+  </si>
+  <si>
+    <t>24500.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;алюмин.,антиприг.покр.;D=260,H=15мм</t>
+  </si>
+  <si>
+    <t>04021618</t>
+  </si>
+  <si>
+    <t>74806.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;алюм.литой;,H=38,L=300,B=300мм</t>
+  </si>
+  <si>
+    <t>04021619</t>
+  </si>
+  <si>
+    <t>0535N300ABD</t>
+  </si>
+  <si>
+    <t>32494.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода(индукция) «Гранито»;алюм.литой;D=24,H=5см;черный</t>
+  </si>
+  <si>
+    <t>04021623</t>
+  </si>
+  <si>
+    <t>01103GRIN/24</t>
+  </si>
+  <si>
+    <t>Granito Induction</t>
+  </si>
+  <si>
+    <t>62933.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода(индукция) «Гранито»;алюм.литой;D=280,H=55мм;серый</t>
+  </si>
+  <si>
+    <t>04021624</t>
+  </si>
+  <si>
+    <t>01103GRIN/28</t>
+  </si>
+  <si>
+    <t>71356.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода(индукция) «Гранито»;алюм.литой;D=32,H=6см;черный</t>
+  </si>
+  <si>
+    <t>04021625</t>
+  </si>
+  <si>
+    <t>01103GRIN/32</t>
+  </si>
+  <si>
+    <t>87742.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода(индукция) «Д.Грин»;алюм.литой;D=200,H=45мм;зелен.</t>
+  </si>
+  <si>
+    <t>04021626</t>
+  </si>
+  <si>
+    <t>00103DRIN/20</t>
+  </si>
+  <si>
+    <t>Dr. Green Induction</t>
+  </si>
+  <si>
+    <t>59983.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода(индукция) «Д.Грин»;алюм.литой;D=24,H=5см;зелен.</t>
+  </si>
+  <si>
+    <t>04021627</t>
+  </si>
+  <si>
+    <t>00103DRIN/24</t>
+  </si>
+  <si>
+    <t>67237.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода(индукция) «Д.Грин»;алюм.литой;D=280,H=55мм;зелен.</t>
+  </si>
+  <si>
+    <t>04021628</t>
+  </si>
+  <si>
+    <t>00103DRIN/28</t>
+  </si>
+  <si>
+    <t>68530.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2ручки «Элеганс»;медь,сталь нерж.;D=260,H=45мм</t>
+  </si>
+  <si>
+    <t>04021632</t>
+  </si>
+  <si>
+    <t>034025</t>
+  </si>
+  <si>
+    <t>Elegance</t>
+  </si>
+  <si>
+    <t>627050.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода(индукция) с крышкой «Д.Грин»;алюм.литой;D=28,L=32см;зелен.</t>
+  </si>
+  <si>
+    <t>04021638</t>
+  </si>
+  <si>
+    <t>00105DRIN/28</t>
+  </si>
+  <si>
+    <t>99977.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль(индукция) «Д.Грин»;алюм.литой;,H=4,L=26,B=26см;зелен.</t>
+  </si>
+  <si>
+    <t>04021639</t>
+  </si>
+  <si>
+    <t>0094BDRIN/26</t>
+  </si>
+  <si>
+    <t>65982.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос на подставке;чугун,дерево;D=16см</t>
+  </si>
+  <si>
+    <t>04021640</t>
+  </si>
+  <si>
+    <t>0480MB20GCV</t>
+  </si>
+  <si>
+    <t>18522.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для барбекю;алюм.литой;D=32см;черный</t>
+  </si>
+  <si>
+    <t>04021642</t>
+  </si>
+  <si>
+    <t>OP103BQRI/32</t>
+  </si>
+  <si>
+    <t>57743.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Проотель»;алюм.литой,пластик;D=200,H=54мм</t>
+  </si>
+  <si>
+    <t>04021645</t>
+  </si>
+  <si>
+    <t>HL0201E</t>
+  </si>
+  <si>
+    <t>18144.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Проотель»;алюм.литой,пластик;D=240,H=54мм</t>
+  </si>
+  <si>
+    <t>04021646</t>
+  </si>
+  <si>
+    <t>HL0202E</t>
+  </si>
+  <si>
+    <t>20587.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Проотель»;алюм.литой,пластик;D=260,H=54мм</t>
+  </si>
+  <si>
+    <t>04021647</t>
+  </si>
+  <si>
+    <t>HL0203E</t>
+  </si>
+  <si>
+    <t>23156.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Проотель»;алюм.литой,пластик;D=280,H=54мм</t>
+  </si>
+  <si>
+    <t>04021648</t>
+  </si>
+  <si>
+    <t>HL0204E</t>
+  </si>
+  <si>
+    <t>25977.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Проотель»;алюм.литой,пластик;D=200,H=45мм</t>
+  </si>
+  <si>
+    <t>04021649</t>
+  </si>
+  <si>
+    <t>HL0201B</t>
+  </si>
+  <si>
+    <t>19187.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Проотель»;алюм.литой,пластик;D=24,H=5см</t>
+  </si>
+  <si>
+    <t>04021650</t>
+  </si>
+  <si>
+    <t>HL0202B</t>
+  </si>
+  <si>
+    <t>22806.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Проотель»;алюм.литой,пластик;D=280,H=55мм</t>
+  </si>
+  <si>
+    <t>04021651</t>
+  </si>
+  <si>
+    <t>HL0203B</t>
+  </si>
+  <si>
+    <t>27818.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль «Проотель» квадратная со складной ручкой;алюм.литой,пластик;,H=4,L=24,B=24см;черный</t>
+  </si>
+  <si>
+    <t>04021652</t>
+  </si>
+  <si>
+    <t>BL10</t>
+  </si>
+  <si>
+    <t>14259.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль квадр. «Проотель»;алюм.литой,пластик;,H=4,L=28,B=28см;черный</t>
+  </si>
+  <si>
+    <t>04021653</t>
+  </si>
+  <si>
+    <t>BL11</t>
+  </si>
+  <si>
+    <t>21140.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль прямоуг. «Проотель»;алюм.литой,пластик;,H=4,L=34,B=24см;черный</t>
+  </si>
+  <si>
+    <t>04021654</t>
+  </si>
+  <si>
+    <t>BL12</t>
+  </si>
+  <si>
+    <t>30660.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Проотель»;алюм.литой,пластик;D=240,H=15мм</t>
+  </si>
+  <si>
+    <t>04021655</t>
+  </si>
+  <si>
+    <t>HL0211B</t>
+  </si>
+  <si>
+    <t>21511.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Проотель»;алюм.литой,пластик;D=280,H=15мм</t>
+  </si>
+  <si>
+    <t>04021656</t>
+  </si>
+  <si>
+    <t>HL0212B</t>
+  </si>
+  <si>
+    <t>21280.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль с крышкой (индукция);алюм.литой,антиприг.покр.;,L=26,B=26см;зелен.</t>
+  </si>
+  <si>
+    <t>04021657</t>
+  </si>
+  <si>
+    <t>0091QDRIN/26</t>
+  </si>
+  <si>
+    <t>Vapor Grill</t>
+  </si>
+  <si>
+    <t>95627.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки (индукция);сталь нерж.;D=50,H=8см</t>
+  </si>
+  <si>
+    <t>04021658</t>
+  </si>
+  <si>
+    <t>11115-50</t>
+  </si>
+  <si>
+    <t>463487.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов, 4отделения (индукция);алюм.литой,антиприг.покр.;D=25см</t>
+  </si>
+  <si>
+    <t>04021660</t>
+  </si>
+  <si>
+    <t>00106MIN/25T</t>
+  </si>
+  <si>
+    <t>58413.00₸</t>
   </si>
   <si>
     <t>39 шт.</t>
   </si>
   <si>
-    <t>Сковорода «Клас Шеф+» с антипригарным покрытием;алюмин.,тефлон;D=36,H=7,L=66см;синий,черный</t>
-[...2576 lines deleted...]
-    <t>45946.00₸</t>
+    <t>Сковорода-вок «Минерал Би»;сталь;D=32см;металлич.</t>
+  </si>
+  <si>
+    <t>04021662</t>
+  </si>
+  <si>
+    <t>54617.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,антиприг.покр.;D=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04021665</t>
+  </si>
+  <si>
+    <t>33913B24</t>
+  </si>
+  <si>
+    <t>76808.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,антиприг.покр.;D=30см;металлич.</t>
+  </si>
+  <si>
+    <t>04021666</t>
+  </si>
+  <si>
+    <t>33913B30</t>
+  </si>
+  <si>
+    <t>91176.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция) «Гранито»;алюм.литой;D=24,H=8см;черный</t>
+  </si>
+  <si>
+    <t>04021669</t>
+  </si>
+  <si>
+    <t>01104GRIN/24</t>
+  </si>
+  <si>
+    <t>57412.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция) «Гранито»;алюм.литой;D=28,H=8см;черный</t>
+  </si>
+  <si>
+    <t>04021670</t>
+  </si>
+  <si>
+    <t>01104GRIN/28</t>
+  </si>
+  <si>
+    <t>84108.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;чугун;D=22,L=20см</t>
+  </si>
+  <si>
+    <t>04021677</t>
+  </si>
+  <si>
+    <t>KL</t>
+  </si>
+  <si>
+    <t>10311.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Майфос»;алюмин.;D=240,H=47мм;серый</t>
+  </si>
+  <si>
+    <t>04021684</t>
+  </si>
+  <si>
+    <t>WI758P6AMNF</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Mythos</t>
+  </si>
+  <si>
+    <t>25172.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;чугун;D=250,H=52,L=365мм;черный</t>
+  </si>
+  <si>
+    <t>04021689</t>
+  </si>
+  <si>
+    <t>DM-12525RFP</t>
+  </si>
+  <si>
+    <t>8631.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для омлета «Канто»;медь,дерево;,L=27,B=27см</t>
+  </si>
+  <si>
+    <t>04021698</t>
+  </si>
+  <si>
+    <t>KY43-1/27</t>
+  </si>
+  <si>
+    <t>Kasumi</t>
+  </si>
+  <si>
+    <t>ЯПОНИЯ</t>
+  </si>
+  <si>
+    <t>243136.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-вок с решеткой гриль и палочками;алюм.литой,антиприг.покр.;D=32см</t>
+  </si>
+  <si>
+    <t>04021699</t>
+  </si>
+  <si>
+    <t>00080G/32TP0</t>
+  </si>
+  <si>
+    <t>63087.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос с подставкой «Эмбер Каст»;чугун,дерево;D=140,H=45мм</t>
+  </si>
+  <si>
+    <t>04021901</t>
+  </si>
+  <si>
+    <t>12135-14</t>
+  </si>
+  <si>
+    <t>5278.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос с подставкой «Эмбер Каст»;чугун,дерево;D=160,H=47мм</t>
+  </si>
+  <si>
+    <t>04021902</t>
+  </si>
+  <si>
+    <t>12135-16</t>
+  </si>
+  <si>
+    <t>6286.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос овальная на подставке «Эмбер Каст»;чугун,дерево;,H=45,L=155,B=95мм</t>
+  </si>
+  <si>
+    <t>04021903</t>
+  </si>
+  <si>
+    <t>12034B-15</t>
+  </si>
+  <si>
+    <t>6034.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос «Эмбер Каст» на подставке;чугун,дерево;,H=43,L=180,B=120мм;черный,красный</t>
+  </si>
+  <si>
+    <t>04021904</t>
+  </si>
+  <si>
+    <t>12034B-18/DM-1812OP</t>
+  </si>
+  <si>
+    <t>5922.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-мини «Эмбер Каст»;чугун;D=12,5см;черный</t>
+  </si>
+  <si>
+    <t>04021905</t>
+  </si>
+  <si>
+    <t>70M2S-12.5</t>
+  </si>
+  <si>
+    <t>2310.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-мини;чугун;250мл;D=135,H=34,L=200мм;черный</t>
+  </si>
+  <si>
+    <t>04021906</t>
+  </si>
+  <si>
+    <t>DM-135FP</t>
+  </si>
+  <si>
+    <t>2982.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-полумесяц б/ручек «Эмбер Каст»;чугун,дерево;,H=40,L=215мм</t>
+  </si>
+  <si>
+    <t>04021908</t>
+  </si>
+  <si>
+    <t>10255.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода на подставке;эмалиров.чугун,дерево;D=16см</t>
+  </si>
+  <si>
+    <t>04021909</t>
+  </si>
+  <si>
+    <t>44235-16</t>
+  </si>
+  <si>
+    <t>63164.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода глуб. «Блэк плюс»;алюм.литой,тефлон;D=24см;черный</t>
+  </si>
+  <si>
+    <t>04021918</t>
+  </si>
+  <si>
+    <t>00104BP/24PN</t>
+  </si>
+  <si>
+    <t>Black plus</t>
+  </si>
+  <si>
+    <t>48464.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода глуб. «Блэк плюс»;алюм.литой,тефлон;D=28см;черный</t>
+  </si>
+  <si>
+    <t>04021919</t>
+  </si>
+  <si>
+    <t>00104BP/28PN</t>
+  </si>
+  <si>
+    <t>62324.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль «Блэк плюс»;алюм.литой,тефлон;,L=26,B=26см;черный</t>
+  </si>
+  <si>
+    <t>04021920</t>
+  </si>
+  <si>
+    <t>00094BP/26PN</t>
+  </si>
+  <si>
+    <t>42743.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Блэк плюс»;алюм.литой,тефлон;D=20,H=5см;черный</t>
+  </si>
+  <si>
+    <t>04021921</t>
+  </si>
+  <si>
+    <t>00103BP/20PN</t>
+  </si>
+  <si>
+    <t>33257.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Блэк плюс»;алюм.литой,тефлон;D=24см;черный</t>
+  </si>
+  <si>
+    <t>04021922</t>
+  </si>
+  <si>
+    <t>00103BP/24PN</t>
+  </si>
+  <si>
+    <t>45800.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Блэк плюс»;алюм.литой,тефлон;D=28см;черный</t>
+  </si>
+  <si>
+    <t>04021923</t>
+  </si>
+  <si>
+    <t>00103BP/28PN</t>
+  </si>
+  <si>
+    <t>58005.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода овал. 2 ручки «Тавола Ле Пиколе Голд Эйдж»;алюмин.;,L=26см;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>04021932</t>
+  </si>
+  <si>
+    <t>19481.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль круглая;чугун;D=16,5см</t>
+  </si>
+  <si>
+    <t>04021935</t>
+  </si>
+  <si>
+    <t>L3GP</t>
+  </si>
+  <si>
+    <t>17325.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с 2-мя ручками б/крышки;медь,олово;D=32,H=7см;медный</t>
+  </si>
+  <si>
+    <t>04021936</t>
+  </si>
+  <si>
+    <t>3420/32</t>
+  </si>
+  <si>
+    <t>Cu Artigiana maestri ramai</t>
+  </si>
+  <si>
+    <t>277709.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с 2 ручк.для паэльи б/крышки;медь,олово;D=30,H=4см;медный</t>
+  </si>
+  <si>
+    <t>04021937</t>
+  </si>
+  <si>
+    <t>5250/30</t>
+  </si>
+  <si>
+    <t>139078.00₸</t>
+  </si>
+  <si>
+    <t>Накладка на ручку;силикон;черный</t>
+  </si>
+  <si>
+    <t>04021947</t>
+  </si>
+  <si>
+    <t>ASAHH11</t>
+  </si>
+  <si>
+    <t>5583.00₸</t>
   </si>
   <si>
     <t>11 шт.</t>
   </si>
   <si>
-    <t>Сковорода-гриль «Гранито»;алюм.литой;,H=35,L=360,B=260мм</t>
-[...1777 lines deleted...]
-  <si>
     <t>Накладка на ручку;силикон;,L=140,B=35мм;голуб.</t>
   </si>
   <si>
     <t>04021948</t>
   </si>
   <si>
     <t>ASAHH31</t>
   </si>
   <si>
     <t>Накладка на ручку;силикон;красный</t>
   </si>
   <si>
     <t>04021949</t>
   </si>
   <si>
     <t>ASAHH41</t>
   </si>
   <si>
     <t>Ручка съемная для сковороды;силикон;,L=14,5см;серый</t>
   </si>
   <si>
     <t>04021953</t>
   </si>
   <si>
     <t>ASDHH06</t>
@@ -6503,51 +6509,51 @@
   <si>
     <t>ALSA111CR24</t>
   </si>
   <si>
     <t>Agnelli</t>
   </si>
   <si>
     <t>39032.00₸</t>
   </si>
   <si>
     <t>Сковорода-гриль «Атолло» с ручками;эмалиров.чугун;,L=25,B=25см;черный,стальной</t>
   </si>
   <si>
     <t>04022165</t>
   </si>
   <si>
     <t>02250250GBS</t>
   </si>
   <si>
     <t>Atollo</t>
   </si>
   <si>
     <t>34597.00₸</t>
   </si>
   <si>
-    <t>23 шт.</t>
+    <t>22 шт.</t>
   </si>
   <si>
     <t>Сковорода «Аффинити»;сталь нерж.;D=24,H=9,L=43см;металлич.</t>
   </si>
   <si>
     <t>04022167</t>
   </si>
   <si>
     <t>Affinity</t>
   </si>
   <si>
     <t>163687.00₸</t>
   </si>
   <si>
     <t>Сковорода «Аффинити»;сталь нерж.;D=280,H=45,L=490мм;металлич.</t>
   </si>
   <si>
     <t>04022168</t>
   </si>
   <si>
     <t>185524.00₸</t>
   </si>
   <si>
     <t>Сковорода «Аффинити»;сталь нерж.,антиприг.покр.;D=280,H=45,L=490мм;металлич.,черный</t>
   </si>
@@ -6815,50 +6821,53 @@
   <si>
     <t>Сковорода «Ла Идеал» для паэльи;сталь;D=220,H=35мм;металлич.</t>
   </si>
   <si>
     <t>04022194</t>
   </si>
   <si>
     <t>G1002200000</t>
   </si>
   <si>
     <t>7893.00₸</t>
   </si>
   <si>
     <t>Сковорода «Ла Идеал» для паэльи;эмалиров.сталь;0,5л;D=16,H=4см;черный</t>
   </si>
   <si>
     <t>04022195</t>
   </si>
   <si>
     <t>G2041600000</t>
   </si>
   <si>
     <t>7862.00₸</t>
   </si>
   <si>
+    <t>32 шт.</t>
+  </si>
+  <si>
     <t>Сковорода «Ла Идеал» для паэльи;сталь;D=260,H=37мм;металлич.</t>
   </si>
   <si>
     <t>04022196</t>
   </si>
   <si>
     <t>G1002600000</t>
   </si>
   <si>
     <t>8008.00₸</t>
   </si>
   <si>
     <t>Сковорода «Ла Идеал» для паэльи;эмалиров.сталь;D=120,H=25мм;черный</t>
   </si>
   <si>
     <t>04022197</t>
   </si>
   <si>
     <t>G2021200000</t>
   </si>
   <si>
     <t>6122.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов «Ла Идеал»;эмалиров.сталь,антиприг.покр.;D=12,H=2см;черный</t>
@@ -6875,110 +6884,107 @@
   <si>
     <t>Сковорода для блинов «Ла Идеал»;сталь;D=12,H=2см;металлич.</t>
   </si>
   <si>
     <t>04022199</t>
   </si>
   <si>
     <t>G1021200000</t>
   </si>
   <si>
     <t>7978.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов «Ла Идеал»;сталь;D=14,H=3см;металлич.</t>
   </si>
   <si>
     <t>04022200</t>
   </si>
   <si>
     <t>G1021400000</t>
   </si>
   <si>
     <t>10134.00₸</t>
   </si>
   <si>
-    <t>32 шт.</t>
+    <t>30 шт.</t>
   </si>
   <si>
     <t>Сковорода для подачи «Тэкс-Мэкс»;сталь нерж.;D=18см;металлич.</t>
   </si>
   <si>
     <t>04022201</t>
   </si>
   <si>
     <t>R5760N80154</t>
   </si>
   <si>
-    <t>Tognana</t>
-[...1 lines deleted...]
-  <si>
     <t>Tex-Mex</t>
   </si>
   <si>
     <t>11270.00₸</t>
   </si>
   <si>
     <t>Сковорода для подачи «Тэкс-Мэкс» прямоугольная;сталь нерж.;,L=16,5см;металлич.</t>
   </si>
   <si>
     <t>04022202</t>
   </si>
   <si>
     <t>R5760P20154</t>
   </si>
   <si>
-    <t>6510.00₸</t>
+    <t>6405.00₸</t>
+  </si>
+  <si>
+    <t>27 шт.</t>
   </si>
   <si>
     <t>Сковорода для подачи «Тэкс-Мэкс»;сталь нерж.;D=10см;металлич.</t>
   </si>
   <si>
     <t>04022203</t>
   </si>
   <si>
     <t>R5760L80154</t>
   </si>
   <si>
     <t>4508.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов «Ла Идеал»;эмалиров.сталь,антиприг.покр.;D=14см;черный</t>
   </si>
   <si>
     <t>04022204</t>
   </si>
   <si>
     <t>G1021500000</t>
   </si>
   <si>
     <t>16748.00₸</t>
   </si>
   <si>
-    <t>48 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сковорода «Винум»;алюм.литой,бакелит;D=200,H=65мм;черный,красный</t>
   </si>
   <si>
     <t>04022205</t>
   </si>
   <si>
     <t>00103VNIN/20</t>
   </si>
   <si>
     <t>Vinum</t>
   </si>
   <si>
     <t>50489.00₸</t>
   </si>
   <si>
     <t>Сковорода «Винум»;алюм.литой,бакелит;D=240,H=75мм;черный,красный</t>
   </si>
   <si>
     <t>04022206</t>
   </si>
   <si>
     <t>00103VNIN/24</t>
   </si>
   <si>
     <t>59083.00₸</t>
@@ -7428,50 +7434,119 @@
     <t>16100.00₸</t>
   </si>
   <si>
     <t>Сковорода для подачи «Тэкс-Мэкс»;сталь нерж.;D=22см;металлич.</t>
   </si>
   <si>
     <t>04022240</t>
   </si>
   <si>
     <t>R5760N90154</t>
   </si>
   <si>
     <t>15309.00₸</t>
   </si>
   <si>
     <t>Сковорода для подачи «Тэкс-Мэкс»;сталь нерж.;D=28см;металлич.</t>
   </si>
   <si>
     <t>04022241</t>
   </si>
   <si>
     <t>R5760P10154</t>
   </si>
   <si>
     <t>20412.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Лакшери Дизайн»;сталь;D=24см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>04021159</t>
+  </si>
+  <si>
+    <t>YM758P6AFST</t>
+  </si>
+  <si>
+    <t>Andrea Fontebasso</t>
+  </si>
+  <si>
+    <t>Luxury Design</t>
+  </si>
+  <si>
+    <t>50596.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Лакшери Дизайн»;алюмин.;D=24см;серый,черный</t>
+  </si>
+  <si>
+    <t>04021158</t>
+  </si>
+  <si>
+    <t>YM758P6AFAL</t>
+  </si>
+  <si>
+    <t>37947.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Про Даймонд»;алюмин.,сталь нерж.;2,38л;D=240,H=65мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04021160</t>
+  </si>
+  <si>
+    <t>WP758B3BTBF</t>
+  </si>
+  <si>
+    <t>Prodiamond Induction</t>
+  </si>
+  <si>
+    <t>45577.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи «Тэкс-Мэкс»;сталь нерж.;,L=28,B=18см;металлич.</t>
+  </si>
+  <si>
+    <t>04022243</t>
+  </si>
+  <si>
+    <t>R5760Q30154</t>
+  </si>
+  <si>
+    <t>19838.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи «Тэкс-Мэкс»;сталь нерж.;D=32см;металлич.</t>
+  </si>
+  <si>
+    <t>04022244</t>
+  </si>
+  <si>
+    <t>R5760Q10154</t>
+  </si>
+  <si>
+    <t>24801.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -21745,4251 +21820,4251 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="475" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId475"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>482</xdr:row>
+      <xdr:row>483</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="476" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId476"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>483</xdr:row>
+      <xdr:row>484</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="477" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId477"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>484</xdr:row>
+      <xdr:row>485</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="478" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId478"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>485</xdr:row>
+      <xdr:row>486</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="479" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId479"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>486</xdr:row>
+      <xdr:row>487</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="480" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId480"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>487</xdr:row>
+      <xdr:row>488</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="481" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId481"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>488</xdr:row>
+      <xdr:row>489</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="482" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId482"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>489</xdr:row>
+      <xdr:row>490</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="483" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId483"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>490</xdr:row>
+      <xdr:row>491</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="484" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId484"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>491</xdr:row>
+      <xdr:row>492</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="485" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId485"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>492</xdr:row>
+      <xdr:row>493</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="486" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId486"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>493</xdr:row>
+      <xdr:row>494</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="487" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId487"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>494</xdr:row>
+      <xdr:row>495</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="488" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId488"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>495</xdr:row>
+      <xdr:row>496</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="489" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId489"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>496</xdr:row>
+      <xdr:row>497</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="490" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId490"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>497</xdr:row>
+      <xdr:row>498</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="491" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId491"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>498</xdr:row>
+      <xdr:row>499</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="492" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId492"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>499</xdr:row>
+      <xdr:row>500</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="493" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId493"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>500</xdr:row>
+      <xdr:row>501</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="494" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId494"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>501</xdr:row>
+      <xdr:row>502</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="495" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId495"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>502</xdr:row>
+      <xdr:row>503</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="496" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId496"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>503</xdr:row>
+      <xdr:row>504</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="497" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId497"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>504</xdr:row>
+      <xdr:row>505</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="498" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId498"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>505</xdr:row>
+      <xdr:row>506</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="499" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId499"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>506</xdr:row>
+      <xdr:row>507</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="500" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId500"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>507</xdr:row>
+      <xdr:row>508</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="501" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId501"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>508</xdr:row>
+      <xdr:row>509</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="502" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId502"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>509</xdr:row>
+      <xdr:row>510</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="503" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId503"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>510</xdr:row>
+      <xdr:row>511</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="504" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId504"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>511</xdr:row>
+      <xdr:row>512</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="505" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId505"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>512</xdr:row>
+      <xdr:row>513</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="506" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId506"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>513</xdr:row>
+      <xdr:row>514</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="507" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId507"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>514</xdr:row>
+      <xdr:row>515</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="508" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId508"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>515</xdr:row>
+      <xdr:row>516</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="509" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId509"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>516</xdr:row>
+      <xdr:row>517</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="510" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId510"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>517</xdr:row>
+      <xdr:row>518</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="511" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId511"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>518</xdr:row>
+      <xdr:row>519</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="512" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId512"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>519</xdr:row>
+      <xdr:row>520</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="513" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId513"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>520</xdr:row>
+      <xdr:row>521</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="514" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId514"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>521</xdr:row>
+      <xdr:row>522</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="515" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId515"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>522</xdr:row>
+      <xdr:row>523</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="516" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId516"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>523</xdr:row>
+      <xdr:row>524</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="517" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId517"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>524</xdr:row>
+      <xdr:row>525</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="518" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId518"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>525</xdr:row>
+      <xdr:row>526</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="519" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId519"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>526</xdr:row>
+      <xdr:row>527</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="520" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId520"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>527</xdr:row>
+      <xdr:row>528</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="521" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId521"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>528</xdr:row>
+      <xdr:row>529</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="522" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId522"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>529</xdr:row>
+      <xdr:row>530</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="523" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId523"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>530</xdr:row>
+      <xdr:row>531</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="524" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId524"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>531</xdr:row>
+      <xdr:row>532</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="525" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId525"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>532</xdr:row>
+      <xdr:row>533</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="526" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId526"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>533</xdr:row>
+      <xdr:row>534</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="527" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId527"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>534</xdr:row>
+      <xdr:row>535</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="528" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId528"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>535</xdr:row>
+      <xdr:row>536</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="529" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId529"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>536</xdr:row>
+      <xdr:row>537</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="530" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId530"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>537</xdr:row>
+      <xdr:row>538</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="531" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId531"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>538</xdr:row>
+      <xdr:row>539</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="532" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId532"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>539</xdr:row>
+      <xdr:row>540</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="533" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId533"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>540</xdr:row>
+      <xdr:row>541</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="534" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId534"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>541</xdr:row>
+      <xdr:row>542</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="535" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId535"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>542</xdr:row>
+      <xdr:row>543</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="536" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId536"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>543</xdr:row>
+      <xdr:row>544</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="537" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId537"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>544</xdr:row>
+      <xdr:row>545</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="538" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId538"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>545</xdr:row>
+      <xdr:row>546</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="539" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId539"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>546</xdr:row>
+      <xdr:row>547</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="540" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId540"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>547</xdr:row>
+      <xdr:row>548</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="541" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId541"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>548</xdr:row>
+      <xdr:row>549</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="542" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId542"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>549</xdr:row>
+      <xdr:row>550</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="543" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId543"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>550</xdr:row>
+      <xdr:row>551</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="544" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId544"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>551</xdr:row>
+      <xdr:row>552</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="545" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId545"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>552</xdr:row>
+      <xdr:row>553</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="546" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId546"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>553</xdr:row>
+      <xdr:row>554</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="547" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId547"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>554</xdr:row>
+      <xdr:row>555</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="548" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId548"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>555</xdr:row>
+      <xdr:row>556</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="549" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId549"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>556</xdr:row>
+      <xdr:row>557</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="550" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId550"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>557</xdr:row>
+      <xdr:row>558</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="551" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId551"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>558</xdr:row>
+      <xdr:row>559</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="552" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId552"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>559</xdr:row>
+      <xdr:row>560</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="553" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId553"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>560</xdr:row>
+      <xdr:row>561</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="554" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId554"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>561</xdr:row>
+      <xdr:row>562</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="555" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId555"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>562</xdr:row>
+      <xdr:row>563</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="556" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId556"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>563</xdr:row>
+      <xdr:row>564</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="557" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId557"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>564</xdr:row>
+      <xdr:row>565</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="558" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId558"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>565</xdr:row>
+      <xdr:row>566</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="559" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId559"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>566</xdr:row>
+      <xdr:row>567</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="560" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId560"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>567</xdr:row>
+      <xdr:row>568</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="561" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId561"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>568</xdr:row>
+      <xdr:row>569</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="562" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId562"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>569</xdr:row>
+      <xdr:row>570</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="563" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId563"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>570</xdr:row>
+      <xdr:row>571</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="564" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId564"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>571</xdr:row>
+      <xdr:row>572</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="565" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId565"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>572</xdr:row>
+      <xdr:row>573</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="566" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId566"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>573</xdr:row>
+      <xdr:row>574</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="567" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId567"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>574</xdr:row>
+      <xdr:row>575</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="568" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId568"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>575</xdr:row>
+      <xdr:row>576</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="569" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId569"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>576</xdr:row>
+      <xdr:row>577</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="570" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId570"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>577</xdr:row>
+      <xdr:row>578</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="571" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId571"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>578</xdr:row>
+      <xdr:row>579</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="572" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId572"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>579</xdr:row>
+      <xdr:row>580</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="573" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId573"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>580</xdr:row>
+      <xdr:row>581</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="574" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId574"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>581</xdr:row>
+      <xdr:row>582</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="575" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId575"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>582</xdr:row>
+      <xdr:row>583</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="576" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId576"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>583</xdr:row>
+      <xdr:row>584</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="577" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId577"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>584</xdr:row>
+      <xdr:row>585</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="578" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId578"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>585</xdr:row>
+      <xdr:row>586</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="579" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId579"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>586</xdr:row>
+      <xdr:row>587</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="580" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId580"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>587</xdr:row>
+      <xdr:row>588</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="581" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId581"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>588</xdr:row>
+      <xdr:row>589</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="582" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId582"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>589</xdr:row>
+      <xdr:row>590</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="583" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId583"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>590</xdr:row>
+      <xdr:row>591</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="584" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId584"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>591</xdr:row>
+      <xdr:row>592</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="585" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId585"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>592</xdr:row>
+      <xdr:row>593</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="586" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId586"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>593</xdr:row>
+      <xdr:row>594</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="587" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId587"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>594</xdr:row>
+      <xdr:row>595</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="588" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId588"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>595</xdr:row>
+      <xdr:row>596</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="589" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId589"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>596</xdr:row>
+      <xdr:row>597</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="590" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId590"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>597</xdr:row>
+      <xdr:row>598</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="591" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId591"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>598</xdr:row>
+      <xdr:row>599</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="592" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId592"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>599</xdr:row>
+      <xdr:row>600</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="593" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId593"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>600</xdr:row>
+      <xdr:row>601</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="594" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId594"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>601</xdr:row>
+      <xdr:row>602</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="595" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId595"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>602</xdr:row>
+      <xdr:row>603</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="596" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId596"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>603</xdr:row>
+      <xdr:row>604</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="597" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId597"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>604</xdr:row>
+      <xdr:row>605</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="598" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId598"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>605</xdr:row>
+      <xdr:row>606</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="599" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId599"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>606</xdr:row>
+      <xdr:row>607</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="600" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId600"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>607</xdr:row>
+      <xdr:row>608</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="601" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId601"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>608</xdr:row>
+      <xdr:row>609</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="602" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId602"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>609</xdr:row>
+      <xdr:row>610</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="603" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId603"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>610</xdr:row>
+      <xdr:row>611</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="604" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId604"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>611</xdr:row>
+      <xdr:row>612</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="605" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId605"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>612</xdr:row>
+      <xdr:row>613</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="606" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId606"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>613</xdr:row>
+      <xdr:row>614</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="607" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId607"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>614</xdr:row>
+      <xdr:row>615</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="608" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId608"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>615</xdr:row>
+      <xdr:row>616</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="609" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId609"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>616</xdr:row>
+      <xdr:row>617</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="610" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId610"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>618</xdr:row>
+      <xdr:row>619</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="611" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId611"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>619</xdr:row>
+      <xdr:row>620</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="612" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId612"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>620</xdr:row>
+      <xdr:row>621</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="613" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId613"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>621</xdr:row>
+      <xdr:row>622</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="614" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId614"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>626</xdr:row>
+      <xdr:row>627</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="615" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId615"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>627</xdr:row>
+      <xdr:row>628</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="616" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId616"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -26260,62 +26335,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pordamsa-03070506/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pordamsa-03070507/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/soteynik-2-ruchki-de-buyer-04010759/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-kryshki-revol-04012623/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-d-kryshki-risoli-04012644/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchki-dlya-kastryuli-semnye-risoli-04012902/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchki-dlya-kastryuli-semnye-risoli-04014155/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04020103/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-lodge-04020135/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04020172/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-kruglaya-lodge-04020180/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kazan-d-plova-lodge-04020181/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020182/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020183/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pryamoug-lodge-04020184/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-polumesyac-b-ruchek-lodge-04020185/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-krugl-s-ruchkoy-lodge-04020188/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-krugl-s-ruchkoy-lodge-04020189/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-krysh-reshetkoy-paderno-04020190/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-kruglaya-lodge-04020191/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-lodge-04020192/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020193/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020198/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-konus-paderno-04020199/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcion-trud-04020201/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-s-ruchkami-04020203/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcion-04020204/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-ovalnaya-aps-04020218/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04020294/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-s-lopatkoy-ilsa-04020301/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-bez-ruchek-lodge-04020303/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020304/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-piccy-lodge-04020307/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-kruglaya-lodge-04020318/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-kruglaya-lodge-04020319/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-lodge-04020321/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-lodge-04020322/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-lodge-04020324/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020325/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020326/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020327/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020328/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020329/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020330/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020331/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020332/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020333/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020334/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020335/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020336/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-04020353/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020359/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020360/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020361/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020362/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020365/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020366/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-chugunna-podstavke-prohotel-04020373/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indal-paderno-04020379/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-pintinox-04020390/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-pintinox-04020391/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-pintinox-04020392/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020393/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020394/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020395/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020396/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020397/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020398/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020399/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-04020400/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadrat-ilsa-04020401/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-ilsa-04020408/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04020409/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-s-ruchkoy-ilsa-04020414/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-na-podstavke-ilsa-04020428/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-na-podstavke-ilsa-04020429/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020453/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020454/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020455/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020456/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020457/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020459/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020460/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020461/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020462/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020463/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020464/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020465/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020466/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020467/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020468/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-paderno-04020469/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-04020470/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-omleta-kyoto-04020481/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-daming-04020498/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-prohotel-04020499/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadr-pintinox-04020512/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/reshetka-d-skovorody-de-buyer-04020520/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-lodge-04020525/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-lodge-04020566/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-s-ruchkami-risoli-04020567/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-risoli-04020573/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-mini-risoli-04020576/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-dvuhstoronniy-paderno-04020577/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-ovalnaya-lodge-04020604/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-kvadratnaya-lodge-04020613/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020618/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020619/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020621/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020622/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020623/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020624/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020625/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020626/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020627/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04020628/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020629/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020630/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04020631/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020632/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020641/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020642/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020643/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020644/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pryamoug-s-antiprigpok-matfer-04020645/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-s-antiprigpokryt-matfer-04020646/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020651/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-konus-paderno-04020702/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-semnaya-dlya-skovorodok-d20-36sm-paderno-04020704/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-daming-04020705/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-daming-04020706/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04020707/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04020708/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020709/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020710/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020711/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-daming-04020712/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04020713/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadrat-daming-04020714/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020715/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-ruchkoy-na-podstavke-prohotel-04020716/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04020717/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04020718/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-derevruchkoy-prohotel-04020720/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-derevruchkoy-prohotel-04020721/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-derevruchkoy-prohotel-04020722/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-derevruchkoy-prohotel-04020723/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-derevruchkoy-prohotel-04020724/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020725/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020726/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020727/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020728/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020729/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020730/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-lodge-04020741/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadrat-lodge-04020742/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-paderno-04020746/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-paderno-04020747/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-paderno-04020748/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020749/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020750/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-paderno-04020758/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-paderno-04020759/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020760/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020761/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020762/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020763/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020764/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020765/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020766/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020767/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020768/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020769/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020770/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020771/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020772/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020773/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020774/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020775/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020776/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020777/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020778/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020779/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020780/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020781/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020782/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020783/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020784/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020785/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020786/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020787/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020788/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020789/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020790/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020791/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020792/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-de-buyer-04020795/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-de-buyer-04020796/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-de-buyer-04020797/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-de-buyer-04020798/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020799/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-was-04020801/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-was-04020802/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-was-04020803/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-was-04020804/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020806/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020807/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020808/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020809/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020811/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020813/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-de-buyer-04020814/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-de-buyer-04020817/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020818/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020819/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020820/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020821/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020823/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020824/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020825/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pryamoug-de-buyer-04020826/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020828/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020829/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020830/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020831/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020832/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020833/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020834/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020840/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020841/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020842/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020843/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020844/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020845/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020846/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pryamoug-de-buyer-04020847/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020848/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020849/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020850/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020851/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020852/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-d-ryby-de-buyer-04020854/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-d-ryby-de-buyer-04020855/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-matfer-04020857/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-matfer-04020857-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-matfer-04020858/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadrat-ilsa-04020859/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-ilsa-04020860/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04020861/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04020862/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04020863/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-lodge-04020865/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020871/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020872/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020875/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-ilsa-04020876/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-ilsa-04020877/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-ilsa-04020878/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04020879/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020886/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020891/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020892/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020893/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020894/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020895/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020896/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020897/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-oval-2-ruchki-was-04020898/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-oval-2-ruchki-was-04020899/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020901/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-matfer-04020902/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04020904/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020906/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-04020916/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-s-lopatkoy-i-shpatelem-matfer-04020923/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-s-lopatkoy-i-shpatelem-matfer-04020923-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04020924/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04020928/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-grilya-pryamoug-ilsa-04020929/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-lodge-04020930/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-lodge-04020931/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-lodge-04020932/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020933/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020934/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020935/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020936/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-indukciya-risoli-04020939/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-indukciya-risoli-04020940/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04020943/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04020944/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04020945/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020946/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020947/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020948/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020949/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020950/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020951/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020952/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020953/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020954/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020955/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020956/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020957/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020958/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020959/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020960/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-risoli-04020961/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-risoli-04020962/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-risoli-04020963/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-risoli-04020964/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020965/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-risoli-04020966/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04020967/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-indukciya-risoli-04020968/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04020971/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-4otdeleniya-risoli-04020972/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-risoli-04020974/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-risoli-04020975/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-risoli-04020976/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-indukciya-risoli-04020977/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020979/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020980/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020981/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020982/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020986/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020987/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020988/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-was-04020989/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-omleta-paderno-04020993/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-s-kryshkoy-paderno-04021001/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021002/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04021003/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021004/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021005/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021007/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-ilsa-04021035/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04021050/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021054/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04021055/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04021056/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-matfer-04021058/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021059/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021060/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021061/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-ilsa-04021068/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021075/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021077/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021078/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021085/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021091/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021092/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-matfer-04021093/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-oval-matfer-04021094/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021098/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04021099/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-paderno-04021303/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-omleta-paderno-04021311/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-ilsa-04021312/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-s-ruchkoy-ilsa-04021315/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-s-ruchkoy-ilsa-04021316/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-ilsa-04021317/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-ilsa-04021318/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-pintinox-04021361/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-zapekaniya-revol-04021362/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-revol-04021363/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-italo-ottinetti-04021365/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-kruglaya-aps-04021366/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-kruglaya-aps-04021367/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pryamoug-aps-04021368/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pryamoug-aps-04021369/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/keci-sredniy-borisovskaya-keramika-04021370/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-semnaya-d-skovorodok-lodge-04021400/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021401/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021402/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021403/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021404/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021405/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04021406/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04021407/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04021409/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04021410/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-4otdeleniya-indukciya-risoli-04021411/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04021412/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-matfer-04021414/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-matfer-04021415/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021416/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021417/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021418/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021419/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021428/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04021429/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04021430/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021431/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021432/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021433/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021434/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021435/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021436/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021437/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021438/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-prohotel-04021439/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-prohotel-04021440/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-2-ruchki-was-04021442/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021445/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04021448/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-matfer-04021450/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021456/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04021457/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-matfer-04021460/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-semnaya-d-skovorodok-lodge-04021461/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-bokovaya-semnaya-d-skovorodok-lodge-04021462/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021463/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021464/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021465/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021466/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021474/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021475/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021476/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021477/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-indukciya-paderno-04021478/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021480/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021481/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04021483/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021485/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021486/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-risoli-04021487/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04021488/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-flambe-paderno-04021492/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021497/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-ilsa-04021499/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-cosy-and-trendy-04021502/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021601/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021602/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021604/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021605/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021606/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadr-risoli-04021607/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021608/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021609/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021610/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021611/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021612/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021613/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021614/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021615/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021616/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021617/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04021618/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04021619/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021623/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021624/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021625/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021626/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021627/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021628/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-matfer-04021632/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-s-kryshkoy-risoli-04021638/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-indukciya-risoli-04021639/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-ilsa-04021640/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-barbekyu-risoli-04021642/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021645/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021646/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021647/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021648/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021649/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021650/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021651/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadr-prohotel-04021652/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadr-prohotel-04021653/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-prohotel-04021654/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04021655/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04021656/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-s-kryshkoy-indukciya-risoli-04021657/" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-04021658/" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-4otdeleniya-indukciya-risoli-04021660/" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021662/" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04021665/" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04021666/" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021669/" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021670/" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-kl-04021677/" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-daming-04021689/" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-omleta-kasumi-04021698/" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-s-reshetkoy-gril-i-palochkami-risoli-04021699/" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-prohotel-04021901/" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-prohotel-04021902/" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-na-podstavke-prohotel-04021903/" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-na-podstavke-daming-04021904/" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-mini-prohotel-04021905/" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-mini-daming-04021906/" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-polumesyac-b-ruchek-prohotel-04021908/" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-na-podstavke-paderno-04021909/" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-glub-risoli-04021918/" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-glub-risoli-04021919/" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04021920/" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021921/" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021922/" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021923/" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-2-ruchki-italo-ottinetti-04021932/" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kruglaya-lodge-04021935/" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-2-mya-ruchkami-b-kryshki-cu-artigiana-maestri-ramai-04021936/" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-2-ruchkd-paeli-b-kryshki-cu-artigiana-maestri-ramai-04021937/" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakladka-na-ruchku-lodge-04021947/" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakladka-na-ruchku-lodge-04021948/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakladka-na-ruchku-lodge-04021949/" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-semnaya-dlya-skovorody-lodge-04021953/" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-lodge-04022007/" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-steyka-de-buyer-04022104/" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-de-buyer-04022107/" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022124/" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022125/" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022126/" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022127/" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022128/" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022129/" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022130/" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022131/" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022132/" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022133/" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04022134/" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04022135/" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04022136/" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04022138/" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04022139/" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04022140/" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04022141/" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022145/" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022146/" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022147/" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022148/" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022149/" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022150/" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022151/" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skvoroda-paderno-04022152/" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-tur-04022153/" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022154/" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022155/" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022156/" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022157/" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04022158/" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04022159/" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04022160/" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04022161/" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04022162/" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-agnelli-04022164/" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04022165/" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022167/" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022168/" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022169/" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-indokor-04022171/" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-daming-04022172/" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-daming-04022173/" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-daming-04022174/" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022175/" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04022176/" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022177/" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022178/" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022179/" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaschitnyy-ekran-tramontina-04022180/" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-italo-ottinetti-04022181/" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022184/" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022185/" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022186/" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022187/" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022188/" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022189/" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022190/" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04022191/" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04022192/" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pintinox-04022193/" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022194/" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022195/" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022196/" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022197/" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04022198/" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04022199/" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04022200/" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022201/" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022202/" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022203/" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04022204/" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022205/" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022206/" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022207/" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022208/" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschita-ot-bryzg-lodge-04140811/" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschita-ot-bryzg-lodge-04140812/" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-oval-d-skovor-4020135-lodge-04141504/" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-oval-d-skovor-4020303-lodge-04141505/" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-pryamoug-d-skovor4020184-lodge-04141506/" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-polumes-d-skovor4020185-lodge-04141507/" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor-4020304-lodge-04141508/" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor4020180-lodge-04141509/" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor4020308-lodge-04141510/" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-kotelka-4010239-lodge-04141511/" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-oval-d-skovor-4020192-lodge-04141512/" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor4020193-lodge-04141513/" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor4020327-lodge-04141514/" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-kvadr-d-skovor4020325-lodge-04141515/" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovorody-art312290-511435-de-buyer-04141537/" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor-4020499-oval-lodge-04141548/" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor-4020709-lodge-04141552/" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-kotelka-ppwood-04141564/" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-paderno-04150164/" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-paderno-04150165/" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-09100106/" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-09100330/" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-09100331/" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-09100332/" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-09100333/" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-glubok-matfer-09100334/" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-glubok-matfer-09100335/" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-09100473/" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020584/" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04021100/" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-skovorody-temp-04141971/" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indokor-04022223/" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022224/" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022227/" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022228/" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04022232/" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04021515/" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04021516/" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04021517/" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04021962/" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022240/" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022241/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pordamsa-03070506/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pordamsa-03070507/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/soteynik-2-ruchki-de-buyer-04010759/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-kryshki-revol-04012623/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-d-kryshki-risoli-04012644/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchki-dlya-kastryuli-semnye-risoli-04012902/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchki-dlya-kastryuli-semnye-risoli-04014155/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04020103/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-lodge-04020135/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04020172/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-kruglaya-lodge-04020180/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kazan-d-plova-lodge-04020181/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020182/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020183/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pryamoug-lodge-04020184/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-polumesyac-b-ruchek-lodge-04020185/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-krugl-s-ruchkoy-lodge-04020188/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-krugl-s-ruchkoy-lodge-04020189/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-krysh-reshetkoy-paderno-04020190/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-kruglaya-lodge-04020191/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-lodge-04020192/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020193/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020198/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-konus-paderno-04020199/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcion-trud-04020201/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-s-ruchkami-04020203/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcion-04020204/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-ovalnaya-aps-04020218/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04020294/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-s-lopatkoy-ilsa-04020301/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-bez-ruchek-lodge-04020303/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020304/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-piccy-lodge-04020307/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-kruglaya-lodge-04020318/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-kruglaya-lodge-04020319/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-lodge-04020321/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-lodge-04020322/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-lodge-04020324/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020325/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020326/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020327/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020328/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020329/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020330/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020331/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020332/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020333/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020334/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020335/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020336/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-04020353/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020359/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020360/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020361/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020362/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020365/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020366/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-chugunna-podstavke-prohotel-04020373/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indal-paderno-04020379/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-pintinox-04020390/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-pintinox-04020391/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-pintinox-04020392/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020393/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020394/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020395/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020396/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020397/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020398/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020399/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-04020400/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadrat-ilsa-04020401/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-ilsa-04020408/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04020409/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-s-ruchkoy-ilsa-04020414/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-na-podstavke-ilsa-04020428/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-na-podstavke-ilsa-04020429/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020453/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020454/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020455/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020456/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020457/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020459/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020460/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020461/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020462/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020463/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020464/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020465/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020466/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020467/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020468/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-paderno-04020469/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-04020470/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-omleta-kyoto-04020481/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-daming-04020498/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-prohotel-04020499/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadr-pintinox-04020512/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/reshetka-d-skovorody-de-buyer-04020520/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-lodge-04020525/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-lodge-04020566/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-s-ruchkami-risoli-04020567/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-risoli-04020573/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-mini-risoli-04020576/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-dvuhstoronniy-paderno-04020577/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-ovalnaya-lodge-04020604/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-kvadratnaya-lodge-04020613/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020618/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020619/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020621/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020622/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020623/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020624/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020625/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020626/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020627/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04020628/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020629/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020630/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04020631/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020632/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020641/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020642/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020643/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020644/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pryamoug-s-antiprigpok-matfer-04020645/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-s-antiprigpokryt-matfer-04020646/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020651/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-konus-paderno-04020702/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-semnaya-dlya-skovorodok-d20-36sm-paderno-04020704/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-daming-04020705/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-daming-04020706/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04020707/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04020708/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020709/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020710/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020711/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-daming-04020712/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04020713/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadrat-daming-04020714/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020715/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-ruchkoy-na-podstavke-prohotel-04020716/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04020717/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04020718/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-derevruchkoy-prohotel-04020720/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-derevruchkoy-prohotel-04020721/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-derevruchkoy-prohotel-04020722/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-derevruchkoy-prohotel-04020723/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-derevruchkoy-prohotel-04020724/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020725/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020726/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020727/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020728/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020729/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020730/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-lodge-04020741/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadrat-lodge-04020742/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-paderno-04020746/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-paderno-04020747/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-paderno-04020748/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020749/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020750/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-paderno-04020758/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-paderno-04020759/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020760/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020761/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020762/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020763/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020764/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020765/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020766/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020767/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020768/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020769/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020770/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020771/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020772/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020773/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020774/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020775/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020776/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020777/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020778/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020779/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020780/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020781/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020782/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020783/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020784/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020785/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020786/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020787/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020788/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020789/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020790/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020791/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020792/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-de-buyer-04020795/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-de-buyer-04020796/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-de-buyer-04020797/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-de-buyer-04020798/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020799/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-was-04020801/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-was-04020802/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-was-04020803/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-was-04020804/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020806/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020807/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020808/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020809/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020811/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020813/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-de-buyer-04020814/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-de-buyer-04020817/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020818/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020819/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020820/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020821/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020823/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020824/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020825/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pryamoug-de-buyer-04020826/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020828/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020829/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020830/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020831/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020832/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020833/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020834/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020840/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020841/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020842/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020843/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020844/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020845/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020846/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pryamoug-de-buyer-04020847/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020848/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020849/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020850/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020851/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020852/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-d-ryby-de-buyer-04020854/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-d-ryby-de-buyer-04020855/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-matfer-04020857/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-matfer-04020857-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-matfer-04020858/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadrat-ilsa-04020859/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-ilsa-04020860/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04020861/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04020862/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04020863/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-lodge-04020865/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020871/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020872/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020875/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-ilsa-04020876/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-ilsa-04020877/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-ilsa-04020878/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04020879/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020886/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020891/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020892/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020893/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020894/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020895/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020896/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020897/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-oval-2-ruchki-was-04020898/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-oval-2-ruchki-was-04020899/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020901/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-matfer-04020902/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04020904/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020906/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-04020916/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-s-lopatkoy-i-shpatelem-matfer-04020923/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-s-lopatkoy-i-shpatelem-matfer-04020923-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04020924/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04020928/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-grilya-pryamoug-ilsa-04020929/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-lodge-04020930/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-lodge-04020931/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-lodge-04020932/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020933/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020934/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020935/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020936/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-indukciya-risoli-04020939/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-indukciya-risoli-04020940/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04020943/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04020944/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04020945/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020946/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020947/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020948/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020949/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020950/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020951/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020952/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020953/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020954/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020955/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020956/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020957/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020958/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020959/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020960/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-risoli-04020961/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-risoli-04020962/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-risoli-04020963/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-risoli-04020964/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020965/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-risoli-04020966/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04020967/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-indukciya-risoli-04020968/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04020971/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-4otdeleniya-risoli-04020972/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-risoli-04020974/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-risoli-04020975/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-risoli-04020976/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-indukciya-risoli-04020977/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020979/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020980/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020981/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020982/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020986/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020987/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020988/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-was-04020989/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-omleta-paderno-04020993/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-s-kryshkoy-paderno-04021001/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021002/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04021003/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021004/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021005/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021007/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-ilsa-04021035/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04021050/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021054/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04021055/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04021056/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-matfer-04021058/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021059/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021060/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021061/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-ilsa-04021068/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021075/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021077/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021078/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021085/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021091/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021092/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-matfer-04021093/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-oval-matfer-04021094/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021098/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04021099/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-paderno-04021303/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-omleta-paderno-04021311/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-ilsa-04021312/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-s-ruchkoy-ilsa-04021315/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-s-ruchkoy-ilsa-04021316/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-ilsa-04021317/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-ilsa-04021318/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-pintinox-04021361/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-zapekaniya-revol-04021362/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-revol-04021363/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-italo-ottinetti-04021365/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-kruglaya-aps-04021366/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-kruglaya-aps-04021367/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pryamoug-aps-04021368/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pryamoug-aps-04021369/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/keci-sredniy-borisovskaya-keramika-04021370/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-semnaya-d-skovorodok-lodge-04021400/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021401/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021402/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021403/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021404/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021405/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04021406/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04021407/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04021409/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04021410/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-4otdeleniya-indukciya-risoli-04021411/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04021412/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-matfer-04021414/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-matfer-04021415/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021416/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021417/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021418/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021419/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021428/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04021429/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04021430/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021431/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021432/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021433/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021434/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021435/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021436/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021437/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021438/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-prohotel-04021439/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-prohotel-04021440/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-2-ruchki-was-04021442/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021445/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04021448/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-matfer-04021450/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021456/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04021457/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-matfer-04021460/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-semnaya-d-skovorodok-lodge-04021461/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-bokovaya-semnaya-d-skovorodok-lodge-04021462/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021463/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021464/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021465/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021466/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021474/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021475/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021476/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021477/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-indukciya-paderno-04021478/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021480/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021481/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04021483/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021485/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021486/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-risoli-04021487/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04021488/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-flambe-paderno-04021492/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021497/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-ilsa-04021499/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-cosy-and-trendy-04021502/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021601/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021602/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021604/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021605/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021606/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadr-risoli-04021607/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021608/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021609/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021610/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021611/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021612/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021613/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021614/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021615/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021616/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021617/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04021618/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04021619/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021623/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021624/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021625/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021626/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021627/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021628/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-matfer-04021632/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-s-kryshkoy-risoli-04021638/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-indukciya-risoli-04021639/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-ilsa-04021640/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-barbekyu-risoli-04021642/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021645/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021646/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021647/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021648/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021649/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021650/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021651/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadr-prohotel-04021652/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadr-prohotel-04021653/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-prohotel-04021654/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04021655/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04021656/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-s-kryshkoy-indukciya-risoli-04021657/" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-04021658/" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-4otdeleniya-indukciya-risoli-04021660/" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021662/" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04021665/" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04021666/" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021669/" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021670/" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-kl-04021677/" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-tognana-04021684/" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-daming-04021689/" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-omleta-kasumi-04021698/" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-s-reshetkoy-gril-i-palochkami-risoli-04021699/" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-prohotel-04021901/" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-prohotel-04021902/" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-na-podstavke-prohotel-04021903/" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-na-podstavke-daming-04021904/" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-mini-prohotel-04021905/" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-mini-daming-04021906/" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-polumesyac-b-ruchek-prohotel-04021908/" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-na-podstavke-paderno-04021909/" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-glub-risoli-04021918/" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-glub-risoli-04021919/" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04021920/" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021921/" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021922/" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021923/" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-2-ruchki-italo-ottinetti-04021932/" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kruglaya-lodge-04021935/" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-2-mya-ruchkami-b-kryshki-cu-artigiana-maestri-ramai-04021936/" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-2-ruchkd-paeli-b-kryshki-cu-artigiana-maestri-ramai-04021937/" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakladka-na-ruchku-lodge-04021947/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakladka-na-ruchku-lodge-04021948/" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakladka-na-ruchku-lodge-04021949/" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-semnaya-dlya-skovorody-lodge-04021953/" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-lodge-04022007/" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-steyka-de-buyer-04022104/" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-de-buyer-04022107/" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022124/" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022125/" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022126/" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022127/" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022128/" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022129/" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022130/" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022131/" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022132/" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022133/" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04022134/" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04022135/" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04022136/" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04022138/" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04022139/" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04022140/" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04022141/" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022145/" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022146/" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022147/" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022148/" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022149/" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022150/" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022151/" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skvoroda-paderno-04022152/" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-tur-04022153/" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022154/" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022155/" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022156/" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022157/" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04022158/" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04022159/" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04022160/" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04022161/" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04022162/" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-agnelli-04022164/" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04022165/" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022167/" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022168/" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022169/" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-indokor-04022171/" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-daming-04022172/" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-daming-04022173/" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-daming-04022174/" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022175/" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04022176/" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022177/" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022178/" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022179/" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaschitnyy-ekran-tramontina-04022180/" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-italo-ottinetti-04022181/" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022184/" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022185/" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022186/" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022187/" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022188/" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022189/" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022190/" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04022191/" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04022192/" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pintinox-04022193/" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022194/" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022195/" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022196/" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022197/" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04022198/" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04022199/" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04022200/" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022201/" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022202/" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022203/" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04022204/" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022205/" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022206/" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022207/" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022208/" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschita-ot-bryzg-lodge-04140811/" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschita-ot-bryzg-lodge-04140812/" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-oval-d-skovor-4020135-lodge-04141504/" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-oval-d-skovor-4020303-lodge-04141505/" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-pryamoug-d-skovor4020184-lodge-04141506/" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-polumes-d-skovor4020185-lodge-04141507/" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor-4020304-lodge-04141508/" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor4020180-lodge-04141509/" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor4020308-lodge-04141510/" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-kotelka-4010239-lodge-04141511/" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-oval-d-skovor-4020192-lodge-04141512/" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor4020193-lodge-04141513/" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor4020327-lodge-04141514/" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-kvadr-d-skovor4020325-lodge-04141515/" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovorody-art312290-511435-de-buyer-04141537/" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor-4020499-oval-lodge-04141548/" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor-4020709-lodge-04141552/" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-kotelka-ppwood-04141564/" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-paderno-04150164/" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-paderno-04150165/" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-09100106/" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-09100330/" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-09100331/" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-09100332/" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-09100333/" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-glubok-matfer-09100334/" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-glubok-matfer-09100335/" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-09100473/" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020584/" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04021100/" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-skovorody-temp-04141971/" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indokor-04022223/" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022224/" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022227/" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022228/" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04022232/" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04021515/" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04021516/" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04021517/" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04021962/" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022240/" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022241/" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-andrea-fontebasso-04021159/" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-andrea-fontebasso-04021158/" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-tognana-04021160/" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022243/" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022244/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L628"/>
+  <dimension ref="A1:L634"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I628" sqref="I628"/>
+      <selection activeCell="I634" sqref="I634"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -26747,83 +26822,83 @@
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>79</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>81</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>84</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="L14" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L15" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>91</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>92</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
@@ -27073,51 +27148,51 @@
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>125</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>127</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>128</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>131</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>132</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>41</v>
       </c>
@@ -27296,83 +27371,83 @@
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>158</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>160</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>162</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L31" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>165</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>166</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>167</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>169</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
@@ -27686,85 +27761,85 @@
         <v>208</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>209</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>210</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F43" s="0">
         <v>1000</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>211</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>44</v>
+        <v>89</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>212</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>213</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>214</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F44" s="0">
         <v>1000</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>215</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
         <v>216</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>217</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>218</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F45" s="0">
         <v>1000</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>41</v>
       </c>
@@ -27788,19266 +27863,19456 @@
         <v>220</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>222</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F46" s="0">
         <v>1000</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>223</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>224</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>225</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>226</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F47" s="0">
         <v>1000</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>227</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>228</v>
+        <v>31</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>229</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="D48" s="0" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F48" s="0">
         <v>1000</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>233</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="D49" s="0" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>238</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="D50" s="0" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>242</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>246</v>
       </c>
-      <c r="C52" s="0" t="s">
+      <c r="D52" s="0" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="E52" s="0"/>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>250</v>
       </c>
-      <c r="C53" s="0" t="s">
+      <c r="D53" s="0" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L53" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="C54" s="0" t="s">
         <v>254</v>
       </c>
-      <c r="C54" s="0" t="s">
+      <c r="D54" s="0" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L54" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>258</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="D55" s="0" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>262</v>
+        <v>124</v>
       </c>
       <c r="L55" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="D56" s="0" t="s">
         <v>263</v>
-      </c>
-[...4 lines deleted...]
-        <v>265</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L56" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="D57" s="0" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>269</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L57" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="D58" s="0" t="s">
         <v>271</v>
-      </c>
-[...4 lines deleted...]
-        <v>273</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L58" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="B59" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="D59" s="0" t="s">
         <v>275</v>
       </c>
-      <c r="C59" s="0" t="s">
+      <c r="E59" s="0" t="s">
         <v>276</v>
-      </c>
-[...4 lines deleted...]
-        <v>278</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="D60" s="0" t="s">
         <v>280</v>
-      </c>
-[...4 lines deleted...]
-        <v>282</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="D61" s="0" t="s">
         <v>284</v>
-      </c>
-[...4 lines deleted...]
-        <v>286</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L61" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="D62" s="0" t="s">
         <v>288</v>
-      </c>
-[...4 lines deleted...]
-        <v>290</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L62" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="D63" s="0" t="s">
         <v>292</v>
-      </c>
-[...4 lines deleted...]
-        <v>294</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L63" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>296</v>
-      </c>
-[...4 lines deleted...]
-        <v>298</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L64" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="D65" s="0" t="s">
         <v>300</v>
-      </c>
-[...4 lines deleted...]
-        <v>302</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="L65" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="D66" s="0" t="s">
         <v>305</v>
-      </c>
-[...4 lines deleted...]
-        <v>307</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>304</v>
+        <v>20</v>
       </c>
       <c r="L66" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="D67" s="0" t="s">
         <v>309</v>
-      </c>
-[...4 lines deleted...]
-        <v>311</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L67" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="D68" s="0" t="s">
         <v>313</v>
-      </c>
-[...4 lines deleted...]
-        <v>315</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="D69" s="0" t="s">
         <v>317</v>
-      </c>
-[...4 lines deleted...]
-        <v>319</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L69" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="D70" s="0" t="s">
         <v>321</v>
-      </c>
-[...4 lines deleted...]
-        <v>323</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L70" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="D71" s="0" t="s">
         <v>325</v>
-      </c>
-[...4 lines deleted...]
-        <v>327</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="D72" s="0" t="s">
         <v>329</v>
-      </c>
-[...4 lines deleted...]
-        <v>331</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="D73" s="0" t="s">
         <v>334</v>
-      </c>
-[...4 lines deleted...]
-        <v>336</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>262</v>
+        <v>20</v>
       </c>
       <c r="L73" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="D74" s="0" t="s">
         <v>338</v>
-      </c>
-[...4 lines deleted...]
-        <v>340</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L74" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="D75" s="0" t="s">
         <v>342</v>
-      </c>
-[...4 lines deleted...]
-        <v>344</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="D76" s="0" t="s">
         <v>346</v>
-      </c>
-[...4 lines deleted...]
-        <v>348</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="D77" s="0" t="s">
         <v>350</v>
-      </c>
-[...4 lines deleted...]
-        <v>352</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L77" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="D78" s="0" t="s">
         <v>354</v>
-      </c>
-[...4 lines deleted...]
-        <v>356</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L78" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>356</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="D79" s="0" t="s">
         <v>358</v>
-      </c>
-[...4 lines deleted...]
-        <v>360</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="D80" s="0" t="s">
         <v>363</v>
-      </c>
-[...4 lines deleted...]
-        <v>365</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="L80" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="D81" s="0" t="s">
         <v>368</v>
-      </c>
-[...4 lines deleted...]
-        <v>370</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L81" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="D82" s="0" t="s">
         <v>372</v>
-      </c>
-[...4 lines deleted...]
-        <v>374</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L82" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="D83" s="0" t="s">
         <v>376</v>
-      </c>
-[...4 lines deleted...]
-        <v>378</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L83" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="D84" s="0" t="s">
         <v>381</v>
-      </c>
-[...4 lines deleted...]
-        <v>383</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L84" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="D85" s="0" t="s">
         <v>385</v>
-      </c>
-[...4 lines deleted...]
-        <v>387</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L85" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="D86" s="0" t="s">
         <v>389</v>
-      </c>
-[...4 lines deleted...]
-        <v>391</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F86" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>262</v>
+        <v>124</v>
       </c>
       <c r="L86" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>391</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="D87" s="0" t="s">
         <v>393</v>
-      </c>
-[...4 lines deleted...]
-        <v>395</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L87" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>396</v>
+      </c>
+      <c r="D88" s="0" t="s">
         <v>397</v>
-      </c>
-[...4 lines deleted...]
-        <v>399</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L88" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="C89" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="D89" s="0" t="s">
         <v>401</v>
-      </c>
-[...4 lines deleted...]
-        <v>403</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="D90" s="0" t="s">
         <v>405</v>
-      </c>
-[...4 lines deleted...]
-        <v>407</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L90" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="C91" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="D91" s="0" t="s">
         <v>409</v>
-      </c>
-[...4 lines deleted...]
-        <v>411</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F91" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L91" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="D92" s="0" t="s">
         <v>413</v>
-      </c>
-[...4 lines deleted...]
-        <v>415</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F92" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L92" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="D93" s="0" t="s">
         <v>417</v>
-      </c>
-[...4 lines deleted...]
-        <v>419</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L93" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="D94" s="0" t="s">
         <v>421</v>
-      </c>
-[...4 lines deleted...]
-        <v>423</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="B95" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="D95" s="0" t="s">
         <v>425</v>
       </c>
-      <c r="C95" s="0" t="s">
+      <c r="E95" s="0" t="s">
         <v>426</v>
-      </c>
-[...4 lines deleted...]
-        <v>428</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L95" s="0"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
+        <v>429</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="D96" s="0" t="s">
         <v>431</v>
       </c>
-      <c r="C96" s="0" t="s">
+      <c r="E96" s="0" t="s">
         <v>432</v>
       </c>
-      <c r="D96" s="0" t="s">
+      <c r="F96" s="0" t="s">
         <v>433</v>
-      </c>
-[...4 lines deleted...]
-        <v>435</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L96" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="D97" s="0" t="s">
         <v>437</v>
       </c>
-      <c r="C97" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E97" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="D98" s="0" t="s">
         <v>441</v>
-      </c>
-[...4 lines deleted...]
-        <v>443</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F98" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L98" s="0"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="D99" s="0">
         <v>3329.1</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F99" s="0" t="s">
         <v>132</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="D100" s="0" t="s">
         <v>449</v>
-      </c>
-[...4 lines deleted...]
-        <v>451</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L100" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="D101" s="0" t="s">
         <v>453</v>
-      </c>
-[...4 lines deleted...]
-        <v>455</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="D102" s="0" t="s">
         <v>457</v>
-      </c>
-[...4 lines deleted...]
-        <v>459</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L102" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="D103" s="0" t="s">
         <v>461</v>
-      </c>
-[...4 lines deleted...]
-        <v>463</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L103" s="0"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="C104" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="D104" s="0" t="s">
         <v>465</v>
-      </c>
-[...4 lines deleted...]
-        <v>467</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H104" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L104" s="0"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="C105" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="D105" s="0" t="s">
         <v>469</v>
-      </c>
-[...4 lines deleted...]
-        <v>471</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>85</v>
+        <v>31</v>
       </c>
       <c r="L105" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="C106" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="D106" s="0" t="s">
         <v>473</v>
-      </c>
-[...4 lines deleted...]
-        <v>475</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L106" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="C107" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="D107" s="0" t="s">
         <v>477</v>
-      </c>
-[...4 lines deleted...]
-        <v>479</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L107" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="D108" s="0">
         <v>675028</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L108" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="D109" s="0">
         <v>675020</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L109" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="D110" s="0">
         <v>675024</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L110" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="D111" s="0">
         <v>665120</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L111" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="D112" s="0">
         <v>665124</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>499</v>
+        <v>89</v>
       </c>
       <c r="L112" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="D113" s="0">
         <v>665126</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F113" s="0" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L113" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="D114" s="0">
         <v>665128</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L114" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="D115" s="0">
         <v>665612</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="G115" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L115" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="D116" s="0">
         <v>909528</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="G116" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L116" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="D117" s="0">
         <v>666125</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="G117" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>304</v>
+        <v>89</v>
       </c>
       <c r="L117" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="D118" s="0">
         <v>675224</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F118" s="0" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="G118" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L118" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="D119" s="0">
         <v>675228</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L119" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="D120" s="0">
         <v>676125</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L120" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L121" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="D122" s="0">
         <v>906020</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>44</v>
+        <v>302</v>
       </c>
       <c r="L122" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="D123" s="0">
         <v>906032</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="G123" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="L123" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="D124" s="0">
         <v>906036</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F124" s="0" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="G124" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L124" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>540</v>
+        <v>537</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="D125" s="0">
         <v>906040</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="G125" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L125" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="D126" s="0">
         <v>908538</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="G126" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L126" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D127" s="0">
         <v>664550</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="G127" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L127" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>549</v>
+        <v>546</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>550</v>
+        <v>547</v>
       </c>
       <c r="D128" s="0">
         <v>668532</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>551</v>
+        <v>548</v>
       </c>
       <c r="G128" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L128" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F129" s="0" t="s">
         <v>132</v>
       </c>
       <c r="G129" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L129" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>557</v>
+        <v>554</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="E130" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>42</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L130" s="0"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G131" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L131" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G132" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L132" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L133" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L134" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L135" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L136" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G137" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L137" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L138" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G139" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L139" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="F140" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G140" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H140" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L140" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L141" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L142" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L143" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>20</v>
+        <v>365</v>
       </c>
       <c r="L144" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G145" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L145" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F146" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G146" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L146" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G147" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>626</v>
+        <v>623</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L147" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F148" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G148" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L148" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F149" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G149" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L149" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L150" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L151" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L152" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L153" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L154" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>656</v>
+        <v>653</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L155" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="E156" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L156" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>665</v>
+        <v>662</v>
       </c>
       <c r="E157" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H157" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L157" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>669</v>
+        <v>666</v>
       </c>
       <c r="E158" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L158" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>671</v>
+        <v>668</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>674</v>
+        <v>671</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L159" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>676</v>
+        <v>673</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>677</v>
+        <v>674</v>
       </c>
       <c r="E160" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F160" s="0"/>
       <c r="G160" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L160" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>681</v>
+        <v>678</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F161" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G161" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>682</v>
+        <v>679</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L161" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F162" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G162" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L162" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="E163" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L163" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>691</v>
+        <v>688</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F164" s="0"/>
       <c r="G164" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L164" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F165" s="0"/>
       <c r="G165" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H165" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L165" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="E166" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F166" s="0"/>
       <c r="G166" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="L166" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F167" s="0"/>
       <c r="G167" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L167" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="E168" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F168" s="0"/>
       <c r="G168" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L168" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="E169" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F169" s="0"/>
       <c r="G169" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H169" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L169" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F170" s="0"/>
       <c r="G170" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H170" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="L170" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="E171" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F171" s="0"/>
       <c r="G171" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H171" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L171" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F172" s="0"/>
       <c r="G172" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H172" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
-        <v>262</v>
+        <v>124</v>
       </c>
       <c r="L172" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
       <c r="E173" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F173" s="0"/>
       <c r="G173" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H173" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L173" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>732</v>
+        <v>729</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="E174" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F174" s="0"/>
       <c r="G174" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H174" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L174" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
       <c r="E175" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F175" s="0"/>
       <c r="G175" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H175" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L175" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="E176" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F176" s="0"/>
       <c r="G176" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H176" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L176" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="E177" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F177" s="0"/>
       <c r="G177" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H177" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L177" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="E178" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F178" s="0"/>
       <c r="G178" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H178" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L178" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>752</v>
+        <v>749</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>753</v>
+        <v>750</v>
       </c>
       <c r="E179" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F179" s="0"/>
       <c r="G179" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L179" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="E180" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F180" s="0">
         <v>1100</v>
       </c>
       <c r="G180" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L180" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="E181" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F181" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G181" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L181" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
       <c r="E182" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F182" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G182" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L182" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="E183" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F183" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G183" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L183" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="E184" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F184" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G184" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
-        <v>262</v>
+        <v>31</v>
       </c>
       <c r="L184" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>776</v>
+        <v>773</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="E185" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F185" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G185" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H185" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L185" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="E186" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F186" s="0"/>
       <c r="G186" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L186" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
       <c r="E187" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F187" s="0"/>
       <c r="G187" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L187" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="E188" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F188" s="0"/>
       <c r="G188" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L188" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="E189" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F189" s="0"/>
       <c r="G189" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L189" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="E190" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F190" s="0"/>
       <c r="G190" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L190" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="D191" s="0">
         <v>5400.24</v>
       </c>
       <c r="E191" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F191" s="0" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="G191" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H191" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>802</v>
+        <v>799</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L191" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
       <c r="D192" s="0">
         <v>5400.28</v>
       </c>
       <c r="E192" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F192" s="0" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="G192" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H192" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L192" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="D193" s="0">
         <v>5300.26</v>
       </c>
       <c r="E193" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F193" s="0" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="G193" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H193" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L193" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="D194" s="0">
         <v>5303.22</v>
       </c>
       <c r="E194" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F194" s="0" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="G194" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H194" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L194" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>813</v>
+        <v>810</v>
       </c>
       <c r="D195" s="0">
         <v>5303.24</v>
       </c>
       <c r="E195" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F195" s="0" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="G195" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H195" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="L195" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="D196" s="0">
         <v>5120.16</v>
       </c>
       <c r="E196" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F196" s="0" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="G196" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H196" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L196" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="D197" s="0">
         <v>5120.18</v>
       </c>
       <c r="E197" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F197" s="0" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="G197" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H197" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L197" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="D198" s="0">
         <v>5110.36</v>
       </c>
       <c r="E198" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F198" s="0" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="G198" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H198" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>824</v>
+        <v>821</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L198" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
-        <v>825</v>
+        <v>822</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="D199" s="0">
         <v>5110.4</v>
       </c>
       <c r="E199" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F199" s="0" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="G199" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H199" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L199" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="D200" s="0">
         <v>5110.45</v>
       </c>
       <c r="E200" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F200" s="0" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="G200" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H200" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L200" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
       <c r="D201" s="0">
         <v>5110.5</v>
       </c>
       <c r="E201" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F201" s="0" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="G201" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H201" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L201" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="D202" s="0">
         <v>5303.18</v>
       </c>
       <c r="E202" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F202" s="0" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="G202" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H202" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L202" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="D203" s="0">
         <v>2010221</v>
       </c>
       <c r="E203" s="0" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="F203" s="0"/>
       <c r="G203" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H203" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L203" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="D204" s="0">
         <v>2010241</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="F204" s="0"/>
       <c r="G204" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H204" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L204" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="D205" s="0">
         <v>2010281</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="F205" s="0"/>
       <c r="G205" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H205" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L205" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>848</v>
+        <v>845</v>
       </c>
       <c r="D206" s="0">
         <v>2012181</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="F206" s="0"/>
       <c r="G206" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H206" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>849</v>
+        <v>846</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L206" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="D207" s="0">
         <v>5400.32</v>
       </c>
       <c r="E207" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F207" s="0" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="G207" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H207" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L207" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="D208" s="0">
         <v>5400.36</v>
       </c>
       <c r="E208" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F208" s="0" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="G208" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H208" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L208" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>856</v>
+        <v>853</v>
       </c>
       <c r="D209" s="0">
         <v>5120.2</v>
       </c>
       <c r="E209" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F209" s="0" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="G209" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H209" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>857</v>
+        <v>854</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L209" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
-        <v>858</v>
+        <v>855</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="D210" s="0">
         <v>5120.22</v>
       </c>
       <c r="E210" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F210" s="0" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="G210" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H210" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L210" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
       <c r="D211" s="0">
         <v>5303.2</v>
       </c>
       <c r="E211" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F211" s="0" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="G211" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H211" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L211" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="D212" s="0">
         <v>5030.4</v>
       </c>
       <c r="E212" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F212" s="0" t="s">
         <v>132</v>
       </c>
       <c r="G212" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H212" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L212" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="D213" s="0">
         <v>5314.32</v>
       </c>
       <c r="E213" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F213" s="0" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="G213" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H213" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L213" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="D214" s="0">
         <v>5540.38</v>
       </c>
       <c r="E214" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F214" s="0" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="G214" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H214" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L214" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="D215" s="0">
         <v>5110.18</v>
       </c>
       <c r="E215" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F215" s="0" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="G215" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H215" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L215" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
       <c r="D216" s="0">
         <v>5110.2</v>
       </c>
       <c r="E216" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F216" s="0" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="G216" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H216" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L216" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
       <c r="D217" s="0">
         <v>5110.22</v>
       </c>
       <c r="E217" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F217" s="0" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="G217" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H217" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L217" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="D218" s="0">
         <v>5110.24</v>
       </c>
       <c r="E218" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F218" s="0" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="G218" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H218" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L218" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="D219" s="0">
         <v>5110.28</v>
       </c>
       <c r="E219" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F219" s="0" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="G219" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H219" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L219" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
       <c r="D220" s="0" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="E220" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F220" s="0"/>
       <c r="G220" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H220" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L220" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="E221" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F221" s="0"/>
       <c r="G221" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H221" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L221" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="D222" s="0">
         <v>5550.38</v>
       </c>
       <c r="E222" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F222" s="0"/>
       <c r="G222" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H222" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L222" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
       <c r="D223" s="0">
         <v>5023.34</v>
       </c>
       <c r="E223" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F223" s="0" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="G223" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H223" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L223" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="D224" s="0">
         <v>5023.37</v>
       </c>
       <c r="E224" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F224" s="0" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="G224" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H224" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L224" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="E225" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F225" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G225" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H225" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="L225" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
       <c r="E226" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F226" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G226" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H226" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>911</v>
+        <v>908</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L226" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="D227" s="0">
         <v>5300.18</v>
       </c>
       <c r="E227" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F227" s="0" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="G227" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H227" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>914</v>
+        <v>911</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L227" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
-        <v>915</v>
+        <v>912</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>916</v>
+        <v>913</v>
       </c>
       <c r="D228" s="0">
         <v>5400.2</v>
       </c>
       <c r="E228" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F228" s="0" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="G228" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H228" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L228" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
       <c r="D229" s="0">
         <v>5300.22</v>
       </c>
       <c r="E229" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F229" s="0" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="G229" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H229" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>920</v>
+        <v>917</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L229" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>923</v>
+        <v>920</v>
       </c>
       <c r="E230" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F230" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G230" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H230" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>924</v>
+        <v>921</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L230" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="D231" s="0">
         <v>8180.28</v>
       </c>
       <c r="E231" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F231" s="0" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="G231" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H231" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L231" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="D232" s="0">
         <v>8180.32</v>
       </c>
       <c r="E232" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F232" s="0" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="G232" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H232" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L232" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="D233" s="0">
         <v>8180.36</v>
       </c>
       <c r="E233" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F233" s="0" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="G233" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H233" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L233" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="D234" s="0">
         <v>8140.14</v>
       </c>
       <c r="E234" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F234" s="0"/>
       <c r="G234" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H234" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L234" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
       <c r="D235" s="0">
         <v>8185.22</v>
       </c>
       <c r="E235" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F235" s="0" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="G235" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H235" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L235" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="D236" s="0">
         <v>8185.26</v>
       </c>
       <c r="E236" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F236" s="0" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="G236" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H236" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L236" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
       <c r="D237" s="0">
         <v>8184.38</v>
       </c>
       <c r="E237" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F237" s="0" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="G237" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H237" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L237" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>948</v>
+        <v>945</v>
       </c>
       <c r="D238" s="0">
         <v>8180.2</v>
       </c>
       <c r="E238" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F238" s="0" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="G238" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H238" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L238" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
       <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
       <c r="D239" s="0">
         <v>8180.22</v>
       </c>
       <c r="E239" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F239" s="0" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="G239" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H239" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>952</v>
+        <v>949</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L239" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
       <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>954</v>
+        <v>951</v>
       </c>
       <c r="D240" s="0">
         <v>8180.24</v>
       </c>
       <c r="E240" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F240" s="0" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="G240" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H240" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>955</v>
+        <v>952</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L240" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>957</v>
+        <v>954</v>
       </c>
       <c r="D241" s="0">
         <v>8180.26</v>
       </c>
       <c r="E241" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F241" s="0" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="G241" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H241" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L241" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
-        <v>959</v>
+        <v>956</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>960</v>
+        <v>957</v>
       </c>
       <c r="D242" s="0">
         <v>8180.3</v>
       </c>
       <c r="E242" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F242" s="0" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="G242" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H242" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L242" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="A243" s="0"/>
       <c r="B243" s="0" t="s">
-        <v>962</v>
+        <v>959</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="D243" s="0">
         <v>8181.32</v>
       </c>
       <c r="E243" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F243" s="0" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="G243" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H243" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I243" s="1" t="s">
         <v>84</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L243" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
       <c r="D244" s="0">
         <v>8181.36</v>
       </c>
       <c r="E244" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F244" s="0" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="G244" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H244" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L244" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="D245" s="0" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="E245" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F245" s="0"/>
       <c r="G245" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H245" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L245" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="A246" s="0"/>
       <c r="B246" s="0" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="D246" s="0" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="E246" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F246" s="0"/>
       <c r="G246" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H246" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L246" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
       <c r="A247" s="0"/>
       <c r="B247" s="0" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>973</v>
+        <v>970</v>
       </c>
       <c r="D247" s="0" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
       <c r="E247" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F247" s="0"/>
       <c r="G247" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H247" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L247" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="A248" s="0"/>
       <c r="B248" s="0" t="s">
-        <v>976</v>
+        <v>973</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>977</v>
+        <v>974</v>
       </c>
       <c r="D248" s="0" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="E248" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F248" s="0"/>
       <c r="G248" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H248" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="L248" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
       <c r="A249" s="0"/>
       <c r="B249" s="0" t="s">
-        <v>980</v>
+        <v>977</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>981</v>
+        <v>978</v>
       </c>
       <c r="D249" s="0" t="s">
-        <v>982</v>
+        <v>979</v>
       </c>
       <c r="E249" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F249" s="0"/>
       <c r="G249" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H249" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>983</v>
+        <v>980</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L249" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
       <c r="A250" s="0"/>
       <c r="B250" s="0" t="s">
-        <v>984</v>
+        <v>981</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>985</v>
+        <v>982</v>
       </c>
       <c r="D250" s="0" t="s">
-        <v>986</v>
+        <v>983</v>
       </c>
       <c r="E250" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F250" s="0"/>
       <c r="G250" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H250" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>987</v>
+        <v>984</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L250" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="A251" s="0"/>
       <c r="B251" s="0" t="s">
-        <v>988</v>
+        <v>985</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>989</v>
+        <v>986</v>
       </c>
       <c r="D251" s="0" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
       <c r="E251" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F251" s="0"/>
       <c r="G251" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H251" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>991</v>
+        <v>988</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L251" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
       <c r="A252" s="0"/>
       <c r="B252" s="0" t="s">
-        <v>992</v>
+        <v>989</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>993</v>
+        <v>990</v>
       </c>
       <c r="D252" s="0" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
       <c r="E252" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F252" s="0"/>
       <c r="G252" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H252" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>995</v>
+        <v>992</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L252" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="A253" s="0"/>
       <c r="B253" s="0" t="s">
-        <v>996</v>
+        <v>993</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>997</v>
+        <v>994</v>
       </c>
       <c r="D253" s="0" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="E253" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F253" s="0"/>
       <c r="G253" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H253" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>999</v>
+        <v>996</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L253" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="A254" s="0"/>
       <c r="B254" s="0" t="s">
-        <v>1000</v>
+        <v>997</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>1001</v>
+        <v>998</v>
       </c>
       <c r="D254" s="0" t="s">
-        <v>1002</v>
+        <v>999</v>
       </c>
       <c r="E254" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F254" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G254" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H254" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>1003</v>
+        <v>1000</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
-        <v>262</v>
+        <v>124</v>
       </c>
       <c r="L254" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="A255" s="0"/>
       <c r="B255" s="0" t="s">
-        <v>1004</v>
+        <v>1001</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>1005</v>
+        <v>1002</v>
       </c>
       <c r="D255" s="0" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="E255" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F255" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G255" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H255" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L255" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="A256" s="0"/>
       <c r="B256" s="0" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>1009</v>
+        <v>1006</v>
       </c>
       <c r="D256" s="0">
         <v>669420</v>
       </c>
       <c r="E256" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F256" s="0" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="G256" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H256" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>1011</v>
+        <v>1008</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L256" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="A257" s="0"/>
       <c r="B257" s="0" t="s">
-        <v>1012</v>
+        <v>1009</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>1013</v>
+        <v>1010</v>
       </c>
       <c r="D257" s="0" t="s">
-        <v>1014</v>
+        <v>1011</v>
       </c>
       <c r="E257" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F257" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G257" s="0" t="s">
-        <v>1015</v>
+        <v>1012</v>
       </c>
       <c r="H257" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>1016</v>
+        <v>1013</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="L257" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="A258" s="0"/>
       <c r="B258" s="0" t="s">
-        <v>1018</v>
+        <v>1015</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>1019</v>
+        <v>1016</v>
       </c>
       <c r="D258" s="0" t="s">
-        <v>1020</v>
+        <v>1017</v>
       </c>
       <c r="E258" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F258" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G258" s="0" t="s">
-        <v>1015</v>
+        <v>1012</v>
       </c>
       <c r="H258" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>1021</v>
+        <v>1018</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
-        <v>1022</v>
+        <v>1019</v>
       </c>
       <c r="L258" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="A259" s="0"/>
       <c r="B259" s="0" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>1024</v>
+        <v>1021</v>
       </c>
       <c r="D259" s="0" t="s">
-        <v>1025</v>
+        <v>1022</v>
       </c>
       <c r="E259" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F259" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G259" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H259" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L259" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
       <c r="A260" s="0"/>
       <c r="B260" s="0" t="s">
-        <v>1027</v>
+        <v>1024</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="D260" s="0" t="s">
-        <v>1029</v>
+        <v>1026</v>
       </c>
       <c r="E260" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F260" s="0"/>
       <c r="G260" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H260" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>1030</v>
+        <v>1027</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L260" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
       <c r="A261" s="0"/>
       <c r="B261" s="0" t="s">
-        <v>1031</v>
+        <v>1028</v>
       </c>
       <c r="C261" s="0" t="s">
-        <v>1032</v>
+        <v>1029</v>
       </c>
       <c r="D261" s="0">
         <v>665136</v>
       </c>
       <c r="E261" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F261" s="0" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="G261" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H261" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>1033</v>
+        <v>1030</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L261" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="A262" s="0"/>
       <c r="B262" s="0" t="s">
-        <v>1034</v>
+        <v>1031</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
       <c r="D262" s="0" t="s">
-        <v>1036</v>
+        <v>1033</v>
       </c>
       <c r="E262" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F262" s="0"/>
       <c r="G262" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H262" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L262" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
       <c r="A263" s="0"/>
       <c r="B263" s="0" t="s">
-        <v>1038</v>
+        <v>1035</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D263" s="0" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
       <c r="E263" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F263" s="0"/>
       <c r="G263" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H263" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L263" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="A264" s="0"/>
       <c r="B264" s="0" t="s">
-        <v>1042</v>
+        <v>1039</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="D264" s="0" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
       <c r="E264" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F264" s="0"/>
       <c r="G264" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H264" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>1045</v>
+        <v>1042</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L264" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
       <c r="A265" s="0"/>
       <c r="B265" s="0" t="s">
-        <v>1046</v>
+        <v>1043</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>1047</v>
+        <v>1044</v>
       </c>
       <c r="D265" s="0">
         <v>665116</v>
       </c>
       <c r="E265" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F265" s="0" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="G265" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H265" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>1048</v>
+        <v>1045</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
-        <v>499</v>
+        <v>365</v>
       </c>
       <c r="L265" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
       <c r="A266" s="0"/>
       <c r="B266" s="0" t="s">
-        <v>1049</v>
+        <v>1046</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>1050</v>
+        <v>1047</v>
       </c>
       <c r="D266" s="0">
         <v>665122</v>
       </c>
       <c r="E266" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F266" s="0" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="G266" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H266" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>1051</v>
+        <v>1048</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
-        <v>44</v>
+        <v>89</v>
       </c>
       <c r="L266" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
       <c r="A267" s="0"/>
       <c r="B267" s="0" t="s">
-        <v>1052</v>
+        <v>1049</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>1053</v>
+        <v>1050</v>
       </c>
       <c r="D267" s="0">
         <v>665132</v>
       </c>
       <c r="E267" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F267" s="0" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="G267" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H267" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>1054</v>
+        <v>1051</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
-        <v>367</v>
+        <v>124</v>
       </c>
       <c r="L267" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
       <c r="A268" s="0"/>
       <c r="B268" s="0" t="s">
-        <v>1055</v>
+        <v>1052</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="D268" s="0">
         <v>665140</v>
       </c>
       <c r="E268" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F268" s="0" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="G268" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H268" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>1057</v>
+        <v>1054</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L268" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="80">
       <c r="A269" s="0"/>
       <c r="B269" s="0" t="s">
-        <v>1058</v>
+        <v>1055</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>1059</v>
+        <v>1056</v>
       </c>
       <c r="D269" s="0">
         <v>2022251</v>
       </c>
       <c r="E269" s="0" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="F269" s="0"/>
       <c r="G269" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H269" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>1060</v>
+        <v>1057</v>
       </c>
       <c r="J269" s="0"/>
       <c r="K269" s="0" t="s">
-        <v>262</v>
+        <v>89</v>
       </c>
       <c r="L269" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="80">
       <c r="A270" s="0"/>
       <c r="B270" s="0" t="s">
-        <v>1061</v>
+        <v>1058</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>1062</v>
+        <v>1059</v>
       </c>
       <c r="D270" s="0">
         <v>2022301</v>
       </c>
       <c r="E270" s="0" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="F270" s="0"/>
       <c r="G270" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H270" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>1063</v>
+        <v>1060</v>
       </c>
       <c r="J270" s="0"/>
       <c r="K270" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L270" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="80">
       <c r="A271" s="0"/>
       <c r="B271" s="0" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="D271" s="0">
         <v>6224.24</v>
       </c>
       <c r="E271" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F271" s="0" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="G271" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H271" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="J271" s="0"/>
       <c r="K271" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L271" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="80">
       <c r="A272" s="0"/>
       <c r="B272" s="0" t="s">
-        <v>1068</v>
+        <v>1065</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>1069</v>
+        <v>1066</v>
       </c>
       <c r="D272" s="0" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="E272" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F272" s="0"/>
       <c r="G272" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H272" s="0" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>1072</v>
+        <v>1069</v>
       </c>
       <c r="J272" s="0"/>
       <c r="K272" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L272" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="80">
       <c r="A273" s="0"/>
       <c r="B273" s="0" t="s">
-        <v>1073</v>
+        <v>1070</v>
       </c>
       <c r="C273" s="0" t="s">
-        <v>1074</v>
+        <v>1071</v>
       </c>
       <c r="D273" s="0">
         <v>907528</v>
       </c>
       <c r="E273" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F273" s="0" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="G273" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H273" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>1075</v>
+        <v>1072</v>
       </c>
       <c r="J273" s="0"/>
       <c r="K273" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L273" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="80">
       <c r="A274" s="0"/>
       <c r="B274" s="0" t="s">
-        <v>1076</v>
+        <v>1073</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>1077</v>
+        <v>1074</v>
       </c>
       <c r="D274" s="0">
         <v>669424</v>
       </c>
       <c r="E274" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F274" s="0" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="G274" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H274" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>1078</v>
+        <v>1075</v>
       </c>
       <c r="J274" s="0"/>
       <c r="K274" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L274" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="80">
       <c r="B275" s="0" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="C275" s="0" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="D275" s="0" t="s">
-        <v>1081</v>
+        <v>1078</v>
       </c>
       <c r="E275" s="0"/>
       <c r="F275" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G275" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H275" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="J275" s="0"/>
       <c r="K275" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L275" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="80">
       <c r="A276" s="0"/>
       <c r="B276" s="0" t="s">
-        <v>1083</v>
+        <v>1080</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>1084</v>
+        <v>1081</v>
       </c>
       <c r="D276" s="0" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="E276" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F276" s="0"/>
       <c r="G276" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H276" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>1086</v>
+        <v>1083</v>
       </c>
       <c r="J276" s="0"/>
       <c r="K276" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L276" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="80">
       <c r="A277" s="0"/>
       <c r="B277" s="0" t="s">
-        <v>1087</v>
+        <v>1084</v>
       </c>
       <c r="C277" s="0" t="s">
-        <v>1088</v>
+        <v>1085</v>
       </c>
       <c r="D277" s="0" t="s">
-        <v>1089</v>
+        <v>1086</v>
       </c>
       <c r="E277" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F277" s="0"/>
       <c r="G277" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H277" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>1090</v>
+        <v>1087</v>
       </c>
       <c r="J277" s="0"/>
       <c r="K277" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L277" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="80">
       <c r="A278" s="0"/>
       <c r="B278" s="0" t="s">
-        <v>1091</v>
+        <v>1088</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="D278" s="0">
         <v>666128</v>
       </c>
       <c r="E278" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F278" s="0" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="G278" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H278" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>1093</v>
+        <v>1090</v>
       </c>
       <c r="J278" s="0"/>
       <c r="K278" s="0" t="s">
-        <v>304</v>
+        <v>89</v>
       </c>
       <c r="L278" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="80">
       <c r="A279" s="0"/>
       <c r="B279" s="0" t="s">
-        <v>1094</v>
+        <v>1091</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>1095</v>
+        <v>1092</v>
       </c>
       <c r="D279" s="0">
         <v>676128</v>
       </c>
       <c r="E279" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F279" s="0" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="G279" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H279" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>1096</v>
+        <v>1093</v>
       </c>
       <c r="J279" s="0"/>
       <c r="K279" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L279" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="80">
       <c r="A280" s="0"/>
       <c r="B280" s="0" t="s">
-        <v>1097</v>
+        <v>1094</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>1098</v>
+        <v>1095</v>
       </c>
       <c r="D280" s="0" t="s">
-        <v>1099</v>
+        <v>1096</v>
       </c>
       <c r="E280" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F280" s="0"/>
       <c r="G280" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H280" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="J280" s="0"/>
       <c r="K280" s="0" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="L280" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="80">
       <c r="A281" s="0"/>
       <c r="B281" s="0" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>1103</v>
+        <v>1100</v>
       </c>
       <c r="D281" s="0" t="s">
-        <v>1104</v>
+        <v>1101</v>
       </c>
       <c r="E281" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F281" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G281" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H281" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="J281" s="0"/>
       <c r="K281" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L281" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="80">
       <c r="A282" s="0"/>
       <c r="B282" s="0" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="D282" s="0" t="s">
-        <v>1108</v>
+        <v>1105</v>
       </c>
       <c r="E282" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F282" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G282" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H282" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>1109</v>
+        <v>1106</v>
       </c>
       <c r="J282" s="0"/>
       <c r="K282" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L282" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="80">
       <c r="A283" s="0"/>
       <c r="B283" s="0" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>1111</v>
+        <v>1108</v>
       </c>
       <c r="D283" s="0" t="s">
-        <v>1112</v>
+        <v>1109</v>
       </c>
       <c r="E283" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F283" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G283" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H283" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="J283" s="0"/>
       <c r="K283" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L283" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="80">
       <c r="A284" s="0"/>
       <c r="B284" s="0" t="s">
-        <v>1114</v>
+        <v>1111</v>
       </c>
       <c r="C284" s="0" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="D284" s="0">
         <v>678520</v>
       </c>
       <c r="E284" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F284" s="0" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="G284" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H284" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>1117</v>
+        <v>1114</v>
       </c>
       <c r="J284" s="0"/>
       <c r="K284" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L284" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="80">
       <c r="A285" s="0"/>
       <c r="B285" s="0" t="s">
-        <v>1118</v>
+        <v>1115</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="D285" s="0">
         <v>678524</v>
       </c>
       <c r="E285" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F285" s="0" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="G285" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H285" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>1120</v>
+        <v>1117</v>
       </c>
       <c r="J285" s="0"/>
       <c r="K285" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L285" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="80">
       <c r="A286" s="0"/>
       <c r="B286" s="0" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="C286" s="0" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="D286" s="0">
         <v>678528</v>
       </c>
       <c r="E286" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F286" s="0" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="G286" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H286" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>1123</v>
+        <v>1120</v>
       </c>
       <c r="J286" s="0"/>
       <c r="K286" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L286" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="80">
       <c r="A287" s="0"/>
       <c r="B287" s="0" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="C287" s="0" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="D287" s="0">
         <v>678532</v>
       </c>
       <c r="E287" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F287" s="0" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="G287" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H287" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>1126</v>
+        <v>1123</v>
       </c>
       <c r="J287" s="0"/>
       <c r="K287" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L287" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="80">
       <c r="A288" s="0"/>
       <c r="B288" s="0" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="C288" s="0" t="s">
-        <v>1128</v>
+        <v>1125</v>
       </c>
       <c r="D288" s="0" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
       <c r="E288" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F288" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G288" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H288" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
       <c r="J288" s="0"/>
       <c r="K288" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L288" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="80">
       <c r="A289" s="0"/>
       <c r="B289" s="0" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>1132</v>
+        <v>1129</v>
       </c>
       <c r="D289" s="0" t="s">
-        <v>1133</v>
+        <v>1130</v>
       </c>
       <c r="E289" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F289" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G289" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H289" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="J289" s="0"/>
       <c r="K289" s="0" t="s">
-        <v>1135</v>
+        <v>302</v>
       </c>
       <c r="L289" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="80">
       <c r="A290" s="0"/>
       <c r="B290" s="0" t="s">
-        <v>1136</v>
+        <v>1132</v>
       </c>
       <c r="C290" s="0" t="s">
-        <v>1137</v>
+        <v>1133</v>
       </c>
       <c r="D290" s="0" t="s">
-        <v>1138</v>
+        <v>1134</v>
       </c>
       <c r="E290" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F290" s="0"/>
       <c r="G290" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H290" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I290" s="1" t="s">
-        <v>1139</v>
+        <v>1135</v>
       </c>
       <c r="J290" s="0"/>
       <c r="K290" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L290" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="80">
       <c r="A291" s="0"/>
       <c r="B291" s="0" t="s">
-        <v>1140</v>
+        <v>1136</v>
       </c>
       <c r="C291" s="0" t="s">
-        <v>1141</v>
+        <v>1137</v>
       </c>
       <c r="D291" s="0" t="s">
-        <v>1142</v>
+        <v>1138</v>
       </c>
       <c r="E291" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F291" s="0"/>
       <c r="G291" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H291" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>1143</v>
+        <v>1139</v>
       </c>
       <c r="J291" s="0"/>
       <c r="K291" s="0" t="s">
-        <v>124</v>
+        <v>302</v>
       </c>
       <c r="L291" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="80">
       <c r="A292" s="0"/>
       <c r="B292" s="0" t="s">
-        <v>1144</v>
+        <v>1140</v>
       </c>
       <c r="C292" s="0" t="s">
-        <v>1145</v>
+        <v>1141</v>
       </c>
       <c r="D292" s="0" t="s">
-        <v>1146</v>
+        <v>1142</v>
       </c>
       <c r="E292" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F292" s="0"/>
       <c r="G292" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H292" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>1147</v>
+        <v>1143</v>
       </c>
       <c r="J292" s="0"/>
       <c r="K292" s="0" t="s">
-        <v>304</v>
+        <v>20</v>
       </c>
       <c r="L292" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="80">
       <c r="A293" s="0"/>
       <c r="B293" s="0" t="s">
-        <v>1148</v>
+        <v>1144</v>
       </c>
       <c r="C293" s="0" t="s">
-        <v>1149</v>
+        <v>1145</v>
       </c>
       <c r="D293" s="0" t="s">
-        <v>1150</v>
+        <v>1146</v>
       </c>
       <c r="E293" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F293" s="0"/>
       <c r="G293" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H293" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>1151</v>
+        <v>1147</v>
       </c>
       <c r="J293" s="0"/>
       <c r="K293" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L293" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="80">
       <c r="A294" s="0"/>
       <c r="B294" s="0" t="s">
-        <v>1152</v>
+        <v>1148</v>
       </c>
       <c r="C294" s="0" t="s">
-        <v>1153</v>
+        <v>1149</v>
       </c>
       <c r="D294" s="0" t="s">
-        <v>1154</v>
+        <v>1150</v>
       </c>
       <c r="E294" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F294" s="0"/>
       <c r="G294" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H294" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I294" s="1" t="s">
-        <v>1155</v>
+        <v>1151</v>
       </c>
       <c r="J294" s="0"/>
       <c r="K294" s="0" t="s">
-        <v>85</v>
+        <v>31</v>
       </c>
       <c r="L294" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="80">
       <c r="A295" s="0"/>
       <c r="B295" s="0" t="s">
-        <v>1156</v>
+        <v>1152</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>1157</v>
+        <v>1153</v>
       </c>
       <c r="D295" s="0" t="s">
-        <v>1158</v>
+        <v>1154</v>
       </c>
       <c r="E295" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F295" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G295" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H295" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>1159</v>
+        <v>1155</v>
       </c>
       <c r="J295" s="0"/>
       <c r="K295" s="0" t="s">
-        <v>1160</v>
+        <v>1156</v>
       </c>
       <c r="L295" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="80">
       <c r="A296" s="0"/>
       <c r="B296" s="0" t="s">
-        <v>1161</v>
+        <v>1157</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>1162</v>
+        <v>1158</v>
       </c>
       <c r="D296" s="0" t="s">
-        <v>1163</v>
+        <v>1159</v>
       </c>
       <c r="E296" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F296" s="0"/>
       <c r="G296" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H296" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>1164</v>
+        <v>1160</v>
       </c>
       <c r="J296" s="0"/>
       <c r="K296" s="0" t="s">
-        <v>367</v>
+        <v>98</v>
       </c>
       <c r="L296" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="80">
       <c r="A297" s="0"/>
       <c r="B297" s="0" t="s">
-        <v>1165</v>
+        <v>1161</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>1166</v>
+        <v>1162</v>
       </c>
       <c r="D297" s="0" t="s">
-        <v>1167</v>
+        <v>1163</v>
       </c>
       <c r="E297" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F297" s="0"/>
       <c r="G297" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H297" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>1168</v>
+        <v>1164</v>
       </c>
       <c r="J297" s="0"/>
       <c r="K297" s="0" t="s">
-        <v>85</v>
+        <v>31</v>
       </c>
       <c r="L297" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="80">
       <c r="A298" s="0"/>
       <c r="B298" s="0" t="s">
-        <v>1169</v>
+        <v>1165</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>1170</v>
+        <v>1166</v>
       </c>
       <c r="D298" s="0" t="s">
-        <v>1171</v>
+        <v>1167</v>
       </c>
       <c r="E298" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F298" s="0"/>
       <c r="G298" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H298" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I298" s="1" t="s">
-        <v>1172</v>
+        <v>1168</v>
       </c>
       <c r="J298" s="0"/>
       <c r="K298" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L298" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="80">
       <c r="A299" s="0"/>
       <c r="B299" s="0" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="C299" s="0" t="s">
-        <v>1174</v>
+        <v>1170</v>
       </c>
       <c r="D299" s="0" t="s">
-        <v>1175</v>
+        <v>1171</v>
       </c>
       <c r="E299" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F299" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G299" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H299" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I299" s="1" t="s">
-        <v>1176</v>
+        <v>1172</v>
       </c>
       <c r="J299" s="0"/>
       <c r="K299" s="0" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="L299" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="80">
       <c r="A300" s="0"/>
       <c r="B300" s="0" t="s">
-        <v>1177</v>
+        <v>1173</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>1178</v>
+        <v>1174</v>
       </c>
       <c r="D300" s="0" t="s">
-        <v>1179</v>
+        <v>1175</v>
       </c>
       <c r="E300" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F300" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G300" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H300" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I300" s="1" t="s">
-        <v>1180</v>
+        <v>1176</v>
       </c>
       <c r="J300" s="0"/>
       <c r="K300" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L300" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="80">
       <c r="A301" s="0"/>
       <c r="B301" s="0" t="s">
-        <v>1181</v>
+        <v>1177</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>1182</v>
+        <v>1178</v>
       </c>
       <c r="D301" s="0" t="s">
-        <v>1183</v>
+        <v>1179</v>
       </c>
       <c r="E301" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F301" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G301" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H301" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I301" s="1" t="s">
-        <v>1184</v>
+        <v>1180</v>
       </c>
       <c r="J301" s="0"/>
       <c r="K301" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L301" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="80">
       <c r="A302" s="0"/>
       <c r="B302" s="0" t="s">
-        <v>1185</v>
+        <v>1181</v>
       </c>
       <c r="C302" s="0" t="s">
-        <v>1186</v>
+        <v>1182</v>
       </c>
       <c r="D302" s="0" t="s">
-        <v>1187</v>
+        <v>1183</v>
       </c>
       <c r="E302" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F302" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G302" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H302" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I302" s="1" t="s">
-        <v>1188</v>
+        <v>1184</v>
       </c>
       <c r="J302" s="0"/>
       <c r="K302" s="0" t="s">
-        <v>499</v>
+        <v>98</v>
       </c>
       <c r="L302" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="80">
       <c r="A303" s="0"/>
       <c r="B303" s="0" t="s">
-        <v>1189</v>
+        <v>1185</v>
       </c>
       <c r="C303" s="0" t="s">
-        <v>1190</v>
+        <v>1186</v>
       </c>
       <c r="D303" s="0" t="s">
-        <v>1191</v>
+        <v>1187</v>
       </c>
       <c r="E303" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F303" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G303" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H303" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I303" s="1" t="s">
-        <v>1192</v>
+        <v>1188</v>
       </c>
       <c r="J303" s="0"/>
       <c r="K303" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L303" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="80">
       <c r="A304" s="0"/>
       <c r="B304" s="0" t="s">
-        <v>1193</v>
+        <v>1189</v>
       </c>
       <c r="C304" s="0" t="s">
-        <v>1194</v>
+        <v>1190</v>
       </c>
       <c r="D304" s="0" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="E304" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F304" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G304" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H304" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I304" s="1" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="J304" s="0"/>
       <c r="K304" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L304" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="80">
       <c r="A305" s="0"/>
       <c r="B305" s="0" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="C305" s="0" t="s">
-        <v>1198</v>
+        <v>1194</v>
       </c>
       <c r="D305" s="0" t="s">
-        <v>1199</v>
+        <v>1195</v>
       </c>
       <c r="E305" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F305" s="0"/>
       <c r="G305" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H305" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I305" s="1" t="s">
-        <v>1200</v>
+        <v>1196</v>
       </c>
       <c r="J305" s="0"/>
       <c r="K305" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L305" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="80">
       <c r="A306" s="0"/>
       <c r="B306" s="0" t="s">
-        <v>1201</v>
+        <v>1197</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>1202</v>
+        <v>1198</v>
       </c>
       <c r="D306" s="0" t="s">
-        <v>1203</v>
+        <v>1199</v>
       </c>
       <c r="E306" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F306" s="0"/>
       <c r="G306" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H306" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>1204</v>
+        <v>1200</v>
       </c>
       <c r="J306" s="0"/>
       <c r="K306" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L306" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="80">
       <c r="A307" s="0"/>
       <c r="B307" s="0" t="s">
-        <v>1205</v>
+        <v>1201</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>1206</v>
+        <v>1202</v>
       </c>
       <c r="D307" s="0" t="s">
-        <v>1207</v>
+        <v>1203</v>
       </c>
       <c r="E307" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F307" s="0"/>
       <c r="G307" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H307" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I307" s="1" t="s">
-        <v>1208</v>
+        <v>1204</v>
       </c>
       <c r="J307" s="0"/>
       <c r="K307" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L307" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="308" spans="1:12" customHeight="1" ht="80">
       <c r="A308" s="0"/>
       <c r="B308" s="0" t="s">
-        <v>1209</v>
+        <v>1205</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>1210</v>
+        <v>1206</v>
       </c>
       <c r="D308" s="0" t="s">
-        <v>1211</v>
+        <v>1207</v>
       </c>
       <c r="E308" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F308" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G308" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H308" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I308" s="1" t="s">
-        <v>1212</v>
+        <v>1208</v>
       </c>
       <c r="J308" s="0"/>
       <c r="K308" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L308" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="80">
       <c r="A309" s="0"/>
       <c r="B309" s="0" t="s">
-        <v>1213</v>
+        <v>1209</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>1214</v>
+        <v>1210</v>
       </c>
       <c r="D309" s="0" t="s">
-        <v>1215</v>
+        <v>1211</v>
       </c>
       <c r="E309" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F309" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G309" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H309" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>1216</v>
+        <v>1212</v>
       </c>
       <c r="J309" s="0"/>
       <c r="K309" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L309" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="80">
       <c r="A310" s="0"/>
       <c r="B310" s="0" t="s">
-        <v>1217</v>
+        <v>1213</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>1218</v>
+        <v>1214</v>
       </c>
       <c r="D310" s="0" t="s">
-        <v>1219</v>
+        <v>1215</v>
       </c>
       <c r="E310" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F310" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G310" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H310" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I310" s="1" t="s">
-        <v>1220</v>
+        <v>1216</v>
       </c>
       <c r="J310" s="0"/>
       <c r="K310" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L310" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="80">
       <c r="A311" s="0"/>
       <c r="B311" s="0" t="s">
-        <v>1221</v>
+        <v>1217</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>1222</v>
+        <v>1218</v>
       </c>
       <c r="D311" s="0" t="s">
-        <v>1223</v>
+        <v>1219</v>
       </c>
       <c r="E311" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F311" s="0"/>
       <c r="G311" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H311" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>1224</v>
+        <v>1220</v>
       </c>
       <c r="J311" s="0"/>
       <c r="K311" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L311" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="80">
       <c r="A312" s="0"/>
       <c r="B312" s="0" t="s">
-        <v>1225</v>
+        <v>1221</v>
       </c>
       <c r="C312" s="0" t="s">
-        <v>1226</v>
+        <v>1222</v>
       </c>
       <c r="D312" s="0" t="s">
-        <v>1227</v>
+        <v>1223</v>
       </c>
       <c r="E312" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F312" s="0"/>
       <c r="G312" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H312" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>1228</v>
+        <v>1224</v>
       </c>
       <c r="J312" s="0"/>
       <c r="K312" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L312" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="80">
       <c r="A313" s="0"/>
       <c r="B313" s="0" t="s">
-        <v>1229</v>
+        <v>1225</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>1230</v>
+        <v>1226</v>
       </c>
       <c r="D313" s="0" t="s">
-        <v>1231</v>
+        <v>1227</v>
       </c>
       <c r="E313" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F313" s="0"/>
       <c r="G313" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H313" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>1232</v>
+        <v>1228</v>
       </c>
       <c r="J313" s="0"/>
       <c r="K313" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L313" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="80">
       <c r="A314" s="0"/>
       <c r="B314" s="0" t="s">
-        <v>1233</v>
+        <v>1229</v>
       </c>
       <c r="C314" s="0" t="s">
-        <v>1234</v>
+        <v>1230</v>
       </c>
       <c r="D314" s="0" t="s">
-        <v>1235</v>
+        <v>1231</v>
       </c>
       <c r="E314" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F314" s="0"/>
       <c r="G314" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H314" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I314" s="1" t="s">
-        <v>1236</v>
+        <v>1232</v>
       </c>
       <c r="J314" s="0"/>
       <c r="K314" s="0" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="L314" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:12" customHeight="1" ht="80">
       <c r="A315" s="0"/>
       <c r="B315" s="0" t="s">
-        <v>1237</v>
+        <v>1233</v>
       </c>
       <c r="C315" s="0" t="s">
-        <v>1238</v>
+        <v>1234</v>
       </c>
       <c r="D315" s="0" t="s">
-        <v>1239</v>
+        <v>1235</v>
       </c>
       <c r="E315" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F315" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G315" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H315" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I315" s="1" t="s">
-        <v>1240</v>
+        <v>1236</v>
       </c>
       <c r="J315" s="0"/>
       <c r="K315" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L315" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="316" spans="1:12" customHeight="1" ht="80">
       <c r="A316" s="0"/>
       <c r="B316" s="0" t="s">
-        <v>1241</v>
+        <v>1237</v>
       </c>
       <c r="C316" s="0" t="s">
-        <v>1242</v>
+        <v>1238</v>
       </c>
       <c r="D316" s="0" t="s">
-        <v>1243</v>
+        <v>1239</v>
       </c>
       <c r="E316" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F316" s="0"/>
       <c r="G316" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H316" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I316" s="1" t="s">
-        <v>1244</v>
+        <v>1240</v>
       </c>
       <c r="J316" s="0"/>
       <c r="K316" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L316" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="80">
       <c r="A317" s="0"/>
       <c r="B317" s="0" t="s">
-        <v>1245</v>
+        <v>1241</v>
       </c>
       <c r="C317" s="0" t="s">
-        <v>1246</v>
+        <v>1242</v>
       </c>
       <c r="D317" s="0" t="s">
-        <v>1247</v>
+        <v>1243</v>
       </c>
       <c r="E317" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F317" s="0"/>
       <c r="G317" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H317" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>1248</v>
+        <v>1244</v>
       </c>
       <c r="J317" s="0"/>
       <c r="K317" s="0" t="s">
-        <v>1249</v>
+        <v>360</v>
       </c>
       <c r="L317" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="80">
       <c r="A318" s="0"/>
       <c r="B318" s="0" t="s">
-        <v>1250</v>
+        <v>1245</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>1251</v>
+        <v>1246</v>
       </c>
       <c r="D318" s="0" t="s">
-        <v>1252</v>
+        <v>1247</v>
       </c>
       <c r="E318" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F318" s="0"/>
       <c r="G318" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H318" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>1253</v>
+        <v>1248</v>
       </c>
       <c r="J318" s="0"/>
       <c r="K318" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L318" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:12" customHeight="1" ht="80">
       <c r="A319" s="0"/>
       <c r="B319" s="0" t="s">
-        <v>1254</v>
+        <v>1249</v>
       </c>
       <c r="C319" s="0" t="s">
-        <v>1255</v>
+        <v>1250</v>
       </c>
       <c r="D319" s="0" t="s">
-        <v>1256</v>
+        <v>1251</v>
       </c>
       <c r="E319" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F319" s="0"/>
       <c r="G319" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H319" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I319" s="1" t="s">
-        <v>1257</v>
+        <v>1252</v>
       </c>
       <c r="J319" s="0"/>
       <c r="K319" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L319" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="80">
       <c r="A320" s="0"/>
       <c r="B320" s="0" t="s">
-        <v>1258</v>
+        <v>1253</v>
       </c>
       <c r="C320" s="0" t="s">
-        <v>1259</v>
+        <v>1254</v>
       </c>
       <c r="D320" s="0" t="s">
-        <v>1260</v>
+        <v>1255</v>
       </c>
       <c r="E320" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F320" s="0"/>
       <c r="G320" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H320" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I320" s="1" t="s">
-        <v>1261</v>
+        <v>1256</v>
       </c>
       <c r="J320" s="0"/>
       <c r="K320" s="0" t="s">
-        <v>1160</v>
+        <v>20</v>
       </c>
       <c r="L320" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="80">
       <c r="A321" s="0"/>
       <c r="B321" s="0" t="s">
-        <v>1262</v>
+        <v>1257</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>1263</v>
+        <v>1258</v>
       </c>
       <c r="D321" s="0" t="s">
-        <v>1264</v>
+        <v>1259</v>
       </c>
       <c r="E321" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F321" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G321" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H321" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I321" s="1" t="s">
-        <v>1265</v>
+        <v>1260</v>
       </c>
       <c r="J321" s="0"/>
       <c r="K321" s="0" t="s">
-        <v>207</v>
+        <v>124</v>
       </c>
       <c r="L321" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="80">
       <c r="A322" s="0"/>
       <c r="B322" s="0" t="s">
-        <v>1266</v>
+        <v>1261</v>
       </c>
       <c r="C322" s="0" t="s">
-        <v>1267</v>
+        <v>1262</v>
       </c>
       <c r="D322" s="0" t="s">
-        <v>1268</v>
+        <v>1263</v>
       </c>
       <c r="E322" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F322" s="0"/>
       <c r="G322" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H322" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>1269</v>
+        <v>1264</v>
       </c>
       <c r="J322" s="0"/>
       <c r="K322" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L322" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="323" spans="1:12" customHeight="1" ht="80">
       <c r="A323" s="0"/>
       <c r="B323" s="0" t="s">
-        <v>1270</v>
+        <v>1265</v>
       </c>
       <c r="C323" s="0" t="s">
-        <v>1271</v>
+        <v>1266</v>
       </c>
       <c r="D323" s="0" t="s">
-        <v>1272</v>
+        <v>1267</v>
       </c>
       <c r="E323" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F323" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G323" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H323" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I323" s="1" t="s">
-        <v>1273</v>
+        <v>1268</v>
       </c>
       <c r="J323" s="0"/>
       <c r="K323" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L323" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="324" spans="1:12" customHeight="1" ht="80">
       <c r="A324" s="0"/>
       <c r="B324" s="0" t="s">
-        <v>1274</v>
+        <v>1269</v>
       </c>
       <c r="C324" s="0" t="s">
-        <v>1275</v>
+        <v>1270</v>
       </c>
       <c r="D324" s="0" t="s">
-        <v>1276</v>
+        <v>1271</v>
       </c>
       <c r="E324" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F324" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G324" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H324" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I324" s="1" t="s">
-        <v>1277</v>
+        <v>1272</v>
       </c>
       <c r="J324" s="0"/>
       <c r="K324" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L324" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="325" spans="1:12" customHeight="1" ht="80">
       <c r="A325" s="0"/>
       <c r="B325" s="0" t="s">
-        <v>1278</v>
+        <v>1273</v>
       </c>
       <c r="C325" s="0" t="s">
-        <v>1279</v>
+        <v>1274</v>
       </c>
       <c r="D325" s="0" t="s">
-        <v>1280</v>
+        <v>1275</v>
       </c>
       <c r="E325" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F325" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G325" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H325" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I325" s="1" t="s">
-        <v>1281</v>
+        <v>1276</v>
       </c>
       <c r="J325" s="0"/>
       <c r="K325" s="0" t="s">
-        <v>1282</v>
+        <v>31</v>
       </c>
       <c r="L325" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:12" customHeight="1" ht="80">
       <c r="A326" s="0"/>
       <c r="B326" s="0" t="s">
-        <v>1283</v>
+        <v>1277</v>
       </c>
       <c r="C326" s="0" t="s">
-        <v>1284</v>
+        <v>1278</v>
       </c>
       <c r="D326" s="0" t="s">
-        <v>1285</v>
+        <v>1279</v>
       </c>
       <c r="E326" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F326" s="0" t="s">
         <v>132</v>
       </c>
       <c r="G326" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H326" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I326" s="1" t="s">
-        <v>1286</v>
+        <v>1280</v>
       </c>
       <c r="J326" s="0"/>
       <c r="K326" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L326" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="327" spans="1:12" customHeight="1" ht="80">
       <c r="A327" s="0"/>
       <c r="B327" s="0" t="s">
-        <v>1287</v>
+        <v>1281</v>
       </c>
       <c r="C327" s="0" t="s">
-        <v>1288</v>
+        <v>1282</v>
       </c>
       <c r="D327" s="0" t="s">
-        <v>1289</v>
+        <v>1283</v>
       </c>
       <c r="E327" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F327" s="0"/>
       <c r="G327" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H327" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I327" s="1" t="s">
-        <v>1290</v>
+        <v>1284</v>
       </c>
       <c r="J327" s="0"/>
       <c r="K327" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L327" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:12" customHeight="1" ht="80">
       <c r="A328" s="0"/>
       <c r="B328" s="0" t="s">
-        <v>1291</v>
+        <v>1285</v>
       </c>
       <c r="C328" s="0" t="s">
-        <v>1292</v>
+        <v>1286</v>
       </c>
       <c r="D328" s="0" t="s">
-        <v>1293</v>
+        <v>1287</v>
       </c>
       <c r="E328" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F328" s="0"/>
       <c r="G328" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H328" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I328" s="1" t="s">
-        <v>1294</v>
+        <v>1288</v>
       </c>
       <c r="J328" s="0"/>
       <c r="K328" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L328" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:12" customHeight="1" ht="80">
       <c r="A329" s="0"/>
       <c r="B329" s="0" t="s">
-        <v>1295</v>
+        <v>1289</v>
       </c>
       <c r="C329" s="0" t="s">
-        <v>1296</v>
+        <v>1290</v>
       </c>
       <c r="D329" s="0">
         <v>2020251</v>
       </c>
       <c r="E329" s="0" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="F329" s="0"/>
       <c r="G329" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H329" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I329" s="1" t="s">
-        <v>1297</v>
+        <v>1291</v>
       </c>
       <c r="J329" s="0"/>
       <c r="K329" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L329" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:12" customHeight="1" ht="80">
       <c r="A330" s="0"/>
       <c r="B330" s="0" t="s">
-        <v>1298</v>
+        <v>1292</v>
       </c>
       <c r="C330" s="0" t="s">
-        <v>1299</v>
+        <v>1293</v>
       </c>
       <c r="D330" s="0" t="s">
-        <v>1300</v>
+        <v>1294</v>
       </c>
       <c r="E330" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F330" s="0"/>
       <c r="G330" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H330" s="0" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="I330" s="1" t="s">
-        <v>1301</v>
+        <v>1295</v>
       </c>
       <c r="J330" s="0"/>
       <c r="K330" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L330" s="0"/>
     </row>
     <row r="331" spans="1:12" customHeight="1" ht="80">
       <c r="A331" s="0"/>
       <c r="B331" s="0" t="s">
-        <v>1302</v>
+        <v>1296</v>
       </c>
       <c r="C331" s="0" t="s">
-        <v>1303</v>
+        <v>1297</v>
       </c>
       <c r="D331" s="0" t="s">
-        <v>1304</v>
+        <v>1298</v>
       </c>
       <c r="E331" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F331" s="0"/>
       <c r="G331" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H331" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I331" s="1" t="s">
-        <v>1305</v>
+        <v>1299</v>
       </c>
       <c r="J331" s="0"/>
       <c r="K331" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L331" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:12" customHeight="1" ht="80">
       <c r="A332" s="0"/>
       <c r="B332" s="0" t="s">
-        <v>1306</v>
+        <v>1300</v>
       </c>
       <c r="C332" s="0" t="s">
-        <v>1307</v>
+        <v>1301</v>
       </c>
       <c r="D332" s="0">
         <v>669428</v>
       </c>
       <c r="E332" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F332" s="0" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="G332" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H332" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I332" s="1" t="s">
-        <v>1308</v>
+        <v>1302</v>
       </c>
       <c r="J332" s="0"/>
       <c r="K332" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L332" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="333" spans="1:12" customHeight="1" ht="80">
       <c r="A333" s="0"/>
       <c r="B333" s="0" t="s">
-        <v>1309</v>
+        <v>1303</v>
       </c>
       <c r="C333" s="0" t="s">
-        <v>1310</v>
+        <v>1304</v>
       </c>
       <c r="D333" s="0" t="s">
-        <v>1311</v>
+        <v>1305</v>
       </c>
       <c r="E333" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F333" s="0"/>
       <c r="G333" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H333" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I333" s="1" t="s">
-        <v>1312</v>
+        <v>1306</v>
       </c>
       <c r="J333" s="0"/>
       <c r="K333" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L333" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:12" customHeight="1" ht="80">
       <c r="A334" s="0"/>
       <c r="B334" s="0" t="s">
-        <v>1313</v>
+        <v>1307</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>1314</v>
+        <v>1308</v>
       </c>
       <c r="D334" s="0">
         <v>685024</v>
       </c>
       <c r="E334" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F334" s="0" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="G334" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H334" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I334" s="1" t="s">
-        <v>1315</v>
+        <v>1309</v>
       </c>
       <c r="J334" s="0"/>
       <c r="K334" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L334" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:12" customHeight="1" ht="80">
       <c r="A335" s="0"/>
       <c r="B335" s="0" t="s">
-        <v>1316</v>
+        <v>1310</v>
       </c>
       <c r="C335" s="0" t="s">
-        <v>1317</v>
+        <v>1311</v>
       </c>
       <c r="D335" s="0">
         <v>685028</v>
       </c>
       <c r="E335" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F335" s="0" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="G335" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H335" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I335" s="1" t="s">
-        <v>1318</v>
+        <v>1312</v>
       </c>
       <c r="J335" s="0"/>
       <c r="K335" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L335" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:12" customHeight="1" ht="80">
       <c r="A336" s="0"/>
       <c r="B336" s="0" t="s">
-        <v>1319</v>
+        <v>1313</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>1320</v>
+        <v>1314</v>
       </c>
       <c r="D336" s="0">
         <v>687835</v>
       </c>
       <c r="E336" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F336" s="0"/>
       <c r="G336" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H336" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I336" s="1" t="s">
-        <v>1321</v>
+        <v>1315</v>
       </c>
       <c r="J336" s="0"/>
       <c r="K336" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L336" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:12" customHeight="1" ht="80">
       <c r="A337" s="0"/>
       <c r="B337" s="0" t="s">
-        <v>1322</v>
+        <v>1316</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>1323</v>
+        <v>1317</v>
       </c>
       <c r="D337" s="0" t="s">
-        <v>1324</v>
+        <v>1318</v>
       </c>
       <c r="E337" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F337" s="0"/>
       <c r="G337" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H337" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I337" s="1" t="s">
-        <v>1325</v>
+        <v>1319</v>
       </c>
       <c r="J337" s="0"/>
       <c r="K337" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L337" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="338" spans="1:12" customHeight="1" ht="80">
       <c r="A338" s="0"/>
       <c r="B338" s="0" t="s">
-        <v>1326</v>
+        <v>1320</v>
       </c>
       <c r="C338" s="0" t="s">
-        <v>1327</v>
+        <v>1321</v>
       </c>
       <c r="D338" s="0">
         <v>666228</v>
       </c>
       <c r="E338" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F338" s="0" t="s">
-        <v>1328</v>
+        <v>1322</v>
       </c>
       <c r="G338" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H338" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I338" s="1" t="s">
-        <v>1329</v>
+        <v>1323</v>
       </c>
       <c r="J338" s="0"/>
       <c r="K338" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L338" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:12" customHeight="1" ht="80">
       <c r="A339" s="0"/>
       <c r="B339" s="0" t="s">
-        <v>1330</v>
+        <v>1324</v>
       </c>
       <c r="C339" s="0" t="s">
-        <v>1331</v>
+        <v>1325</v>
       </c>
       <c r="D339" s="0" t="s">
-        <v>1332</v>
+        <v>1326</v>
       </c>
       <c r="E339" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F339" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G339" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H339" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I339" s="1" t="s">
-        <v>1333</v>
+        <v>1327</v>
       </c>
       <c r="J339" s="0"/>
       <c r="K339" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L339" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="340" spans="1:12" customHeight="1" ht="80">
       <c r="A340" s="0"/>
       <c r="B340" s="0" t="s">
-        <v>1334</v>
+        <v>1328</v>
       </c>
       <c r="C340" s="0" t="s">
-        <v>1335</v>
+        <v>1329</v>
       </c>
       <c r="D340" s="0">
         <v>12825</v>
       </c>
       <c r="E340" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F340" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G340" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H340" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I340" s="1" t="s">
-        <v>1336</v>
+        <v>1330</v>
       </c>
       <c r="J340" s="0"/>
       <c r="K340" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L340" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:12" customHeight="1" ht="80">
       <c r="A341" s="0"/>
       <c r="B341" s="0" t="s">
-        <v>1337</v>
+        <v>1331</v>
       </c>
       <c r="C341" s="0" t="s">
-        <v>1338</v>
+        <v>1332</v>
       </c>
       <c r="D341" s="0">
         <v>12180</v>
       </c>
       <c r="E341" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F341" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G341" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H341" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I341" s="1" t="s">
-        <v>1339</v>
+        <v>1333</v>
       </c>
       <c r="J341" s="0"/>
       <c r="K341" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L341" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="342" spans="1:12" customHeight="1" ht="80">
       <c r="A342" s="0"/>
       <c r="B342" s="0" t="s">
-        <v>1340</v>
+        <v>1334</v>
       </c>
       <c r="C342" s="0" t="s">
-        <v>1341</v>
+        <v>1335</v>
       </c>
       <c r="D342" s="0" t="s">
-        <v>1342</v>
+        <v>1336</v>
       </c>
       <c r="E342" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F342" s="0"/>
       <c r="G342" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H342" s="0" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="I342" s="1" t="s">
-        <v>1343</v>
+        <v>1337</v>
       </c>
       <c r="J342" s="0"/>
       <c r="K342" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L342" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:12" customHeight="1" ht="80">
       <c r="A343" s="0"/>
       <c r="B343" s="0" t="s">
-        <v>1344</v>
+        <v>1338</v>
       </c>
       <c r="C343" s="0" t="s">
-        <v>1345</v>
+        <v>1339</v>
       </c>
       <c r="D343" s="0" t="s">
-        <v>1346</v>
+        <v>1340</v>
       </c>
       <c r="E343" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F343" s="0">
         <v>1100</v>
       </c>
       <c r="G343" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H343" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I343" s="1" t="s">
-        <v>1347</v>
+        <v>1341</v>
       </c>
       <c r="J343" s="0"/>
       <c r="K343" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L343" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="344" spans="1:12" customHeight="1" ht="80">
       <c r="A344" s="0"/>
       <c r="B344" s="0" t="s">
-        <v>1348</v>
+        <v>1342</v>
       </c>
       <c r="C344" s="0" t="s">
-        <v>1349</v>
+        <v>1343</v>
       </c>
       <c r="D344" s="0" t="s">
-        <v>1350</v>
+        <v>1344</v>
       </c>
       <c r="E344" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F344" s="0">
         <v>1100</v>
       </c>
       <c r="G344" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H344" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I344" s="1" t="s">
-        <v>1351</v>
+        <v>1345</v>
       </c>
       <c r="J344" s="0"/>
       <c r="K344" s="0" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="L344" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="345" spans="1:12" customHeight="1" ht="80">
       <c r="A345" s="0"/>
       <c r="B345" s="0" t="s">
-        <v>1352</v>
+        <v>1346</v>
       </c>
       <c r="C345" s="0" t="s">
-        <v>1353</v>
+        <v>1347</v>
       </c>
       <c r="D345" s="0" t="s">
-        <v>1354</v>
+        <v>1348</v>
       </c>
       <c r="E345" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F345" s="0">
         <v>1100</v>
       </c>
       <c r="G345" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H345" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I345" s="1" t="s">
-        <v>1355</v>
+        <v>1349</v>
       </c>
       <c r="J345" s="0"/>
       <c r="K345" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L345" s="0"/>
     </row>
     <row r="346" spans="1:12" customHeight="1" ht="80">
       <c r="A346" s="0"/>
       <c r="B346" s="0" t="s">
-        <v>1356</v>
+        <v>1350</v>
       </c>
       <c r="C346" s="0" t="s">
-        <v>1357</v>
+        <v>1351</v>
       </c>
       <c r="D346" s="0" t="s">
-        <v>1358</v>
+        <v>1352</v>
       </c>
       <c r="E346" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F346" s="0"/>
       <c r="G346" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H346" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I346" s="1" t="s">
-        <v>1359</v>
+        <v>1353</v>
       </c>
       <c r="J346" s="0"/>
       <c r="K346" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L346" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:12" customHeight="1" ht="80">
       <c r="A347" s="0"/>
       <c r="B347" s="0" t="s">
-        <v>1360</v>
+        <v>1354</v>
       </c>
       <c r="C347" s="0" t="s">
-        <v>1361</v>
+        <v>1355</v>
       </c>
       <c r="D347" s="0">
         <v>685032</v>
       </c>
       <c r="E347" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F347" s="0" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="G347" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H347" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I347" s="1" t="s">
-        <v>1362</v>
+        <v>1356</v>
       </c>
       <c r="J347" s="0"/>
       <c r="K347" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L347" s="0"/>
     </row>
     <row r="348" spans="1:12" customHeight="1" ht="80">
       <c r="A348" s="0"/>
       <c r="B348" s="0" t="s">
-        <v>1363</v>
+        <v>1357</v>
       </c>
       <c r="C348" s="0" t="s">
-        <v>1364</v>
+        <v>1358</v>
       </c>
       <c r="D348" s="0" t="s">
-        <v>1365</v>
+        <v>1359</v>
       </c>
       <c r="E348" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F348" s="0" t="s">
         <v>132</v>
       </c>
       <c r="G348" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H348" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>1366</v>
+        <v>1360</v>
       </c>
       <c r="J348" s="0"/>
       <c r="K348" s="0" t="s">
-        <v>304</v>
+        <v>20</v>
       </c>
       <c r="L348" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="349" spans="1:12" customHeight="1" ht="80">
       <c r="A349" s="0"/>
       <c r="B349" s="0" t="s">
-        <v>1367</v>
+        <v>1361</v>
       </c>
       <c r="C349" s="0" t="s">
-        <v>1368</v>
+        <v>1362</v>
       </c>
       <c r="D349" s="0" t="s">
-        <v>1369</v>
+        <v>1363</v>
       </c>
       <c r="E349" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F349" s="0" t="s">
         <v>132</v>
       </c>
       <c r="G349" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H349" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I349" s="1" t="s">
-        <v>1370</v>
+        <v>1364</v>
       </c>
       <c r="J349" s="0"/>
       <c r="K349" s="0" t="s">
-        <v>1249</v>
+        <v>1365</v>
       </c>
       <c r="L349" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="350" spans="1:12" customHeight="1" ht="80">
       <c r="A350" s="0"/>
       <c r="B350" s="0" t="s">
-        <v>1371</v>
+        <v>1366</v>
       </c>
       <c r="C350" s="0" t="s">
-        <v>1372</v>
+        <v>1367</v>
       </c>
       <c r="D350" s="0" t="s">
-        <v>1373</v>
+        <v>1368</v>
       </c>
       <c r="E350" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F350" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G350" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H350" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I350" s="1" t="s">
-        <v>1374</v>
+        <v>1369</v>
       </c>
       <c r="J350" s="0"/>
       <c r="K350" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L350" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:12" customHeight="1" ht="80">
       <c r="A351" s="0"/>
       <c r="B351" s="0" t="s">
-        <v>1375</v>
+        <v>1370</v>
       </c>
       <c r="C351" s="0" t="s">
-        <v>1376</v>
+        <v>1371</v>
       </c>
       <c r="D351" s="0">
         <v>372020</v>
       </c>
       <c r="E351" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F351" s="0" t="s">
-        <v>1377</v>
+        <v>1372</v>
       </c>
       <c r="G351" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H351" s="0" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="I351" s="1" t="s">
-        <v>1378</v>
+        <v>1373</v>
       </c>
       <c r="J351" s="0"/>
       <c r="K351" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L351" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:12" customHeight="1" ht="80">
       <c r="A352" s="0"/>
       <c r="B352" s="0" t="s">
-        <v>1379</v>
+        <v>1374</v>
       </c>
       <c r="C352" s="0" t="s">
-        <v>1380</v>
+        <v>1375</v>
       </c>
       <c r="D352" s="0" t="s">
-        <v>1381</v>
+        <v>1376</v>
       </c>
       <c r="E352" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F352" s="0"/>
       <c r="G352" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H352" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I352" s="1" t="s">
-        <v>1382</v>
+        <v>1377</v>
       </c>
       <c r="J352" s="0"/>
       <c r="K352" s="0" t="s">
-        <v>1383</v>
+        <v>1378</v>
       </c>
       <c r="L352" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="353" spans="1:12" customHeight="1" ht="80">
       <c r="A353" s="0"/>
       <c r="B353" s="0" t="s">
-        <v>1384</v>
+        <v>1379</v>
       </c>
       <c r="C353" s="0" t="s">
-        <v>1385</v>
+        <v>1380</v>
       </c>
       <c r="D353" s="0" t="s">
-        <v>1386</v>
+        <v>1381</v>
       </c>
       <c r="E353" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F353" s="0"/>
       <c r="G353" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H353" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I353" s="1" t="s">
-        <v>1387</v>
+        <v>1382</v>
       </c>
       <c r="J353" s="0"/>
       <c r="K353" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L353" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="354" spans="1:12" customHeight="1" ht="80">
       <c r="A354" s="0"/>
       <c r="B354" s="0" t="s">
-        <v>1388</v>
+        <v>1383</v>
       </c>
       <c r="C354" s="0" t="s">
-        <v>1389</v>
+        <v>1384</v>
       </c>
       <c r="D354" s="0" t="s">
-        <v>1390</v>
+        <v>1385</v>
       </c>
       <c r="E354" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F354" s="0"/>
       <c r="G354" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H354" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I354" s="1" t="s">
-        <v>1391</v>
+        <v>1386</v>
       </c>
       <c r="J354" s="0"/>
       <c r="K354" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L354" s="0"/>
     </row>
     <row r="355" spans="1:12" customHeight="1" ht="80">
       <c r="A355" s="0"/>
       <c r="B355" s="0" t="s">
-        <v>1392</v>
+        <v>1387</v>
       </c>
       <c r="C355" s="0" t="s">
-        <v>1393</v>
+        <v>1388</v>
       </c>
       <c r="D355" s="0" t="s">
-        <v>1394</v>
+        <v>1389</v>
       </c>
       <c r="E355" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F355" s="0" t="s">
-        <v>1395</v>
+        <v>1390</v>
       </c>
       <c r="G355" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H355" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I355" s="1" t="s">
-        <v>1396</v>
+        <v>1391</v>
       </c>
       <c r="J355" s="0"/>
       <c r="K355" s="0" t="s">
-        <v>1397</v>
+        <v>31</v>
       </c>
       <c r="L355" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:12" customHeight="1" ht="80">
       <c r="A356" s="0"/>
       <c r="B356" s="0" t="s">
-        <v>1398</v>
+        <v>1392</v>
       </c>
       <c r="C356" s="0" t="s">
-        <v>1399</v>
+        <v>1393</v>
       </c>
       <c r="D356" s="0" t="s">
-        <v>1400</v>
+        <v>1394</v>
       </c>
       <c r="E356" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F356" s="0" t="s">
-        <v>1395</v>
+        <v>1390</v>
       </c>
       <c r="G356" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H356" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I356" s="1" t="s">
-        <v>1401</v>
+        <v>1395</v>
       </c>
       <c r="J356" s="0"/>
       <c r="K356" s="0" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="L356" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="357" spans="1:12" customHeight="1" ht="80">
       <c r="A357" s="0"/>
       <c r="B357" s="0" t="s">
-        <v>1402</v>
+        <v>1396</v>
       </c>
       <c r="C357" s="0" t="s">
-        <v>1403</v>
+        <v>1397</v>
       </c>
       <c r="D357" s="0" t="s">
-        <v>1404</v>
+        <v>1398</v>
       </c>
       <c r="E357" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F357" s="0"/>
       <c r="G357" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H357" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I357" s="1" t="s">
-        <v>1405</v>
+        <v>1399</v>
       </c>
       <c r="J357" s="0"/>
       <c r="K357" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L357" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="358" spans="1:12" customHeight="1" ht="80">
       <c r="A358" s="0"/>
       <c r="B358" s="0" t="s">
-        <v>1406</v>
+        <v>1400</v>
       </c>
       <c r="C358" s="0" t="s">
-        <v>1407</v>
+        <v>1401</v>
       </c>
       <c r="D358" s="0" t="s">
-        <v>1408</v>
+        <v>1402</v>
       </c>
       <c r="E358" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F358" s="0"/>
       <c r="G358" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H358" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I358" s="1" t="s">
-        <v>1409</v>
+        <v>1403</v>
       </c>
       <c r="J358" s="0"/>
       <c r="K358" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L358" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="359" spans="1:12" customHeight="1" ht="80">
       <c r="A359" s="0"/>
       <c r="B359" s="0" t="s">
-        <v>1410</v>
+        <v>1404</v>
       </c>
       <c r="C359" s="0" t="s">
-        <v>1411</v>
+        <v>1405</v>
       </c>
       <c r="D359" s="0" t="s">
-        <v>1412</v>
+        <v>1406</v>
       </c>
       <c r="E359" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F359" s="0"/>
       <c r="G359" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H359" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I359" s="1" t="s">
-        <v>1413</v>
+        <v>1407</v>
       </c>
       <c r="J359" s="0"/>
       <c r="K359" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L359" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="360" spans="1:12" customHeight="1" ht="80">
       <c r="A360" s="0"/>
       <c r="B360" s="0" t="s">
-        <v>1414</v>
+        <v>1408</v>
       </c>
       <c r="C360" s="0" t="s">
-        <v>1415</v>
+        <v>1409</v>
       </c>
       <c r="D360" s="0" t="s">
-        <v>1416</v>
+        <v>1410</v>
       </c>
       <c r="E360" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F360" s="0"/>
       <c r="G360" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H360" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I360" s="1" t="s">
-        <v>1417</v>
+        <v>1411</v>
       </c>
       <c r="J360" s="0"/>
       <c r="K360" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L360" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:12" customHeight="1" ht="80">
       <c r="A361" s="0"/>
       <c r="B361" s="0" t="s">
-        <v>1418</v>
+        <v>1412</v>
       </c>
       <c r="C361" s="0" t="s">
-        <v>1419</v>
+        <v>1413</v>
       </c>
       <c r="D361" s="0" t="s">
-        <v>1420</v>
+        <v>1414</v>
       </c>
       <c r="E361" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F361" s="0"/>
       <c r="G361" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H361" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I361" s="1" t="s">
-        <v>1421</v>
+        <v>1415</v>
       </c>
       <c r="J361" s="0"/>
       <c r="K361" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L361" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:12" customHeight="1" ht="80">
       <c r="A362" s="0"/>
       <c r="B362" s="0" t="s">
-        <v>1422</v>
+        <v>1416</v>
       </c>
       <c r="C362" s="0" t="s">
-        <v>1423</v>
+        <v>1417</v>
       </c>
       <c r="D362" s="0" t="s">
-        <v>1424</v>
+        <v>1418</v>
       </c>
       <c r="E362" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F362" s="0"/>
       <c r="G362" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H362" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I362" s="1" t="s">
-        <v>1425</v>
+        <v>1419</v>
       </c>
       <c r="J362" s="0"/>
       <c r="K362" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L362" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="363" spans="1:12" customHeight="1" ht="80">
       <c r="A363" s="0"/>
       <c r="B363" s="0" t="s">
-        <v>1426</v>
+        <v>1420</v>
       </c>
       <c r="C363" s="0" t="s">
-        <v>1427</v>
+        <v>1421</v>
       </c>
       <c r="D363" s="0" t="s">
-        <v>1428</v>
+        <v>1422</v>
       </c>
       <c r="E363" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F363" s="0"/>
       <c r="G363" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H363" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I363" s="1" t="s">
-        <v>1429</v>
+        <v>1423</v>
       </c>
       <c r="J363" s="0"/>
       <c r="K363" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L363" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="364" spans="1:12" customHeight="1" ht="80">
       <c r="A364" s="0"/>
       <c r="B364" s="0" t="s">
-        <v>1430</v>
+        <v>1424</v>
       </c>
       <c r="C364" s="0" t="s">
-        <v>1431</v>
+        <v>1425</v>
       </c>
       <c r="D364" s="0">
         <v>50904512</v>
       </c>
       <c r="E364" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F364" s="0"/>
       <c r="G364" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H364" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I364" s="1" t="s">
-        <v>857</v>
+        <v>1426</v>
       </c>
       <c r="J364" s="0"/>
       <c r="K364" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L364" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:12" customHeight="1" ht="80">
       <c r="A365" s="0"/>
       <c r="B365" s="0" t="s">
-        <v>1432</v>
+        <v>1427</v>
       </c>
       <c r="C365" s="0" t="s">
-        <v>1433</v>
+        <v>1428</v>
       </c>
       <c r="D365" s="0">
         <v>654189</v>
       </c>
       <c r="E365" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F365" s="0" t="s">
-        <v>1434</v>
+        <v>1429</v>
       </c>
       <c r="G365" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H365" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I365" s="1" t="s">
-        <v>1435</v>
+        <v>1430</v>
       </c>
       <c r="J365" s="0"/>
       <c r="K365" s="0" t="s">
-        <v>499</v>
+        <v>236</v>
       </c>
       <c r="L365" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="366" spans="1:12" customHeight="1" ht="80">
       <c r="A366" s="0"/>
       <c r="B366" s="0" t="s">
-        <v>1436</v>
+        <v>1431</v>
       </c>
       <c r="C366" s="0" t="s">
-        <v>1437</v>
+        <v>1432</v>
       </c>
       <c r="D366" s="0">
         <v>654192</v>
       </c>
       <c r="E366" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F366" s="0" t="s">
-        <v>1434</v>
+        <v>1429</v>
       </c>
       <c r="G366" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H366" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I366" s="1" t="s">
-        <v>1438</v>
+        <v>1433</v>
       </c>
       <c r="J366" s="0"/>
       <c r="K366" s="0" t="s">
-        <v>1397</v>
+        <v>236</v>
       </c>
       <c r="L366" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="367" spans="1:12" customHeight="1" ht="80">
       <c r="A367" s="0"/>
       <c r="B367" s="0" t="s">
-        <v>1439</v>
+        <v>1434</v>
       </c>
       <c r="C367" s="0" t="s">
-        <v>1440</v>
+        <v>1435</v>
       </c>
       <c r="D367" s="0">
         <v>1566014</v>
       </c>
       <c r="E367" s="0" t="s">
-        <v>1441</v>
+        <v>1436</v>
       </c>
       <c r="F367" s="0" t="s">
-        <v>1442</v>
+        <v>1437</v>
       </c>
       <c r="G367" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H367" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I367" s="1" t="s">
-        <v>1443</v>
+        <v>1438</v>
       </c>
       <c r="J367" s="0"/>
       <c r="K367" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L367" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="368" spans="1:12" customHeight="1" ht="80">
       <c r="A368" s="0"/>
       <c r="B368" s="0" t="s">
-        <v>1444</v>
+        <v>1439</v>
       </c>
       <c r="C368" s="0" t="s">
-        <v>1445</v>
+        <v>1440</v>
       </c>
       <c r="D368" s="0">
         <v>88221</v>
       </c>
       <c r="E368" s="0" t="s">
         <v>151</v>
       </c>
       <c r="F368" s="0"/>
       <c r="G368" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H368" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I368" s="1" t="s">
-        <v>1446</v>
+        <v>1441</v>
       </c>
       <c r="J368" s="0"/>
       <c r="K368" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L368" s="0"/>
     </row>
     <row r="369" spans="1:12" customHeight="1" ht="80">
       <c r="A369" s="0"/>
       <c r="B369" s="0" t="s">
-        <v>1447</v>
+        <v>1442</v>
       </c>
       <c r="C369" s="0" t="s">
-        <v>1448</v>
+        <v>1443</v>
       </c>
       <c r="D369" s="0">
         <v>88226</v>
       </c>
       <c r="E369" s="0" t="s">
         <v>151</v>
       </c>
       <c r="F369" s="0"/>
       <c r="G369" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H369" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I369" s="1" t="s">
-        <v>1446</v>
+        <v>1441</v>
       </c>
       <c r="J369" s="0"/>
       <c r="K369" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L369" s="0"/>
     </row>
     <row r="370" spans="1:12" customHeight="1" ht="80">
       <c r="A370" s="0"/>
       <c r="B370" s="0" t="s">
-        <v>1449</v>
+        <v>1444</v>
       </c>
       <c r="C370" s="0" t="s">
-        <v>1450</v>
+        <v>1445</v>
       </c>
       <c r="D370" s="0">
         <v>88223</v>
       </c>
       <c r="E370" s="0" t="s">
         <v>151</v>
       </c>
       <c r="F370" s="0"/>
       <c r="G370" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H370" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I370" s="1" t="s">
-        <v>1451</v>
+        <v>1446</v>
       </c>
       <c r="J370" s="0"/>
       <c r="K370" s="0" t="s">
-        <v>85</v>
+        <v>31</v>
       </c>
       <c r="L370" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="371" spans="1:12" customHeight="1" ht="80">
       <c r="A371" s="0"/>
       <c r="B371" s="0" t="s">
-        <v>1452</v>
+        <v>1447</v>
       </c>
       <c r="C371" s="0" t="s">
-        <v>1453</v>
+        <v>1448</v>
       </c>
       <c r="D371" s="0">
         <v>88228</v>
       </c>
       <c r="E371" s="0" t="s">
         <v>151</v>
       </c>
       <c r="F371" s="0"/>
       <c r="G371" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H371" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I371" s="1" t="s">
-        <v>1454</v>
+        <v>1449</v>
       </c>
       <c r="J371" s="0"/>
       <c r="K371" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L371" s="0"/>
     </row>
     <row r="372" spans="1:12" customHeight="1" ht="80">
       <c r="A372" s="0"/>
       <c r="B372" s="0" t="s">
-        <v>1455</v>
+        <v>1450</v>
       </c>
       <c r="C372" s="0" t="s">
-        <v>1456</v>
+        <v>1451</v>
       </c>
       <c r="D372" s="0" t="s">
-        <v>1457</v>
+        <v>1452</v>
       </c>
       <c r="E372" s="0" t="s">
-        <v>1458</v>
+        <v>1453</v>
       </c>
       <c r="F372" s="0"/>
       <c r="G372" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H372" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I372" s="1" t="s">
-        <v>1459</v>
+        <v>1454</v>
       </c>
       <c r="J372" s="0"/>
       <c r="K372" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L372" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="373" spans="1:12" customHeight="1" ht="80">
       <c r="A373" s="0"/>
       <c r="B373" s="0" t="s">
-        <v>1460</v>
+        <v>1455</v>
       </c>
       <c r="C373" s="0" t="s">
-        <v>1461</v>
+        <v>1456</v>
       </c>
       <c r="D373" s="0" t="s">
-        <v>1462</v>
+        <v>1457</v>
       </c>
       <c r="E373" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F373" s="0"/>
       <c r="G373" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H373" s="0" t="s">
         <v>42</v>
       </c>
       <c r="I373" s="1" t="s">
-        <v>1463</v>
+        <v>1458</v>
       </c>
       <c r="J373" s="0"/>
       <c r="K373" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L373" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="374" spans="1:12" customHeight="1" ht="80">
       <c r="A374" s="0"/>
       <c r="B374" s="0" t="s">
-        <v>1464</v>
+        <v>1459</v>
       </c>
       <c r="C374" s="0" t="s">
-        <v>1465</v>
+        <v>1460</v>
       </c>
       <c r="D374" s="0" t="s">
-        <v>1466</v>
+        <v>1461</v>
       </c>
       <c r="E374" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F374" s="0"/>
       <c r="G374" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H374" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I374" s="1" t="s">
-        <v>1467</v>
+        <v>1462</v>
       </c>
       <c r="J374" s="0"/>
       <c r="K374" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L374" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="375" spans="1:12" customHeight="1" ht="80">
       <c r="A375" s="0"/>
       <c r="B375" s="0" t="s">
-        <v>1468</v>
+        <v>1463</v>
       </c>
       <c r="C375" s="0" t="s">
-        <v>1469</v>
+        <v>1464</v>
       </c>
       <c r="D375" s="0" t="s">
-        <v>1470</v>
+        <v>1465</v>
       </c>
       <c r="E375" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F375" s="0"/>
       <c r="G375" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H375" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I375" s="1" t="s">
-        <v>1471</v>
+        <v>1466</v>
       </c>
       <c r="J375" s="0"/>
       <c r="K375" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L375" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="376" spans="1:12" customHeight="1" ht="80">
       <c r="A376" s="0"/>
       <c r="B376" s="0" t="s">
-        <v>1472</v>
+        <v>1467</v>
       </c>
       <c r="C376" s="0" t="s">
-        <v>1473</v>
+        <v>1468</v>
       </c>
       <c r="D376" s="0" t="s">
-        <v>1474</v>
+        <v>1469</v>
       </c>
       <c r="E376" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F376" s="0" t="s">
-        <v>1475</v>
+        <v>1470</v>
       </c>
       <c r="G376" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H376" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I376" s="1" t="s">
-        <v>1476</v>
+        <v>1471</v>
       </c>
       <c r="J376" s="0"/>
       <c r="K376" s="0" t="s">
-        <v>572</v>
+        <v>1019</v>
       </c>
       <c r="L376" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="377" spans="1:12" customHeight="1" ht="80">
       <c r="A377" s="0"/>
       <c r="B377" s="0" t="s">
-        <v>1477</v>
+        <v>1472</v>
       </c>
       <c r="C377" s="0" t="s">
-        <v>1478</v>
+        <v>1473</v>
       </c>
       <c r="D377" s="0" t="s">
-        <v>1479</v>
+        <v>1474</v>
       </c>
       <c r="E377" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F377" s="0"/>
       <c r="G377" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H377" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I377" s="1" t="s">
-        <v>1480</v>
+        <v>1475</v>
       </c>
       <c r="J377" s="0"/>
       <c r="K377" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L377" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="378" spans="1:12" customHeight="1" ht="80">
       <c r="A378" s="0"/>
       <c r="B378" s="0" t="s">
-        <v>1481</v>
+        <v>1476</v>
       </c>
       <c r="C378" s="0" t="s">
-        <v>1482</v>
+        <v>1477</v>
       </c>
       <c r="D378" s="0" t="s">
-        <v>1483</v>
+        <v>1478</v>
       </c>
       <c r="E378" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F378" s="0" t="s">
-        <v>1475</v>
+        <v>1470</v>
       </c>
       <c r="G378" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H378" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I378" s="1" t="s">
-        <v>1484</v>
+        <v>1479</v>
       </c>
       <c r="J378" s="0"/>
       <c r="K378" s="0" t="s">
-        <v>1485</v>
+        <v>360</v>
       </c>
       <c r="L378" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="379" spans="1:12" customHeight="1" ht="80">
       <c r="A379" s="0"/>
       <c r="B379" s="0" t="s">
-        <v>1486</v>
+        <v>1480</v>
       </c>
       <c r="C379" s="0" t="s">
-        <v>1487</v>
+        <v>1481</v>
       </c>
       <c r="D379" s="0" t="s">
-        <v>1488</v>
+        <v>1482</v>
       </c>
       <c r="E379" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F379" s="0"/>
       <c r="G379" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H379" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I379" s="1" t="s">
-        <v>1489</v>
+        <v>1483</v>
       </c>
       <c r="J379" s="0"/>
       <c r="K379" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L379" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="380" spans="1:12" customHeight="1" ht="80">
       <c r="A380" s="0"/>
       <c r="B380" s="0" t="s">
-        <v>1490</v>
+        <v>1484</v>
       </c>
       <c r="C380" s="0" t="s">
-        <v>1491</v>
+        <v>1485</v>
       </c>
       <c r="D380" s="0" t="s">
-        <v>1492</v>
+        <v>1486</v>
       </c>
       <c r="E380" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F380" s="0"/>
       <c r="G380" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H380" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I380" s="1" t="s">
-        <v>1493</v>
+        <v>1487</v>
       </c>
       <c r="J380" s="0"/>
       <c r="K380" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L380" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:12" customHeight="1" ht="80">
       <c r="A381" s="0"/>
       <c r="B381" s="0" t="s">
-        <v>1494</v>
+        <v>1488</v>
       </c>
       <c r="C381" s="0" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
       <c r="D381" s="0" t="s">
-        <v>1496</v>
+        <v>1490</v>
       </c>
       <c r="E381" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F381" s="0"/>
       <c r="G381" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H381" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I381" s="1" t="s">
-        <v>1497</v>
+        <v>1491</v>
       </c>
       <c r="J381" s="0"/>
       <c r="K381" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L381" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:12" customHeight="1" ht="80">
       <c r="A382" s="0"/>
       <c r="B382" s="0" t="s">
-        <v>1498</v>
+        <v>1492</v>
       </c>
       <c r="C382" s="0" t="s">
-        <v>1499</v>
+        <v>1493</v>
       </c>
       <c r="D382" s="0" t="s">
-        <v>1500</v>
+        <v>1494</v>
       </c>
       <c r="E382" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F382" s="0"/>
       <c r="G382" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H382" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I382" s="1" t="s">
-        <v>1501</v>
+        <v>1495</v>
       </c>
       <c r="J382" s="0"/>
       <c r="K382" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L382" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="383" spans="1:12" customHeight="1" ht="80">
       <c r="A383" s="0"/>
       <c r="B383" s="0" t="s">
-        <v>1502</v>
+        <v>1496</v>
       </c>
       <c r="C383" s="0" t="s">
-        <v>1503</v>
+        <v>1497</v>
       </c>
       <c r="D383" s="0" t="s">
-        <v>1504</v>
+        <v>1498</v>
       </c>
       <c r="E383" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F383" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G383" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H383" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I383" s="1" t="s">
-        <v>1505</v>
+        <v>1499</v>
       </c>
       <c r="J383" s="0"/>
       <c r="K383" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L383" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="384" spans="1:12" customHeight="1" ht="80">
       <c r="A384" s="0"/>
       <c r="B384" s="0" t="s">
-        <v>1506</v>
+        <v>1500</v>
       </c>
       <c r="C384" s="0" t="s">
-        <v>1507</v>
+        <v>1501</v>
       </c>
       <c r="D384" s="0" t="s">
-        <v>1508</v>
+        <v>1502</v>
       </c>
       <c r="E384" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F384" s="0"/>
       <c r="G384" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H384" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I384" s="1" t="s">
-        <v>1509</v>
+        <v>1503</v>
       </c>
       <c r="J384" s="0"/>
       <c r="K384" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L384" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="385" spans="1:12" customHeight="1" ht="80">
       <c r="A385" s="0"/>
       <c r="B385" s="0" t="s">
-        <v>1510</v>
+        <v>1504</v>
       </c>
       <c r="C385" s="0" t="s">
-        <v>1511</v>
+        <v>1505</v>
       </c>
       <c r="D385" s="0" t="s">
-        <v>1512</v>
+        <v>1506</v>
       </c>
       <c r="E385" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F385" s="0"/>
       <c r="G385" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H385" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I385" s="1" t="s">
-        <v>1513</v>
+        <v>1507</v>
       </c>
       <c r="J385" s="0"/>
       <c r="K385" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L385" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:12" customHeight="1" ht="80">
       <c r="A386" s="0"/>
       <c r="B386" s="0" t="s">
-        <v>1514</v>
+        <v>1508</v>
       </c>
       <c r="C386" s="0" t="s">
-        <v>1515</v>
+        <v>1509</v>
       </c>
       <c r="D386" s="0" t="s">
-        <v>1516</v>
+        <v>1510</v>
       </c>
       <c r="E386" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F386" s="0"/>
       <c r="G386" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H386" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I386" s="1" t="s">
-        <v>1517</v>
+        <v>1511</v>
       </c>
       <c r="J386" s="0"/>
       <c r="K386" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L386" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:12" customHeight="1" ht="80">
       <c r="A387" s="0"/>
       <c r="B387" s="0" t="s">
-        <v>1518</v>
+        <v>1512</v>
       </c>
       <c r="C387" s="0" t="s">
-        <v>1519</v>
+        <v>1513</v>
       </c>
       <c r="D387" s="0" t="s">
-        <v>1520</v>
+        <v>1514</v>
       </c>
       <c r="E387" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F387" s="0"/>
       <c r="G387" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H387" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I387" s="1" t="s">
-        <v>1521</v>
+        <v>1515</v>
       </c>
       <c r="J387" s="0"/>
       <c r="K387" s="0" t="s">
-        <v>85</v>
+        <v>31</v>
       </c>
       <c r="L387" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="388" spans="1:12" customHeight="1" ht="80">
       <c r="A388" s="0"/>
       <c r="B388" s="0" t="s">
-        <v>1522</v>
+        <v>1516</v>
       </c>
       <c r="C388" s="0" t="s">
-        <v>1523</v>
+        <v>1517</v>
       </c>
       <c r="D388" s="0" t="s">
-        <v>1524</v>
+        <v>1518</v>
       </c>
       <c r="E388" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F388" s="0"/>
       <c r="G388" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H388" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I388" s="1" t="s">
-        <v>1525</v>
+        <v>1519</v>
       </c>
       <c r="J388" s="0"/>
       <c r="K388" s="0" t="s">
-        <v>1526</v>
+        <v>1520</v>
       </c>
       <c r="L388" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="389" spans="1:12" customHeight="1" ht="80">
       <c r="A389" s="0"/>
       <c r="B389" s="0" t="s">
-        <v>1527</v>
+        <v>1521</v>
       </c>
       <c r="C389" s="0" t="s">
-        <v>1528</v>
+        <v>1522</v>
       </c>
       <c r="D389" s="0" t="s">
-        <v>1529</v>
+        <v>1523</v>
       </c>
       <c r="E389" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F389" s="0"/>
       <c r="G389" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H389" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I389" s="1" t="s">
-        <v>1530</v>
+        <v>1524</v>
       </c>
       <c r="J389" s="0"/>
       <c r="K389" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L389" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="390" spans="1:12" customHeight="1" ht="80">
       <c r="A390" s="0"/>
       <c r="B390" s="0" t="s">
-        <v>1531</v>
+        <v>1525</v>
       </c>
       <c r="C390" s="0" t="s">
-        <v>1532</v>
+        <v>1526</v>
       </c>
       <c r="D390" s="0" t="s">
-        <v>1533</v>
+        <v>1527</v>
       </c>
       <c r="E390" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F390" s="0"/>
       <c r="G390" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H390" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I390" s="1" t="s">
-        <v>1534</v>
+        <v>1528</v>
       </c>
       <c r="J390" s="0"/>
       <c r="K390" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L390" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="391" spans="1:12" customHeight="1" ht="80">
       <c r="A391" s="0"/>
       <c r="B391" s="0" t="s">
-        <v>1535</v>
+        <v>1529</v>
       </c>
       <c r="C391" s="0" t="s">
-        <v>1536</v>
+        <v>1530</v>
       </c>
       <c r="D391" s="0" t="s">
-        <v>1537</v>
+        <v>1531</v>
       </c>
       <c r="E391" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F391" s="0" t="s">
-        <v>1395</v>
+        <v>1390</v>
       </c>
       <c r="G391" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H391" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I391" s="1" t="s">
-        <v>1538</v>
+        <v>1532</v>
       </c>
       <c r="J391" s="0"/>
       <c r="K391" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L391" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="392" spans="1:12" customHeight="1" ht="80">
       <c r="A392" s="0"/>
       <c r="B392" s="0" t="s">
-        <v>1539</v>
+        <v>1533</v>
       </c>
       <c r="C392" s="0" t="s">
-        <v>1540</v>
+        <v>1534</v>
       </c>
       <c r="D392" s="0" t="s">
-        <v>1541</v>
+        <v>1535</v>
       </c>
       <c r="E392" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F392" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G392" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H392" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I392" s="1" t="s">
-        <v>1542</v>
+        <v>1536</v>
       </c>
       <c r="J392" s="0"/>
       <c r="K392" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L392" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="393" spans="1:12" customHeight="1" ht="80">
       <c r="A393" s="0"/>
       <c r="B393" s="0" t="s">
-        <v>1543</v>
+        <v>1537</v>
       </c>
       <c r="C393" s="0" t="s">
-        <v>1544</v>
+        <v>1538</v>
       </c>
       <c r="D393" s="0" t="s">
-        <v>1545</v>
+        <v>1539</v>
       </c>
       <c r="E393" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F393" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G393" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H393" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I393" s="1" t="s">
-        <v>1546</v>
+        <v>1540</v>
       </c>
       <c r="J393" s="0"/>
       <c r="K393" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L393" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="394" spans="1:12" customHeight="1" ht="80">
       <c r="A394" s="0"/>
       <c r="B394" s="0" t="s">
-        <v>1547</v>
+        <v>1541</v>
       </c>
       <c r="C394" s="0" t="s">
-        <v>1548</v>
+        <v>1542</v>
       </c>
       <c r="D394" s="0" t="s">
-        <v>1549</v>
+        <v>1543</v>
       </c>
       <c r="E394" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F394" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G394" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H394" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I394" s="1" t="s">
-        <v>1550</v>
+        <v>1544</v>
       </c>
       <c r="J394" s="0"/>
       <c r="K394" s="0" t="s">
-        <v>1551</v>
+        <v>1545</v>
       </c>
       <c r="L394" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="395" spans="1:12" customHeight="1" ht="80">
       <c r="A395" s="0"/>
       <c r="B395" s="0" t="s">
-        <v>1552</v>
+        <v>1546</v>
       </c>
       <c r="C395" s="0" t="s">
-        <v>1553</v>
+        <v>1547</v>
       </c>
       <c r="D395" s="0" t="s">
-        <v>1554</v>
+        <v>1548</v>
       </c>
       <c r="E395" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F395" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G395" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H395" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I395" s="1" t="s">
-        <v>1555</v>
+        <v>1549</v>
       </c>
       <c r="J395" s="0"/>
       <c r="K395" s="0" t="s">
-        <v>1551</v>
+        <v>569</v>
       </c>
       <c r="L395" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="396" spans="1:12" customHeight="1" ht="80">
       <c r="A396" s="0"/>
       <c r="B396" s="0" t="s">
-        <v>1556</v>
+        <v>1550</v>
       </c>
       <c r="C396" s="0" t="s">
-        <v>1557</v>
+        <v>1551</v>
       </c>
       <c r="D396" s="0" t="s">
-        <v>1558</v>
+        <v>1552</v>
       </c>
       <c r="E396" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F396" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G396" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H396" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I396" s="1" t="s">
-        <v>1559</v>
+        <v>1553</v>
       </c>
       <c r="J396" s="0"/>
       <c r="K396" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L396" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="397" spans="1:12" customHeight="1" ht="80">
       <c r="A397" s="0"/>
       <c r="B397" s="0" t="s">
-        <v>1560</v>
+        <v>1554</v>
       </c>
       <c r="C397" s="0" t="s">
-        <v>1561</v>
+        <v>1555</v>
       </c>
       <c r="D397" s="0" t="s">
-        <v>1562</v>
+        <v>1556</v>
       </c>
       <c r="E397" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F397" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G397" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H397" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I397" s="1" t="s">
-        <v>1563</v>
+        <v>1557</v>
       </c>
       <c r="J397" s="0"/>
       <c r="K397" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L397" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="398" spans="1:12" customHeight="1" ht="80">
       <c r="A398" s="0"/>
       <c r="B398" s="0" t="s">
-        <v>1564</v>
+        <v>1558</v>
       </c>
       <c r="C398" s="0" t="s">
-        <v>1565</v>
+        <v>1559</v>
       </c>
       <c r="D398" s="0" t="s">
-        <v>1566</v>
+        <v>1560</v>
       </c>
       <c r="E398" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F398" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G398" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H398" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I398" s="1" t="s">
-        <v>1567</v>
+        <v>1561</v>
       </c>
       <c r="J398" s="0"/>
       <c r="K398" s="0" t="s">
-        <v>1551</v>
+        <v>1562</v>
       </c>
       <c r="L398" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="399" spans="1:12" customHeight="1" ht="80">
       <c r="A399" s="0"/>
       <c r="B399" s="0" t="s">
-        <v>1568</v>
+        <v>1563</v>
       </c>
       <c r="C399" s="0" t="s">
-        <v>1569</v>
+        <v>1564</v>
       </c>
       <c r="D399" s="0" t="s">
-        <v>1570</v>
+        <v>1565</v>
       </c>
       <c r="E399" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F399" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G399" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H399" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I399" s="1" t="s">
-        <v>1571</v>
+        <v>1566</v>
       </c>
       <c r="J399" s="0"/>
       <c r="K399" s="0" t="s">
-        <v>1572</v>
+        <v>1545</v>
       </c>
       <c r="L399" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="400" spans="1:12" customHeight="1" ht="80">
       <c r="A400" s="0"/>
       <c r="B400" s="0" t="s">
-        <v>1573</v>
+        <v>1567</v>
       </c>
       <c r="C400" s="0" t="s">
-        <v>1574</v>
+        <v>1568</v>
       </c>
       <c r="D400" s="0" t="s">
-        <v>1575</v>
+        <v>1569</v>
       </c>
       <c r="E400" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F400" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G400" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H400" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I400" s="1" t="s">
-        <v>1576</v>
+        <v>1570</v>
       </c>
       <c r="J400" s="0"/>
       <c r="K400" s="0" t="s">
-        <v>1572</v>
+        <v>1571</v>
       </c>
       <c r="L400" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="401" spans="1:12" customHeight="1" ht="80">
       <c r="A401" s="0"/>
       <c r="B401" s="0" t="s">
-        <v>1577</v>
+        <v>1572</v>
       </c>
       <c r="C401" s="0" t="s">
-        <v>1578</v>
+        <v>1573</v>
       </c>
       <c r="D401" s="0" t="s">
-        <v>1579</v>
+        <v>1574</v>
       </c>
       <c r="E401" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F401" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G401" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H401" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I401" s="1" t="s">
-        <v>1580</v>
+        <v>1575</v>
       </c>
       <c r="J401" s="0"/>
       <c r="K401" s="0" t="s">
-        <v>1551</v>
+        <v>569</v>
       </c>
       <c r="L401" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="402" spans="1:12" customHeight="1" ht="80">
       <c r="A402" s="0"/>
       <c r="B402" s="0" t="s">
-        <v>1581</v>
+        <v>1576</v>
       </c>
       <c r="C402" s="0" t="s">
-        <v>1582</v>
+        <v>1577</v>
       </c>
       <c r="D402" s="0" t="s">
-        <v>1583</v>
+        <v>1578</v>
       </c>
       <c r="E402" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F402" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G402" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H402" s="0" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="I402" s="1" t="s">
-        <v>1584</v>
+        <v>1579</v>
       </c>
       <c r="J402" s="0"/>
       <c r="K402" s="0" t="s">
-        <v>1551</v>
+        <v>1545</v>
       </c>
       <c r="L402" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="403" spans="1:12" customHeight="1" ht="80">
       <c r="A403" s="0"/>
       <c r="B403" s="0" t="s">
-        <v>1585</v>
+        <v>1580</v>
       </c>
       <c r="C403" s="0" t="s">
-        <v>1586</v>
+        <v>1581</v>
       </c>
       <c r="D403" s="0" t="s">
-        <v>1587</v>
+        <v>1582</v>
       </c>
       <c r="E403" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F403" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G403" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H403" s="0" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="I403" s="1" t="s">
-        <v>1588</v>
+        <v>1583</v>
       </c>
       <c r="J403" s="0"/>
       <c r="K403" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L403" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="404" spans="1:12" customHeight="1" ht="80">
       <c r="A404" s="0"/>
       <c r="B404" s="0" t="s">
-        <v>1589</v>
+        <v>1584</v>
       </c>
       <c r="C404" s="0" t="s">
-        <v>1590</v>
+        <v>1585</v>
       </c>
       <c r="D404" s="0">
         <v>4012180</v>
       </c>
       <c r="E404" s="0" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="F404" s="0"/>
       <c r="G404" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H404" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I404" s="1" t="s">
-        <v>1591</v>
+        <v>1586</v>
       </c>
       <c r="J404" s="0"/>
       <c r="K404" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L404" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="405" spans="1:12" customHeight="1" ht="80">
       <c r="A405" s="0"/>
       <c r="B405" s="0" t="s">
-        <v>1592</v>
+        <v>1587</v>
       </c>
       <c r="C405" s="0" t="s">
-        <v>1593</v>
+        <v>1588</v>
       </c>
       <c r="D405" s="0">
         <v>5610.28</v>
       </c>
       <c r="E405" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F405" s="0" t="s">
-        <v>1594</v>
+        <v>1589</v>
       </c>
       <c r="G405" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H405" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I405" s="1" t="s">
-        <v>1595</v>
+        <v>1590</v>
       </c>
       <c r="J405" s="0"/>
       <c r="K405" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L405" s="0"/>
     </row>
     <row r="406" spans="1:12" customHeight="1" ht="80">
       <c r="A406" s="0"/>
       <c r="B406" s="0" t="s">
-        <v>1596</v>
+        <v>1591</v>
       </c>
       <c r="C406" s="0" t="s">
-        <v>1597</v>
+        <v>1592</v>
       </c>
       <c r="D406" s="0" t="s">
-        <v>1598</v>
+        <v>1593</v>
       </c>
       <c r="E406" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F406" s="0"/>
       <c r="G406" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H406" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I406" s="1" t="s">
-        <v>1599</v>
+        <v>1594</v>
       </c>
       <c r="J406" s="0"/>
       <c r="K406" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L406" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="407" spans="1:12" customHeight="1" ht="80">
       <c r="A407" s="0"/>
       <c r="B407" s="0" t="s">
-        <v>1600</v>
+        <v>1595</v>
       </c>
       <c r="C407" s="0" t="s">
-        <v>1601</v>
+        <v>1596</v>
       </c>
       <c r="D407" s="0" t="s">
-        <v>1602</v>
+        <v>1597</v>
       </c>
       <c r="E407" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F407" s="0"/>
       <c r="G407" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H407" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I407" s="1" t="s">
-        <v>1603</v>
+        <v>1598</v>
       </c>
       <c r="J407" s="0"/>
       <c r="K407" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L407" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="408" spans="1:12" customHeight="1" ht="80">
       <c r="A408" s="0"/>
       <c r="B408" s="0" t="s">
-        <v>1604</v>
+        <v>1599</v>
       </c>
       <c r="C408" s="0" t="s">
-        <v>1605</v>
+        <v>1600</v>
       </c>
       <c r="D408" s="0">
         <v>6224.32</v>
       </c>
       <c r="E408" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F408" s="0" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="G408" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H408" s="0" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="I408" s="1" t="s">
-        <v>1606</v>
+        <v>1601</v>
       </c>
       <c r="J408" s="0"/>
       <c r="K408" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L408" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="409" spans="1:12" customHeight="1" ht="80">
       <c r="A409" s="0"/>
       <c r="B409" s="0" t="s">
-        <v>1607</v>
+        <v>1602</v>
       </c>
       <c r="C409" s="0" t="s">
-        <v>1608</v>
+        <v>1603</v>
       </c>
       <c r="D409" s="0" t="s">
-        <v>1609</v>
+        <v>1604</v>
       </c>
       <c r="E409" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F409" s="0"/>
       <c r="G409" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H409" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I409" s="1" t="s">
-        <v>1610</v>
+        <v>1605</v>
       </c>
       <c r="J409" s="0"/>
       <c r="K409" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L409" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="410" spans="1:12" customHeight="1" ht="80">
       <c r="A410" s="0"/>
       <c r="B410" s="0" t="s">
-        <v>1611</v>
+        <v>1606</v>
       </c>
       <c r="C410" s="0" t="s">
-        <v>1612</v>
+        <v>1607</v>
       </c>
       <c r="D410" s="0">
         <v>908040</v>
       </c>
       <c r="E410" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F410" s="0" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="G410" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H410" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I410" s="1" t="s">
-        <v>1613</v>
+        <v>1608</v>
       </c>
       <c r="J410" s="0"/>
       <c r="K410" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L410" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="411" spans="1:12" customHeight="1" ht="80">
       <c r="A411" s="0"/>
       <c r="B411" s="0" t="s">
-        <v>1614</v>
+        <v>1609</v>
       </c>
       <c r="C411" s="0" t="s">
-        <v>1615</v>
+        <v>1610</v>
       </c>
       <c r="D411" s="0" t="s">
-        <v>1616</v>
+        <v>1611</v>
       </c>
       <c r="E411" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F411" s="0"/>
       <c r="G411" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H411" s="0" t="s">
         <v>42</v>
       </c>
       <c r="I411" s="1" t="s">
-        <v>1463</v>
+        <v>1458</v>
       </c>
       <c r="J411" s="0"/>
       <c r="K411" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L411" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="412" spans="1:12" customHeight="1" ht="80">
       <c r="A412" s="0"/>
       <c r="B412" s="0" t="s">
-        <v>1617</v>
+        <v>1612</v>
       </c>
       <c r="C412" s="0" t="s">
-        <v>1618</v>
+        <v>1613</v>
       </c>
       <c r="D412" s="0" t="s">
-        <v>1619</v>
+        <v>1614</v>
       </c>
       <c r="E412" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F412" s="0"/>
       <c r="G412" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H412" s="0" t="s">
         <v>42</v>
       </c>
       <c r="I412" s="1" t="s">
-        <v>1620</v>
+        <v>1615</v>
       </c>
       <c r="J412" s="0"/>
       <c r="K412" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L412" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="413" spans="1:12" customHeight="1" ht="80">
       <c r="A413" s="0"/>
       <c r="B413" s="0" t="s">
-        <v>1621</v>
+        <v>1616</v>
       </c>
       <c r="C413" s="0" t="s">
-        <v>1622</v>
+        <v>1617</v>
       </c>
       <c r="D413" s="0">
         <v>3750.2</v>
       </c>
       <c r="E413" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F413" s="0"/>
       <c r="G413" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H413" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I413" s="1" t="s">
-        <v>1623</v>
+        <v>1618</v>
       </c>
       <c r="J413" s="0"/>
       <c r="K413" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L413" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="414" spans="1:12" customHeight="1" ht="80">
       <c r="A414" s="0"/>
       <c r="B414" s="0" t="s">
-        <v>1624</v>
+        <v>1619</v>
       </c>
       <c r="C414" s="0" t="s">
-        <v>1625</v>
+        <v>1620</v>
       </c>
       <c r="D414" s="0">
         <v>3750.24</v>
       </c>
       <c r="E414" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F414" s="0"/>
       <c r="G414" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H414" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I414" s="1" t="s">
-        <v>1626</v>
+        <v>1621</v>
       </c>
       <c r="J414" s="0"/>
       <c r="K414" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L414" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="415" spans="1:12" customHeight="1" ht="80">
       <c r="A415" s="0"/>
       <c r="B415" s="0" t="s">
-        <v>1627</v>
+        <v>1622</v>
       </c>
       <c r="C415" s="0" t="s">
-        <v>1628</v>
+        <v>1623</v>
       </c>
       <c r="D415" s="0">
         <v>3750.28</v>
       </c>
       <c r="E415" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F415" s="0"/>
       <c r="G415" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H415" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I415" s="1" t="s">
-        <v>1629</v>
+        <v>1624</v>
       </c>
       <c r="J415" s="0"/>
       <c r="K415" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L415" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="416" spans="1:12" customHeight="1" ht="80">
       <c r="A416" s="0"/>
       <c r="B416" s="0" t="s">
-        <v>1630</v>
+        <v>1625</v>
       </c>
       <c r="C416" s="0" t="s">
-        <v>1631</v>
+        <v>1626</v>
       </c>
       <c r="D416" s="0" t="s">
-        <v>1632</v>
+        <v>1627</v>
       </c>
       <c r="E416" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F416" s="0" t="s">
-        <v>1475</v>
+        <v>1470</v>
       </c>
       <c r="G416" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H416" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I416" s="1" t="s">
-        <v>1633</v>
+        <v>1628</v>
       </c>
       <c r="J416" s="0"/>
       <c r="K416" s="0" t="s">
-        <v>44</v>
+        <v>89</v>
       </c>
       <c r="L416" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="417" spans="1:12" customHeight="1" ht="80">
       <c r="A417" s="0"/>
       <c r="B417" s="0" t="s">
-        <v>1634</v>
+        <v>1629</v>
       </c>
       <c r="C417" s="0" t="s">
-        <v>1635</v>
+        <v>1630</v>
       </c>
       <c r="D417" s="0">
         <v>665224</v>
       </c>
       <c r="E417" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F417" s="0" t="s">
-        <v>1328</v>
+        <v>1322</v>
       </c>
       <c r="G417" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H417" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I417" s="1" t="s">
-        <v>1636</v>
+        <v>1631</v>
       </c>
       <c r="J417" s="0"/>
       <c r="K417" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L417" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="418" spans="1:12" customHeight="1" ht="80">
       <c r="A418" s="0"/>
       <c r="B418" s="0" t="s">
-        <v>1637</v>
+        <v>1632</v>
       </c>
       <c r="C418" s="0" t="s">
-        <v>1638</v>
+        <v>1633</v>
       </c>
       <c r="D418" s="0">
         <v>665228</v>
       </c>
       <c r="E418" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F418" s="0" t="s">
-        <v>1328</v>
+        <v>1322</v>
       </c>
       <c r="G418" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H418" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I418" s="1" t="s">
-        <v>1639</v>
+        <v>1634</v>
       </c>
       <c r="J418" s="0"/>
       <c r="K418" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L418" s="0"/>
     </row>
     <row r="419" spans="1:12" customHeight="1" ht="80">
       <c r="A419" s="0"/>
       <c r="B419" s="0" t="s">
-        <v>1640</v>
+        <v>1635</v>
       </c>
       <c r="C419" s="0" t="s">
-        <v>1641</v>
+        <v>1636</v>
       </c>
       <c r="D419" s="0">
         <v>665232</v>
       </c>
       <c r="E419" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F419" s="0" t="s">
-        <v>1328</v>
+        <v>1322</v>
       </c>
       <c r="G419" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H419" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I419" s="1" t="s">
-        <v>1642</v>
+        <v>1637</v>
       </c>
       <c r="J419" s="0"/>
       <c r="K419" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L419" s="0"/>
     </row>
     <row r="420" spans="1:12" customHeight="1" ht="80">
       <c r="A420" s="0"/>
       <c r="B420" s="0" t="s">
-        <v>1643</v>
+        <v>1638</v>
       </c>
       <c r="C420" s="0" t="s">
-        <v>1644</v>
+        <v>1639</v>
       </c>
       <c r="D420" s="0" t="s">
-        <v>1645</v>
+        <v>1640</v>
       </c>
       <c r="E420" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F420" s="0" t="s">
-        <v>1646</v>
+        <v>1641</v>
       </c>
       <c r="G420" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H420" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I420" s="1" t="s">
-        <v>1647</v>
+        <v>1642</v>
       </c>
       <c r="J420" s="0"/>
       <c r="K420" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L420" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="421" spans="1:12" customHeight="1" ht="80">
       <c r="A421" s="0"/>
       <c r="B421" s="0" t="s">
-        <v>1648</v>
+        <v>1643</v>
       </c>
       <c r="C421" s="0" t="s">
-        <v>1649</v>
+        <v>1644</v>
       </c>
       <c r="D421" s="0" t="s">
-        <v>1650</v>
+        <v>1645</v>
       </c>
       <c r="E421" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F421" s="0"/>
       <c r="G421" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H421" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I421" s="1" t="s">
-        <v>1651</v>
+        <v>1646</v>
       </c>
       <c r="J421" s="0"/>
       <c r="K421" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L421" s="0"/>
     </row>
     <row r="422" spans="1:12" customHeight="1" ht="80">
       <c r="A422" s="0"/>
       <c r="B422" s="0" t="s">
-        <v>1652</v>
+        <v>1647</v>
       </c>
       <c r="C422" s="0" t="s">
-        <v>1653</v>
+        <v>1648</v>
       </c>
       <c r="D422" s="0" t="s">
-        <v>1654</v>
+        <v>1649</v>
       </c>
       <c r="E422" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F422" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G422" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H422" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I422" s="1" t="s">
-        <v>1655</v>
+        <v>1650</v>
       </c>
       <c r="J422" s="0"/>
       <c r="K422" s="0" t="s">
-        <v>1572</v>
+        <v>1545</v>
       </c>
       <c r="L422" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="423" spans="1:12" customHeight="1" ht="80">
       <c r="A423" s="0"/>
       <c r="B423" s="0" t="s">
-        <v>1656</v>
+        <v>1651</v>
       </c>
       <c r="C423" s="0" t="s">
-        <v>1657</v>
+        <v>1652</v>
       </c>
       <c r="D423" s="0" t="s">
-        <v>1658</v>
+        <v>1653</v>
       </c>
       <c r="E423" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F423" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G423" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H423" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I423" s="1" t="s">
-        <v>1659</v>
+        <v>1654</v>
       </c>
       <c r="J423" s="0"/>
       <c r="K423" s="0" t="s">
-        <v>1551</v>
+        <v>569</v>
       </c>
       <c r="L423" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="424" spans="1:12" customHeight="1" ht="80">
       <c r="A424" s="0"/>
       <c r="B424" s="0" t="s">
-        <v>1660</v>
+        <v>1655</v>
       </c>
       <c r="C424" s="0" t="s">
-        <v>1661</v>
+        <v>1656</v>
       </c>
       <c r="D424" s="0" t="s">
-        <v>1662</v>
+        <v>1657</v>
       </c>
       <c r="E424" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F424" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G424" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H424" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I424" s="1" t="s">
-        <v>1663</v>
+        <v>1658</v>
       </c>
       <c r="J424" s="0"/>
       <c r="K424" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L424" s="0"/>
     </row>
     <row r="425" spans="1:12" customHeight="1" ht="80">
       <c r="A425" s="0"/>
       <c r="B425" s="0" t="s">
-        <v>1664</v>
+        <v>1659</v>
       </c>
       <c r="C425" s="0" t="s">
-        <v>1665</v>
+        <v>1660</v>
       </c>
       <c r="D425" s="0" t="s">
-        <v>1666</v>
+        <v>1661</v>
       </c>
       <c r="E425" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F425" s="0" t="s">
-        <v>1395</v>
+        <v>1390</v>
       </c>
       <c r="G425" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H425" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I425" s="1" t="s">
-        <v>1667</v>
+        <v>1662</v>
       </c>
       <c r="J425" s="0"/>
       <c r="K425" s="0" t="s">
-        <v>85</v>
+        <v>31</v>
       </c>
       <c r="L425" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="426" spans="1:12" customHeight="1" ht="80">
       <c r="A426" s="0"/>
       <c r="B426" s="0" t="s">
-        <v>1668</v>
+        <v>1663</v>
       </c>
       <c r="C426" s="0" t="s">
-        <v>1669</v>
+        <v>1664</v>
       </c>
       <c r="D426" s="0" t="s">
-        <v>1670</v>
+        <v>1665</v>
       </c>
       <c r="E426" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F426" s="0" t="s">
-        <v>1395</v>
+        <v>1390</v>
       </c>
       <c r="G426" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H426" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I426" s="1" t="s">
-        <v>1671</v>
+        <v>1666</v>
       </c>
       <c r="J426" s="0"/>
       <c r="K426" s="0" t="s">
-        <v>98</v>
+        <v>20</v>
       </c>
       <c r="L426" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="427" spans="1:12" customHeight="1" ht="80">
       <c r="A427" s="0"/>
       <c r="B427" s="0" t="s">
-        <v>1672</v>
+        <v>1667</v>
       </c>
       <c r="C427" s="0" t="s">
-        <v>1673</v>
+        <v>1668</v>
       </c>
       <c r="D427" s="0" t="s">
-        <v>1674</v>
+        <v>1669</v>
       </c>
       <c r="E427" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F427" s="0" t="s">
-        <v>1395</v>
+        <v>1390</v>
       </c>
       <c r="G427" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H427" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I427" s="1" t="s">
-        <v>1675</v>
+        <v>1670</v>
       </c>
       <c r="J427" s="0"/>
       <c r="K427" s="0" t="s">
-        <v>44</v>
+        <v>365</v>
       </c>
       <c r="L427" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="428" spans="1:12" customHeight="1" ht="80">
       <c r="A428" s="0"/>
       <c r="B428" s="0" t="s">
-        <v>1676</v>
+        <v>1671</v>
       </c>
       <c r="C428" s="0" t="s">
-        <v>1677</v>
+        <v>1672</v>
       </c>
       <c r="D428" s="0" t="s">
-        <v>1678</v>
+        <v>1673</v>
       </c>
       <c r="E428" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F428" s="0" t="s">
-        <v>1395</v>
+        <v>1390</v>
       </c>
       <c r="G428" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H428" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I428" s="1" t="s">
-        <v>1679</v>
+        <v>1674</v>
       </c>
       <c r="J428" s="0"/>
       <c r="K428" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L428" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="429" spans="1:12" customHeight="1" ht="80">
       <c r="A429" s="0"/>
       <c r="B429" s="0" t="s">
-        <v>1680</v>
+        <v>1675</v>
       </c>
       <c r="C429" s="0" t="s">
-        <v>1681</v>
+        <v>1676</v>
       </c>
       <c r="D429" s="0" t="s">
-        <v>1682</v>
+        <v>1677</v>
       </c>
       <c r="E429" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F429" s="0"/>
       <c r="G429" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H429" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I429" s="1" t="s">
-        <v>1683</v>
+        <v>1678</v>
       </c>
       <c r="J429" s="0"/>
       <c r="K429" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L429" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="430" spans="1:12" customHeight="1" ht="80">
       <c r="A430" s="0"/>
       <c r="B430" s="0" t="s">
-        <v>1684</v>
+        <v>1679</v>
       </c>
       <c r="C430" s="0" t="s">
-        <v>1685</v>
+        <v>1680</v>
       </c>
       <c r="D430" s="0" t="s">
-        <v>1686</v>
+        <v>1681</v>
       </c>
       <c r="E430" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F430" s="0">
         <v>1100</v>
       </c>
       <c r="G430" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H430" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I430" s="1" t="s">
-        <v>1687</v>
+        <v>1682</v>
       </c>
       <c r="J430" s="0"/>
       <c r="K430" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L430" s="0"/>
     </row>
     <row r="431" spans="1:12" customHeight="1" ht="80">
       <c r="A431" s="0"/>
       <c r="B431" s="0" t="s">
-        <v>1688</v>
+        <v>1683</v>
       </c>
       <c r="C431" s="0" t="s">
-        <v>1689</v>
+        <v>1684</v>
       </c>
       <c r="D431" s="0" t="s">
-        <v>1690</v>
+        <v>1685</v>
       </c>
       <c r="E431" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F431" s="0"/>
       <c r="G431" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H431" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I431" s="1" t="s">
-        <v>1691</v>
+        <v>1686</v>
       </c>
       <c r="J431" s="0"/>
       <c r="K431" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L431" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="432" spans="1:12" customHeight="1" ht="80">
       <c r="A432" s="0"/>
       <c r="B432" s="0" t="s">
-        <v>1692</v>
+        <v>1687</v>
       </c>
       <c r="C432" s="0" t="s">
-        <v>1693</v>
+        <v>1688</v>
       </c>
       <c r="D432" s="0">
         <v>3754022</v>
       </c>
       <c r="E432" s="0" t="s">
-        <v>1694</v>
+        <v>1689</v>
       </c>
       <c r="F432" s="0" t="s">
-        <v>1695</v>
+        <v>1690</v>
       </c>
       <c r="G432" s="0" t="s">
-        <v>1696</v>
+        <v>1691</v>
       </c>
       <c r="H432" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I432" s="1" t="s">
-        <v>1697</v>
+        <v>1692</v>
       </c>
       <c r="J432" s="0"/>
       <c r="K432" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L432" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="433" spans="1:12" customHeight="1" ht="80">
       <c r="A433" s="0"/>
       <c r="B433" s="0" t="s">
-        <v>1698</v>
+        <v>1693</v>
       </c>
       <c r="C433" s="0" t="s">
-        <v>1699</v>
+        <v>1694</v>
       </c>
       <c r="D433" s="0">
         <v>685020</v>
       </c>
       <c r="E433" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F433" s="0" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="G433" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H433" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I433" s="1" t="s">
-        <v>1700</v>
+        <v>1695</v>
       </c>
       <c r="J433" s="0"/>
       <c r="K433" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L433" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="434" spans="1:12" customHeight="1" ht="80">
       <c r="A434" s="0"/>
       <c r="B434" s="0" t="s">
-        <v>1701</v>
+        <v>1696</v>
       </c>
       <c r="C434" s="0" t="s">
-        <v>1702</v>
+        <v>1697</v>
       </c>
       <c r="D434" s="0" t="s">
-        <v>1703</v>
+        <v>1698</v>
       </c>
       <c r="E434" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F434" s="0"/>
       <c r="G434" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H434" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I434" s="1" t="s">
-        <v>1704</v>
+        <v>1699</v>
       </c>
       <c r="J434" s="0"/>
       <c r="K434" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L434" s="0"/>
     </row>
     <row r="435" spans="1:12" customHeight="1" ht="80">
       <c r="A435" s="0"/>
       <c r="B435" s="0" t="s">
-        <v>1705</v>
+        <v>1700</v>
       </c>
       <c r="C435" s="0" t="s">
-        <v>1706</v>
+        <v>1701</v>
       </c>
       <c r="D435" s="0" t="s">
-        <v>1707</v>
+        <v>1702</v>
       </c>
       <c r="E435" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F435" s="0" t="s">
-        <v>1708</v>
+        <v>1703</v>
       </c>
       <c r="G435" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H435" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I435" s="1" t="s">
-        <v>1709</v>
+        <v>1704</v>
       </c>
       <c r="J435" s="0"/>
       <c r="K435" s="0" t="s">
-        <v>85</v>
+        <v>31</v>
       </c>
       <c r="L435" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="436" spans="1:12" customHeight="1" ht="80">
       <c r="A436" s="0"/>
       <c r="B436" s="0" t="s">
-        <v>1710</v>
+        <v>1705</v>
       </c>
       <c r="C436" s="0" t="s">
-        <v>1711</v>
+        <v>1706</v>
       </c>
       <c r="D436" s="0" t="s">
-        <v>1712</v>
+        <v>1707</v>
       </c>
       <c r="E436" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F436" s="0" t="s">
-        <v>1708</v>
+        <v>1703</v>
       </c>
       <c r="G436" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H436" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I436" s="1" t="s">
-        <v>1713</v>
+        <v>1708</v>
       </c>
       <c r="J436" s="0"/>
       <c r="K436" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L436" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="437" spans="1:12" customHeight="1" ht="80">
       <c r="A437" s="0"/>
       <c r="B437" s="0" t="s">
-        <v>1714</v>
+        <v>1709</v>
       </c>
       <c r="C437" s="0" t="s">
-        <v>1715</v>
+        <v>1710</v>
       </c>
       <c r="D437" s="0" t="s">
-        <v>1716</v>
+        <v>1711</v>
       </c>
       <c r="E437" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F437" s="0" t="s">
-        <v>1708</v>
+        <v>1703</v>
       </c>
       <c r="G437" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H437" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I437" s="1" t="s">
-        <v>1717</v>
+        <v>1712</v>
       </c>
       <c r="J437" s="0"/>
       <c r="K437" s="0" t="s">
-        <v>85</v>
+        <v>31</v>
       </c>
       <c r="L437" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="438" spans="1:12" customHeight="1" ht="80">
       <c r="A438" s="0"/>
       <c r="B438" s="0" t="s">
-        <v>1718</v>
+        <v>1713</v>
       </c>
       <c r="C438" s="0" t="s">
-        <v>1719</v>
+        <v>1714</v>
       </c>
       <c r="D438" s="0" t="s">
-        <v>1720</v>
+        <v>1715</v>
       </c>
       <c r="E438" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F438" s="0" t="s">
-        <v>1708</v>
+        <v>1703</v>
       </c>
       <c r="G438" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H438" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I438" s="1" t="s">
-        <v>1721</v>
+        <v>1716</v>
       </c>
       <c r="J438" s="0"/>
       <c r="K438" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L438" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="439" spans="1:12" customHeight="1" ht="80">
       <c r="A439" s="0"/>
       <c r="B439" s="0" t="s">
-        <v>1722</v>
+        <v>1717</v>
       </c>
       <c r="C439" s="0" t="s">
-        <v>1723</v>
+        <v>1718</v>
       </c>
       <c r="D439" s="0" t="s">
-        <v>1724</v>
+        <v>1719</v>
       </c>
       <c r="E439" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F439" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G439" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H439" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I439" s="1" t="s">
-        <v>1725</v>
+        <v>1720</v>
       </c>
       <c r="J439" s="0"/>
       <c r="K439" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L439" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="440" spans="1:12" customHeight="1" ht="80">
       <c r="A440" s="0"/>
       <c r="B440" s="0" t="s">
-        <v>1726</v>
+        <v>1721</v>
       </c>
       <c r="C440" s="0" t="s">
-        <v>1727</v>
+        <v>1722</v>
       </c>
       <c r="D440" s="0" t="s">
-        <v>1728</v>
+        <v>1723</v>
       </c>
       <c r="E440" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F440" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G440" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H440" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I440" s="1" t="s">
-        <v>1729</v>
+        <v>1724</v>
       </c>
       <c r="J440" s="0"/>
       <c r="K440" s="0" t="s">
-        <v>1551</v>
+        <v>1545</v>
       </c>
       <c r="L440" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="441" spans="1:12" customHeight="1" ht="80">
       <c r="A441" s="0"/>
       <c r="B441" s="0" t="s">
-        <v>1730</v>
+        <v>1725</v>
       </c>
       <c r="C441" s="0" t="s">
-        <v>1731</v>
+        <v>1726</v>
       </c>
       <c r="D441" s="0" t="s">
-        <v>1732</v>
+        <v>1727</v>
       </c>
       <c r="E441" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F441" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G441" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H441" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I441" s="1" t="s">
-        <v>1733</v>
+        <v>1728</v>
       </c>
       <c r="J441" s="0"/>
       <c r="K441" s="0" t="s">
-        <v>1551</v>
+        <v>1545</v>
       </c>
       <c r="L441" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="442" spans="1:12" customHeight="1" ht="80">
       <c r="A442" s="0"/>
       <c r="B442" s="0" t="s">
-        <v>1734</v>
+        <v>1729</v>
       </c>
       <c r="C442" s="0" t="s">
-        <v>1735</v>
+        <v>1730</v>
       </c>
       <c r="D442" s="0" t="s">
-        <v>1736</v>
+        <v>1731</v>
       </c>
       <c r="E442" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F442" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G442" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H442" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I442" s="1" t="s">
-        <v>1737</v>
+        <v>1732</v>
       </c>
       <c r="J442" s="0"/>
       <c r="K442" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L442" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="443" spans="1:12" customHeight="1" ht="80">
       <c r="A443" s="0"/>
       <c r="B443" s="0" t="s">
-        <v>1738</v>
+        <v>1733</v>
       </c>
       <c r="C443" s="0" t="s">
-        <v>1739</v>
+        <v>1734</v>
       </c>
       <c r="D443" s="0" t="s">
-        <v>1740</v>
+        <v>1735</v>
       </c>
       <c r="E443" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F443" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G443" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H443" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I443" s="1" t="s">
-        <v>1741</v>
+        <v>1736</v>
       </c>
       <c r="J443" s="0"/>
       <c r="K443" s="0" t="s">
-        <v>1742</v>
+        <v>20</v>
       </c>
       <c r="L443" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="444" spans="1:12" customHeight="1" ht="80">
       <c r="A444" s="0"/>
       <c r="B444" s="0" t="s">
-        <v>1743</v>
+        <v>1737</v>
       </c>
       <c r="C444" s="0" t="s">
-        <v>1744</v>
+        <v>1738</v>
       </c>
       <c r="D444" s="0" t="s">
-        <v>1745</v>
+        <v>1739</v>
       </c>
       <c r="E444" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F444" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G444" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H444" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I444" s="1" t="s">
-        <v>1746</v>
+        <v>1740</v>
       </c>
       <c r="J444" s="0"/>
       <c r="K444" s="0" t="s">
-        <v>1572</v>
+        <v>1545</v>
       </c>
       <c r="L444" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="445" spans="1:12" customHeight="1" ht="80">
       <c r="A445" s="0"/>
       <c r="B445" s="0" t="s">
-        <v>1747</v>
+        <v>1741</v>
       </c>
       <c r="C445" s="0" t="s">
-        <v>1748</v>
+        <v>1742</v>
       </c>
       <c r="D445" s="0" t="s">
-        <v>1749</v>
+        <v>1743</v>
       </c>
       <c r="E445" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F445" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G445" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H445" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I445" s="1" t="s">
-        <v>1750</v>
+        <v>1744</v>
       </c>
       <c r="J445" s="0"/>
       <c r="K445" s="0" t="s">
-        <v>1551</v>
+        <v>569</v>
       </c>
       <c r="L445" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="446" spans="1:12" customHeight="1" ht="80">
       <c r="A446" s="0"/>
       <c r="B446" s="0" t="s">
-        <v>1751</v>
+        <v>1745</v>
       </c>
       <c r="C446" s="0" t="s">
-        <v>1752</v>
+        <v>1746</v>
       </c>
       <c r="D446" s="0" t="s">
-        <v>1753</v>
+        <v>1747</v>
       </c>
       <c r="E446" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F446" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G446" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H446" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I446" s="1" t="s">
-        <v>1754</v>
+        <v>1748</v>
       </c>
       <c r="J446" s="0"/>
       <c r="K446" s="0" t="s">
-        <v>1572</v>
+        <v>1571</v>
       </c>
       <c r="L446" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="447" spans="1:12" customHeight="1" ht="80">
       <c r="A447" s="0"/>
       <c r="B447" s="0" t="s">
-        <v>1755</v>
+        <v>1749</v>
       </c>
       <c r="C447" s="0" t="s">
-        <v>1756</v>
+        <v>1750</v>
       </c>
       <c r="D447" s="0" t="s">
-        <v>1757</v>
+        <v>1751</v>
       </c>
       <c r="E447" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F447" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G447" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H447" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I447" s="1" t="s">
-        <v>1758</v>
+        <v>1752</v>
       </c>
       <c r="J447" s="0"/>
       <c r="K447" s="0" t="s">
-        <v>1551</v>
+        <v>569</v>
       </c>
       <c r="L447" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="448" spans="1:12" customHeight="1" ht="80">
       <c r="A448" s="0"/>
       <c r="B448" s="0" t="s">
-        <v>1759</v>
+        <v>1753</v>
       </c>
       <c r="C448" s="0" t="s">
-        <v>1760</v>
+        <v>1754</v>
       </c>
       <c r="D448" s="0" t="s">
-        <v>1761</v>
+        <v>1755</v>
       </c>
       <c r="E448" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F448" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="G448" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H448" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I448" s="1" t="s">
-        <v>1762</v>
+        <v>1756</v>
       </c>
       <c r="J448" s="0"/>
       <c r="K448" s="0" t="s">
-        <v>1551</v>
+        <v>1545</v>
       </c>
       <c r="L448" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="449" spans="1:12" customHeight="1" ht="80">
       <c r="A449" s="0"/>
       <c r="B449" s="0" t="s">
-        <v>1763</v>
+        <v>1757</v>
       </c>
       <c r="C449" s="0" t="s">
-        <v>1764</v>
+        <v>1758</v>
       </c>
       <c r="D449" s="0">
         <v>8485.26</v>
       </c>
       <c r="E449" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F449" s="0"/>
       <c r="G449" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H449" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I449" s="1" t="s">
-        <v>1765</v>
+        <v>1759</v>
       </c>
       <c r="J449" s="0"/>
       <c r="K449" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L449" s="0"/>
     </row>
     <row r="450" spans="1:12" customHeight="1" ht="80">
       <c r="A450" s="0"/>
       <c r="B450" s="0" t="s">
-        <v>1766</v>
+        <v>1760</v>
       </c>
       <c r="C450" s="0" t="s">
-        <v>1767</v>
+        <v>1761</v>
       </c>
       <c r="D450" s="0" t="s">
-        <v>1768</v>
+        <v>1762</v>
       </c>
       <c r="E450" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F450" s="0"/>
       <c r="G450" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H450" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I450" s="1" t="s">
-        <v>1769</v>
+        <v>1763</v>
       </c>
       <c r="J450" s="0"/>
       <c r="K450" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L450" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="451" spans="1:12" customHeight="1" ht="80">
       <c r="A451" s="0"/>
       <c r="B451" s="0" t="s">
-        <v>1770</v>
+        <v>1764</v>
       </c>
       <c r="C451" s="0" t="s">
-        <v>1771</v>
+        <v>1765</v>
       </c>
       <c r="D451" s="0" t="s">
-        <v>1772</v>
+        <v>1766</v>
       </c>
       <c r="E451" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F451" s="0" t="s">
-        <v>1773</v>
+        <v>1767</v>
       </c>
       <c r="G451" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H451" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I451" s="1" t="s">
-        <v>1774</v>
+        <v>1768</v>
       </c>
       <c r="J451" s="0"/>
       <c r="K451" s="0" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="L451" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="452" spans="1:12" customHeight="1" ht="80">
       <c r="A452" s="0"/>
       <c r="B452" s="0" t="s">
-        <v>1775</v>
+        <v>1769</v>
       </c>
       <c r="C452" s="0" t="s">
-        <v>1776</v>
+        <v>1770</v>
       </c>
       <c r="D452" s="0" t="s">
-        <v>1777</v>
+        <v>1771</v>
       </c>
       <c r="E452" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F452" s="0" t="s">
-        <v>1773</v>
+        <v>1767</v>
       </c>
       <c r="G452" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H452" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I452" s="1" t="s">
-        <v>1778</v>
+        <v>1772</v>
       </c>
       <c r="J452" s="0"/>
       <c r="K452" s="0" t="s">
-        <v>124</v>
+        <v>31</v>
       </c>
       <c r="L452" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="453" spans="1:12" customHeight="1" ht="80">
       <c r="A453" s="0"/>
       <c r="B453" s="0" t="s">
-        <v>1779</v>
+        <v>1773</v>
       </c>
       <c r="C453" s="0" t="s">
-        <v>1780</v>
+        <v>1774</v>
       </c>
       <c r="D453" s="0" t="s">
-        <v>1781</v>
+        <v>1775</v>
       </c>
       <c r="E453" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F453" s="0" t="s">
-        <v>1773</v>
+        <v>1767</v>
       </c>
       <c r="G453" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H453" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I453" s="1" t="s">
-        <v>1782</v>
+        <v>1776</v>
       </c>
       <c r="J453" s="0"/>
       <c r="K453" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L453" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="454" spans="1:12" customHeight="1" ht="80">
       <c r="A454" s="0"/>
       <c r="B454" s="0" t="s">
-        <v>1783</v>
+        <v>1777</v>
       </c>
       <c r="C454" s="0" t="s">
-        <v>1784</v>
+        <v>1778</v>
       </c>
       <c r="D454" s="0" t="s">
-        <v>1785</v>
+        <v>1779</v>
       </c>
       <c r="E454" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F454" s="0" t="s">
-        <v>1786</v>
+        <v>1780</v>
       </c>
       <c r="G454" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H454" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I454" s="1" t="s">
-        <v>1787</v>
+        <v>1781</v>
       </c>
       <c r="J454" s="0"/>
       <c r="K454" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L454" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="455" spans="1:12" customHeight="1" ht="80">
       <c r="A455" s="0"/>
       <c r="B455" s="0" t="s">
-        <v>1788</v>
+        <v>1782</v>
       </c>
       <c r="C455" s="0" t="s">
-        <v>1789</v>
+        <v>1783</v>
       </c>
       <c r="D455" s="0" t="s">
-        <v>1790</v>
+        <v>1784</v>
       </c>
       <c r="E455" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F455" s="0" t="s">
-        <v>1786</v>
+        <v>1780</v>
       </c>
       <c r="G455" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H455" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I455" s="1" t="s">
-        <v>1791</v>
+        <v>1785</v>
       </c>
       <c r="J455" s="0"/>
       <c r="K455" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L455" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="456" spans="1:12" customHeight="1" ht="80">
       <c r="A456" s="0"/>
       <c r="B456" s="0" t="s">
-        <v>1792</v>
+        <v>1786</v>
       </c>
       <c r="C456" s="0" t="s">
-        <v>1793</v>
+        <v>1787</v>
       </c>
       <c r="D456" s="0" t="s">
-        <v>1794</v>
+        <v>1788</v>
       </c>
       <c r="E456" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F456" s="0" t="s">
-        <v>1786</v>
+        <v>1780</v>
       </c>
       <c r="G456" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H456" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I456" s="1" t="s">
-        <v>1795</v>
+        <v>1789</v>
       </c>
       <c r="J456" s="0"/>
       <c r="K456" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L456" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="457" spans="1:12" customHeight="1" ht="80">
       <c r="A457" s="0"/>
       <c r="B457" s="0" t="s">
-        <v>1796</v>
+        <v>1790</v>
       </c>
       <c r="C457" s="0" t="s">
-        <v>1797</v>
+        <v>1791</v>
       </c>
       <c r="D457" s="0" t="s">
-        <v>1798</v>
+        <v>1792</v>
       </c>
       <c r="E457" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F457" s="0" t="s">
-        <v>1799</v>
+        <v>1793</v>
       </c>
       <c r="G457" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H457" s="0" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="I457" s="1" t="s">
-        <v>1800</v>
+        <v>1794</v>
       </c>
       <c r="J457" s="0"/>
       <c r="K457" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L457" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="458" spans="1:12" customHeight="1" ht="80">
       <c r="A458" s="0"/>
       <c r="B458" s="0" t="s">
-        <v>1801</v>
+        <v>1795</v>
       </c>
       <c r="C458" s="0" t="s">
-        <v>1802</v>
+        <v>1796</v>
       </c>
       <c r="D458" s="0" t="s">
-        <v>1803</v>
+        <v>1797</v>
       </c>
       <c r="E458" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F458" s="0" t="s">
-        <v>1786</v>
+        <v>1780</v>
       </c>
       <c r="G458" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H458" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I458" s="1" t="s">
-        <v>1804</v>
+        <v>1798</v>
       </c>
       <c r="J458" s="0"/>
       <c r="K458" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L458" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="459" spans="1:12" customHeight="1" ht="80">
       <c r="A459" s="0"/>
       <c r="B459" s="0" t="s">
-        <v>1805</v>
+        <v>1799</v>
       </c>
       <c r="C459" s="0" t="s">
-        <v>1806</v>
+        <v>1800</v>
       </c>
       <c r="D459" s="0" t="s">
-        <v>1807</v>
+        <v>1801</v>
       </c>
       <c r="E459" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F459" s="0" t="s">
-        <v>1786</v>
+        <v>1780</v>
       </c>
       <c r="G459" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H459" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I459" s="1" t="s">
-        <v>1808</v>
+        <v>1802</v>
       </c>
       <c r="J459" s="0"/>
       <c r="K459" s="0" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="L459" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="460" spans="1:12" customHeight="1" ht="80">
       <c r="A460" s="0"/>
       <c r="B460" s="0" t="s">
-        <v>1809</v>
+        <v>1803</v>
       </c>
       <c r="C460" s="0" t="s">
-        <v>1810</v>
+        <v>1804</v>
       </c>
       <c r="D460" s="0" t="s">
-        <v>1811</v>
+        <v>1805</v>
       </c>
       <c r="E460" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F460" s="0"/>
       <c r="G460" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H460" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I460" s="1" t="s">
-        <v>1812</v>
+        <v>1806</v>
       </c>
       <c r="J460" s="0"/>
       <c r="K460" s="0" t="s">
-        <v>499</v>
+        <v>89</v>
       </c>
       <c r="L460" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="461" spans="1:12" customHeight="1" ht="80">
       <c r="A461" s="0"/>
       <c r="B461" s="0" t="s">
-        <v>1813</v>
+        <v>1807</v>
       </c>
       <c r="C461" s="0" t="s">
-        <v>1814</v>
+        <v>1808</v>
       </c>
       <c r="D461" s="0" t="s">
-        <v>1815</v>
+        <v>1809</v>
       </c>
       <c r="E461" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F461" s="0"/>
       <c r="G461" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H461" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I461" s="1" t="s">
-        <v>1816</v>
+        <v>1810</v>
       </c>
       <c r="J461" s="0"/>
       <c r="K461" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L461" s="0"/>
     </row>
     <row r="462" spans="1:12" customHeight="1" ht="80">
       <c r="A462" s="0"/>
       <c r="B462" s="0" t="s">
-        <v>1817</v>
+        <v>1811</v>
       </c>
       <c r="C462" s="0" t="s">
-        <v>1818</v>
+        <v>1812</v>
       </c>
       <c r="D462" s="0" t="s">
-        <v>1819</v>
+        <v>1813</v>
       </c>
       <c r="E462" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F462" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G462" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H462" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I462" s="1" t="s">
-        <v>1820</v>
+        <v>1814</v>
       </c>
       <c r="J462" s="0"/>
       <c r="K462" s="0" t="s">
-        <v>31</v>
+        <v>569</v>
       </c>
       <c r="L462" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="463" spans="1:12" customHeight="1" ht="80">
       <c r="A463" s="0"/>
       <c r="B463" s="0" t="s">
-        <v>1821</v>
+        <v>1815</v>
       </c>
       <c r="C463" s="0" t="s">
-        <v>1822</v>
+        <v>1816</v>
       </c>
       <c r="D463" s="0" t="s">
-        <v>1823</v>
+        <v>1817</v>
       </c>
       <c r="E463" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F463" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G463" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H463" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I463" s="1" t="s">
-        <v>1824</v>
+        <v>1818</v>
       </c>
       <c r="J463" s="0"/>
       <c r="K463" s="0" t="s">
-        <v>98</v>
+        <v>569</v>
       </c>
       <c r="L463" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="464" spans="1:12" customHeight="1" ht="80">
       <c r="A464" s="0"/>
       <c r="B464" s="0" t="s">
-        <v>1825</v>
+        <v>1819</v>
       </c>
       <c r="C464" s="0" t="s">
-        <v>1826</v>
+        <v>1820</v>
       </c>
       <c r="D464" s="0" t="s">
-        <v>1827</v>
+        <v>1821</v>
       </c>
       <c r="E464" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F464" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G464" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H464" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I464" s="1" t="s">
-        <v>1828</v>
+        <v>1822</v>
       </c>
       <c r="J464" s="0"/>
       <c r="K464" s="0" t="s">
-        <v>20</v>
+        <v>569</v>
       </c>
       <c r="L464" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="465" spans="1:12" customHeight="1" ht="80">
       <c r="A465" s="0"/>
       <c r="B465" s="0" t="s">
-        <v>1829</v>
+        <v>1823</v>
       </c>
       <c r="C465" s="0" t="s">
-        <v>1830</v>
+        <v>1824</v>
       </c>
       <c r="D465" s="0" t="s">
-        <v>1831</v>
+        <v>1825</v>
       </c>
       <c r="E465" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F465" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G465" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H465" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I465" s="1" t="s">
-        <v>1832</v>
+        <v>1826</v>
       </c>
       <c r="J465" s="0"/>
       <c r="K465" s="0" t="s">
-        <v>207</v>
+        <v>569</v>
       </c>
       <c r="L465" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="466" spans="1:12" customHeight="1" ht="80">
       <c r="A466" s="0"/>
       <c r="B466" s="0" t="s">
-        <v>1833</v>
+        <v>1827</v>
       </c>
       <c r="C466" s="0" t="s">
-        <v>1834</v>
+        <v>1828</v>
       </c>
       <c r="D466" s="0" t="s">
-        <v>1835</v>
+        <v>1829</v>
       </c>
       <c r="E466" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F466" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G466" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H466" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I466" s="1" t="s">
-        <v>1836</v>
+        <v>1830</v>
       </c>
       <c r="J466" s="0"/>
       <c r="K466" s="0" t="s">
-        <v>31</v>
+        <v>1545</v>
       </c>
       <c r="L466" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="467" spans="1:12" customHeight="1" ht="80">
       <c r="A467" s="0"/>
       <c r="B467" s="0" t="s">
-        <v>1837</v>
+        <v>1831</v>
       </c>
       <c r="C467" s="0" t="s">
-        <v>1838</v>
+        <v>1832</v>
       </c>
       <c r="D467" s="0" t="s">
-        <v>1839</v>
+        <v>1833</v>
       </c>
       <c r="E467" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F467" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G467" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H467" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I467" s="1" t="s">
-        <v>1840</v>
+        <v>1834</v>
       </c>
       <c r="J467" s="0"/>
       <c r="K467" s="0" t="s">
-        <v>31</v>
+        <v>569</v>
       </c>
       <c r="L467" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="468" spans="1:12" customHeight="1" ht="80">
       <c r="A468" s="0"/>
       <c r="B468" s="0" t="s">
-        <v>1841</v>
+        <v>1835</v>
       </c>
       <c r="C468" s="0" t="s">
-        <v>1842</v>
+        <v>1836</v>
       </c>
       <c r="D468" s="0" t="s">
-        <v>1843</v>
+        <v>1837</v>
       </c>
       <c r="E468" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F468" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G468" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H468" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I468" s="1" t="s">
-        <v>1844</v>
+        <v>1838</v>
       </c>
       <c r="J468" s="0"/>
       <c r="K468" s="0" t="s">
-        <v>1249</v>
+        <v>1545</v>
       </c>
       <c r="L468" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="469" spans="1:12" customHeight="1" ht="80">
       <c r="A469" s="0"/>
       <c r="B469" s="0" t="s">
-        <v>1845</v>
+        <v>1839</v>
       </c>
       <c r="C469" s="0" t="s">
-        <v>1846</v>
+        <v>1840</v>
       </c>
       <c r="D469" s="0" t="s">
-        <v>1847</v>
+        <v>1841</v>
       </c>
       <c r="E469" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F469" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G469" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H469" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I469" s="1" t="s">
-        <v>1848</v>
+        <v>1842</v>
       </c>
       <c r="J469" s="0"/>
       <c r="K469" s="0" t="s">
-        <v>1022</v>
+        <v>1545</v>
       </c>
       <c r="L469" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="470" spans="1:12" customHeight="1" ht="80">
       <c r="A470" s="0"/>
       <c r="B470" s="0" t="s">
-        <v>1849</v>
+        <v>1843</v>
       </c>
       <c r="C470" s="0" t="s">
-        <v>1850</v>
+        <v>1844</v>
       </c>
       <c r="D470" s="0" t="s">
-        <v>1851</v>
+        <v>1845</v>
       </c>
       <c r="E470" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F470" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G470" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H470" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I470" s="1" t="s">
-        <v>1852</v>
+        <v>1846</v>
       </c>
       <c r="J470" s="0"/>
       <c r="K470" s="0" t="s">
-        <v>1249</v>
+        <v>89</v>
       </c>
       <c r="L470" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="471" spans="1:12" customHeight="1" ht="80">
       <c r="A471" s="0"/>
       <c r="B471" s="0" t="s">
-        <v>1853</v>
+        <v>1847</v>
       </c>
       <c r="C471" s="0" t="s">
-        <v>1854</v>
+        <v>1848</v>
       </c>
       <c r="D471" s="0" t="s">
-        <v>1855</v>
+        <v>1849</v>
       </c>
       <c r="E471" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F471" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G471" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H471" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I471" s="1" t="s">
-        <v>1856</v>
+        <v>1850</v>
       </c>
       <c r="J471" s="0"/>
       <c r="K471" s="0" t="s">
-        <v>572</v>
+        <v>1365</v>
       </c>
       <c r="L471" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="472" spans="1:12" customHeight="1" ht="80">
       <c r="A472" s="0"/>
       <c r="B472" s="0" t="s">
-        <v>1857</v>
+        <v>1851</v>
       </c>
       <c r="C472" s="0" t="s">
-        <v>1858</v>
+        <v>1852</v>
       </c>
       <c r="D472" s="0" t="s">
-        <v>1859</v>
+        <v>1853</v>
       </c>
       <c r="E472" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F472" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G472" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H472" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I472" s="1" t="s">
-        <v>1860</v>
+        <v>1854</v>
       </c>
       <c r="J472" s="0"/>
       <c r="K472" s="0" t="s">
-        <v>31</v>
+        <v>1571</v>
       </c>
       <c r="L472" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="473" spans="1:12" customHeight="1" ht="80">
       <c r="A473" s="0"/>
       <c r="B473" s="0" t="s">
-        <v>1861</v>
+        <v>1855</v>
       </c>
       <c r="C473" s="0" t="s">
-        <v>1862</v>
+        <v>1856</v>
       </c>
       <c r="D473" s="0" t="s">
-        <v>1863</v>
+        <v>1857</v>
       </c>
       <c r="E473" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F473" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G473" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H473" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I473" s="1" t="s">
-        <v>1864</v>
+        <v>1858</v>
       </c>
       <c r="J473" s="0"/>
       <c r="K473" s="0" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="L473" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="474" spans="1:12" customHeight="1" ht="80">
       <c r="A474" s="0"/>
       <c r="B474" s="0" t="s">
-        <v>1865</v>
+        <v>1859</v>
       </c>
       <c r="C474" s="0" t="s">
-        <v>1866</v>
+        <v>1860</v>
       </c>
       <c r="D474" s="0" t="s">
-        <v>1867</v>
+        <v>1861</v>
       </c>
       <c r="E474" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F474" s="0" t="s">
-        <v>1868</v>
+        <v>1862</v>
       </c>
       <c r="G474" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H474" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I474" s="1" t="s">
-        <v>1869</v>
+        <v>1863</v>
       </c>
       <c r="J474" s="0"/>
       <c r="K474" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L474" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="475" spans="1:12" customHeight="1" ht="80">
       <c r="A475" s="0"/>
       <c r="B475" s="0" t="s">
-        <v>1870</v>
+        <v>1864</v>
       </c>
       <c r="C475" s="0" t="s">
-        <v>1871</v>
+        <v>1865</v>
       </c>
       <c r="D475" s="0" t="s">
-        <v>1872</v>
+        <v>1866</v>
       </c>
       <c r="E475" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F475" s="0"/>
       <c r="G475" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H475" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I475" s="1" t="s">
-        <v>1873</v>
+        <v>1867</v>
       </c>
       <c r="J475" s="0"/>
       <c r="K475" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L475" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="476" spans="1:12" customHeight="1" ht="80">
       <c r="A476" s="0"/>
       <c r="B476" s="0" t="s">
-        <v>1874</v>
+        <v>1868</v>
       </c>
       <c r="C476" s="0" t="s">
-        <v>1875</v>
+        <v>1869</v>
       </c>
       <c r="D476" s="0" t="s">
-        <v>1876</v>
+        <v>1870</v>
       </c>
       <c r="E476" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F476" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G476" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H476" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I476" s="1" t="s">
-        <v>1877</v>
+        <v>1871</v>
       </c>
       <c r="J476" s="0"/>
       <c r="K476" s="0" t="s">
-        <v>572</v>
+        <v>1872</v>
       </c>
       <c r="L476" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="477" spans="1:12" customHeight="1" ht="80">
       <c r="A477" s="0"/>
       <c r="B477" s="0" t="s">
-        <v>1878</v>
+        <v>1873</v>
       </c>
       <c r="C477" s="0" t="s">
-        <v>1879</v>
+        <v>1874</v>
       </c>
       <c r="D477" s="0">
         <v>5618.32</v>
       </c>
       <c r="E477" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F477" s="0" t="s">
-        <v>1594</v>
+        <v>1589</v>
       </c>
       <c r="G477" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H477" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I477" s="1" t="s">
-        <v>1880</v>
+        <v>1875</v>
       </c>
       <c r="J477" s="0"/>
       <c r="K477" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L477" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="478" spans="1:12" customHeight="1" ht="80">
       <c r="A478" s="0"/>
       <c r="B478" s="0" t="s">
-        <v>1881</v>
+        <v>1876</v>
       </c>
       <c r="C478" s="0" t="s">
-        <v>1882</v>
+        <v>1877</v>
       </c>
       <c r="D478" s="0" t="s">
-        <v>1883</v>
+        <v>1878</v>
       </c>
       <c r="E478" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F478" s="0"/>
       <c r="G478" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H478" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I478" s="1" t="s">
-        <v>1884</v>
+        <v>1879</v>
       </c>
       <c r="J478" s="0"/>
       <c r="K478" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L478" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="479" spans="1:12" customHeight="1" ht="80">
       <c r="A479" s="0"/>
       <c r="B479" s="0" t="s">
-        <v>1885</v>
+        <v>1880</v>
       </c>
       <c r="C479" s="0" t="s">
-        <v>1886</v>
+        <v>1881</v>
       </c>
       <c r="D479" s="0" t="s">
-        <v>1887</v>
+        <v>1882</v>
       </c>
       <c r="E479" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F479" s="0"/>
       <c r="G479" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H479" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I479" s="1" t="s">
-        <v>1888</v>
+        <v>1883</v>
       </c>
       <c r="J479" s="0"/>
       <c r="K479" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L479" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="480" spans="1:12" customHeight="1" ht="80">
       <c r="A480" s="0"/>
       <c r="B480" s="0" t="s">
-        <v>1889</v>
+        <v>1884</v>
       </c>
       <c r="C480" s="0" t="s">
-        <v>1890</v>
+        <v>1885</v>
       </c>
       <c r="D480" s="0" t="s">
-        <v>1891</v>
+        <v>1886</v>
       </c>
       <c r="E480" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F480" s="0" t="s">
-        <v>1773</v>
+        <v>1767</v>
       </c>
       <c r="G480" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H480" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I480" s="1" t="s">
-        <v>1892</v>
+        <v>1887</v>
       </c>
       <c r="J480" s="0"/>
       <c r="K480" s="0" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="L480" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="481" spans="1:12" customHeight="1" ht="80">
       <c r="A481" s="0"/>
       <c r="B481" s="0" t="s">
-        <v>1893</v>
+        <v>1888</v>
       </c>
       <c r="C481" s="0" t="s">
-        <v>1894</v>
+        <v>1889</v>
       </c>
       <c r="D481" s="0" t="s">
-        <v>1895</v>
+        <v>1890</v>
       </c>
       <c r="E481" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F481" s="0" t="s">
-        <v>1773</v>
+        <v>1767</v>
       </c>
       <c r="G481" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H481" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I481" s="1" t="s">
-        <v>1896</v>
+        <v>1891</v>
       </c>
       <c r="J481" s="0"/>
       <c r="K481" s="0" t="s">
-        <v>124</v>
+        <v>31</v>
       </c>
       <c r="L481" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="482" spans="1:12" customHeight="1" ht="80">
       <c r="B482" s="0" t="s">
-        <v>1897</v>
+        <v>1892</v>
       </c>
       <c r="C482" s="0" t="s">
-        <v>1898</v>
+        <v>1893</v>
       </c>
       <c r="D482" s="0">
         <v>9192</v>
       </c>
       <c r="E482" s="0" t="s">
-        <v>1899</v>
+        <v>1894</v>
       </c>
       <c r="F482" s="0"/>
       <c r="G482" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H482" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I482" s="1" t="s">
-        <v>1900</v>
+        <v>1895</v>
       </c>
       <c r="J482" s="0"/>
       <c r="K482" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L482" s="0"/>
     </row>
     <row r="483" spans="1:12" customHeight="1" ht="80">
-      <c r="A483" s="0"/>
       <c r="B483" s="0" t="s">
-        <v>1901</v>
+        <v>1896</v>
       </c>
       <c r="C483" s="0" t="s">
-        <v>1902</v>
+        <v>1897</v>
       </c>
       <c r="D483" s="0" t="s">
-        <v>1903</v>
+        <v>1898</v>
       </c>
       <c r="E483" s="0" t="s">
-        <v>434</v>
-[...1 lines deleted...]
-      <c r="F483" s="0"/>
+        <v>1899</v>
+      </c>
+      <c r="F483" s="0" t="s">
+        <v>1900</v>
+      </c>
       <c r="G483" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H483" s="0" t="s">
-        <v>332</v>
+        <v>29</v>
       </c>
       <c r="I483" s="1" t="s">
-        <v>1904</v>
+        <v>1901</v>
       </c>
       <c r="J483" s="0"/>
       <c r="K483" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="L483" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L483" s="0"/>
     </row>
     <row r="484" spans="1:12" customHeight="1" ht="80">
       <c r="A484" s="0"/>
       <c r="B484" s="0" t="s">
-        <v>1905</v>
+        <v>1902</v>
       </c>
       <c r="C484" s="0" t="s">
-        <v>1906</v>
+        <v>1903</v>
       </c>
       <c r="D484" s="0" t="s">
-        <v>1907</v>
+        <v>1904</v>
       </c>
       <c r="E484" s="0" t="s">
-        <v>1908</v>
+        <v>432</v>
       </c>
       <c r="F484" s="0"/>
       <c r="G484" s="0" t="s">
-        <v>1909</v>
+        <v>152</v>
       </c>
       <c r="H484" s="0" t="s">
-        <v>1071</v>
+        <v>330</v>
       </c>
       <c r="I484" s="1" t="s">
-        <v>1910</v>
+        <v>1905</v>
       </c>
       <c r="J484" s="0"/>
       <c r="K484" s="0" t="s">
-        <v>367</v>
+        <v>31</v>
       </c>
       <c r="L484" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="485" spans="1:12" customHeight="1" ht="80">
       <c r="A485" s="0"/>
       <c r="B485" s="0" t="s">
-        <v>1911</v>
+        <v>1906</v>
       </c>
       <c r="C485" s="0" t="s">
-        <v>1912</v>
+        <v>1907</v>
       </c>
       <c r="D485" s="0" t="s">
-        <v>1913</v>
+        <v>1908</v>
       </c>
       <c r="E485" s="0" t="s">
-        <v>40</v>
+        <v>1909</v>
       </c>
       <c r="F485" s="0"/>
       <c r="G485" s="0" t="s">
-        <v>41</v>
+        <v>1910</v>
       </c>
       <c r="H485" s="0" t="s">
-        <v>77</v>
+        <v>1068</v>
       </c>
       <c r="I485" s="1" t="s">
-        <v>1914</v>
+        <v>1911</v>
       </c>
       <c r="J485" s="0"/>
       <c r="K485" s="0" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="L485" s="0"/>
+        <v>365</v>
+      </c>
+      <c r="L485" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="486" spans="1:12" customHeight="1" ht="80">
       <c r="A486" s="0"/>
       <c r="B486" s="0" t="s">
+        <v>1912</v>
+      </c>
+      <c r="C486" s="0" t="s">
+        <v>1913</v>
+      </c>
+      <c r="D486" s="0" t="s">
+        <v>1914</v>
+      </c>
+      <c r="E486" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="F486" s="0"/>
+      <c r="G486" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="H486" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="I486" s="1" t="s">
         <v>1915</v>
-      </c>
-[...19 lines deleted...]
-        <v>1918</v>
       </c>
       <c r="J486" s="0"/>
       <c r="K486" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="L486" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L486" s="0"/>
     </row>
     <row r="487" spans="1:12" customHeight="1" ht="80">
       <c r="A487" s="0"/>
       <c r="B487" s="0" t="s">
-        <v>1919</v>
+        <v>1916</v>
       </c>
       <c r="C487" s="0" t="s">
-        <v>1920</v>
+        <v>1917</v>
       </c>
       <c r="D487" s="0" t="s">
-        <v>1921</v>
+        <v>1918</v>
       </c>
       <c r="E487" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F487" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G487" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H487" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I487" s="1" t="s">
-        <v>1922</v>
+        <v>1919</v>
       </c>
       <c r="J487" s="0"/>
       <c r="K487" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L487" s="0">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="488" spans="1:12" customHeight="1" ht="80">
       <c r="A488" s="0"/>
       <c r="B488" s="0" t="s">
-        <v>1923</v>
+        <v>1920</v>
       </c>
       <c r="C488" s="0" t="s">
-        <v>1924</v>
+        <v>1921</v>
       </c>
       <c r="D488" s="0" t="s">
-        <v>1925</v>
+        <v>1922</v>
       </c>
       <c r="E488" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F488" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G488" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H488" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I488" s="1" t="s">
-        <v>1926</v>
+        <v>1923</v>
       </c>
       <c r="J488" s="0"/>
       <c r="K488" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L488" s="0">
-        <v>18</v>
+        <v>1</v>
       </c>
     </row>
     <row r="489" spans="1:12" customHeight="1" ht="80">
       <c r="A489" s="0"/>
       <c r="B489" s="0" t="s">
-        <v>1927</v>
+        <v>1924</v>
       </c>
       <c r="C489" s="0" t="s">
-        <v>1928</v>
+        <v>1925</v>
       </c>
       <c r="D489" s="0" t="s">
-        <v>1929</v>
+        <v>1926</v>
       </c>
       <c r="E489" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F489" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G489" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H489" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I489" s="1" t="s">
-        <v>1930</v>
+        <v>1927</v>
       </c>
       <c r="J489" s="0"/>
       <c r="K489" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L489" s="0">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="490" spans="1:12" customHeight="1" ht="80">
       <c r="A490" s="0"/>
       <c r="B490" s="0" t="s">
-        <v>1931</v>
+        <v>1928</v>
       </c>
       <c r="C490" s="0" t="s">
-        <v>1932</v>
+        <v>1929</v>
       </c>
       <c r="D490" s="0" t="s">
-        <v>1933</v>
+        <v>1930</v>
       </c>
       <c r="E490" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F490" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G490" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H490" s="0" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="I490" s="1" t="s">
-        <v>1934</v>
+        <v>1931</v>
       </c>
       <c r="J490" s="0"/>
       <c r="K490" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L490" s="0">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="491" spans="1:12" customHeight="1" ht="80">
       <c r="A491" s="0"/>
       <c r="B491" s="0" t="s">
-        <v>1935</v>
+        <v>1932</v>
       </c>
       <c r="C491" s="0" t="s">
-        <v>1936</v>
+        <v>1933</v>
       </c>
       <c r="D491" s="0" t="s">
-        <v>1937</v>
+        <v>1934</v>
       </c>
       <c r="E491" s="0" t="s">
-        <v>434</v>
-[...1 lines deleted...]
-      <c r="F491" s="0"/>
+        <v>276</v>
+      </c>
+      <c r="F491" s="0" t="s">
+        <v>433</v>
+      </c>
       <c r="G491" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H491" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I491" s="1" t="s">
-        <v>1938</v>
+        <v>1935</v>
       </c>
       <c r="J491" s="0"/>
       <c r="K491" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L491" s="0">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="492" spans="1:12" customHeight="1" ht="80">
       <c r="A492" s="0"/>
       <c r="B492" s="0" t="s">
-        <v>1939</v>
+        <v>1936</v>
       </c>
       <c r="C492" s="0" t="s">
-        <v>1940</v>
-[...2 lines deleted...]
-        <v>12716</v>
+        <v>1937</v>
+      </c>
+      <c r="D492" s="0" t="s">
+        <v>1938</v>
       </c>
       <c r="E492" s="0" t="s">
-        <v>278</v>
-[...3 lines deleted...]
-      </c>
+        <v>432</v>
+      </c>
+      <c r="F492" s="0"/>
       <c r="G492" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H492" s="0" t="s">
-        <v>18</v>
+        <v>102</v>
       </c>
       <c r="I492" s="1" t="s">
-        <v>1941</v>
+        <v>1939</v>
       </c>
       <c r="J492" s="0"/>
       <c r="K492" s="0" t="s">
-        <v>1249</v>
+        <v>31</v>
       </c>
       <c r="L492" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="493" spans="1:12" customHeight="1" ht="80">
       <c r="A493" s="0"/>
       <c r="B493" s="0" t="s">
-        <v>1942</v>
+        <v>1940</v>
       </c>
       <c r="C493" s="0" t="s">
-        <v>1943</v>
-[...2 lines deleted...]
-        <v>1944</v>
+        <v>1941</v>
+      </c>
+      <c r="D493" s="0">
+        <v>12716</v>
       </c>
       <c r="E493" s="0" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="F493" s="0"/>
+        <v>276</v>
+      </c>
+      <c r="F493" s="0" t="s">
+        <v>433</v>
+      </c>
       <c r="G493" s="0" t="s">
-        <v>41</v>
+        <v>152</v>
       </c>
       <c r="H493" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I493" s="1" t="s">
-        <v>1945</v>
+        <v>1942</v>
       </c>
       <c r="J493" s="0"/>
       <c r="K493" s="0" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="L493" s="0"/>
+        <v>1365</v>
+      </c>
+      <c r="L493" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="494" spans="1:12" customHeight="1" ht="80">
       <c r="A494" s="0"/>
       <c r="B494" s="0" t="s">
-        <v>1946</v>
+        <v>1943</v>
       </c>
       <c r="C494" s="0" t="s">
-        <v>1947</v>
+        <v>1944</v>
       </c>
       <c r="D494" s="0" t="s">
-        <v>1948</v>
+        <v>1945</v>
       </c>
       <c r="E494" s="0" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="F494" s="0"/>
       <c r="G494" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H494" s="0" t="s">
-        <v>77</v>
+        <v>18</v>
       </c>
       <c r="I494" s="1" t="s">
-        <v>1950</v>
+        <v>1946</v>
       </c>
       <c r="J494" s="0"/>
       <c r="K494" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="L494" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L494" s="0"/>
     </row>
     <row r="495" spans="1:12" customHeight="1" ht="80">
       <c r="A495" s="0"/>
       <c r="B495" s="0" t="s">
-        <v>1951</v>
+        <v>1947</v>
       </c>
       <c r="C495" s="0" t="s">
-        <v>1952</v>
+        <v>1948</v>
       </c>
       <c r="D495" s="0" t="s">
-        <v>1953</v>
+        <v>1949</v>
       </c>
       <c r="E495" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F495" s="0" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
       <c r="G495" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H495" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I495" s="1" t="s">
-        <v>1954</v>
+        <v>1951</v>
       </c>
       <c r="J495" s="0"/>
       <c r="K495" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L495" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="496" spans="1:12" customHeight="1" ht="80">
       <c r="A496" s="0"/>
       <c r="B496" s="0" t="s">
-        <v>1955</v>
+        <v>1952</v>
       </c>
       <c r="C496" s="0" t="s">
-        <v>1956</v>
+        <v>1953</v>
       </c>
       <c r="D496" s="0" t="s">
-        <v>1957</v>
+        <v>1954</v>
       </c>
       <c r="E496" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F496" s="0" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
       <c r="G496" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H496" s="0" t="s">
-        <v>332</v>
+        <v>77</v>
       </c>
       <c r="I496" s="1" t="s">
-        <v>1958</v>
+        <v>1955</v>
       </c>
       <c r="J496" s="0"/>
       <c r="K496" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L496" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="497" spans="1:12" customHeight="1" ht="80">
       <c r="A497" s="0"/>
       <c r="B497" s="0" t="s">
-        <v>1959</v>
+        <v>1956</v>
       </c>
       <c r="C497" s="0" t="s">
-        <v>1960</v>
+        <v>1957</v>
       </c>
       <c r="D497" s="0" t="s">
-        <v>1961</v>
+        <v>1958</v>
       </c>
       <c r="E497" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F497" s="0" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
       <c r="G497" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H497" s="0" t="s">
-        <v>29</v>
+        <v>330</v>
       </c>
       <c r="I497" s="1" t="s">
-        <v>1962</v>
+        <v>1959</v>
       </c>
       <c r="J497" s="0"/>
       <c r="K497" s="0" t="s">
-        <v>262</v>
+        <v>31</v>
       </c>
       <c r="L497" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="498" spans="1:12" customHeight="1" ht="80">
       <c r="A498" s="0"/>
       <c r="B498" s="0" t="s">
-        <v>1963</v>
+        <v>1960</v>
       </c>
       <c r="C498" s="0" t="s">
-        <v>1964</v>
+        <v>1961</v>
       </c>
       <c r="D498" s="0" t="s">
-        <v>1965</v>
+        <v>1962</v>
       </c>
       <c r="E498" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F498" s="0" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
       <c r="G498" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H498" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I498" s="1" t="s">
-        <v>1966</v>
+        <v>1963</v>
       </c>
       <c r="J498" s="0"/>
       <c r="K498" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L498" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="499" spans="1:12" customHeight="1" ht="80">
       <c r="A499" s="0"/>
       <c r="B499" s="0" t="s">
-        <v>1967</v>
+        <v>1964</v>
       </c>
       <c r="C499" s="0" t="s">
-        <v>1968</v>
+        <v>1965</v>
       </c>
       <c r="D499" s="0" t="s">
-        <v>1969</v>
+        <v>1966</v>
       </c>
       <c r="E499" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F499" s="0" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
       <c r="G499" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H499" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I499" s="1" t="s">
-        <v>1970</v>
+        <v>1967</v>
       </c>
       <c r="J499" s="0"/>
       <c r="K499" s="0" t="s">
-        <v>304</v>
+        <v>31</v>
       </c>
       <c r="L499" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="500" spans="1:12" customHeight="1" ht="80">
       <c r="A500" s="0"/>
       <c r="B500" s="0" t="s">
-        <v>1971</v>
+        <v>1968</v>
       </c>
       <c r="C500" s="0" t="s">
-        <v>1972</v>
-[...2 lines deleted...]
-        <v>1567026</v>
+        <v>1969</v>
+      </c>
+      <c r="D500" s="0" t="s">
+        <v>1970</v>
       </c>
       <c r="E500" s="0" t="s">
-        <v>1441</v>
+        <v>40</v>
       </c>
       <c r="F500" s="0" t="s">
-        <v>1442</v>
+        <v>1950</v>
       </c>
       <c r="G500" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H500" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I500" s="1" t="s">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="J500" s="0"/>
       <c r="K500" s="0" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="L500" s="0"/>
+        <v>124</v>
+      </c>
+      <c r="L500" s="0">
+        <v>3</v>
+      </c>
     </row>
     <row r="501" spans="1:12" customHeight="1" ht="80">
       <c r="A501" s="0"/>
       <c r="B501" s="0" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C501" s="0" t="s">
+        <v>1973</v>
+      </c>
+      <c r="D501" s="0">
+        <v>1567026</v>
+      </c>
+      <c r="E501" s="0" t="s">
+        <v>1436</v>
+      </c>
+      <c r="F501" s="0" t="s">
+        <v>1437</v>
+      </c>
+      <c r="G501" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="H501" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="I501" s="1" t="s">
         <v>1974</v>
-      </c>
-[...17 lines deleted...]
-        <v>1977</v>
       </c>
       <c r="J501" s="0"/>
       <c r="K501" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="L501" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L501" s="0"/>
     </row>
     <row r="502" spans="1:12" customHeight="1" ht="80">
       <c r="A502" s="0"/>
       <c r="B502" s="0" t="s">
-        <v>1978</v>
+        <v>1975</v>
       </c>
       <c r="C502" s="0" t="s">
-        <v>1979</v>
+        <v>1976</v>
       </c>
       <c r="D502" s="0" t="s">
-        <v>1980</v>
+        <v>1977</v>
       </c>
       <c r="E502" s="0" t="s">
-        <v>1981</v>
+        <v>63</v>
       </c>
       <c r="F502" s="0"/>
       <c r="G502" s="0" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
       <c r="H502" s="0" t="s">
-        <v>1071</v>
+        <v>102</v>
       </c>
       <c r="I502" s="1" t="s">
-        <v>1982</v>
+        <v>1978</v>
       </c>
       <c r="J502" s="0"/>
       <c r="K502" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="L502" s="0"/>
+      <c r="L502" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="503" spans="1:12" customHeight="1" ht="80">
       <c r="A503" s="0"/>
       <c r="B503" s="0" t="s">
-        <v>1983</v>
+        <v>1979</v>
       </c>
       <c r="C503" s="0" t="s">
-        <v>1984</v>
+        <v>1980</v>
       </c>
       <c r="D503" s="0" t="s">
-        <v>1985</v>
+        <v>1981</v>
       </c>
       <c r="E503" s="0" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="F503" s="0"/>
       <c r="G503" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H503" s="0" t="s">
-        <v>18</v>
+        <v>1068</v>
       </c>
       <c r="I503" s="1" t="s">
-        <v>1986</v>
+        <v>1983</v>
       </c>
       <c r="J503" s="0"/>
       <c r="K503" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L503" s="0"/>
     </row>
     <row r="504" spans="1:12" customHeight="1" ht="80">
       <c r="A504" s="0"/>
       <c r="B504" s="0" t="s">
-        <v>1987</v>
+        <v>1984</v>
       </c>
       <c r="C504" s="0" t="s">
-        <v>1988</v>
+        <v>1985</v>
       </c>
       <c r="D504" s="0" t="s">
-        <v>1989</v>
+        <v>1986</v>
       </c>
       <c r="E504" s="0" t="s">
-        <v>63</v>
+        <v>1982</v>
       </c>
       <c r="F504" s="0"/>
       <c r="G504" s="0" t="s">
-        <v>64</v>
+        <v>41</v>
       </c>
       <c r="H504" s="0" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="I504" s="1" t="s">
-        <v>1990</v>
+        <v>1987</v>
       </c>
       <c r="J504" s="0"/>
       <c r="K504" s="0" t="s">
-        <v>1397</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="L504" s="0"/>
     </row>
     <row r="505" spans="1:12" customHeight="1" ht="80">
       <c r="A505" s="0"/>
       <c r="B505" s="0" t="s">
-        <v>1991</v>
+        <v>1988</v>
       </c>
       <c r="C505" s="0" t="s">
-        <v>1992</v>
+        <v>1989</v>
       </c>
       <c r="D505" s="0" t="s">
-        <v>1993</v>
+        <v>1990</v>
       </c>
       <c r="E505" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F505" s="0"/>
       <c r="G505" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H505" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I505" s="1" t="s">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="J505" s="0"/>
       <c r="K505" s="0" t="s">
-        <v>85</v>
+        <v>1992</v>
       </c>
       <c r="L505" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="506" spans="1:12" customHeight="1" ht="80">
       <c r="A506" s="0"/>
       <c r="B506" s="0" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C506" s="0" t="s">
         <v>1994</v>
       </c>
-      <c r="C506" s="0" t="s">
+      <c r="D506" s="0" t="s">
         <v>1995</v>
-      </c>
-[...1 lines deleted...]
-        <v>1996</v>
       </c>
       <c r="E506" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F506" s="0"/>
       <c r="G506" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H506" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I506" s="1" t="s">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="J506" s="0"/>
       <c r="K506" s="0" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="L506" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="507" spans="1:12" customHeight="1" ht="80">
       <c r="A507" s="0"/>
       <c r="B507" s="0" t="s">
+        <v>1996</v>
+      </c>
+      <c r="C507" s="0" t="s">
         <v>1997</v>
       </c>
-      <c r="C507" s="0" t="s">
+      <c r="D507" s="0" t="s">
         <v>1998</v>
-      </c>
-[...1 lines deleted...]
-        <v>1999</v>
       </c>
       <c r="E507" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F507" s="0"/>
       <c r="G507" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H507" s="0" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="I507" s="1" t="s">
-        <v>2000</v>
+        <v>1991</v>
       </c>
       <c r="J507" s="0"/>
       <c r="K507" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L507" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="508" spans="1:12" customHeight="1" ht="80">
       <c r="A508" s="0"/>
       <c r="B508" s="0" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C508" s="0" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D508" s="0" t="s">
         <v>2001</v>
-      </c>
-[...4 lines deleted...]
-        <v>2003</v>
       </c>
       <c r="E508" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="F508" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F508" s="0"/>
       <c r="G508" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H508" s="0" t="s">
-        <v>102</v>
+        <v>42</v>
       </c>
       <c r="I508" s="1" t="s">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="J508" s="0"/>
       <c r="K508" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L508" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="509" spans="1:12" customHeight="1" ht="80">
       <c r="A509" s="0"/>
       <c r="B509" s="0" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C509" s="0" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D509" s="0" t="s">
+        <v>2005</v>
+      </c>
+      <c r="E509" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="F509" s="0" t="s">
         <v>2006</v>
       </c>
-      <c r="C509" s="0" t="s">
+      <c r="G509" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="H509" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="I509" s="1" t="s">
         <v>2007</v>
-      </c>
-[...16 lines deleted...]
-        <v>2008</v>
       </c>
       <c r="J509" s="0"/>
       <c r="K509" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L509" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="510" spans="1:12" customHeight="1" ht="80">
       <c r="A510" s="0"/>
       <c r="B510" s="0" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C510" s="0" t="s">
         <v>2009</v>
       </c>
-      <c r="C510" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D510" s="0">
-        <v>5113.5</v>
+        <v>5616.28</v>
       </c>
       <c r="E510" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F510" s="0" t="s">
-        <v>817</v>
+        <v>1589</v>
       </c>
       <c r="G510" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H510" s="0" t="s">
-        <v>379</v>
+        <v>330</v>
       </c>
       <c r="I510" s="1" t="s">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="J510" s="0"/>
       <c r="K510" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="L510" s="0"/>
+      <c r="L510" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="511" spans="1:12" customHeight="1" ht="80">
       <c r="A511" s="0"/>
       <c r="B511" s="0" t="s">
+        <v>2011</v>
+      </c>
+      <c r="C511" s="0" t="s">
         <v>2012</v>
       </c>
-      <c r="C511" s="0" t="s">
+      <c r="D511" s="0">
+        <v>5113.5</v>
+      </c>
+      <c r="E511" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="F511" s="0" t="s">
+        <v>814</v>
+      </c>
+      <c r="G511" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="H511" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="I511" s="1" t="s">
         <v>2013</v>
-      </c>
-[...16 lines deleted...]
-        <v>1918</v>
       </c>
       <c r="J511" s="0"/>
       <c r="K511" s="0" t="s">
-        <v>1101</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="L511" s="0"/>
     </row>
     <row r="512" spans="1:12" customHeight="1" ht="80">
       <c r="A512" s="0"/>
       <c r="B512" s="0" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C512" s="0" t="s">
+        <v>2015</v>
+      </c>
+      <c r="D512" s="0" t="s">
         <v>2016</v>
       </c>
-      <c r="C512" s="0" t="s">
+      <c r="E512" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="F512" s="0" t="s">
         <v>2017</v>
-      </c>
-[...7 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="G512" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H512" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I512" s="1" t="s">
-        <v>2019</v>
+        <v>1919</v>
       </c>
       <c r="J512" s="0"/>
       <c r="K512" s="0" t="s">
-        <v>572</v>
+        <v>89</v>
       </c>
       <c r="L512" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="513" spans="1:12" customHeight="1" ht="80">
       <c r="A513" s="0"/>
       <c r="B513" s="0" t="s">
+        <v>2018</v>
+      </c>
+      <c r="C513" s="0" t="s">
+        <v>2019</v>
+      </c>
+      <c r="D513" s="0" t="s">
         <v>2020</v>
       </c>
-      <c r="C513" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E513" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F513" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G513" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H513" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I513" s="1" t="s">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="J513" s="0"/>
       <c r="K513" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L513" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="514" spans="1:12" customHeight="1" ht="80">
       <c r="A514" s="0"/>
       <c r="B514" s="0" t="s">
+        <v>2022</v>
+      </c>
+      <c r="C514" s="0" t="s">
+        <v>2023</v>
+      </c>
+      <c r="D514" s="0" t="s">
         <v>2024</v>
       </c>
-      <c r="C514" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E514" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F514" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G514" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H514" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I514" s="1" t="s">
-        <v>2027</v>
+        <v>2025</v>
       </c>
       <c r="J514" s="0"/>
       <c r="K514" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L514" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="515" spans="1:12" customHeight="1" ht="80">
       <c r="A515" s="0"/>
       <c r="B515" s="0" t="s">
+        <v>2026</v>
+      </c>
+      <c r="C515" s="0" t="s">
+        <v>2027</v>
+      </c>
+      <c r="D515" s="0" t="s">
         <v>2028</v>
       </c>
-      <c r="C515" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E515" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F515" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G515" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H515" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I515" s="1" t="s">
-        <v>2031</v>
+        <v>2029</v>
       </c>
       <c r="J515" s="0"/>
       <c r="K515" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L515" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="516" spans="1:12" customHeight="1" ht="80">
       <c r="A516" s="0"/>
       <c r="B516" s="0" t="s">
+        <v>2030</v>
+      </c>
+      <c r="C516" s="0" t="s">
+        <v>2031</v>
+      </c>
+      <c r="D516" s="0" t="s">
         <v>2032</v>
       </c>
-      <c r="C516" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E516" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F516" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G516" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H516" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I516" s="1" t="s">
-        <v>2035</v>
+        <v>2033</v>
       </c>
       <c r="J516" s="0"/>
       <c r="K516" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L516" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="517" spans="1:12" customHeight="1" ht="80">
       <c r="A517" s="0"/>
       <c r="B517" s="0" t="s">
+        <v>2034</v>
+      </c>
+      <c r="C517" s="0" t="s">
+        <v>2035</v>
+      </c>
+      <c r="D517" s="0" t="s">
         <v>2036</v>
       </c>
-      <c r="C517" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E517" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F517" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G517" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H517" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I517" s="1" t="s">
-        <v>2039</v>
+        <v>2037</v>
       </c>
       <c r="J517" s="0"/>
       <c r="K517" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L517" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="518" spans="1:12" customHeight="1" ht="80">
       <c r="A518" s="0"/>
       <c r="B518" s="0" t="s">
+        <v>2038</v>
+      </c>
+      <c r="C518" s="0" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D518" s="0" t="s">
         <v>2040</v>
       </c>
-      <c r="C518" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E518" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F518" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G518" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H518" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I518" s="1" t="s">
-        <v>2043</v>
+        <v>2041</v>
       </c>
       <c r="J518" s="0"/>
       <c r="K518" s="0" t="s">
-        <v>44</v>
+        <v>569</v>
       </c>
       <c r="L518" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="519" spans="1:12" customHeight="1" ht="80">
       <c r="A519" s="0"/>
       <c r="B519" s="0" t="s">
+        <v>2042</v>
+      </c>
+      <c r="C519" s="0" t="s">
+        <v>2043</v>
+      </c>
+      <c r="D519" s="0" t="s">
         <v>2044</v>
       </c>
-      <c r="C519" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E519" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F519" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G519" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H519" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I519" s="1" t="s">
-        <v>2047</v>
+        <v>2045</v>
       </c>
       <c r="J519" s="0"/>
       <c r="K519" s="0" t="s">
-        <v>1485</v>
+        <v>44</v>
       </c>
       <c r="L519" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="520" spans="1:12" customHeight="1" ht="80">
       <c r="A520" s="0"/>
       <c r="B520" s="0" t="s">
+        <v>2046</v>
+      </c>
+      <c r="C520" s="0" t="s">
+        <v>2047</v>
+      </c>
+      <c r="D520" s="0" t="s">
         <v>2048</v>
       </c>
-      <c r="C520" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E520" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F520" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G520" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H520" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I520" s="1" t="s">
-        <v>2051</v>
+        <v>2049</v>
       </c>
       <c r="J520" s="0"/>
       <c r="K520" s="0" t="s">
-        <v>572</v>
+        <v>89</v>
       </c>
       <c r="L520" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="521" spans="1:12" customHeight="1" ht="80">
       <c r="A521" s="0"/>
       <c r="B521" s="0" t="s">
+        <v>2050</v>
+      </c>
+      <c r="C521" s="0" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D521" s="0" t="s">
         <v>2052</v>
       </c>
-      <c r="C521" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E521" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F521" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G521" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H521" s="0" t="s">
-        <v>77</v>
+        <v>102</v>
       </c>
       <c r="I521" s="1" t="s">
-        <v>2055</v>
+        <v>2053</v>
       </c>
       <c r="J521" s="0"/>
       <c r="K521" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L521" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="522" spans="1:12" customHeight="1" ht="80">
       <c r="A522" s="0"/>
       <c r="B522" s="0" t="s">
+        <v>2054</v>
+      </c>
+      <c r="C522" s="0" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D522" s="0" t="s">
         <v>2056</v>
       </c>
-      <c r="C522" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E522" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F522" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G522" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H522" s="0" t="s">
-        <v>332</v>
+        <v>77</v>
       </c>
       <c r="I522" s="1" t="s">
-        <v>2059</v>
+        <v>2057</v>
       </c>
       <c r="J522" s="0"/>
       <c r="K522" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L522" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="523" spans="1:12" customHeight="1" ht="80">
       <c r="A523" s="0"/>
       <c r="B523" s="0" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C523" s="0" t="s">
+        <v>2059</v>
+      </c>
+      <c r="D523" s="0" t="s">
         <v>2060</v>
       </c>
-      <c r="C523" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E523" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F523" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G523" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H523" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I523" s="1" t="s">
-        <v>2063</v>
+        <v>2061</v>
       </c>
       <c r="J523" s="0"/>
       <c r="K523" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L523" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="524" spans="1:12" customHeight="1" ht="80">
       <c r="A524" s="0"/>
       <c r="B524" s="0" t="s">
+        <v>2062</v>
+      </c>
+      <c r="C524" s="0" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D524" s="0" t="s">
         <v>2064</v>
       </c>
-      <c r="C524" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E524" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F524" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G524" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H524" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I524" s="1" t="s">
-        <v>2067</v>
+        <v>2065</v>
       </c>
       <c r="J524" s="0"/>
       <c r="K524" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L524" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="525" spans="1:12" customHeight="1" ht="80">
       <c r="A525" s="0"/>
       <c r="B525" s="0" t="s">
+        <v>2066</v>
+      </c>
+      <c r="C525" s="0" t="s">
+        <v>2067</v>
+      </c>
+      <c r="D525" s="0" t="s">
         <v>2068</v>
       </c>
-      <c r="C525" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E525" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F525" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G525" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H525" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I525" s="1" t="s">
-        <v>2071</v>
+        <v>2069</v>
       </c>
       <c r="J525" s="0"/>
       <c r="K525" s="0" t="s">
-        <v>572</v>
+        <v>1365</v>
       </c>
       <c r="L525" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="526" spans="1:12" customHeight="1" ht="80">
       <c r="A526" s="0"/>
       <c r="B526" s="0" t="s">
+        <v>2070</v>
+      </c>
+      <c r="C526" s="0" t="s">
+        <v>2071</v>
+      </c>
+      <c r="D526" s="0" t="s">
         <v>2072</v>
       </c>
-      <c r="C526" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E526" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F526" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G526" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H526" s="0" t="s">
-        <v>83</v>
+        <v>330</v>
       </c>
       <c r="I526" s="1" t="s">
-        <v>2075</v>
+        <v>2073</v>
       </c>
       <c r="J526" s="0"/>
       <c r="K526" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L526" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="527" spans="1:12" customHeight="1" ht="80">
       <c r="A527" s="0"/>
       <c r="B527" s="0" t="s">
+        <v>2074</v>
+      </c>
+      <c r="C527" s="0" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D527" s="0" t="s">
         <v>2076</v>
       </c>
-      <c r="C527" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E527" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F527" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G527" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H527" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I527" s="1" t="s">
-        <v>2079</v>
+        <v>2077</v>
       </c>
       <c r="J527" s="0"/>
       <c r="K527" s="0" t="s">
-        <v>20</v>
+        <v>569</v>
       </c>
       <c r="L527" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="528" spans="1:12" customHeight="1" ht="80">
       <c r="A528" s="0"/>
       <c r="B528" s="0" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C528" s="0" t="s">
+        <v>2079</v>
+      </c>
+      <c r="D528" s="0" t="s">
         <v>2080</v>
       </c>
-      <c r="C528" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E528" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F528" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G528" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H528" s="0" t="s">
-        <v>18</v>
+        <v>83</v>
       </c>
       <c r="I528" s="1" t="s">
-        <v>2083</v>
+        <v>2081</v>
       </c>
       <c r="J528" s="0"/>
       <c r="K528" s="0" t="s">
-        <v>572</v>
+        <v>89</v>
       </c>
       <c r="L528" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="529" spans="1:12" customHeight="1" ht="80">
       <c r="A529" s="0"/>
       <c r="B529" s="0" t="s">
+        <v>2082</v>
+      </c>
+      <c r="C529" s="0" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D529" s="0" t="s">
         <v>2084</v>
       </c>
-      <c r="C529" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E529" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F529" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G529" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H529" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I529" s="1" t="s">
-        <v>2087</v>
+        <v>2085</v>
       </c>
       <c r="J529" s="0"/>
       <c r="K529" s="0" t="s">
-        <v>1551</v>
+        <v>569</v>
       </c>
       <c r="L529" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="530" spans="1:12" customHeight="1" ht="80">
       <c r="A530" s="0"/>
       <c r="B530" s="0" t="s">
+        <v>2086</v>
+      </c>
+      <c r="C530" s="0" t="s">
+        <v>2087</v>
+      </c>
+      <c r="D530" s="0" t="s">
         <v>2088</v>
       </c>
-      <c r="C530" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E530" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F530" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G530" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H530" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I530" s="1" t="s">
-        <v>2091</v>
+        <v>2089</v>
       </c>
       <c r="J530" s="0"/>
       <c r="K530" s="0" t="s">
-        <v>1551</v>
+        <v>1545</v>
       </c>
       <c r="L530" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="531" spans="1:12" customHeight="1" ht="80">
       <c r="A531" s="0"/>
       <c r="B531" s="0" t="s">
+        <v>2090</v>
+      </c>
+      <c r="C531" s="0" t="s">
+        <v>2091</v>
+      </c>
+      <c r="D531" s="0" t="s">
         <v>2092</v>
       </c>
-      <c r="C531" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E531" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F531" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G531" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H531" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I531" s="1" t="s">
-        <v>1741</v>
+        <v>2093</v>
       </c>
       <c r="J531" s="0"/>
       <c r="K531" s="0" t="s">
-        <v>572</v>
+        <v>1545</v>
       </c>
       <c r="L531" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="532" spans="1:12" customHeight="1" ht="80">
       <c r="A532" s="0"/>
       <c r="B532" s="0" t="s">
+        <v>2094</v>
+      </c>
+      <c r="C532" s="0" t="s">
         <v>2095</v>
       </c>
-      <c r="C532" s="0" t="s">
+      <c r="D532" s="0" t="s">
         <v>2096</v>
       </c>
-      <c r="D532" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E532" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F532" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G532" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H532" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I532" s="1" t="s">
-        <v>2098</v>
+        <v>1736</v>
       </c>
       <c r="J532" s="0"/>
       <c r="K532" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L532" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="533" spans="1:12" customHeight="1" ht="80">
       <c r="A533" s="0"/>
       <c r="B533" s="0" t="s">
+        <v>2097</v>
+      </c>
+      <c r="C533" s="0" t="s">
+        <v>2098</v>
+      </c>
+      <c r="D533" s="0" t="s">
         <v>2099</v>
       </c>
-      <c r="C533" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E533" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F533" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G533" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H533" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I533" s="1" t="s">
-        <v>2102</v>
+        <v>2100</v>
       </c>
       <c r="J533" s="0"/>
       <c r="K533" s="0" t="s">
-        <v>1572</v>
+        <v>569</v>
       </c>
       <c r="L533" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="534" spans="1:12" customHeight="1" ht="80">
       <c r="A534" s="0"/>
       <c r="B534" s="0" t="s">
+        <v>2101</v>
+      </c>
+      <c r="C534" s="0" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D534" s="0" t="s">
         <v>2103</v>
       </c>
-      <c r="C534" s="0" t="s">
+      <c r="E534" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="F534" s="0" t="s">
+        <v>2017</v>
+      </c>
+      <c r="G534" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="H534" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I534" s="1" t="s">
         <v>2104</v>
-      </c>
-[...16 lines deleted...]
-        <v>2106</v>
       </c>
       <c r="J534" s="0"/>
       <c r="K534" s="0" t="s">
-        <v>31</v>
+        <v>1571</v>
       </c>
       <c r="L534" s="0">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="535" spans="1:12" customHeight="1" ht="80">
       <c r="A535" s="0"/>
       <c r="B535" s="0" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C535" s="0" t="s">
+        <v>2106</v>
+      </c>
+      <c r="D535" s="0" t="s">
         <v>2107</v>
       </c>
-      <c r="C535" s="0" t="s">
+      <c r="E535" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="F535" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="G535" s="0" t="s">
+        <v>1012</v>
+      </c>
+      <c r="H535" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="I535" s="1" t="s">
         <v>2108</v>
-      </c>
-[...14 lines deleted...]
-        <v>2110</v>
       </c>
       <c r="J535" s="0"/>
       <c r="K535" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L535" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="536" spans="1:12" customHeight="1" ht="80">
       <c r="A536" s="0"/>
       <c r="B536" s="0" t="s">
+        <v>2109</v>
+      </c>
+      <c r="C536" s="0" t="s">
+        <v>2110</v>
+      </c>
+      <c r="D536" s="0" t="s">
         <v>2111</v>
       </c>
-      <c r="C536" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D536" s="0"/>
       <c r="E536" s="0" t="s">
-        <v>2113</v>
+        <v>82</v>
       </c>
       <c r="F536" s="0"/>
       <c r="G536" s="0" t="s">
-        <v>138</v>
+        <v>41</v>
       </c>
       <c r="H536" s="0" t="s">
-        <v>1071</v>
+        <v>377</v>
       </c>
       <c r="I536" s="1" t="s">
-        <v>2114</v>
+        <v>2112</v>
       </c>
       <c r="J536" s="0"/>
       <c r="K536" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L536" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="537" spans="1:12" customHeight="1" ht="80">
       <c r="A537" s="0"/>
       <c r="B537" s="0" t="s">
+        <v>2113</v>
+      </c>
+      <c r="C537" s="0" t="s">
+        <v>2114</v>
+      </c>
+      <c r="D537" s="0"/>
+      <c r="E537" s="0" t="s">
         <v>2115</v>
       </c>
-      <c r="C537" s="0" t="s">
+      <c r="F537" s="0"/>
+      <c r="G537" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="H537" s="0" t="s">
+        <v>1068</v>
+      </c>
+      <c r="I537" s="1" t="s">
         <v>2116</v>
-      </c>
-[...16 lines deleted...]
-        <v>2119</v>
       </c>
       <c r="J537" s="0"/>
       <c r="K537" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L537" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="538" spans="1:12" customHeight="1" ht="80">
       <c r="A538" s="0"/>
       <c r="B538" s="0" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C538" s="0" t="s">
+        <v>2118</v>
+      </c>
+      <c r="D538" s="0" t="s">
+        <v>2119</v>
+      </c>
+      <c r="E538" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="F538" s="0" t="s">
         <v>2120</v>
-      </c>
-[...10 lines deleted...]
-        <v>2118</v>
       </c>
       <c r="G538" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H538" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I538" s="1" t="s">
-        <v>2123</v>
+        <v>2121</v>
       </c>
       <c r="J538" s="0"/>
       <c r="K538" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L538" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="539" spans="1:12" customHeight="1" ht="80">
       <c r="A539" s="0"/>
       <c r="B539" s="0" t="s">
+        <v>2122</v>
+      </c>
+      <c r="C539" s="0" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D539" s="0" t="s">
         <v>2124</v>
       </c>
-      <c r="C539" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E539" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F539" s="0" t="s">
-        <v>2118</v>
+        <v>2120</v>
       </c>
       <c r="G539" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H539" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I539" s="1" t="s">
-        <v>2127</v>
+        <v>2125</v>
       </c>
       <c r="J539" s="0"/>
       <c r="K539" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L539" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="540" spans="1:12" customHeight="1" ht="80">
       <c r="A540" s="0"/>
       <c r="B540" s="0" t="s">
+        <v>2126</v>
+      </c>
+      <c r="C540" s="0" t="s">
+        <v>2127</v>
+      </c>
+      <c r="D540" s="0" t="s">
         <v>2128</v>
       </c>
-      <c r="C540" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E540" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F540" s="0" t="s">
-        <v>2118</v>
+        <v>2120</v>
       </c>
       <c r="G540" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H540" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I540" s="1" t="s">
-        <v>2131</v>
+        <v>2129</v>
       </c>
       <c r="J540" s="0"/>
       <c r="K540" s="0" t="s">
-        <v>572</v>
+        <v>31</v>
       </c>
       <c r="L540" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="541" spans="1:12" customHeight="1" ht="80">
       <c r="A541" s="0"/>
       <c r="B541" s="0" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C541" s="0" t="s">
+        <v>2131</v>
+      </c>
+      <c r="D541" s="0" t="s">
         <v>2132</v>
       </c>
-      <c r="C541" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E541" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F541" s="0" t="s">
-        <v>2118</v>
+        <v>2120</v>
       </c>
       <c r="G541" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H541" s="0" t="s">
-        <v>83</v>
+        <v>29</v>
       </c>
       <c r="I541" s="1" t="s">
-        <v>2135</v>
+        <v>2133</v>
       </c>
       <c r="J541" s="0"/>
       <c r="K541" s="0" t="s">
-        <v>31</v>
+        <v>1365</v>
       </c>
       <c r="L541" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="542" spans="1:12" customHeight="1" ht="80">
       <c r="A542" s="0"/>
       <c r="B542" s="0" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C542" s="0" t="s">
+        <v>2135</v>
+      </c>
+      <c r="D542" s="0" t="s">
         <v>2136</v>
       </c>
-      <c r="C542" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E542" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F542" s="0" t="s">
-        <v>2118</v>
+        <v>2120</v>
       </c>
       <c r="G542" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H542" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I542" s="1" t="s">
-        <v>2139</v>
+        <v>2137</v>
       </c>
       <c r="J542" s="0"/>
       <c r="K542" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L542" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="543" spans="1:12" customHeight="1" ht="80">
       <c r="A543" s="0"/>
       <c r="B543" s="0" t="s">
+        <v>2138</v>
+      </c>
+      <c r="C543" s="0" t="s">
+        <v>2139</v>
+      </c>
+      <c r="D543" s="0" t="s">
         <v>2140</v>
       </c>
-      <c r="C543" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E543" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F543" s="0" t="s">
-        <v>2118</v>
+        <v>2120</v>
       </c>
       <c r="G543" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H543" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I543" s="1" t="s">
-        <v>2143</v>
+        <v>2141</v>
       </c>
       <c r="J543" s="0"/>
       <c r="K543" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L543" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="544" spans="1:12" customHeight="1" ht="80">
       <c r="A544" s="0"/>
       <c r="B544" s="0" t="s">
+        <v>2142</v>
+      </c>
+      <c r="C544" s="0" t="s">
+        <v>2143</v>
+      </c>
+      <c r="D544" s="0" t="s">
         <v>2144</v>
       </c>
-      <c r="C544" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E544" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F544" s="0" t="s">
-        <v>2118</v>
+        <v>2120</v>
       </c>
       <c r="G544" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H544" s="0" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="I544" s="1" t="s">
-        <v>2147</v>
+        <v>2145</v>
       </c>
       <c r="J544" s="0"/>
       <c r="K544" s="0" t="s">
-        <v>572</v>
+        <v>31</v>
       </c>
       <c r="L544" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="545" spans="1:12" customHeight="1" ht="80">
       <c r="A545" s="0"/>
       <c r="B545" s="0" t="s">
+        <v>2146</v>
+      </c>
+      <c r="C545" s="0" t="s">
+        <v>2147</v>
+      </c>
+      <c r="D545" s="0" t="s">
         <v>2148</v>
       </c>
-      <c r="C545" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E545" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F545" s="0" t="s">
-        <v>2118</v>
+        <v>2120</v>
       </c>
       <c r="G545" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H545" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I545" s="1" t="s">
-        <v>2151</v>
+        <v>2149</v>
       </c>
       <c r="J545" s="0"/>
       <c r="K545" s="0" t="s">
-        <v>31</v>
+        <v>1365</v>
       </c>
       <c r="L545" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="546" spans="1:12" customHeight="1" ht="80">
       <c r="A546" s="0"/>
       <c r="B546" s="0" t="s">
+        <v>2150</v>
+      </c>
+      <c r="C546" s="0" t="s">
+        <v>2151</v>
+      </c>
+      <c r="D546" s="0" t="s">
         <v>2152</v>
       </c>
-      <c r="C546" s="0" t="s">
+      <c r="E546" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="F546" s="0" t="s">
+        <v>2120</v>
+      </c>
+      <c r="G546" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="H546" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="I546" s="1" t="s">
         <v>2153</v>
-      </c>
-[...14 lines deleted...]
-        <v>2156</v>
       </c>
       <c r="J546" s="0"/>
       <c r="K546" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L546" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="547" spans="1:12" customHeight="1" ht="80">
       <c r="A547" s="0"/>
       <c r="B547" s="0" t="s">
+        <v>2154</v>
+      </c>
+      <c r="C547" s="0" t="s">
+        <v>2155</v>
+      </c>
+      <c r="D547" s="0" t="s">
+        <v>2156</v>
+      </c>
+      <c r="E547" s="0" t="s">
         <v>2157</v>
       </c>
-      <c r="C547" s="0" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F547" s="0"/>
       <c r="G547" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H547" s="0" t="s">
-        <v>332</v>
+        <v>83</v>
       </c>
       <c r="I547" s="1" t="s">
-        <v>2161</v>
+        <v>2158</v>
       </c>
       <c r="J547" s="0"/>
       <c r="K547" s="0" t="s">
-        <v>2162</v>
+        <v>31</v>
       </c>
       <c r="L547" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="548" spans="1:12" customHeight="1" ht="80">
       <c r="A548" s="0"/>
       <c r="B548" s="0" t="s">
+        <v>2159</v>
+      </c>
+      <c r="C548" s="0" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D548" s="0" t="s">
+        <v>2161</v>
+      </c>
+      <c r="E548" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="F548" s="0" t="s">
+        <v>2162</v>
+      </c>
+      <c r="G548" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="H548" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="I548" s="1" t="s">
         <v>2163</v>
-      </c>
-[...19 lines deleted...]
-        <v>2166</v>
       </c>
       <c r="J548" s="0"/>
       <c r="K548" s="0" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="L548" s="0"/>
+        <v>2164</v>
+      </c>
+      <c r="L548" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="549" spans="1:12" customHeight="1" ht="80">
       <c r="A549" s="0"/>
       <c r="B549" s="0" t="s">
-        <v>2167</v>
+        <v>2165</v>
       </c>
       <c r="C549" s="0" t="s">
-        <v>2168</v>
+        <v>2166</v>
       </c>
       <c r="D549" s="0">
-        <v>3724.28</v>
+        <v>3724.24</v>
       </c>
       <c r="E549" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F549" s="0" t="s">
-        <v>2165</v>
+        <v>2167</v>
       </c>
       <c r="G549" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H549" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I549" s="1" t="s">
-        <v>2169</v>
+        <v>2168</v>
       </c>
       <c r="J549" s="0"/>
       <c r="K549" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L549" s="0"/>
     </row>
     <row r="550" spans="1:12" customHeight="1" ht="80">
       <c r="A550" s="0"/>
       <c r="B550" s="0" t="s">
+        <v>2169</v>
+      </c>
+      <c r="C550" s="0" t="s">
         <v>2170</v>
       </c>
-      <c r="C550" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D550" s="0">
-        <v>3718.28</v>
+        <v>3724.28</v>
       </c>
       <c r="E550" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F550" s="0" t="s">
-        <v>2165</v>
+        <v>2167</v>
       </c>
       <c r="G550" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H550" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I550" s="1" t="s">
-        <v>2172</v>
+        <v>2171</v>
       </c>
       <c r="J550" s="0"/>
       <c r="K550" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L550" s="0"/>
     </row>
     <row r="551" spans="1:12" customHeight="1" ht="80">
       <c r="A551" s="0"/>
       <c r="B551" s="0" t="s">
+        <v>2172</v>
+      </c>
+      <c r="C551" s="0" t="s">
         <v>2173</v>
       </c>
-      <c r="C551" s="0" t="s">
+      <c r="D551" s="0">
+        <v>3718.28</v>
+      </c>
+      <c r="E551" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="F551" s="0" t="s">
+        <v>2167</v>
+      </c>
+      <c r="G551" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="H551" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="I551" s="1" t="s">
         <v>2174</v>
-      </c>
-[...14 lines deleted...]
-        <v>2177</v>
       </c>
       <c r="J551" s="0"/>
       <c r="K551" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L551" s="0"/>
     </row>
     <row r="552" spans="1:12" customHeight="1" ht="80">
       <c r="A552" s="0"/>
       <c r="B552" s="0" t="s">
+        <v>2175</v>
+      </c>
+      <c r="C552" s="0" t="s">
+        <v>2176</v>
+      </c>
+      <c r="D552" s="0" t="s">
+        <v>2177</v>
+      </c>
+      <c r="E552" s="0" t="s">
         <v>2178</v>
       </c>
-      <c r="C552" s="0" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F552" s="0"/>
       <c r="G552" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H552" s="0" t="s">
-        <v>18</v>
+        <v>77</v>
       </c>
       <c r="I552" s="1" t="s">
-        <v>2181</v>
+        <v>2179</v>
       </c>
       <c r="J552" s="0"/>
       <c r="K552" s="0" t="s">
-        <v>1572</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="L552" s="0"/>
     </row>
     <row r="553" spans="1:12" customHeight="1" ht="80">
       <c r="A553" s="0"/>
       <c r="B553" s="0" t="s">
+        <v>2180</v>
+      </c>
+      <c r="C553" s="0" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D553" s="0" t="s">
         <v>2182</v>
       </c>
-      <c r="C553" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E553" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F553" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G553" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H553" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I553" s="1" t="s">
-        <v>2185</v>
+        <v>2183</v>
       </c>
       <c r="J553" s="0"/>
       <c r="K553" s="0" t="s">
-        <v>572</v>
+        <v>1571</v>
       </c>
       <c r="L553" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="554" spans="1:12" customHeight="1" ht="80">
       <c r="A554" s="0"/>
       <c r="B554" s="0" t="s">
+        <v>2184</v>
+      </c>
+      <c r="C554" s="0" t="s">
+        <v>2185</v>
+      </c>
+      <c r="D554" s="0" t="s">
         <v>2186</v>
       </c>
-      <c r="C554" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E554" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F554" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G554" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H554" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I554" s="1" t="s">
-        <v>2189</v>
+        <v>2187</v>
       </c>
       <c r="J554" s="0"/>
       <c r="K554" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="L554" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="555" spans="1:12" customHeight="1" ht="80">
       <c r="A555" s="0"/>
       <c r="B555" s="0" t="s">
+        <v>2188</v>
+      </c>
+      <c r="C555" s="0" t="s">
+        <v>2189</v>
+      </c>
+      <c r="D555" s="0" t="s">
         <v>2190</v>
       </c>
-      <c r="C555" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E555" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F555" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G555" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H555" s="0" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="I555" s="1" t="s">
-        <v>2193</v>
+        <v>2191</v>
       </c>
       <c r="J555" s="0"/>
       <c r="K555" s="0" t="s">
-        <v>1551</v>
+        <v>569</v>
       </c>
       <c r="L555" s="0">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="556" spans="1:12" customHeight="1" ht="80">
       <c r="A556" s="0"/>
       <c r="B556" s="0" t="s">
+        <v>2192</v>
+      </c>
+      <c r="C556" s="0" t="s">
+        <v>2193</v>
+      </c>
+      <c r="D556" s="0" t="s">
         <v>2194</v>
       </c>
-      <c r="C556" s="0" t="s">
+      <c r="E556" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="F556" s="0" t="s">
+        <v>2017</v>
+      </c>
+      <c r="G556" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="H556" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="I556" s="1" t="s">
         <v>2195</v>
-      </c>
-[...16 lines deleted...]
-        <v>2197</v>
       </c>
       <c r="J556" s="0"/>
       <c r="K556" s="0" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="L556" s="0"/>
+        <v>1545</v>
+      </c>
+      <c r="L556" s="0">
+        <v>30</v>
+      </c>
     </row>
     <row r="557" spans="1:12" customHeight="1" ht="80">
       <c r="A557" s="0"/>
       <c r="B557" s="0" t="s">
+        <v>2196</v>
+      </c>
+      <c r="C557" s="0" t="s">
+        <v>2197</v>
+      </c>
+      <c r="D557" s="0">
+        <v>30602332</v>
+      </c>
+      <c r="E557" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="F557" s="0" t="s">
         <v>2198</v>
       </c>
-      <c r="C557" s="0" t="s">
+      <c r="G557" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="H557" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="I557" s="1" t="s">
         <v>2199</v>
-      </c>
-[...16 lines deleted...]
-        <v>2201</v>
       </c>
       <c r="J557" s="0"/>
       <c r="K557" s="0" t="s">
-        <v>572</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="L557" s="0"/>
     </row>
     <row r="558" spans="1:12" customHeight="1" ht="80">
       <c r="A558" s="0"/>
       <c r="B558" s="0" t="s">
+        <v>2200</v>
+      </c>
+      <c r="C558" s="0" t="s">
+        <v>2201</v>
+      </c>
+      <c r="D558" s="0" t="s">
         <v>2202</v>
       </c>
-      <c r="C558" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E558" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F558" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G558" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H558" s="0" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="I558" s="1" t="s">
-        <v>2205</v>
+        <v>2203</v>
       </c>
       <c r="J558" s="0"/>
       <c r="K558" s="0" t="s">
-        <v>1249</v>
+        <v>569</v>
       </c>
       <c r="L558" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="559" spans="1:12" customHeight="1" ht="80">
       <c r="A559" s="0"/>
       <c r="B559" s="0" t="s">
+        <v>2204</v>
+      </c>
+      <c r="C559" s="0" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D559" s="0" t="s">
         <v>2206</v>
       </c>
-      <c r="C559" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E559" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F559" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G559" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H559" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I559" s="1" t="s">
-        <v>2209</v>
+        <v>2207</v>
       </c>
       <c r="J559" s="0"/>
       <c r="K559" s="0" t="s">
-        <v>572</v>
+        <v>1520</v>
       </c>
       <c r="L559" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="560" spans="1:12" customHeight="1" ht="80">
       <c r="A560" s="0"/>
       <c r="B560" s="0" t="s">
+        <v>2208</v>
+      </c>
+      <c r="C560" s="0" t="s">
+        <v>2209</v>
+      </c>
+      <c r="D560" s="0" t="s">
         <v>2210</v>
       </c>
-      <c r="C560" s="0" t="s">
+      <c r="E560" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="F560" s="0" t="s">
+        <v>2017</v>
+      </c>
+      <c r="G560" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="H560" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="I560" s="1" t="s">
         <v>2211</v>
-      </c>
-[...14 lines deleted...]
-        <v>2214</v>
       </c>
       <c r="J560" s="0"/>
       <c r="K560" s="0" t="s">
-        <v>31</v>
+        <v>569</v>
       </c>
       <c r="L560" s="0">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="561" spans="1:12" customHeight="1" ht="80">
       <c r="A561" s="0"/>
       <c r="B561" s="0" t="s">
+        <v>2212</v>
+      </c>
+      <c r="C561" s="0" t="s">
+        <v>2213</v>
+      </c>
+      <c r="D561" s="0" t="s">
+        <v>2214</v>
+      </c>
+      <c r="E561" s="0" t="s">
         <v>2215</v>
       </c>
-      <c r="C561" s="0" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F561" s="0"/>
       <c r="G561" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H561" s="0" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I561" s="1" t="s">
-        <v>2219</v>
+        <v>2216</v>
       </c>
       <c r="J561" s="0"/>
       <c r="K561" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="L561" s="0"/>
+      <c r="L561" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="562" spans="1:12" customHeight="1" ht="80">
       <c r="A562" s="0"/>
       <c r="B562" s="0" t="s">
+        <v>2217</v>
+      </c>
+      <c r="C562" s="0" t="s">
+        <v>2218</v>
+      </c>
+      <c r="D562" s="0" t="s">
+        <v>2219</v>
+      </c>
+      <c r="E562" s="0" t="s">
+        <v>1436</v>
+      </c>
+      <c r="F562" s="0" t="s">
         <v>2220</v>
       </c>
-      <c r="C562" s="0" t="s">
+      <c r="G562" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="H562" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="I562" s="1" t="s">
         <v>2221</v>
-      </c>
-[...14 lines deleted...]
-        <v>2224</v>
       </c>
       <c r="J562" s="0"/>
       <c r="K562" s="0" t="s">
-        <v>85</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="L562" s="0"/>
     </row>
     <row r="563" spans="1:12" customHeight="1" ht="80">
       <c r="A563" s="0"/>
       <c r="B563" s="0" t="s">
+        <v>2222</v>
+      </c>
+      <c r="C563" s="0" t="s">
+        <v>2223</v>
+      </c>
+      <c r="D563" s="0" t="s">
+        <v>2224</v>
+      </c>
+      <c r="E563" s="0" t="s">
         <v>2225</v>
-      </c>
-[...7 lines deleted...]
-        <v>2223</v>
       </c>
       <c r="F563" s="0"/>
       <c r="G563" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H563" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I563" s="1" t="s">
-        <v>2228</v>
+        <v>2226</v>
       </c>
       <c r="J563" s="0"/>
       <c r="K563" s="0" t="s">
-        <v>262</v>
+        <v>89</v>
       </c>
       <c r="L563" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="564" spans="1:12" customHeight="1" ht="80">
       <c r="A564" s="0"/>
       <c r="B564" s="0" t="s">
+        <v>2227</v>
+      </c>
+      <c r="C564" s="0" t="s">
+        <v>2228</v>
+      </c>
+      <c r="D564" s="0" t="s">
         <v>2229</v>
       </c>
-      <c r="C564" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E564" s="0" t="s">
-        <v>2223</v>
+        <v>2225</v>
       </c>
       <c r="F564" s="0"/>
       <c r="G564" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H564" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I564" s="1" t="s">
-        <v>2232</v>
+        <v>2230</v>
       </c>
       <c r="J564" s="0"/>
       <c r="K564" s="0" t="s">
-        <v>44</v>
+        <v>124</v>
       </c>
       <c r="L564" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="565" spans="1:12" customHeight="1" ht="80">
       <c r="A565" s="0"/>
       <c r="B565" s="0" t="s">
+        <v>2231</v>
+      </c>
+      <c r="C565" s="0" t="s">
+        <v>2232</v>
+      </c>
+      <c r="D565" s="0" t="s">
         <v>2233</v>
       </c>
-      <c r="C565" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E565" s="0" t="s">
-        <v>2223</v>
+        <v>2225</v>
       </c>
       <c r="F565" s="0"/>
       <c r="G565" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H565" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I565" s="1" t="s">
-        <v>2236</v>
+        <v>2234</v>
       </c>
       <c r="J565" s="0"/>
       <c r="K565" s="0" t="s">
-        <v>262</v>
+        <v>44</v>
       </c>
       <c r="L565" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="566" spans="1:12" customHeight="1" ht="80">
       <c r="A566" s="0"/>
       <c r="B566" s="0" t="s">
+        <v>2235</v>
+      </c>
+      <c r="C566" s="0" t="s">
+        <v>2236</v>
+      </c>
+      <c r="D566" s="0" t="s">
         <v>2237</v>
       </c>
-      <c r="C566" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E566" s="0" t="s">
-        <v>2223</v>
+        <v>2225</v>
       </c>
       <c r="F566" s="0"/>
       <c r="G566" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H566" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I566" s="1" t="s">
-        <v>2240</v>
+        <v>2238</v>
       </c>
       <c r="J566" s="0"/>
       <c r="K566" s="0" t="s">
-        <v>367</v>
+        <v>124</v>
       </c>
       <c r="L566" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="567" spans="1:12" customHeight="1" ht="80">
       <c r="A567" s="0"/>
       <c r="B567" s="0" t="s">
+        <v>2239</v>
+      </c>
+      <c r="C567" s="0" t="s">
+        <v>2240</v>
+      </c>
+      <c r="D567" s="0" t="s">
         <v>2241</v>
       </c>
-      <c r="C567" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E567" s="0" t="s">
-        <v>2223</v>
+        <v>2225</v>
       </c>
       <c r="F567" s="0"/>
       <c r="G567" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H567" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I567" s="1" t="s">
-        <v>2244</v>
+        <v>2242</v>
       </c>
       <c r="J567" s="0"/>
       <c r="K567" s="0" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="L567" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="568" spans="1:12" customHeight="1" ht="80">
       <c r="A568" s="0"/>
       <c r="B568" s="0" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C568" s="0" t="s">
+        <v>2244</v>
+      </c>
+      <c r="D568" s="0" t="s">
         <v>2245</v>
       </c>
-      <c r="C568" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E568" s="0" t="s">
-        <v>2223</v>
+        <v>2225</v>
       </c>
       <c r="F568" s="0"/>
       <c r="G568" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H568" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I568" s="1" t="s">
-        <v>2248</v>
+        <v>2246</v>
       </c>
       <c r="J568" s="0"/>
       <c r="K568" s="0" t="s">
-        <v>85</v>
+        <v>98</v>
       </c>
       <c r="L568" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="569" spans="1:12" customHeight="1" ht="80">
       <c r="A569" s="0"/>
       <c r="B569" s="0" t="s">
+        <v>2247</v>
+      </c>
+      <c r="C569" s="0" t="s">
+        <v>2248</v>
+      </c>
+      <c r="D569" s="0" t="s">
         <v>2249</v>
       </c>
-      <c r="C569" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E569" s="0" t="s">
-        <v>55</v>
+        <v>2225</v>
       </c>
       <c r="F569" s="0"/>
       <c r="G569" s="0" t="s">
-        <v>152</v>
+        <v>138</v>
       </c>
       <c r="H569" s="0" t="s">
-        <v>29</v>
+        <v>77</v>
       </c>
       <c r="I569" s="1" t="s">
-        <v>2251</v>
+        <v>2250</v>
       </c>
       <c r="J569" s="0"/>
       <c r="K569" s="0" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="L569" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="570" spans="1:12" customHeight="1" ht="80">
       <c r="A570" s="0"/>
       <c r="B570" s="0" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C570" s="0" t="s">
         <v>2252</v>
       </c>
-      <c r="C570" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D570" s="0">
-        <v>38202524</v>
+        <v>38202520</v>
       </c>
       <c r="E570" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F570" s="0"/>
       <c r="G570" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H570" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I570" s="1" t="s">
-        <v>2254</v>
+        <v>2253</v>
       </c>
       <c r="J570" s="0"/>
       <c r="K570" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L570" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="571" spans="1:12" customHeight="1" ht="80">
       <c r="A571" s="0"/>
       <c r="B571" s="0" t="s">
+        <v>2254</v>
+      </c>
+      <c r="C571" s="0" t="s">
         <v>2255</v>
       </c>
-      <c r="C571" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D571" s="0">
-        <v>38205326</v>
+        <v>38202524</v>
       </c>
       <c r="E571" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F571" s="0"/>
       <c r="G571" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H571" s="0" t="s">
-        <v>332</v>
+        <v>29</v>
       </c>
       <c r="I571" s="1" t="s">
-        <v>2257</v>
+        <v>2256</v>
       </c>
       <c r="J571" s="0"/>
       <c r="K571" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L571" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="572" spans="1:12" customHeight="1" ht="80">
       <c r="A572" s="0"/>
       <c r="B572" s="0" t="s">
+        <v>2257</v>
+      </c>
+      <c r="C572" s="0" t="s">
         <v>2258</v>
       </c>
-      <c r="C572" s="0" t="s">
+      <c r="D572" s="0">
+        <v>38205326</v>
+      </c>
+      <c r="E572" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="F572" s="0"/>
+      <c r="G572" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="H572" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="I572" s="1" t="s">
         <v>2259</v>
-      </c>
-[...16 lines deleted...]
-        <v>2261</v>
       </c>
       <c r="J572" s="0"/>
       <c r="K572" s="0" t="s">
-        <v>572</v>
+        <v>31</v>
       </c>
       <c r="L572" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="573" spans="1:12" customHeight="1" ht="80">
       <c r="A573" s="0"/>
       <c r="B573" s="0" t="s">
+        <v>2260</v>
+      </c>
+      <c r="C573" s="0" t="s">
+        <v>2261</v>
+      </c>
+      <c r="D573" s="0" t="s">
         <v>2262</v>
-      </c>
-[...4 lines deleted...]
-        <v>2264</v>
       </c>
       <c r="E573" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F573" s="0" t="s">
-        <v>1475</v>
+        <v>1470</v>
       </c>
       <c r="G573" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H573" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I573" s="1" t="s">
-        <v>2265</v>
+        <v>2263</v>
       </c>
       <c r="J573" s="0"/>
       <c r="K573" s="0" t="s">
-        <v>1017</v>
+        <v>1365</v>
       </c>
       <c r="L573" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="574" spans="1:12" customHeight="1" ht="80">
       <c r="A574" s="0"/>
       <c r="B574" s="0" t="s">
+        <v>2264</v>
+      </c>
+      <c r="C574" s="0" t="s">
+        <v>2265</v>
+      </c>
+      <c r="D574" s="0" t="s">
         <v>2266</v>
-      </c>
-[...4 lines deleted...]
-        <v>2268</v>
       </c>
       <c r="E574" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F574" s="0" t="s">
-        <v>1475</v>
+        <v>1470</v>
       </c>
       <c r="G574" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H574" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I574" s="1" t="s">
-        <v>2269</v>
+        <v>2267</v>
       </c>
       <c r="J574" s="0"/>
       <c r="K574" s="0" t="s">
-        <v>1249</v>
+        <v>2268</v>
       </c>
       <c r="L574" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="575" spans="1:12" customHeight="1" ht="80">
       <c r="A575" s="0"/>
       <c r="B575" s="0" t="s">
+        <v>2269</v>
+      </c>
+      <c r="C575" s="0" t="s">
         <v>2270</v>
       </c>
-      <c r="C575" s="0" t="s">
+      <c r="D575" s="0" t="s">
         <v>2271</v>
-      </c>
-[...1 lines deleted...]
-        <v>2272</v>
       </c>
       <c r="E575" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F575" s="0" t="s">
-        <v>1475</v>
+        <v>1470</v>
       </c>
       <c r="G575" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H575" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I575" s="1" t="s">
-        <v>2273</v>
+        <v>2272</v>
       </c>
       <c r="J575" s="0"/>
       <c r="K575" s="0" t="s">
-        <v>31</v>
+        <v>124</v>
       </c>
       <c r="L575" s="0">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="576" spans="1:12" customHeight="1" ht="80">
       <c r="A576" s="0"/>
       <c r="B576" s="0" t="s">
+        <v>2273</v>
+      </c>
+      <c r="C576" s="0" t="s">
         <v>2274</v>
       </c>
-      <c r="C576" s="0" t="s">
+      <c r="D576" s="0" t="s">
         <v>2275</v>
-      </c>
-[...1 lines deleted...]
-        <v>2276</v>
       </c>
       <c r="E576" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F576" s="0" t="s">
-        <v>1475</v>
+        <v>1470</v>
       </c>
       <c r="G576" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H576" s="0" t="s">
-        <v>83</v>
+        <v>18</v>
       </c>
       <c r="I576" s="1" t="s">
-        <v>2277</v>
+        <v>2276</v>
       </c>
       <c r="J576" s="0"/>
       <c r="K576" s="0" t="s">
-        <v>1160</v>
+        <v>31</v>
       </c>
       <c r="L576" s="0">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="577" spans="1:12" customHeight="1" ht="80">
       <c r="A577" s="0"/>
       <c r="B577" s="0" t="s">
+        <v>2277</v>
+      </c>
+      <c r="C577" s="0" t="s">
         <v>2278</v>
       </c>
-      <c r="C577" s="0" t="s">
+      <c r="D577" s="0" t="s">
         <v>2279</v>
-      </c>
-[...1 lines deleted...]
-        <v>2280</v>
       </c>
       <c r="E577" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F577" s="0" t="s">
-        <v>1475</v>
+        <v>1470</v>
       </c>
       <c r="G577" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H577" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I577" s="1" t="s">
-        <v>2281</v>
+        <v>2280</v>
       </c>
       <c r="J577" s="0"/>
       <c r="K577" s="0" t="s">
-        <v>31</v>
+        <v>1520</v>
       </c>
       <c r="L577" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="578" spans="1:12" customHeight="1" ht="80">
       <c r="A578" s="0"/>
       <c r="B578" s="0" t="s">
+        <v>2281</v>
+      </c>
+      <c r="C578" s="0" t="s">
         <v>2282</v>
       </c>
-      <c r="C578" s="0" t="s">
+      <c r="D578" s="0" t="s">
         <v>2283</v>
-      </c>
-[...1 lines deleted...]
-        <v>2284</v>
       </c>
       <c r="E578" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F578" s="0" t="s">
-        <v>1475</v>
+        <v>1470</v>
       </c>
       <c r="G578" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H578" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I578" s="1" t="s">
-        <v>2285</v>
+        <v>2284</v>
       </c>
       <c r="J578" s="0"/>
       <c r="K578" s="0" t="s">
-        <v>2286</v>
+        <v>365</v>
       </c>
       <c r="L578" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="579" spans="1:12" customHeight="1" ht="80">
       <c r="A579" s="0"/>
       <c r="B579" s="0" t="s">
+        <v>2285</v>
+      </c>
+      <c r="C579" s="0" t="s">
+        <v>2286</v>
+      </c>
+      <c r="D579" s="0" t="s">
         <v>2287</v>
       </c>
-      <c r="C579" s="0" t="s">
+      <c r="E579" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="F579" s="0" t="s">
+        <v>1470</v>
+      </c>
+      <c r="G579" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H579" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="I579" s="1" t="s">
         <v>2288</v>
-      </c>
-[...16 lines deleted...]
-        <v>2292</v>
       </c>
       <c r="J579" s="0"/>
       <c r="K579" s="0" t="s">
-        <v>31</v>
+        <v>2289</v>
       </c>
       <c r="L579" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="580" spans="1:12" customHeight="1" ht="80">
       <c r="A580" s="0"/>
       <c r="B580" s="0" t="s">
+        <v>2290</v>
+      </c>
+      <c r="C580" s="0" t="s">
+        <v>2291</v>
+      </c>
+      <c r="D580" s="0" t="s">
+        <v>2292</v>
+      </c>
+      <c r="E580" s="0" t="s">
+        <v>1899</v>
+      </c>
+      <c r="F580" s="0" t="s">
         <v>2293</v>
-      </c>
-[...10 lines deleted...]
-        <v>2291</v>
       </c>
       <c r="G580" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H580" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I580" s="1" t="s">
-        <v>2296</v>
+        <v>2294</v>
       </c>
       <c r="J580" s="0"/>
       <c r="K580" s="0" t="s">
-        <v>1249</v>
+        <v>236</v>
       </c>
       <c r="L580" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="581" spans="1:12" customHeight="1" ht="80">
       <c r="A581" s="0"/>
       <c r="B581" s="0" t="s">
+        <v>2295</v>
+      </c>
+      <c r="C581" s="0" t="s">
+        <v>2296</v>
+      </c>
+      <c r="D581" s="0" t="s">
         <v>2297</v>
       </c>
-      <c r="C581" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E581" s="0" t="s">
-        <v>2290</v>
+        <v>1899</v>
       </c>
       <c r="F581" s="0" t="s">
-        <v>2291</v>
+        <v>2293</v>
       </c>
       <c r="G581" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H581" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I581" s="1" t="s">
-        <v>2300</v>
+        <v>2298</v>
       </c>
       <c r="J581" s="0"/>
       <c r="K581" s="0" t="s">
-        <v>572</v>
+        <v>2299</v>
       </c>
       <c r="L581" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="582" spans="1:12" customHeight="1" ht="80">
       <c r="A582" s="0"/>
       <c r="B582" s="0" t="s">
+        <v>2300</v>
+      </c>
+      <c r="C582" s="0" t="s">
         <v>2301</v>
       </c>
-      <c r="C582" s="0" t="s">
+      <c r="D582" s="0" t="s">
         <v>2302</v>
       </c>
-      <c r="D582" s="0" t="s">
+      <c r="E582" s="0" t="s">
+        <v>1899</v>
+      </c>
+      <c r="F582" s="0" t="s">
+        <v>2293</v>
+      </c>
+      <c r="G582" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="H582" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I582" s="1" t="s">
         <v>2303</v>
-      </c>
-[...13 lines deleted...]
-        <v>2304</v>
       </c>
       <c r="J582" s="0"/>
       <c r="K582" s="0" t="s">
-        <v>2305</v>
+        <v>1365</v>
       </c>
       <c r="L582" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="583" spans="1:12" customHeight="1" ht="80">
       <c r="A583" s="0"/>
       <c r="B583" s="0" t="s">
+        <v>2304</v>
+      </c>
+      <c r="C583" s="0" t="s">
+        <v>2305</v>
+      </c>
+      <c r="D583" s="0" t="s">
         <v>2306</v>
       </c>
-      <c r="C583" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E583" s="0" t="s">
-        <v>40</v>
+        <v>161</v>
       </c>
       <c r="F583" s="0" t="s">
-        <v>2309</v>
+        <v>1470</v>
       </c>
       <c r="G583" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H583" s="0" t="s">
-        <v>29</v>
+        <v>83</v>
       </c>
       <c r="I583" s="1" t="s">
-        <v>2310</v>
+        <v>2307</v>
       </c>
       <c r="J583" s="0"/>
       <c r="K583" s="0" t="s">
-        <v>85</v>
+        <v>1378</v>
       </c>
       <c r="L583" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="584" spans="1:12" customHeight="1" ht="80">
       <c r="A584" s="0"/>
       <c r="B584" s="0" t="s">
-        <v>2311</v>
+        <v>2308</v>
       </c>
       <c r="C584" s="0" t="s">
-        <v>2312</v>
+        <v>2309</v>
       </c>
       <c r="D584" s="0" t="s">
-        <v>2313</v>
+        <v>2310</v>
       </c>
       <c r="E584" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F584" s="0" t="s">
-        <v>2309</v>
+        <v>2311</v>
       </c>
       <c r="G584" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H584" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I584" s="1" t="s">
-        <v>2314</v>
+        <v>2312</v>
       </c>
       <c r="J584" s="0"/>
       <c r="K584" s="0" t="s">
-        <v>262</v>
+        <v>31</v>
       </c>
       <c r="L584" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="585" spans="1:12" customHeight="1" ht="80">
       <c r="A585" s="0"/>
       <c r="B585" s="0" t="s">
+        <v>2313</v>
+      </c>
+      <c r="C585" s="0" t="s">
+        <v>2314</v>
+      </c>
+      <c r="D585" s="0" t="s">
         <v>2315</v>
-      </c>
-[...4 lines deleted...]
-        <v>2317</v>
       </c>
       <c r="E585" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F585" s="0" t="s">
-        <v>2309</v>
+        <v>2311</v>
       </c>
       <c r="G585" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H585" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I585" s="1" t="s">
-        <v>2318</v>
+        <v>2316</v>
       </c>
       <c r="J585" s="0"/>
       <c r="K585" s="0" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="L585" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="586" spans="1:12" customHeight="1" ht="80">
       <c r="A586" s="0"/>
       <c r="B586" s="0" t="s">
+        <v>2317</v>
+      </c>
+      <c r="C586" s="0" t="s">
+        <v>2318</v>
+      </c>
+      <c r="D586" s="0" t="s">
         <v>2319</v>
-      </c>
-[...4 lines deleted...]
-        <v>2321</v>
       </c>
       <c r="E586" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F586" s="0" t="s">
-        <v>2309</v>
+        <v>2311</v>
       </c>
       <c r="G586" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H586" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I586" s="1" t="s">
-        <v>312</v>
+        <v>2320</v>
       </c>
       <c r="J586" s="0"/>
       <c r="K586" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L586" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="587" spans="1:12" customHeight="1" ht="80">
       <c r="A587" s="0"/>
       <c r="B587" s="0" t="s">
+        <v>2321</v>
+      </c>
+      <c r="C587" s="0" t="s">
         <v>2322</v>
       </c>
-      <c r="C587" s="0" t="s">
+      <c r="D587" s="0" t="s">
         <v>2323</v>
       </c>
-      <c r="D587" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E587" s="0" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="F587" s="0"/>
+        <v>40</v>
+      </c>
+      <c r="F587" s="0" t="s">
+        <v>2311</v>
+      </c>
       <c r="G587" s="0" t="s">
-        <v>64</v>
+        <v>41</v>
       </c>
       <c r="H587" s="0" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I587" s="1" t="s">
-        <v>2325</v>
+        <v>310</v>
       </c>
       <c r="J587" s="0"/>
       <c r="K587" s="0" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="L587" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="588" spans="1:12" customHeight="1" ht="80">
       <c r="A588" s="0"/>
       <c r="B588" s="0" t="s">
+        <v>2324</v>
+      </c>
+      <c r="C588" s="0" t="s">
+        <v>2325</v>
+      </c>
+      <c r="D588" s="0" t="s">
         <v>2326</v>
-      </c>
-[...4 lines deleted...]
-        <v>2328</v>
       </c>
       <c r="E588" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F588" s="0"/>
       <c r="G588" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H588" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I588" s="1" t="s">
-        <v>2329</v>
+        <v>2327</v>
       </c>
       <c r="J588" s="0"/>
       <c r="K588" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L588" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="589" spans="1:12" customHeight="1" ht="80">
       <c r="A589" s="0"/>
       <c r="B589" s="0" t="s">
+        <v>2328</v>
+      </c>
+      <c r="C589" s="0" t="s">
+        <v>2329</v>
+      </c>
+      <c r="D589" s="0" t="s">
         <v>2330</v>
-      </c>
-[...4 lines deleted...]
-        <v>2332</v>
       </c>
       <c r="E589" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F589" s="0"/>
       <c r="G589" s="0" t="s">
-        <v>138</v>
+        <v>64</v>
       </c>
       <c r="H589" s="0" t="s">
-        <v>2333</v>
+        <v>36</v>
       </c>
       <c r="I589" s="1" t="s">
-        <v>2334</v>
+        <v>2331</v>
       </c>
       <c r="J589" s="0"/>
       <c r="K589" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L589" s="0">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="590" spans="1:12" customHeight="1" ht="80">
       <c r="A590" s="0"/>
       <c r="B590" s="0" t="s">
-        <v>2335</v>
+        <v>2332</v>
       </c>
       <c r="C590" s="0" t="s">
-        <v>2336</v>
+        <v>2333</v>
       </c>
       <c r="D590" s="0" t="s">
-        <v>2337</v>
+        <v>2334</v>
       </c>
       <c r="E590" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F590" s="0"/>
       <c r="G590" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H590" s="0" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="I590" s="1" t="s">
-        <v>2338</v>
+        <v>2336</v>
       </c>
       <c r="J590" s="0"/>
       <c r="K590" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L590" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="591" spans="1:12" customHeight="1" ht="80">
       <c r="A591" s="0"/>
       <c r="B591" s="0" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C591" s="0" t="s">
+        <v>2338</v>
+      </c>
+      <c r="D591" s="0" t="s">
         <v>2339</v>
-      </c>
-[...4 lines deleted...]
-        <v>2341</v>
       </c>
       <c r="E591" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F591" s="0"/>
       <c r="G591" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H591" s="0" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="I591" s="1" t="s">
-        <v>2338</v>
+        <v>2340</v>
       </c>
       <c r="J591" s="0"/>
       <c r="K591" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L591" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="592" spans="1:12" customHeight="1" ht="80">
       <c r="A592" s="0"/>
       <c r="B592" s="0" t="s">
+        <v>2341</v>
+      </c>
+      <c r="C592" s="0" t="s">
         <v>2342</v>
       </c>
-      <c r="C592" s="0" t="s">
+      <c r="D592" s="0" t="s">
         <v>2343</v>
-      </c>
-[...1 lines deleted...]
-        <v>2344</v>
       </c>
       <c r="E592" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F592" s="0"/>
       <c r="G592" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H592" s="0" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="I592" s="1" t="s">
-        <v>2345</v>
+        <v>2340</v>
       </c>
       <c r="J592" s="0"/>
       <c r="K592" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L592" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="593" spans="1:12" customHeight="1" ht="80">
       <c r="A593" s="0"/>
       <c r="B593" s="0" t="s">
+        <v>2344</v>
+      </c>
+      <c r="C593" s="0" t="s">
+        <v>2345</v>
+      </c>
+      <c r="D593" s="0" t="s">
         <v>2346</v>
-      </c>
-[...4 lines deleted...]
-        <v>2348</v>
       </c>
       <c r="E593" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F593" s="0"/>
       <c r="G593" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H593" s="0" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="I593" s="1" t="s">
-        <v>2334</v>
+        <v>2347</v>
       </c>
       <c r="J593" s="0"/>
       <c r="K593" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L593" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="594" spans="1:12" customHeight="1" ht="80">
       <c r="A594" s="0"/>
       <c r="B594" s="0" t="s">
+        <v>2348</v>
+      </c>
+      <c r="C594" s="0" t="s">
         <v>2349</v>
       </c>
-      <c r="C594" s="0" t="s">
+      <c r="D594" s="0" t="s">
         <v>2350</v>
-      </c>
-[...1 lines deleted...]
-        <v>2351</v>
       </c>
       <c r="E594" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F594" s="0"/>
       <c r="G594" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H594" s="0" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="I594" s="1" t="s">
-        <v>2334</v>
+        <v>2336</v>
       </c>
       <c r="J594" s="0"/>
       <c r="K594" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L594" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="595" spans="1:12" customHeight="1" ht="80">
       <c r="A595" s="0"/>
       <c r="B595" s="0" t="s">
+        <v>2351</v>
+      </c>
+      <c r="C595" s="0" t="s">
         <v>2352</v>
       </c>
-      <c r="C595" s="0" t="s">
+      <c r="D595" s="0" t="s">
         <v>2353</v>
-      </c>
-[...1 lines deleted...]
-        <v>2354</v>
       </c>
       <c r="E595" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F595" s="0"/>
       <c r="G595" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H595" s="0" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="I595" s="1" t="s">
-        <v>2334</v>
+        <v>2336</v>
       </c>
       <c r="J595" s="0"/>
       <c r="K595" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L595" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="596" spans="1:12" customHeight="1" ht="80">
       <c r="A596" s="0"/>
       <c r="B596" s="0" t="s">
+        <v>2354</v>
+      </c>
+      <c r="C596" s="0" t="s">
         <v>2355</v>
       </c>
-      <c r="C596" s="0" t="s">
+      <c r="D596" s="0" t="s">
         <v>2356</v>
-      </c>
-[...1 lines deleted...]
-        <v>2357</v>
       </c>
       <c r="E596" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F596" s="0"/>
       <c r="G596" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H596" s="0" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="I596" s="1" t="s">
-        <v>2358</v>
+        <v>2336</v>
       </c>
       <c r="J596" s="0"/>
       <c r="K596" s="0" t="s">
-        <v>85</v>
+        <v>31</v>
       </c>
       <c r="L596" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="597" spans="1:12" customHeight="1" ht="80">
       <c r="A597" s="0"/>
       <c r="B597" s="0" t="s">
+        <v>2357</v>
+      </c>
+      <c r="C597" s="0" t="s">
+        <v>2358</v>
+      </c>
+      <c r="D597" s="0" t="s">
         <v>2359</v>
-      </c>
-[...4 lines deleted...]
-        <v>2361</v>
       </c>
       <c r="E597" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F597" s="0"/>
       <c r="G597" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H597" s="0" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="I597" s="1" t="s">
-        <v>2362</v>
+        <v>2360</v>
       </c>
       <c r="J597" s="0"/>
       <c r="K597" s="0" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="L597" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="598" spans="1:12" customHeight="1" ht="80">
       <c r="A598" s="0"/>
       <c r="B598" s="0" t="s">
+        <v>2361</v>
+      </c>
+      <c r="C598" s="0" t="s">
+        <v>2362</v>
+      </c>
+      <c r="D598" s="0" t="s">
         <v>2363</v>
-      </c>
-[...4 lines deleted...]
-        <v>2365</v>
       </c>
       <c r="E598" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F598" s="0"/>
       <c r="G598" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H598" s="0" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="I598" s="1" t="s">
-        <v>2334</v>
+        <v>2364</v>
       </c>
       <c r="J598" s="0"/>
       <c r="K598" s="0" t="s">
-        <v>499</v>
+        <v>31</v>
       </c>
       <c r="L598" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="599" spans="1:12" customHeight="1" ht="80">
       <c r="A599" s="0"/>
       <c r="B599" s="0" t="s">
+        <v>2365</v>
+      </c>
+      <c r="C599" s="0" t="s">
         <v>2366</v>
       </c>
-      <c r="C599" s="0" t="s">
+      <c r="D599" s="0" t="s">
         <v>2367</v>
-      </c>
-[...1 lines deleted...]
-        <v>2368</v>
       </c>
       <c r="E599" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F599" s="0"/>
       <c r="G599" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H599" s="0" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="I599" s="1" t="s">
-        <v>2334</v>
+        <v>2336</v>
       </c>
       <c r="J599" s="0"/>
       <c r="K599" s="0" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="L599" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="600" spans="1:12" customHeight="1" ht="80">
       <c r="A600" s="0"/>
       <c r="B600" s="0" t="s">
+        <v>2368</v>
+      </c>
+      <c r="C600" s="0" t="s">
         <v>2369</v>
       </c>
-      <c r="C600" s="0" t="s">
+      <c r="D600" s="0" t="s">
         <v>2370</v>
-      </c>
-[...1 lines deleted...]
-        <v>2371</v>
       </c>
       <c r="E600" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F600" s="0"/>
       <c r="G600" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H600" s="0" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="I600" s="1" t="s">
-        <v>2362</v>
+        <v>2336</v>
       </c>
       <c r="J600" s="0"/>
       <c r="K600" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L600" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="601" spans="1:12" customHeight="1" ht="80">
       <c r="A601" s="0"/>
       <c r="B601" s="0" t="s">
+        <v>2371</v>
+      </c>
+      <c r="C601" s="0" t="s">
         <v>2372</v>
       </c>
-      <c r="C601" s="0" t="s">
+      <c r="D601" s="0" t="s">
         <v>2373</v>
       </c>
-      <c r="D601" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E601" s="0" t="s">
-        <v>27</v>
+        <v>63</v>
       </c>
       <c r="F601" s="0"/>
       <c r="G601" s="0" t="s">
-        <v>28</v>
+        <v>138</v>
       </c>
       <c r="H601" s="0" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="I601" s="1" t="s">
-        <v>2374</v>
+        <v>2364</v>
       </c>
       <c r="J601" s="0"/>
       <c r="K601" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L601" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="602" spans="1:12" customHeight="1" ht="80">
       <c r="A602" s="0"/>
       <c r="B602" s="0" t="s">
+        <v>2374</v>
+      </c>
+      <c r="C602" s="0" t="s">
         <v>2375</v>
       </c>
-      <c r="C602" s="0" t="s">
-[...3 lines deleted...]
-        <v>2377</v>
+      <c r="D602" s="0">
+        <v>3122.0</v>
       </c>
       <c r="E602" s="0" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="F602" s="0"/>
       <c r="G602" s="0" t="s">
-        <v>138</v>
+        <v>28</v>
       </c>
       <c r="H602" s="0" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="I602" s="1" t="s">
-        <v>2378</v>
+        <v>2376</v>
       </c>
       <c r="J602" s="0"/>
       <c r="K602" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L602" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="603" spans="1:12" customHeight="1" ht="80">
       <c r="A603" s="0"/>
       <c r="B603" s="0" t="s">
+        <v>2377</v>
+      </c>
+      <c r="C603" s="0" t="s">
+        <v>2378</v>
+      </c>
+      <c r="D603" s="0" t="s">
         <v>2379</v>
-      </c>
-[...4 lines deleted...]
-        <v>2381</v>
       </c>
       <c r="E603" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F603" s="0"/>
       <c r="G603" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H603" s="0" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="I603" s="1" t="s">
-        <v>2382</v>
+        <v>2380</v>
       </c>
       <c r="J603" s="0"/>
       <c r="K603" s="0" t="s">
-        <v>304</v>
+        <v>31</v>
       </c>
       <c r="L603" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="604" spans="1:12" customHeight="1" ht="80">
       <c r="A604" s="0"/>
       <c r="B604" s="0" t="s">
+        <v>2381</v>
+      </c>
+      <c r="C604" s="0" t="s">
+        <v>2382</v>
+      </c>
+      <c r="D604" s="0" t="s">
         <v>2383</v>
       </c>
-      <c r="C604" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E604" s="0" t="s">
-        <v>2386</v>
+        <v>63</v>
       </c>
       <c r="F604" s="0"/>
       <c r="G604" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H604" s="0" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="I604" s="1" t="s">
-        <v>2387</v>
+        <v>2384</v>
       </c>
       <c r="J604" s="0"/>
       <c r="K604" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L604" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="605" spans="1:12" customHeight="1" ht="80">
       <c r="A605" s="0"/>
       <c r="B605" s="0" t="s">
+        <v>2385</v>
+      </c>
+      <c r="C605" s="0" t="s">
+        <v>2386</v>
+      </c>
+      <c r="D605" s="0" t="s">
+        <v>2387</v>
+      </c>
+      <c r="E605" s="0" t="s">
         <v>2388</v>
-      </c>
-[...7 lines deleted...]
-        <v>82</v>
       </c>
       <c r="F605" s="0"/>
       <c r="G605" s="0" t="s">
-        <v>41</v>
+        <v>138</v>
       </c>
       <c r="H605" s="0" t="s">
-        <v>447</v>
+        <v>2335</v>
       </c>
       <c r="I605" s="1" t="s">
-        <v>2391</v>
+        <v>2389</v>
       </c>
       <c r="J605" s="0"/>
       <c r="K605" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L605" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="606" spans="1:12" customHeight="1" ht="80">
       <c r="A606" s="0"/>
       <c r="B606" s="0" t="s">
+        <v>2390</v>
+      </c>
+      <c r="C606" s="0" t="s">
+        <v>2391</v>
+      </c>
+      <c r="D606" s="0" t="s">
         <v>2392</v>
-      </c>
-[...4 lines deleted...]
-        <v>2394</v>
       </c>
       <c r="E606" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F606" s="0"/>
       <c r="G606" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H606" s="0" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="I606" s="1" t="s">
-        <v>2395</v>
+        <v>2393</v>
       </c>
       <c r="J606" s="0"/>
       <c r="K606" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L606" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="607" spans="1:12" customHeight="1" ht="80">
       <c r="A607" s="0"/>
       <c r="B607" s="0" t="s">
+        <v>2394</v>
+      </c>
+      <c r="C607" s="0" t="s">
+        <v>2395</v>
+      </c>
+      <c r="D607" s="0" t="s">
         <v>2396</v>
       </c>
-      <c r="C607" s="0" t="s">
+      <c r="E607" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="F607" s="0"/>
+      <c r="G607" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="H607" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="I607" s="1" t="s">
         <v>2397</v>
-      </c>
-[...16 lines deleted...]
-        <v>2398</v>
       </c>
       <c r="J607" s="0"/>
       <c r="K607" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="L607" s="0"/>
+      <c r="L607" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="608" spans="1:12" customHeight="1" ht="80">
       <c r="A608" s="0"/>
       <c r="B608" s="0" t="s">
+        <v>2398</v>
+      </c>
+      <c r="C608" s="0" t="s">
         <v>2399</v>
       </c>
-      <c r="C608" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D608" s="0">
-        <v>906024</v>
+        <v>686735</v>
       </c>
       <c r="E608" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F608" s="0" t="s">
-        <v>511</v>
+        <v>1007</v>
       </c>
       <c r="G608" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H608" s="0" t="s">
-        <v>29</v>
+        <v>77</v>
       </c>
       <c r="I608" s="1" t="s">
-        <v>2401</v>
+        <v>2400</v>
       </c>
       <c r="J608" s="0"/>
       <c r="K608" s="0" t="s">
-        <v>304</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="L608" s="0"/>
     </row>
     <row r="609" spans="1:12" customHeight="1" ht="80">
       <c r="A609" s="0"/>
       <c r="B609" s="0" t="s">
+        <v>2401</v>
+      </c>
+      <c r="C609" s="0" t="s">
         <v>2402</v>
       </c>
-      <c r="C609" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D609" s="0">
-        <v>906028</v>
+        <v>906024</v>
       </c>
       <c r="E609" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F609" s="0" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="G609" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H609" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I609" s="1" t="s">
-        <v>2404</v>
+        <v>2403</v>
       </c>
       <c r="J609" s="0"/>
       <c r="K609" s="0" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="L609" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="610" spans="1:12" customHeight="1" ht="80">
       <c r="A610" s="0"/>
       <c r="B610" s="0" t="s">
+        <v>2404</v>
+      </c>
+      <c r="C610" s="0" t="s">
         <v>2405</v>
       </c>
-      <c r="C610" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D610" s="0">
-        <v>907012</v>
+        <v>906028</v>
       </c>
       <c r="E610" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F610" s="0" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="G610" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H610" s="0" t="s">
-        <v>83</v>
+        <v>29</v>
       </c>
       <c r="I610" s="1" t="s">
-        <v>2407</v>
+        <v>2406</v>
       </c>
       <c r="J610" s="0"/>
       <c r="K610" s="0" t="s">
-        <v>367</v>
+        <v>89</v>
       </c>
       <c r="L610" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="611" spans="1:12" customHeight="1" ht="80">
       <c r="A611" s="0"/>
       <c r="B611" s="0" t="s">
+        <v>2407</v>
+      </c>
+      <c r="C611" s="0" t="s">
         <v>2408</v>
       </c>
-      <c r="C611" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D611" s="0">
-        <v>907525</v>
+        <v>907012</v>
       </c>
       <c r="E611" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F611" s="0" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="G611" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H611" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I611" s="1" t="s">
-        <v>2410</v>
+        <v>2409</v>
       </c>
       <c r="J611" s="0"/>
       <c r="K611" s="0" t="s">
-        <v>207</v>
+        <v>365</v>
       </c>
       <c r="L611" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="612" spans="1:12" customHeight="1" ht="80">
       <c r="A612" s="0"/>
       <c r="B612" s="0" t="s">
+        <v>2410</v>
+      </c>
+      <c r="C612" s="0" t="s">
         <v>2411</v>
       </c>
-      <c r="C612" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D612" s="0">
-        <v>909024</v>
+        <v>907525</v>
       </c>
       <c r="E612" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F612" s="0" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="G612" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H612" s="0" t="s">
-        <v>29</v>
+        <v>83</v>
       </c>
       <c r="I612" s="1" t="s">
-        <v>2413</v>
+        <v>2412</v>
       </c>
       <c r="J612" s="0"/>
       <c r="K612" s="0" t="s">
-        <v>262</v>
+        <v>236</v>
       </c>
       <c r="L612" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="613" spans="1:12" customHeight="1" ht="80">
       <c r="A613" s="0"/>
       <c r="B613" s="0" t="s">
+        <v>2413</v>
+      </c>
+      <c r="C613" s="0" t="s">
         <v>2414</v>
       </c>
-      <c r="C613" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D613" s="0">
-        <v>909028</v>
+        <v>909024</v>
       </c>
       <c r="E613" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="F613" s="0" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="G613" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H613" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I613" s="1" t="s">
-        <v>2416</v>
+        <v>2415</v>
       </c>
       <c r="J613" s="0"/>
       <c r="K613" s="0" t="s">
-        <v>31</v>
+        <v>124</v>
       </c>
       <c r="L613" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="614" spans="1:12" customHeight="1" ht="80">
       <c r="A614" s="0"/>
       <c r="B614" s="0" t="s">
+        <v>2416</v>
+      </c>
+      <c r="C614" s="0" t="s">
         <v>2417</v>
       </c>
-      <c r="C614" s="0" t="s">
+      <c r="D614" s="0">
+        <v>909028</v>
+      </c>
+      <c r="E614" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="F614" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="G614" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="H614" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="I614" s="1" t="s">
         <v>2418</v>
-      </c>
-[...14 lines deleted...]
-        <v>2420</v>
       </c>
       <c r="J614" s="0"/>
       <c r="K614" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L614" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="615" spans="1:12" customHeight="1" ht="80">
       <c r="A615" s="0"/>
       <c r="B615" s="0" t="s">
+        <v>2419</v>
+      </c>
+      <c r="C615" s="0" t="s">
+        <v>2420</v>
+      </c>
+      <c r="D615" s="0" t="s">
         <v>2421</v>
       </c>
-      <c r="C615" s="0" t="s">
+      <c r="E615" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="F615" s="0"/>
+      <c r="G615" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="H615" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="I615" s="1" t="s">
         <v>2422</v>
-      </c>
-[...16 lines deleted...]
-        <v>2424</v>
       </c>
       <c r="J615" s="0"/>
       <c r="K615" s="0" t="s">
-        <v>1551</v>
+        <v>31</v>
       </c>
       <c r="L615" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="616" spans="1:12" customHeight="1" ht="80">
       <c r="A616" s="0"/>
       <c r="B616" s="0" t="s">
+        <v>2423</v>
+      </c>
+      <c r="C616" s="0" t="s">
+        <v>2424</v>
+      </c>
+      <c r="D616" s="0" t="s">
         <v>2425</v>
       </c>
-      <c r="C616" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E616" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F616" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="G616" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H616" s="0" t="s">
-        <v>332</v>
+        <v>18</v>
       </c>
       <c r="I616" s="1" t="s">
-        <v>2428</v>
+        <v>2426</v>
       </c>
       <c r="J616" s="0"/>
       <c r="K616" s="0" t="s">
-        <v>572</v>
+        <v>1545</v>
       </c>
       <c r="L616" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="617" spans="1:12" customHeight="1" ht="80">
       <c r="A617" s="0"/>
       <c r="B617" s="0" t="s">
+        <v>2427</v>
+      </c>
+      <c r="C617" s="0" t="s">
+        <v>2428</v>
+      </c>
+      <c r="D617" s="0" t="s">
         <v>2429</v>
       </c>
-      <c r="C617" s="0" t="s">
+      <c r="E617" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="F617" s="0" t="s">
+        <v>2017</v>
+      </c>
+      <c r="G617" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="H617" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="I617" s="1" t="s">
         <v>2430</v>
-      </c>
-[...14 lines deleted...]
-        <v>2433</v>
       </c>
       <c r="J617" s="0"/>
       <c r="K617" s="0" t="s">
-        <v>20</v>
+        <v>569</v>
       </c>
       <c r="L617" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="618" spans="1:12" customHeight="1" ht="80">
+      <c r="A618" s="0"/>
       <c r="B618" s="0" t="s">
+        <v>2431</v>
+      </c>
+      <c r="C618" s="0" t="s">
+        <v>2432</v>
+      </c>
+      <c r="D618" s="0" t="s">
+        <v>2433</v>
+      </c>
+      <c r="E618" s="0" t="s">
         <v>2434</v>
-      </c>
-[...7 lines deleted...]
-        <v>2176</v>
       </c>
       <c r="F618" s="0"/>
       <c r="G618" s="0" t="s">
-        <v>152</v>
+        <v>138</v>
       </c>
       <c r="H618" s="0" t="s">
-        <v>58</v>
+        <v>2335</v>
       </c>
       <c r="I618" s="1" t="s">
-        <v>2436</v>
+        <v>2435</v>
       </c>
       <c r="J618" s="0"/>
       <c r="K618" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="L618" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="619" spans="1:12" customHeight="1" ht="80">
-      <c r="A619" s="0"/>
       <c r="B619" s="0" t="s">
-        <v>803</v>
+        <v>2436</v>
       </c>
       <c r="C619" s="0" t="s">
         <v>2437</v>
       </c>
       <c r="D619" s="0">
-        <v>5200.28</v>
+        <v>101802</v>
       </c>
       <c r="E619" s="0" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>2178</v>
+      </c>
+      <c r="F619" s="0"/>
       <c r="G619" s="0" t="s">
-        <v>28</v>
+        <v>152</v>
       </c>
       <c r="H619" s="0" t="s">
-        <v>379</v>
+        <v>58</v>
       </c>
       <c r="I619" s="1" t="s">
         <v>2438</v>
       </c>
       <c r="J619" s="0"/>
       <c r="K619" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L619" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="620" spans="1:12" customHeight="1" ht="80">
       <c r="A620" s="0"/>
       <c r="B620" s="0" t="s">
-        <v>915</v>
+        <v>800</v>
       </c>
       <c r="C620" s="0" t="s">
         <v>2439</v>
       </c>
       <c r="D620" s="0">
-        <v>5200.2</v>
+        <v>5200.28</v>
       </c>
       <c r="E620" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F620" s="0" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="G620" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H620" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I620" s="1" t="s">
         <v>2440</v>
       </c>
       <c r="J620" s="0"/>
       <c r="K620" s="0" t="s">
-        <v>31</v>
+        <v>1098</v>
       </c>
       <c r="L620" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="621" spans="1:12" customHeight="1" ht="80">
       <c r="A621" s="0"/>
       <c r="B621" s="0" t="s">
-        <v>799</v>
+        <v>912</v>
       </c>
       <c r="C621" s="0" t="s">
         <v>2441</v>
       </c>
       <c r="D621" s="0">
-        <v>5200.24</v>
+        <v>5200.2</v>
       </c>
       <c r="E621" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F621" s="0" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="G621" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H621" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I621" s="1" t="s">
         <v>2442</v>
       </c>
       <c r="J621" s="0"/>
       <c r="K621" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L621" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="622" spans="1:12" customHeight="1" ht="80">
       <c r="A622" s="0"/>
       <c r="B622" s="0" t="s">
+        <v>796</v>
+      </c>
+      <c r="C622" s="0" t="s">
         <v>2443</v>
       </c>
-      <c r="C622" s="0" t="s">
+      <c r="D622" s="0">
+        <v>5200.24</v>
+      </c>
+      <c r="E622" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="F622" s="0" t="s">
+        <v>798</v>
+      </c>
+      <c r="G622" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="H622" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="I622" s="1" t="s">
         <v>2444</v>
-      </c>
-[...16 lines deleted...]
-        <v>2446</v>
       </c>
       <c r="J622" s="0"/>
       <c r="K622" s="0" t="s">
-        <v>572</v>
+        <v>1992</v>
       </c>
       <c r="L622" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="623" spans="1:12" customHeight="1" ht="80">
+      <c r="A623" s="0"/>
       <c r="B623" s="0" t="s">
+        <v>2445</v>
+      </c>
+      <c r="C623" s="0" t="s">
+        <v>2446</v>
+      </c>
+      <c r="D623" s="0" t="s">
         <v>2447</v>
       </c>
-      <c r="C623" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E623" s="0" t="s">
-        <v>278</v>
-[...1 lines deleted...]
-      <c r="F623" s="0"/>
+        <v>276</v>
+      </c>
+      <c r="F623" s="0" t="s">
+        <v>2017</v>
+      </c>
       <c r="G623" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H623" s="0" t="s">
-        <v>77</v>
+        <v>330</v>
       </c>
       <c r="I623" s="1" t="s">
-        <v>2450</v>
+        <v>2448</v>
       </c>
       <c r="J623" s="0"/>
       <c r="K623" s="0" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="L623" s="0"/>
+        <v>569</v>
+      </c>
+      <c r="L623" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="624" spans="1:12" customHeight="1" ht="80">
       <c r="B624" s="0" t="s">
+        <v>2449</v>
+      </c>
+      <c r="C624" s="0" t="s">
+        <v>2450</v>
+      </c>
+      <c r="D624" s="0" t="s">
         <v>2451</v>
       </c>
-      <c r="C624" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E624" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F624" s="0"/>
       <c r="G624" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H624" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I624" s="1" t="s">
-        <v>2454</v>
+        <v>2452</v>
       </c>
       <c r="J624" s="0"/>
       <c r="K624" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L624" s="0"/>
     </row>
     <row r="625" spans="1:12" customHeight="1" ht="80">
       <c r="B625" s="0" t="s">
+        <v>2453</v>
+      </c>
+      <c r="C625" s="0" t="s">
+        <v>2454</v>
+      </c>
+      <c r="D625" s="0" t="s">
         <v>2455</v>
       </c>
-      <c r="C625" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E625" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F625" s="0"/>
       <c r="G625" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H625" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I625" s="1" t="s">
-        <v>2458</v>
+        <v>2456</v>
       </c>
       <c r="J625" s="0"/>
       <c r="K625" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L625" s="0"/>
     </row>
     <row r="626" spans="1:12" customHeight="1" ht="80">
       <c r="B626" s="0" t="s">
+        <v>2457</v>
+      </c>
+      <c r="C626" s="0" t="s">
+        <v>2458</v>
+      </c>
+      <c r="D626" s="0" t="s">
         <v>2459</v>
       </c>
-      <c r="C626" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E626" s="0" t="s">
-        <v>278</v>
-[...3 lines deleted...]
-      </c>
+        <v>276</v>
+      </c>
+      <c r="F626" s="0"/>
       <c r="G626" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H626" s="0" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="I626" s="1" t="s">
-        <v>2462</v>
+        <v>2460</v>
       </c>
       <c r="J626" s="0"/>
       <c r="K626" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L626" s="0"/>
     </row>
     <row r="627" spans="1:12" customHeight="1" ht="80">
-      <c r="A627" s="0"/>
       <c r="B627" s="0" t="s">
+        <v>2461</v>
+      </c>
+      <c r="C627" s="0" t="s">
+        <v>2462</v>
+      </c>
+      <c r="D627" s="0" t="s">
         <v>2463</v>
       </c>
-      <c r="C627" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E627" s="0" t="s">
-        <v>2290</v>
+        <v>276</v>
       </c>
       <c r="F627" s="0" t="s">
-        <v>2291</v>
+        <v>56</v>
       </c>
       <c r="G627" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H627" s="0" t="s">
-        <v>18</v>
+        <v>83</v>
       </c>
       <c r="I627" s="1" t="s">
-        <v>2466</v>
+        <v>2464</v>
       </c>
       <c r="J627" s="0"/>
       <c r="K627" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L627" s="0"/>
     </row>
     <row r="628" spans="1:12" customHeight="1" ht="80">
       <c r="A628" s="0"/>
       <c r="B628" s="0" t="s">
+        <v>2465</v>
+      </c>
+      <c r="C628" s="0" t="s">
+        <v>2466</v>
+      </c>
+      <c r="D628" s="0" t="s">
         <v>2467</v>
       </c>
-      <c r="C628" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E628" s="0" t="s">
-        <v>2290</v>
+        <v>1899</v>
       </c>
       <c r="F628" s="0" t="s">
-        <v>2291</v>
+        <v>2293</v>
       </c>
       <c r="G628" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H628" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I628" s="1" t="s">
-        <v>2470</v>
+        <v>2468</v>
       </c>
       <c r="J628" s="0"/>
       <c r="K628" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="L628" s="0"/>
+      <c r="L628" s="0">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="629" spans="1:12" customHeight="1" ht="80">
+      <c r="A629" s="0"/>
+      <c r="B629" s="0" t="s">
+        <v>2469</v>
+      </c>
+      <c r="C629" s="0" t="s">
+        <v>2470</v>
+      </c>
+      <c r="D629" s="0" t="s">
+        <v>2471</v>
+      </c>
+      <c r="E629" s="0" t="s">
+        <v>1899</v>
+      </c>
+      <c r="F629" s="0" t="s">
+        <v>2293</v>
+      </c>
+      <c r="G629" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="H629" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I629" s="1" t="s">
+        <v>2472</v>
+      </c>
+      <c r="J629" s="0"/>
+      <c r="K629" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="L629" s="0">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="630" spans="1:12" customHeight="1" ht="80">
+      <c r="B630" s="0" t="s">
+        <v>2473</v>
+      </c>
+      <c r="C630" s="0" t="s">
+        <v>2474</v>
+      </c>
+      <c r="D630" s="0" t="s">
+        <v>2475</v>
+      </c>
+      <c r="E630" s="0" t="s">
+        <v>2476</v>
+      </c>
+      <c r="F630" s="0" t="s">
+        <v>2477</v>
+      </c>
+      <c r="G630" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="H630" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="I630" s="1" t="s">
+        <v>2478</v>
+      </c>
+      <c r="J630" s="0"/>
+      <c r="K630" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="L630" s="0"/>
+    </row>
+    <row r="631" spans="1:12" customHeight="1" ht="80">
+      <c r="B631" s="0" t="s">
+        <v>2479</v>
+      </c>
+      <c r="C631" s="0" t="s">
+        <v>2480</v>
+      </c>
+      <c r="D631" s="0" t="s">
+        <v>2481</v>
+      </c>
+      <c r="E631" s="0" t="s">
+        <v>2476</v>
+      </c>
+      <c r="F631" s="0" t="s">
+        <v>2477</v>
+      </c>
+      <c r="G631" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="H631" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="I631" s="1" t="s">
+        <v>2482</v>
+      </c>
+      <c r="J631" s="0"/>
+      <c r="K631" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="L631" s="0"/>
+    </row>
+    <row r="632" spans="1:12" customHeight="1" ht="80">
+      <c r="B632" s="0" t="s">
+        <v>2483</v>
+      </c>
+      <c r="C632" s="0" t="s">
+        <v>2484</v>
+      </c>
+      <c r="D632" s="0" t="s">
+        <v>2485</v>
+      </c>
+      <c r="E632" s="0" t="s">
+        <v>1899</v>
+      </c>
+      <c r="F632" s="0" t="s">
+        <v>2486</v>
+      </c>
+      <c r="G632" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="H632" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="I632" s="1" t="s">
+        <v>2487</v>
+      </c>
+      <c r="J632" s="0"/>
+      <c r="K632" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="L632" s="0"/>
+    </row>
+    <row r="633" spans="1:12" customHeight="1" ht="80">
+      <c r="B633" s="0" t="s">
+        <v>2488</v>
+      </c>
+      <c r="C633" s="0" t="s">
+        <v>2489</v>
+      </c>
+      <c r="D633" s="0" t="s">
+        <v>2490</v>
+      </c>
+      <c r="E633" s="0" t="s">
+        <v>1899</v>
+      </c>
+      <c r="F633" s="0" t="s">
+        <v>2293</v>
+      </c>
+      <c r="G633" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="H633" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I633" s="1" t="s">
+        <v>2491</v>
+      </c>
+      <c r="J633" s="0"/>
+      <c r="K633" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="L633" s="0"/>
+    </row>
+    <row r="634" spans="1:12" customHeight="1" ht="80">
+      <c r="B634" s="0" t="s">
+        <v>2492</v>
+      </c>
+      <c r="C634" s="0" t="s">
+        <v>2493</v>
+      </c>
+      <c r="D634" s="0" t="s">
+        <v>2494</v>
+      </c>
+      <c r="E634" s="0" t="s">
+        <v>1899</v>
+      </c>
+      <c r="F634" s="0" t="s">
+        <v>2293</v>
+      </c>
+      <c r="G634" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="H634" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I634" s="1" t="s">
+        <v>2495</v>
+      </c>
+      <c r="J634" s="0"/>
+      <c r="K634" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="L634" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -47635,50 +47900,56 @@
     <hyperlink ref="B604" r:id="rId_hyperlink_603"/>
     <hyperlink ref="B605" r:id="rId_hyperlink_604"/>
     <hyperlink ref="B606" r:id="rId_hyperlink_605"/>
     <hyperlink ref="B607" r:id="rId_hyperlink_606"/>
     <hyperlink ref="B608" r:id="rId_hyperlink_607"/>
     <hyperlink ref="B609" r:id="rId_hyperlink_608"/>
     <hyperlink ref="B610" r:id="rId_hyperlink_609"/>
     <hyperlink ref="B611" r:id="rId_hyperlink_610"/>
     <hyperlink ref="B612" r:id="rId_hyperlink_611"/>
     <hyperlink ref="B613" r:id="rId_hyperlink_612"/>
     <hyperlink ref="B614" r:id="rId_hyperlink_613"/>
     <hyperlink ref="B615" r:id="rId_hyperlink_614"/>
     <hyperlink ref="B616" r:id="rId_hyperlink_615"/>
     <hyperlink ref="B617" r:id="rId_hyperlink_616"/>
     <hyperlink ref="B618" r:id="rId_hyperlink_617"/>
     <hyperlink ref="B619" r:id="rId_hyperlink_618"/>
     <hyperlink ref="B620" r:id="rId_hyperlink_619"/>
     <hyperlink ref="B621" r:id="rId_hyperlink_620"/>
     <hyperlink ref="B622" r:id="rId_hyperlink_621"/>
     <hyperlink ref="B623" r:id="rId_hyperlink_622"/>
     <hyperlink ref="B624" r:id="rId_hyperlink_623"/>
     <hyperlink ref="B625" r:id="rId_hyperlink_624"/>
     <hyperlink ref="B626" r:id="rId_hyperlink_625"/>
     <hyperlink ref="B627" r:id="rId_hyperlink_626"/>
     <hyperlink ref="B628" r:id="rId_hyperlink_627"/>
+    <hyperlink ref="B629" r:id="rId_hyperlink_628"/>
+    <hyperlink ref="B630" r:id="rId_hyperlink_629"/>
+    <hyperlink ref="B631" r:id="rId_hyperlink_630"/>
+    <hyperlink ref="B632" r:id="rId_hyperlink_631"/>
+    <hyperlink ref="B633" r:id="rId_hyperlink_632"/>
+    <hyperlink ref="B634" r:id="rId_hyperlink_633"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>