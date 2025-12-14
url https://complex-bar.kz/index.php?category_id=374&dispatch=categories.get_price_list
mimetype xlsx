--- v1 (2025-12-07)
+++ v2 (2025-12-14)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2496">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2504">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -923,6068 +923,6074 @@
   <si>
     <t>Сковорода профессиональная;алюмин.,тефлон;D=200,H=40,L=355мм;черный,серебрян.</t>
   </si>
   <si>
     <t>04020393</t>
   </si>
   <si>
     <t>16717-20</t>
   </si>
   <si>
     <t>30562.00₸</t>
   </si>
   <si>
     <t>Сковорода профессиональная;алюмин.,тефлон;D=24,H=6,L=43см;черный,серебрян.</t>
   </si>
   <si>
     <t>04020394</t>
   </si>
   <si>
     <t>16717-24</t>
   </si>
   <si>
     <t>40395.00₸</t>
   </si>
   <si>
+    <t>Сковорода профессиональная;алюмин.,тефлон;D=28,H=6,L=51см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020395</t>
+  </si>
+  <si>
+    <t>16717-28</t>
+  </si>
+  <si>
+    <t>48942.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода профессиональная;алюмин.,тефлон;D=320,H=65,L=550мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020396</t>
+  </si>
+  <si>
+    <t>16717-32</t>
+  </si>
+  <si>
+    <t>64449.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,тефлон;D=200,H=60,L=365мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020397</t>
+  </si>
+  <si>
+    <t>16113-20</t>
+  </si>
+  <si>
+    <t>27859.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,тефлон;D=240,H=60,L=435мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020398</t>
+  </si>
+  <si>
+    <t>16113-24</t>
+  </si>
+  <si>
+    <t>35243.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,тефлон;D=280,H=75,L=510мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020399</t>
+  </si>
+  <si>
+    <t>16113-28</t>
+  </si>
+  <si>
+    <t>57558.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки (индукция);сталь нерж.,сталь;D=320,H=70,L=405мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020400</t>
+  </si>
+  <si>
+    <t>11115-32</t>
+  </si>
+  <si>
+    <t>147602.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль квадрат.;чугун,тефлон;,H=1,L=26/19,B=24см;черный</t>
+  </si>
+  <si>
+    <t>04020401</t>
+  </si>
+  <si>
+    <t>02000240GBS</t>
+  </si>
+  <si>
+    <t>Сковороды для гриля</t>
+  </si>
+  <si>
+    <t>34997.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль прямоуг.;чугун,тефлон;,H=1,L=30/19,B=22см;черный</t>
+  </si>
+  <si>
+    <t>04020408</t>
+  </si>
+  <si>
+    <t>02070210GBS</t>
+  </si>
+  <si>
+    <t>36822.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;алюмин.,дерево;,H=3,L=25/20,B=25см;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>04020409</t>
+  </si>
+  <si>
+    <t>05300250XBD</t>
+  </si>
+  <si>
+    <t>17910.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль с ручкой;чугун,тефлон;,H=15,L=240,B=240мм;серый</t>
+  </si>
+  <si>
+    <t>04020414</t>
+  </si>
+  <si>
+    <t>03000240GBS/0800024</t>
+  </si>
+  <si>
+    <t>39278.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль на подставке;чугун,дерево;,H=4,L=28/19,B=26см;черный,св.корич.</t>
+  </si>
+  <si>
+    <t>04020428</t>
+  </si>
+  <si>
+    <t>03040260</t>
+  </si>
+  <si>
+    <t>42882.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль на подставке;чугун,дерево;,H=4,L=38/19,B=24см;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>04020429</t>
+  </si>
+  <si>
+    <t>03050250GBS</t>
+  </si>
+  <si>
+    <t>35073.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос с подставкой;чугун,дерево;D=160,H=30,L=225мм;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>04020453</t>
+  </si>
+  <si>
+    <t>04800200GCV</t>
+  </si>
+  <si>
+    <t>18893.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос с подставкой;чугун,дерево;D=250,H=30,L=305мм;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>04020454</t>
+  </si>
+  <si>
+    <t>04800250GCV</t>
+  </si>
+  <si>
+    <t>39662.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос с подставкой;чугун,дерево;D=30,H=3,L=36см;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>04020455</t>
+  </si>
+  <si>
+    <t>04800300GCV</t>
+  </si>
+  <si>
+    <t>36298.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос с подставкой;чугун,дерево;D=35,H=3,L=40см;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>04020456</t>
+  </si>
+  <si>
+    <t>04800350GCV</t>
+  </si>
+  <si>
+    <t>43767.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,тефлон;D=32,H=8,L=57см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020457</t>
+  </si>
+  <si>
+    <t>16113-32</t>
+  </si>
+  <si>
+    <t>70278.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=200,H=55,L=360мм;серый</t>
+  </si>
+  <si>
+    <t>04020459</t>
+  </si>
+  <si>
+    <t>11716-20</t>
+  </si>
+  <si>
+    <t>Сковороды из стали</t>
+  </si>
+  <si>
+    <t>18311.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;черн.сталь;D=22,H=5,L=39см;серый</t>
+  </si>
+  <si>
+    <t>04020460</t>
+  </si>
+  <si>
+    <t>11716-22</t>
+  </si>
+  <si>
+    <t>21237.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=24,H=6,L=41см;серый</t>
+  </si>
+  <si>
+    <t>04020461</t>
+  </si>
+  <si>
+    <t>11716-24</t>
+  </si>
+  <si>
+    <t>24001.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=26,H=5,L=47см;серый</t>
+  </si>
+  <si>
+    <t>04020462</t>
+  </si>
+  <si>
+    <t>11716-26</t>
+  </si>
+  <si>
+    <t>26396.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь;D=280,H=60,L=485мм;серый</t>
+  </si>
+  <si>
+    <t>04020463</t>
+  </si>
+  <si>
+    <t>11716-28</t>
+  </si>
+  <si>
+    <t>29291.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=32,H=7,L=56см;серый</t>
+  </si>
+  <si>
+    <t>04020464</t>
+  </si>
+  <si>
+    <t>11716-32</t>
+  </si>
+  <si>
+    <t>36783.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь;D=36,H=7,L=66см;серый</t>
+  </si>
+  <si>
+    <t>04020465</t>
+  </si>
+  <si>
+    <t>11716-36</t>
+  </si>
+  <si>
+    <t>54339.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;черн.сталь;D=200,H=25,L=380мм;серый</t>
+  </si>
+  <si>
+    <t>04020466</t>
+  </si>
+  <si>
+    <t>11718-20</t>
+  </si>
+  <si>
+    <t>19882.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;черн.сталь;D=220,H=25,L=415мм;серый</t>
+  </si>
+  <si>
+    <t>04020467</t>
+  </si>
+  <si>
+    <t>11718-22</t>
+  </si>
+  <si>
+    <t>23624.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;черн.сталь;D=240,H=25,L=435мм;серый</t>
+  </si>
+  <si>
+    <t>04020468</t>
+  </si>
+  <si>
+    <t>11718-24</t>
+  </si>
+  <si>
+    <t>24279.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль прямоуг.;черн.сталь;,H=16,L=50/23,B=38,5см;серый</t>
+  </si>
+  <si>
+    <t>04020469</t>
+  </si>
+  <si>
+    <t>41703-38</t>
+  </si>
+  <si>
+    <t>96481.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки (индукция);сталь нерж.;D=20,H=6,L=28см;металлич.</t>
+  </si>
+  <si>
+    <t>04020470</t>
+  </si>
+  <si>
+    <t>11115-20</t>
+  </si>
+  <si>
+    <t>42766.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для омлета</t>
+  </si>
+  <si>
+    <t>04020481</t>
+  </si>
+  <si>
+    <t>RFP2222</t>
+  </si>
+  <si>
+    <t>KYOTO</t>
+  </si>
+  <si>
+    <t>КОРЕЯ, РЕСПУБЛИКА</t>
+  </si>
+  <si>
+    <t>19916.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос с подставкой «Эмбер Каст»;чугун,дерево;,H=32,L=32/27,B=18см;черный</t>
+  </si>
+  <si>
+    <t>04020498</t>
+  </si>
+  <si>
+    <t>HE911/DM-2718OP</t>
+  </si>
+  <si>
+    <t>Daming</t>
+  </si>
+  <si>
+    <t>Ember Cast</t>
+  </si>
+  <si>
+    <t>7749.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос с подставкой «Эмбер Каст»;чугун,дерево;,H=35,L=280/240,B=140мм;черный,древесн.</t>
+  </si>
+  <si>
+    <t>04020499</t>
+  </si>
+  <si>
+    <t>HE995</t>
+  </si>
+  <si>
+    <t>6181.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль квадр.;,L=22,B=22см</t>
+  </si>
+  <si>
+    <t>04020512</t>
+  </si>
+  <si>
+    <t>330053-22</t>
+  </si>
+  <si>
+    <t>30177.00₸</t>
+  </si>
+  <si>
+    <t>Решетка для сковороды «Вок»;сталь нерж.;D=320,H=5,L=350мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020520</t>
+  </si>
+  <si>
+    <t>Решетки для сковород</t>
+  </si>
+  <si>
+    <t>6738.00₸</t>
+  </si>
+  <si>
+    <t>Лист-гриль;чугун;,H=10,L=425,B=240мм;черный</t>
+  </si>
+  <si>
+    <t>04020525</t>
+  </si>
+  <si>
+    <t>LDP3</t>
+  </si>
+  <si>
+    <t>55517.00₸</t>
+  </si>
+  <si>
+    <t>Лист-гриль;чугун;,H=20,L=508,B=265мм</t>
+  </si>
+  <si>
+    <t>04020566</t>
+  </si>
+  <si>
+    <t>LPGI3</t>
+  </si>
+  <si>
+    <t>89544.00₸</t>
+  </si>
+  <si>
+    <t>Лист-гриль с ручками;алюм.литой,антиприг.покр.;D=30,L=40см</t>
+  </si>
+  <si>
+    <t>04020567</t>
+  </si>
+  <si>
+    <t>000135/34TP0</t>
+  </si>
+  <si>
+    <t>52653.00₸</t>
+  </si>
+  <si>
+    <t>Лист-гриль;алюм.литой,тефлон;,H=20,L=530,B=325мм</t>
+  </si>
+  <si>
+    <t>04020573</t>
+  </si>
+  <si>
+    <t>OP0120/53TR0</t>
+  </si>
+  <si>
+    <t>145761.00₸</t>
+  </si>
+  <si>
+    <t>Лист-гриль мини;алюм.литой,антиприг.покр.;,L=32,B=15см;черный</t>
+  </si>
+  <si>
+    <t>04020576</t>
+  </si>
+  <si>
+    <t>OP0114/32TP0</t>
+  </si>
+  <si>
+    <t>27312.00₸</t>
+  </si>
+  <si>
+    <t>Лист-гриль двухсторонний;чугун;,L=47,B=26см</t>
+  </si>
+  <si>
+    <t>04020577</t>
+  </si>
+  <si>
+    <t>44217-45</t>
+  </si>
+  <si>
+    <t>65212.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная овальная;чугун;,H=30,L=205,B=105мм;черный</t>
+  </si>
+  <si>
+    <t>04020604</t>
+  </si>
+  <si>
+    <t>LMSOV/HMSOV</t>
+  </si>
+  <si>
+    <t>13406.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная квадратная;чугун;,H=30,L=165,B=120мм;черный</t>
+  </si>
+  <si>
+    <t>04020613</t>
+  </si>
+  <si>
+    <t>HMSS</t>
+  </si>
+  <si>
+    <t>20806.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Перфоманс»;сталь нерж.;D=28,H=4,L=50см;металлич.</t>
+  </si>
+  <si>
+    <t>04020618</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>Performance</t>
+  </si>
+  <si>
+    <t>93971.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Перфоманс»;сталь нерж.;D=20,H=4,L=36см;металлич.</t>
+  </si>
+  <si>
+    <t>04020619</t>
+  </si>
+  <si>
+    <t>66544.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Перфоманс»;сталь нерж.;D=24,H=4см;металлич.</t>
+  </si>
+  <si>
+    <t>04020621</t>
+  </si>
+  <si>
+    <t>92408.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=20,H=4,L=36см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020622</t>
+  </si>
+  <si>
+    <t>Classe Chef</t>
+  </si>
+  <si>
+    <t>32664.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=24,H=4,L=45см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020623</t>
+  </si>
+  <si>
+    <t>54978.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Клас Шеф» с антипригарным покрытием;алюмин.,тефлон;D=260,H=50,L=496мм;синий,черный</t>
+  </si>
+  <si>
+    <t>04020624</t>
+  </si>
+  <si>
+    <t>47340.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=28,H=5,L=51см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020625</t>
+  </si>
+  <si>
+    <t>48279.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=12,H=2,L=24см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020626</t>
+  </si>
+  <si>
+    <t>38038.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Клас Шеф+» с антипригарным покрытием;алюмин.,тефлон;D=28,H=8,L=52,B=30см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020627</t>
+  </si>
+  <si>
+    <t>Classe Chef+</t>
+  </si>
+  <si>
+    <t>53100.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Клас Шеф»;алюмин.,тефлон;D=24,H=2,L=45см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020628</t>
+  </si>
+  <si>
+    <t>38824.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,керамика;D=24,H=6,L=45см;бежев.,черный</t>
+  </si>
+  <si>
+    <t>04020629</t>
+  </si>
+  <si>
+    <t>Classe Ceram</t>
+  </si>
+  <si>
+    <t>27172.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,керамика;D=28,H=5,L=52см;коричнев.,черный</t>
+  </si>
+  <si>
+    <t>04020630</t>
+  </si>
+  <si>
+    <t>31548.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;алюмин.,керамика;D=25,H=2,L=45,B=25см;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>04020631</t>
+  </si>
+  <si>
+    <t>24358.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;черн.сталь;D=28,H=6,L=51см</t>
+  </si>
+  <si>
+    <t>04020632</t>
+  </si>
+  <si>
+    <t>062004</t>
+  </si>
+  <si>
+    <t>70394.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Клас Шеф+» с антипригарным покрытием;алюмин.,тефлон;D=20,H=5,L=36см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020641</t>
+  </si>
+  <si>
+    <t>47101.00₸</t>
+  </si>
+  <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Сковорода профессиональная;алюмин.,тефлон;D=28,H=6,L=51см;черный,серебрян.</t>
-[...167 lines deleted...]
-    <t>39662.00₸</t>
+    <t>Сковорода «Клас Шеф+» с антипригарным покрытием;алюмин.,тефлон;D=32,H=7,L=59см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020642</t>
+  </si>
+  <si>
+    <t>72688.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода «Клас Шеф+» с антипригарным покрытием;алюмин.,тефлон;D=36,H=7,L=66см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020643</t>
+  </si>
+  <si>
+    <t>100570.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Клас Шеф+» с антипригарным покрытием;алюмин.,тефлон;D=40,H=7,L=72см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020644</t>
+  </si>
+  <si>
+    <t>110403.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода прямоуг. «Клас Шеф+» с антипригарным покрытием;алюмин.,тефлон;,H=5,L=39/50,B=27см;синий,че</t>
+  </si>
+  <si>
+    <t>04020645</t>
+  </si>
+  <si>
+    <t>80350.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки «Клас Шеф+» с антипригарным покрытием;алюмин.,тефлон;D=50/41,H=7,L=70см;синий,черн</t>
+  </si>
+  <si>
+    <t>04020646</t>
+  </si>
+  <si>
+    <t>288512.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,антиприг.покр.;D=32,H=5см;черный</t>
+  </si>
+  <si>
+    <t>04020651</t>
+  </si>
+  <si>
+    <t>Elite Pro</t>
+  </si>
+  <si>
+    <t>98283.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода конус. «Вок»;сталь;D=32,H=9,L=62см;серый</t>
+  </si>
+  <si>
+    <t>04020702</t>
+  </si>
+  <si>
+    <t>11713-32</t>
+  </si>
+  <si>
+    <t>55471.00₸</t>
+  </si>
+  <si>
+    <t>Ручка съемная для сковородок(d=20-36см);силикон;,L=15,B=3см;красный</t>
+  </si>
+  <si>
+    <t>04020704</t>
+  </si>
+  <si>
+    <t>11710-AA</t>
+  </si>
+  <si>
+    <t>4289.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос на подставке «Эмбер Каст»;чугун,дерево;,H=30,L=378/240,B=190мм;серый,тем.дерев</t>
+  </si>
+  <si>
+    <t>04020705</t>
+  </si>
+  <si>
+    <t>HE01W/DM-22437RSD</t>
+  </si>
+  <si>
+    <t>7609.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос на подставке «Эмбер Каст»;чугун,дерево;D=220,H=40,L=275,B=225мм;черный,св. дер</t>
+  </si>
+  <si>
+    <t>04020706</t>
+  </si>
+  <si>
+    <t>HE920/DM-2208RP</t>
+  </si>
+  <si>
+    <t>Сковорода «Эмбер Каст»;чугун;D=240/205,H=40,L=410мм;черный</t>
+  </si>
+  <si>
+    <t>04020707</t>
+  </si>
+  <si>
+    <t>HE7001</t>
+  </si>
+  <si>
+    <t>14819.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода «Эмбер Каст»;чугун;D=210,H=45,L=355мм;черный</t>
+  </si>
+  <si>
+    <t>04020708</t>
+  </si>
+  <si>
+    <t>HE7002</t>
+  </si>
+  <si>
+    <t>5313.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос на подставке «Эмбер Каст»;чугун,дерево;,H=4,L=32/20,B=20см;черный,древесн.</t>
+  </si>
+  <si>
+    <t>04020709</t>
+  </si>
+  <si>
+    <t>HE851</t>
+  </si>
+  <si>
+    <t>9268.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос на подставке «Эмбер Каст»;чугун,дерево;,H=45,L=320/275,B=190мм;черный,древесн.</t>
+  </si>
+  <si>
+    <t>04020710</t>
+  </si>
+  <si>
+    <t>HE917</t>
+  </si>
+  <si>
+    <t>10325.00₸</t>
+  </si>
+  <si>
+    <t>04020711</t>
+  </si>
+  <si>
+    <t>HE9551</t>
+  </si>
+  <si>
+    <t>15414.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос на подставке;чугун,дерево;,H=40,L=310/275,B=175мм;черный,св. дерево</t>
+  </si>
+  <si>
+    <t>04020712</t>
+  </si>
+  <si>
+    <t>HE9551/DM-27519OP</t>
+  </si>
+  <si>
+    <t>9744.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Эмбер Каст»;чугун;D=195,H=50,L=345мм;черный</t>
+  </si>
+  <si>
+    <t>04020713</t>
+  </si>
+  <si>
+    <t>HE720</t>
+  </si>
+  <si>
+    <t>5159.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль «Эмбер Каст» квадратная;чугун;,H=3,L=23/36,B=23см;черный</t>
+  </si>
+  <si>
+    <t>04020714</t>
+  </si>
+  <si>
+    <t>HE66/DM-2424GRP</t>
+  </si>
+  <si>
+    <t>9212.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос на подставке;чугун,дерево;,H=40,L=300/235,B=180мм;черный,бордо</t>
+  </si>
+  <si>
+    <t>04020715</t>
+  </si>
+  <si>
+    <t>HE966</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос с ручкой на подставке «Эмбер Каст»;чугун,дерево;D=240,H=40,L=290,B=265мм;черны</t>
+  </si>
+  <si>
+    <t>04020716</t>
+  </si>
+  <si>
+    <t>HE924</t>
+  </si>
+  <si>
+    <t>12523.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос «Эмбер Каст»;чугун;,H=38,L=320,B=130мм;серый</t>
+  </si>
+  <si>
+    <t>04020717</t>
+  </si>
+  <si>
+    <t>HE1602</t>
+  </si>
+  <si>
+    <t>10675.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос «Эмбер Каст»;чугун;,H=40,L=475,B=193мм;серый</t>
+  </si>
+  <si>
+    <t>04020718</t>
+  </si>
+  <si>
+    <t>HE1603</t>
+  </si>
+  <si>
+    <t>6384.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Эмбер Каст»;чугун,дерево;D=225,H=80,L=410мм;черный,тем.дерево</t>
+  </si>
+  <si>
+    <t>04020720</t>
+  </si>
+  <si>
+    <t>HER22</t>
+  </si>
+  <si>
+    <t>8820.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с дерев.ручкой «Эмбер Каст»;чугун,дерево;D=245,H=80,L=430мм;черный,тем.дерево</t>
+  </si>
+  <si>
+    <t>04020721</t>
+  </si>
+  <si>
+    <t>HER24</t>
+  </si>
+  <si>
+    <t>10164.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с дерев.ручкой «Эмбер Каст»;чугун,дерево;D=270,H=85,L=460мм;черный,тем.дерево</t>
+  </si>
+  <si>
+    <t>04020722</t>
+  </si>
+  <si>
+    <t>HER26</t>
+  </si>
+  <si>
+    <t>11501.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода с дерев.ручкой «Эмбер Каст»;чугун,дерево;D=290,H=85,L=485мм;черный,тем.дерево</t>
+  </si>
+  <si>
+    <t>04020723</t>
+  </si>
+  <si>
+    <t>HER28</t>
+  </si>
+  <si>
+    <t>14035.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с дерев.ручкой «Эмбер Каст»;чугун,дерево;D=30/25,H=10,L=50см;черный,тем.дерево</t>
+  </si>
+  <si>
+    <t>04020724</t>
+  </si>
+  <si>
+    <t>HER30</t>
+  </si>
+  <si>
+    <t>24297.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,тефлон;D=360,H=90,L=665,B=360мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020725</t>
+  </si>
+  <si>
+    <t>16113-36</t>
+  </si>
+  <si>
+    <t>89174.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,тефлон;D=40,H=10,L=70,5см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020726</t>
+  </si>
+  <si>
+    <t>16113-40</t>
+  </si>
+  <si>
+    <t>65720.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода профессиональная;алюмин.,тефлон;D=360,H=60,L=665мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020727</t>
+  </si>
+  <si>
+    <t>16717-36</t>
+  </si>
+  <si>
+    <t>38223.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода профессиональная;алюмин.,тефлон;D=40,H=7,L=70см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020728</t>
+  </si>
+  <si>
+    <t>16717-40</t>
+  </si>
+  <si>
+    <t>62363.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;алюмин.,тефлон;D=25,H=2,L=49см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020729</t>
+  </si>
+  <si>
+    <t>16712-26</t>
+  </si>
+  <si>
+    <t>46354.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;алюмин.,тефлон;D=290,H=20,L=535мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020730</t>
+  </si>
+  <si>
+    <t>16712-30</t>
+  </si>
+  <si>
+    <t>25811.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода овал.;чугун;1л;,H=50,L=315,B=175мм;черный</t>
+  </si>
+  <si>
+    <t>04020741</t>
+  </si>
+  <si>
+    <t>HOSD</t>
+  </si>
+  <si>
+    <t>27166.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль квадрат.;чугун;,H=55,L=260,B=260мм;черный</t>
+  </si>
+  <si>
+    <t>04020742</t>
+  </si>
+  <si>
+    <t>L8SGP3</t>
+  </si>
+  <si>
+    <t>38092.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;алюмин.,тефлон;D=36,H=7,L=49,B=36см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020746</t>
+  </si>
+  <si>
+    <t>16116-36</t>
+  </si>
+  <si>
+    <t>69308.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;алюмин.,тефлон;D=400,H=75,L=530,B=400мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020747</t>
+  </si>
+  <si>
+    <t>16116-40</t>
+  </si>
+  <si>
+    <t>75676.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи;голуб.сталь;D=470,H=65,L=550,B=470мм;серый</t>
+  </si>
+  <si>
+    <t>04020748</t>
+  </si>
+  <si>
+    <t>11717-47</t>
+  </si>
+  <si>
+    <t>51552.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,керамика;D=240,H=50,L=475мм;бежев.,серебрян.</t>
+  </si>
+  <si>
+    <t>04020749</t>
+  </si>
+  <si>
+    <t>11618-24</t>
+  </si>
+  <si>
+    <t>42774.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,керамика;D=280,H=50,L=515мм;бежев.,серебрян.</t>
+  </si>
+  <si>
+    <t>04020750</t>
+  </si>
+  <si>
+    <t>11618-28</t>
+  </si>
+  <si>
+    <t>58590.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи;голуб.сталь;D=34,H=5см;серый</t>
+  </si>
+  <si>
+    <t>04020758</t>
+  </si>
+  <si>
+    <t>11717-34</t>
+  </si>
+  <si>
+    <t>28760.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи;голуб.сталь;D=420,H=65,L=500,B=420мм;серый</t>
+  </si>
+  <si>
+    <t>04020759</t>
+  </si>
+  <si>
+    <t>11717-42</t>
+  </si>
+  <si>
+    <t>52638.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;черн.сталь;D=22,H=4,L=42см;серый</t>
+  </si>
+  <si>
+    <t>04020760</t>
+  </si>
+  <si>
+    <t>11714-22</t>
+  </si>
+  <si>
+    <t>25226.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.,антиприг.покр.;D=32,H=7,L=63см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020761</t>
+  </si>
+  <si>
+    <t>11117-32</t>
+  </si>
+  <si>
+    <t>202349.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.,антиприг.покр.;D=360,H=85,L=680мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020762</t>
+  </si>
+  <si>
+    <t>11117-36</t>
+  </si>
+  <si>
+    <t>169693.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.,тефлон;D=400,H=90,L=725мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020763</t>
+  </si>
+  <si>
+    <t>11117-40</t>
+  </si>
+  <si>
+    <t>307177.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;черн.сталь;D=200,H=40,L=375мм;серый</t>
+  </si>
+  <si>
+    <t>04020764</t>
+  </si>
+  <si>
+    <t>11714-20</t>
+  </si>
+  <si>
+    <t>19381.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;белая сталь;D=24,H=4,L=44см;серый</t>
+  </si>
+  <si>
+    <t>04020765</t>
+  </si>
+  <si>
+    <t>11714-24</t>
+  </si>
+  <si>
+    <t>43344.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;белая сталь;D=260,H=50,L=495мм;серый</t>
+  </si>
+  <si>
+    <t>04020766</t>
+  </si>
+  <si>
+    <t>11714-26</t>
+  </si>
+  <si>
+    <t>49519.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;черн.сталь;D=280,H=50,L=515мм;серый</t>
+  </si>
+  <si>
+    <t>04020767</t>
+  </si>
+  <si>
+    <t>11714-28</t>
+  </si>
+  <si>
+    <t>53770.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;белая сталь;D=320,H=55,L=570мм;серый</t>
+  </si>
+  <si>
+    <t>04020768</t>
+  </si>
+  <si>
+    <t>11714-32</t>
+  </si>
+  <si>
+    <t>60961.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;белая сталь;D=360,H=65,L=665мм;серый</t>
+  </si>
+  <si>
+    <t>04020769</t>
+  </si>
+  <si>
+    <t>11714-36</t>
+  </si>
+  <si>
+    <t>58574.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;белая сталь;D=400,H=65,L=695мм;серый</t>
+  </si>
+  <si>
+    <t>04020770</t>
+  </si>
+  <si>
+    <t>11714-40</t>
+  </si>
+  <si>
+    <t>53523.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;белая сталь;D=450,H=65,L=840мм;серый</t>
+  </si>
+  <si>
+    <t>04020771</t>
+  </si>
+  <si>
+    <t>11714-45</t>
+  </si>
+  <si>
+    <t>87811.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=40,H=8,L=70см;серый</t>
+  </si>
+  <si>
+    <t>04020772</t>
+  </si>
+  <si>
+    <t>11716-40</t>
+  </si>
+  <si>
+    <t>40710.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=45,H=7,L=85см;серый</t>
+  </si>
+  <si>
+    <t>04020773</t>
+  </si>
+  <si>
+    <t>11716-45</t>
+  </si>
+  <si>
+    <t>80989.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;белая сталь;D=120,H=22,L=240мм;серый</t>
+  </si>
+  <si>
+    <t>04020774</t>
+  </si>
+  <si>
+    <t>11715-12</t>
+  </si>
+  <si>
+    <t>15239.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.;D=45,H=8,L=81см;металлич.</t>
+  </si>
+  <si>
+    <t>04020775</t>
+  </si>
+  <si>
+    <t>11114-45</t>
+  </si>
+  <si>
+    <t>372342.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.;D=240,H=55,L=490мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020776</t>
+  </si>
+  <si>
+    <t>12514-24</t>
+  </si>
+  <si>
+    <t>54909.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.;D=26,H=6,L=52см;металлич.</t>
+  </si>
+  <si>
+    <t>04020777</t>
+  </si>
+  <si>
+    <t>12514-26</t>
+  </si>
+  <si>
+    <t>73251.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.;D=280,H=60,L=535мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020778</t>
+  </si>
+  <si>
+    <t>12514-28</t>
+  </si>
+  <si>
+    <t>58320.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.;D=32,H=7,L=64см;металлич.</t>
+  </si>
+  <si>
+    <t>04020779</t>
+  </si>
+  <si>
+    <t>12514-32</t>
+  </si>
+  <si>
+    <t>85786.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.;D=360,H=65,L=680мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020780</t>
+  </si>
+  <si>
+    <t>12514-36</t>
+  </si>
+  <si>
+    <t>86086.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.,антиприг.покр.;D=24,H=6,L=49см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04020781</t>
+  </si>
+  <si>
+    <t>12517-24</t>
+  </si>
+  <si>
+    <t>71880.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.,антиприг.покр.;D=260,H=60,L=515мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020782</t>
+  </si>
+  <si>
+    <t>12517-26</t>
+  </si>
+  <si>
+    <t>97236.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.,антиприг.покр.;D=280,H=60,L=535мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020783</t>
+  </si>
+  <si>
+    <t>12517-28</t>
+  </si>
+  <si>
+    <t>85247.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.,антиприг.покр.;D=320,H=70,L=635мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020784</t>
+  </si>
+  <si>
+    <t>12517-32</t>
+  </si>
+  <si>
+    <t>93448.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.,антиприг.покр.;D=36,H=7,L=68см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020785</t>
+  </si>
+  <si>
+    <t>12517-36</t>
+  </si>
+  <si>
+    <t>99446.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=24,H=5,L=44см;серый</t>
+  </si>
+  <si>
+    <t>04020786</t>
+  </si>
+  <si>
+    <t>Force Blue</t>
+  </si>
+  <si>
+    <t>40579.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=280,H=55,L=500мм;серый</t>
+  </si>
+  <si>
+    <t>04020787</t>
+  </si>
+  <si>
+    <t>48541.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=260,H=55,L=485мм;серый</t>
+  </si>
+  <si>
+    <t>04020788</t>
+  </si>
+  <si>
+    <t>29992.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=220,H=25,L=415мм;серый</t>
+  </si>
+  <si>
+    <t>04020789</t>
+  </si>
+  <si>
+    <t>24887.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;голуб.сталь;D=240,H=25,L=430мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020790</t>
+  </si>
+  <si>
+    <t>26142.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Карбон Плюс»;белая сталь;D=160,H=15,L=320мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020791</t>
+  </si>
+  <si>
+    <t>Carbone Plus</t>
+  </si>
+  <si>
+    <t>7223.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Карбон Плюс»;белая сталь;D=180,H=15,L=360мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020792</t>
+  </si>
+  <si>
+    <t>24741.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки «Карбон Плюс»;белая сталь;D=36,H=7,L=70см;металлич.</t>
+  </si>
+  <si>
+    <t>04020795</t>
+  </si>
+  <si>
+    <t>84084.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки «Карбон Плюс»;белая сталь;D=40,H=7,L=73см;металлич.</t>
+  </si>
+  <si>
+    <t>04020796</t>
+  </si>
+  <si>
+    <t>51159.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки «Карбон Плюс»;белая сталь;D=45,H=7,L=86см;металлич.</t>
+  </si>
+  <si>
+    <t>04020797</t>
+  </si>
+  <si>
+    <t>86949.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки «Карбон Плюс»;белая сталь;D=50,H=7,L=92см;металлич.</t>
+  </si>
+  <si>
+    <t>04020798</t>
+  </si>
+  <si>
+    <t>164188.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;голуб.сталь;D=18,H=2,L=36см;металлич.</t>
+  </si>
+  <si>
+    <t>04020799</t>
+  </si>
+  <si>
+    <t>18681.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода сервировочная;сталь нерж.,медь;D=220,H=45,L=380мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020801</t>
+  </si>
+  <si>
+    <t>Was</t>
+  </si>
+  <si>
+    <t>52022.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи;сталь нерж.,медь;D=24,H=5,L=39см;металлич.</t>
+  </si>
+  <si>
+    <t>04020802</t>
+  </si>
+  <si>
+    <t>30459.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода сервировочная;сталь нерж.,медь;D=280,H=55,L=320мм;металлич.,медный</t>
+  </si>
+  <si>
+    <t>04020803</t>
+  </si>
+  <si>
+    <t>72257.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи с ручками;сталь нерж.,медь;D=18,H=5,L=23см;металлич.,медный</t>
+  </si>
+  <si>
+    <t>04020804</t>
+  </si>
+  <si>
+    <t>52076.00₸</t>
+  </si>
+  <si>
+    <t>04020806</t>
+  </si>
+  <si>
+    <t>59106.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=360,H=60,L=665мм;серый</t>
+  </si>
+  <si>
+    <t>04020807</t>
+  </si>
+  <si>
+    <t>77139.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Карбон Плюс»;белая сталь;D=200,H=20,L=375мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020808</t>
+  </si>
+  <si>
+    <t>26473.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Карбон Плюс»;белая сталь;D=22,H=2,L=42см;металлич.</t>
+  </si>
+  <si>
+    <t>04020809</t>
+  </si>
+  <si>
+    <t>26796.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;голуб.сталь;D=20,H=2,L=38см;серый</t>
+  </si>
+  <si>
+    <t>04020811</t>
+  </si>
+  <si>
+    <t>23154.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Вок»;голуб.сталь;D=40,H=10,L=69,5см;серый</t>
+  </si>
+  <si>
+    <t>04020813</t>
+  </si>
+  <si>
+    <t>52639.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2ручки;голуб.сталь;D=32,H=8,L=67см;серый</t>
+  </si>
+  <si>
+    <t>04020814</t>
+  </si>
+  <si>
+    <t>51544.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль прямоуг. «Карбон Плюс»;белая сталь;,H=3,L=38,B=26см;серый</t>
+  </si>
+  <si>
+    <t>04020817</t>
+  </si>
+  <si>
+    <t>58544.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Карбон Плюс»;белая сталь;D=180,H=35,L=350мм;серый</t>
+  </si>
+  <si>
+    <t>04020818</t>
+  </si>
+  <si>
+    <t>Сковорода «Карбон Плюс»;белая сталь;D=200,H=45,L=375мм;серый</t>
+  </si>
+  <si>
+    <t>04020819</t>
+  </si>
+  <si>
+    <t>25087.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Карбон Плюс»;белая сталь;D=220,H=40,L=415мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020820</t>
+  </si>
+  <si>
+    <t>18095.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Карбон Плюс»;белая сталь;D=24,H=4,L=44см;металлич.</t>
+  </si>
+  <si>
+    <t>04020821</t>
+  </si>
+  <si>
+    <t>47009.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Карбон Плюс»;белая сталь;D=28,H=5,L=51см;металлич.</t>
+  </si>
+  <si>
+    <t>04020823</t>
+  </si>
+  <si>
+    <t>58736.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи 2ручки;белая сталь;D=240,H=40,L=345мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04020824</t>
+  </si>
+  <si>
+    <t>5026.24N</t>
+  </si>
+  <si>
+    <t>9641.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи 2ручки;белая сталь;D=280,H=50,L=385мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04020825</t>
+  </si>
+  <si>
+    <t>5026.28N</t>
+  </si>
+  <si>
+    <t>11389.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода прямоуг.;белая сталь;,H=5,L=39,B=26см;серый</t>
+  </si>
+  <si>
+    <t>04020826</t>
+  </si>
+  <si>
+    <t>38624.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи 2ручки;голуб.сталь;D=340,H=60,L=425мм;серый</t>
+  </si>
+  <si>
+    <t>04020828</t>
+  </si>
+  <si>
+    <t>La Lyonnaise</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи 2ручки;голуб.сталь;D=370,H=60,L=445мм;серый</t>
+  </si>
+  <si>
+    <t>04020829</t>
+  </si>
+  <si>
+    <t>29430.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=24,H=6,L=47см;металлич.</t>
+  </si>
+  <si>
+    <t>04020830</t>
+  </si>
+  <si>
+    <t>306026-24</t>
+  </si>
+  <si>
+    <t>65189.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=280,H=65,L=525мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020831</t>
+  </si>
+  <si>
+    <t>306026-28</t>
+  </si>
+  <si>
+    <t>91030.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=180,H=43,L=350мм;серый</t>
+  </si>
+  <si>
+    <t>04020832</t>
+  </si>
+  <si>
+    <t>15685.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=20,H=5,L=37см;серый</t>
+  </si>
+  <si>
+    <t>04020833</t>
+  </si>
+  <si>
+    <t>36452.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;голуб.сталь;D=22,H=5,L=42см;серый</t>
+  </si>
+  <si>
+    <t>04020834</t>
+  </si>
+  <si>
+    <t>18742.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи 2ручки;алюм.литой,антиприг.покр.;D=32см;черный</t>
+  </si>
+  <si>
+    <t>04020840</t>
+  </si>
+  <si>
+    <t>8347.32N</t>
+  </si>
+  <si>
+    <t>72319.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Шок Классик»;алюмин.,тефлон;D=280,H=45,L=500мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020841</t>
+  </si>
+  <si>
+    <t>Choc Classic</t>
+  </si>
+  <si>
+    <t>50951.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Шок Классик»;алюмин.,тефлон;D=320,H=55,L=565мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020842</t>
+  </si>
+  <si>
+    <t>51105.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Шок Классик»;алюмин.,тефлон;D=36,H=6,L=56см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020843</t>
+  </si>
+  <si>
+    <t>75622.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;алюмин.,тефлон;D=140,H=20,L=265мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020844</t>
+  </si>
+  <si>
+    <t>25141.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Шок Классик»;алюмин.,тефлон;D=220,H=25,L=420мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020845</t>
+  </si>
+  <si>
+    <t>30469.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Шок Классик»;алюмин.,тефлон;D=260,H=25,L=460мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020846</t>
+  </si>
+  <si>
+    <t>38747.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода прямоуг. «Шок Классик»;алюмин.,тефлон;,H=5,L=38,B=26см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020847</t>
+  </si>
+  <si>
+    <t>110603.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Шок Классик»;алюмин.,тефлон;D=200,H=40,L=425мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020848</t>
+  </si>
+  <si>
+    <t>34235.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Шок Классик»;алюмин.,тефлон;D=22,H=5,L=44см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020849</t>
+  </si>
+  <si>
+    <t>17690.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Шок Классик»;алюмин.,тефлон;D=24,H=5,L=49см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020850</t>
+  </si>
+  <si>
+    <t>37754.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Шок Классик»;алюмин.,тефлон;D=260,H=55,L=540мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020851</t>
+  </si>
+  <si>
+    <t>47255.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Шок Классик»;алюмин.,тефлон;D=300,H=55,L=265мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020852</t>
+  </si>
+  <si>
+    <t>47178.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода овал. «Шок Классик»;алюмин.,тефлон;,H=43,L=320,B=230мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020854</t>
+  </si>
+  <si>
+    <t>Сковорода овал. «Шок Классик»;алюмин.,тефлон;,H=8,L=36,B=26см;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020855</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;чугун;,H=20,L=380/405,B=225мм;черный</t>
+  </si>
+  <si>
+    <t>04020857</t>
+  </si>
+  <si>
+    <t>071116</t>
+  </si>
+  <si>
+    <t>74190.00₸</t>
+  </si>
+  <si>
+    <t>04020857-У1</t>
+  </si>
+  <si>
+    <t>071116у</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;чугун;,H=30,L=255,B=255мм;черный</t>
+  </si>
+  <si>
+    <t>04020858</t>
+  </si>
+  <si>
+    <t>071118</t>
+  </si>
+  <si>
+    <t>67422.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль квадрат.;чугун;,L=24,B=24см;черный</t>
+  </si>
+  <si>
+    <t>04020859</t>
+  </si>
+  <si>
+    <t>03240240GBS</t>
+  </si>
+  <si>
+    <t>22141.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль прямоуг.;алюм.литой,дерево;,H=30,L=340/200,B=265мм;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>04020860</t>
+  </si>
+  <si>
+    <t>05400250XBD/0540N250ABD</t>
+  </si>
+  <si>
+    <t>24833.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;алюмин.,керамика;,H=3,L=29,B=29см;черный,белый</t>
+  </si>
+  <si>
+    <t>04020861</t>
+  </si>
+  <si>
+    <t>0536001</t>
+  </si>
+  <si>
+    <t>28174.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;алюмин.,дерево;D=320,H=35,L=470/220мм;черный,св. дерево</t>
+  </si>
+  <si>
+    <t>04020862</t>
+  </si>
+  <si>
+    <t>0546001</t>
+  </si>
+  <si>
+    <t>32464.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;алюмин.,тефлон;,H=3,L=29/20,B=29см;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>04020863</t>
+  </si>
+  <si>
+    <t>05350290XBD</t>
+  </si>
+  <si>
+    <t>20404.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;чугун;D=26,H=6,L=41см;черный</t>
+  </si>
+  <si>
+    <t>04020865</t>
+  </si>
+  <si>
+    <t>L8GP3</t>
+  </si>
+  <si>
+    <t>34312.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,тефлон;D=280,H=64,L=565мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04020871</t>
+  </si>
+  <si>
+    <t>33913B28</t>
+  </si>
+  <si>
+    <t>86163.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,тефлон;D=300,H=63,L=585мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04020872</t>
+  </si>
+  <si>
+    <t>30613B30</t>
+  </si>
+  <si>
+    <t>51896.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,тефлон;D=20,H=4,L=38,B=20см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04020875</t>
+  </si>
+  <si>
+    <t>Tradition</t>
+  </si>
+  <si>
+    <t>182059.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием;сталь нерж.,антиприг.покр.;D=200,H=55,L=410/200мм;металлич.,черн</t>
+  </si>
+  <si>
+    <t>04020876</t>
+  </si>
+  <si>
+    <t>15090200ICV</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>48780.00₸</t>
+  </si>
+  <si>
+    <t>39 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием;сталь нерж.,антиприг.покр.;D=240,H=55,L=460/200мм;металлич.,черн</t>
+  </si>
+  <si>
+    <t>04020877</t>
+  </si>
+  <si>
+    <t>15090240ICV</t>
+  </si>
+  <si>
+    <t>55271.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием;сталь нерж.,антиприг.покр.;D=280,H=55,L=590/270мм;металлич.,черн</t>
+  </si>
+  <si>
+    <t>04020878</t>
+  </si>
+  <si>
+    <t>15090280ICV</t>
+  </si>
+  <si>
+    <t>43051.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=320,H=60,L=610/285мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04020879</t>
+  </si>
+  <si>
+    <t>15100320ICV</t>
+  </si>
+  <si>
+    <t>62601.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Клас Шеф»;алюмин.,тефлон;D=36,H=5,L=65см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020886</t>
+  </si>
+  <si>
+    <t>80843.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;черн.сталь;D=22,H=4,L=38см;серый</t>
+  </si>
+  <si>
+    <t>04020891</t>
+  </si>
+  <si>
+    <t>062001</t>
+  </si>
+  <si>
+    <t>28313.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;черн.сталь;D=24,H=4,L=42см;серый</t>
+  </si>
+  <si>
+    <t>04020892</t>
+  </si>
+  <si>
+    <t>062002</t>
+  </si>
+  <si>
+    <t>23493.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;черн.сталь;D=26,H=4,L=48см;серый</t>
+  </si>
+  <si>
+    <t>04020893</t>
+  </si>
+  <si>
+    <t>062003</t>
+  </si>
+  <si>
+    <t>64157.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=16,H=4,L=33см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020894</t>
+  </si>
+  <si>
+    <t>31617.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=22,H=4,L=43см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020895</t>
+  </si>
+  <si>
+    <t>35521.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=32,H=5,L=59см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020896</t>
+  </si>
+  <si>
+    <t>61200.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=40,H=6,L=61см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020897</t>
+  </si>
+  <si>
+    <t>95034.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода сервировочная овал. 2 ручки;сталь нерж.,медь;,H=45,L=250,B=180мм;медный,металлич.</t>
+  </si>
+  <si>
+    <t>04020898</t>
+  </si>
+  <si>
+    <t>58159.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода сервировочная овал. 2 ручки;сталь нерж.,медь;,H=4,L=34/30,B=22см;медный,металлич.</t>
+  </si>
+  <si>
+    <t>04020899</t>
+  </si>
+  <si>
+    <t>56611.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Прима Матера»;сталь нерж.,медь;D=24см;медный,металлич.</t>
+  </si>
+  <si>
+    <t>04020901</t>
+  </si>
+  <si>
+    <t>Prima Matera</t>
+  </si>
+  <si>
+    <t>391422.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;медь,олово;D=20,H=3см</t>
+  </si>
+  <si>
+    <t>04020902</t>
+  </si>
+  <si>
+    <t>032039</t>
+  </si>
+  <si>
+    <t>Сковороды из меди</t>
+  </si>
+  <si>
+    <t>149596.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Клас Шеф+»;алюмин.,тефлон;D=28,H=3,L=47см;черный,синий</t>
+  </si>
+  <si>
+    <t>04020904</t>
+  </si>
+  <si>
+    <t>28698.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,тефлон;D=24,H=4,L=44см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04020906</t>
+  </si>
+  <si>
+    <t>89990.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Проотель»;сталь нерж.,тефлон;D=20,H=6,L=43см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04020916</t>
+  </si>
+  <si>
+    <t>C24131CBS20*5</t>
+  </si>
+  <si>
+    <t>3881.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов с лопаткой и шпателем;чугун,дерево;D=300,H=45,L=430мм;черный,бежев.</t>
+  </si>
+  <si>
+    <t>04020923</t>
+  </si>
+  <si>
+    <t>071122</t>
+  </si>
+  <si>
+    <t>109040.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов с лопаткой и шпателем уцененная;чугун,дерево;D=300,H=45,L=430мм;черный,бежев.</t>
+  </si>
+  <si>
+    <t>04020923-У1</t>
+  </si>
+  <si>
+    <t>071122/у</t>
+  </si>
+  <si>
+    <t>66636.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Клас Шеф»;алюмин.,тефлон;D=28,H=2,L=48см;синий,черный</t>
+  </si>
+  <si>
+    <t>04020924</t>
+  </si>
+  <si>
+    <t>42789.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;алюмин.,керамика;D=28,H=2,L=48см;белый,коричнев.</t>
+  </si>
+  <si>
+    <t>04020928</t>
+  </si>
+  <si>
+    <t>27335.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для гриля прямоуг.;чугун;,H=15,L=340/220мм;черный</t>
+  </si>
+  <si>
+    <t>04020929</t>
+  </si>
+  <si>
+    <t>03340220GBS</t>
+  </si>
+  <si>
+    <t>49714.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода;карб.сталь;D=205,H=35,L=410мм;черный</t>
+  </si>
+  <si>
+    <t>04020930</t>
+  </si>
+  <si>
+    <t>CRS8</t>
+  </si>
+  <si>
+    <t>38986.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;карб.сталь;D=250,H=45,L=480мм;черный</t>
+  </si>
+  <si>
+    <t>04020931</t>
+  </si>
+  <si>
+    <t>CRS10</t>
+  </si>
+  <si>
+    <t>38291.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;карб.сталь;D=310,H=35,L=510мм;черный</t>
+  </si>
+  <si>
+    <t>04020932</t>
+  </si>
+  <si>
+    <t>CRS12</t>
+  </si>
+  <si>
+    <t>48741.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Элит Шеф»;алюмин.;D=20,H=5см;черный</t>
+  </si>
+  <si>
+    <t>04020933</t>
+  </si>
+  <si>
+    <t>Elite Chef</t>
+  </si>
+  <si>
+    <t>83484.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Элит Шеф»;алюмин.;D=240,H=50,L=465,B=260мм</t>
+  </si>
+  <si>
+    <t>04020934</t>
+  </si>
+  <si>
+    <t>60145.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Элит Шеф»;алюмин.;D=28,H=5,L=56,B=30см</t>
+  </si>
+  <si>
+    <t>04020935</t>
+  </si>
+  <si>
+    <t>69046.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Элит Шеф»;алюмин.;D=32,H=5см</t>
+  </si>
+  <si>
+    <t>04020936</t>
+  </si>
+  <si>
+    <t>139994.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль (индукция);алюм.литой,титан;,H=4,L=27/44,B=26см;черный</t>
+  </si>
+  <si>
+    <t>04020939</t>
+  </si>
+  <si>
+    <t>0090IN/26T00</t>
+  </si>
+  <si>
+    <t>43444.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль (индукция);алюм.литой,титан;,H=4,L=26/45,B=35см;черный</t>
+  </si>
+  <si>
+    <t>04020940</t>
+  </si>
+  <si>
+    <t>0090IN/36T00</t>
+  </si>
+  <si>
+    <t>51136.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;алюм.литой,дерево;,H=40,L=290/450,B=275мм;черный</t>
+  </si>
+  <si>
+    <t>04020943</t>
+  </si>
+  <si>
+    <t>000090/28T00</t>
+  </si>
+  <si>
+    <t>33572.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;алюм.литой,дерево;,H=40,L=270/430,B=345мм;черный</t>
+  </si>
+  <si>
+    <t>04020944</t>
+  </si>
+  <si>
+    <t>000090/36T00</t>
+  </si>
+  <si>
+    <t>39848.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;алюм.литой,дерево;,H=4,L=28/45,B=43см;черный</t>
+  </si>
+  <si>
+    <t>04020945</t>
+  </si>
+  <si>
+    <t>000090/43T00</t>
+  </si>
+  <si>
+    <t>55695.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюм.литой,тефлон;D=24,H=5см;черный</t>
+  </si>
+  <si>
+    <t>04020946</t>
+  </si>
+  <si>
+    <t>OP103HT/24TP</t>
+  </si>
+  <si>
+    <t>68261.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюм.литой,тефлон;D=280,H=52,L=540мм;черный</t>
+  </si>
+  <si>
+    <t>04020947</t>
+  </si>
+  <si>
+    <t>OP103HT/28TP</t>
+  </si>
+  <si>
+    <t>80435.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);алюм.литой,тефлон;D=32,H=6,L=63см;черный</t>
+  </si>
+  <si>
+    <t>04020948</t>
+  </si>
+  <si>
+    <t>OP103HTIN/32</t>
+  </si>
+  <si>
+    <t>126997.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода;алюм.литой,тефлон;D=24,H=7,L=50см;черный</t>
+  </si>
+  <si>
+    <t>04020949</t>
+  </si>
+  <si>
+    <t>OP104HT/24TP</t>
+  </si>
+  <si>
+    <t>74098.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюм.литой,тефлон;D=28,H=7,L=54см;черный</t>
+  </si>
+  <si>
+    <t>04020950</t>
+  </si>
+  <si>
+    <t>OP104HT/28TP</t>
+  </si>
+  <si>
+    <t>79834.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюм.литой,тефлон;D=32,H=8,L=62см;черный</t>
+  </si>
+  <si>
+    <t>04020951</t>
+  </si>
+  <si>
+    <t>OP104HT/32TP</t>
+  </si>
+  <si>
+    <t>78440.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);алюм.литой,тефлон;D=24,H=7,L=50см;черный</t>
+  </si>
+  <si>
+    <t>04020952</t>
+  </si>
+  <si>
+    <t>OP104HTIN/24</t>
+  </si>
+  <si>
+    <t>103304.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);алюм.литой,тефлон;D=28,H=7,L=54см;черный</t>
+  </si>
+  <si>
+    <t>04020953</t>
+  </si>
+  <si>
+    <t>OP104HTIN/28</t>
+  </si>
+  <si>
+    <t>104767.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);алюм.литой,тефлон;D=32,H=8,L=62см;черный</t>
+  </si>
+  <si>
+    <t>04020954</t>
+  </si>
+  <si>
+    <t>OP104HTIN/32</t>
+  </si>
+  <si>
+    <t>123254.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);алюм.литой,тефлон;D=200,H=45,L=400мм;черный</t>
+  </si>
+  <si>
+    <t>04020955</t>
+  </si>
+  <si>
+    <t>OP103EPIN/20</t>
+  </si>
+  <si>
+    <t>64195.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);алюм.литой,тефлон;D=240,H=50,L=445мм;черный</t>
+  </si>
+  <si>
+    <t>04020956</t>
+  </si>
+  <si>
+    <t>OP103EPIN/24</t>
+  </si>
+  <si>
+    <t>75568.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);алюм.литой,тефлон;D=32,H=6,L=53см;черный</t>
+  </si>
+  <si>
+    <t>04020957</t>
+  </si>
+  <si>
+    <t>OP103EPIN/32</t>
+  </si>
+  <si>
+    <t>87573.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;алюм.литой,тефлон;D=28,H=8,B=38см;черный</t>
+  </si>
+  <si>
+    <t>04020958</t>
+  </si>
+  <si>
+    <t>OP0098/28TP0</t>
+  </si>
+  <si>
+    <t>61485.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;алюм.литой,тефлон;D=32,H=9,B=42см;черный</t>
+  </si>
+  <si>
+    <t>04020959</t>
+  </si>
+  <si>
+    <t>OP0098/32TP0</t>
+  </si>
+  <si>
+    <t>88635.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;алюм.литой,тефлон;D=360,H=85,B=460мм;черный</t>
+  </si>
+  <si>
+    <t>04020960</t>
+  </si>
+  <si>
+    <t>OP0098/36TP0</t>
+  </si>
+  <si>
+    <t>83153.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки (индукция);алюм.литой,тефлон;D=240,H=70,B=333мм;черный</t>
+  </si>
+  <si>
+    <t>04020961</t>
+  </si>
+  <si>
+    <t>OP098IN/24TP</t>
+  </si>
+  <si>
+    <t>58205.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки (индукция);алюм.литой,тефлон;D=28,H=8,B=38см;черный</t>
+  </si>
+  <si>
+    <t>04020962</t>
+  </si>
+  <si>
+    <t>OP098IN/28TP</t>
+  </si>
+  <si>
+    <t>76323.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки (индукция);алюм.литой,тефлон;D=320,H=90,B=425мм;черный</t>
+  </si>
+  <si>
+    <t>04020963</t>
+  </si>
+  <si>
+    <t>OP098IN/32TP</t>
+  </si>
+  <si>
+    <t>104797.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2ручки;алюм.литой,тефлон;D=280,H=40,B=375мм;черный</t>
+  </si>
+  <si>
+    <t>04020964</t>
+  </si>
+  <si>
+    <t>OP98RI/28TP0</t>
+  </si>
+  <si>
+    <t>68161.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;алюм.литой,тефлон;D=32,H=6,B=42см;черный</t>
+  </si>
+  <si>
+    <t>04020965</t>
+  </si>
+  <si>
+    <t>OP98RI/32TP0</t>
+  </si>
+  <si>
+    <t>67129.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2ручки;алюм.литой,тефлон;D=36,H=6,B=46см;черный</t>
+  </si>
+  <si>
+    <t>04020966</t>
+  </si>
+  <si>
+    <t>OP98RI/36TP0</t>
+  </si>
+  <si>
+    <t>81659.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;алюм.литой,тефлон;,H=4,L=50/27,B=28см;черный</t>
+  </si>
+  <si>
+    <t>04020967</t>
+  </si>
+  <si>
+    <t>OP094A/26T00</t>
+  </si>
+  <si>
+    <t>58359.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль (индукция);алюм.литой,тефлон;,H=4,L=50/27,B=28см;черный</t>
+  </si>
+  <si>
+    <t>04020968</t>
+  </si>
+  <si>
+    <t>OP94AIN/26T0</t>
+  </si>
+  <si>
+    <t>73836.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;чугун,сталь нерж.;,L=23/40,B=35,5см;черный</t>
+  </si>
+  <si>
+    <t>04020971</t>
+  </si>
+  <si>
+    <t>000112/36G00</t>
+  </si>
+  <si>
+    <t>36899.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов 4 отделения;алюм.литой,тефлон;D=250/80,H=25,L=460мм;черный</t>
+  </si>
+  <si>
+    <t>04020972</t>
+  </si>
+  <si>
+    <t>OP106M/25T00</t>
+  </si>
+  <si>
+    <t>44568.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;алюм.литой,тефлон;D=20,H=2,L=42см;черный</t>
+  </si>
+  <si>
+    <t>04020974</t>
+  </si>
+  <si>
+    <t>OP0106/20T00</t>
+  </si>
+  <si>
+    <t>28437.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;алюм.литой,тефлон;D=25,H=2,L=46см;черный</t>
+  </si>
+  <si>
+    <t>04020975</t>
+  </si>
+  <si>
+    <t>OP0106/25T00</t>
+  </si>
+  <si>
+    <t>41018.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;алюм.литой,тефлон;D=280,H=23,L=510мм;черный</t>
+  </si>
+  <si>
+    <t>04020976</t>
+  </si>
+  <si>
+    <t>OP0106/28T00</t>
+  </si>
+  <si>
+    <t>42143.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов (индукция);алюм.литой,тефлон;D=280,H=23,L=500мм;черный</t>
+  </si>
+  <si>
+    <t>04020977</t>
+  </si>
+  <si>
+    <t>OP106IN/28T0</t>
+  </si>
+  <si>
+    <t>82183.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюм.литой,тефлон;D=320,H=60,L=625мм;черный</t>
+  </si>
+  <si>
+    <t>04020979</t>
+  </si>
+  <si>
+    <t>OP103HT/32TP</t>
+  </si>
+  <si>
+    <t>89806.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);алюм.литой,тефлон;D=24,H=6,L=50см;черный</t>
+  </si>
+  <si>
+    <t>04020980</t>
+  </si>
+  <si>
+    <t>OP103HTIN/24</t>
+  </si>
+  <si>
+    <t>89390.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);алюм.литой,тефлон;D=280,H=52,L=540мм;черный</t>
+  </si>
+  <si>
+    <t>04020981</t>
+  </si>
+  <si>
+    <t>OP103HTIN/28</t>
+  </si>
+  <si>
+    <t>108478.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);алюм.литой,тефлон;D=280,H=58,L=490мм;черный</t>
+  </si>
+  <si>
+    <t>04020982</t>
+  </si>
+  <si>
+    <t>OP103EPIN/28</t>
+  </si>
+  <si>
+    <t>86880.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Вок»;сталь;D=46,H=14см;металлич.</t>
+  </si>
+  <si>
+    <t>04020986</t>
+  </si>
+  <si>
+    <t>49605-46</t>
+  </si>
+  <si>
+    <t>36013.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Вок»;сталь;D=61,H=11,L=64,5,B=60см;металлич.</t>
+  </si>
+  <si>
+    <t>04020987</t>
+  </si>
+  <si>
+    <t>49605-61</t>
+  </si>
+  <si>
+    <t>55949.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;черн.сталь;D=450,H=60,L=755мм</t>
+  </si>
+  <si>
+    <t>04020988</t>
+  </si>
+  <si>
+    <t>062009</t>
+  </si>
+  <si>
+    <t>65897.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода овал.;сталь нерж.,медь;,L=25,B=18см</t>
+  </si>
+  <si>
+    <t>04020989</t>
+  </si>
+  <si>
+    <t>26077.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для омлета;медь;D=26,H=5см;медный</t>
+  </si>
+  <si>
+    <t>04020993</t>
+  </si>
+  <si>
+    <t>15215-26</t>
+  </si>
+  <si>
+    <t>182333.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи с крышкой;медь;,H=11,L=38,B=26см;медный</t>
+  </si>
+  <si>
+    <t>04021001</t>
+  </si>
+  <si>
+    <t>15339-36</t>
+  </si>
+  <si>
+    <t>669007.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,тефлон;D=28,H=5,L=52см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04021002</t>
+  </si>
+  <si>
+    <t>169963.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;черн.сталь;D=120,H=25,L=245,B=120мм</t>
+  </si>
+  <si>
+    <t>04021003</t>
+  </si>
+  <si>
+    <t>062040</t>
+  </si>
+  <si>
+    <t>8347.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=26,H=5,L=44см;металлич.</t>
+  </si>
+  <si>
+    <t>04021004</t>
+  </si>
+  <si>
+    <t>93910.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=28,H=5,L=52см;металлич.</t>
+  </si>
+  <si>
+    <t>04021005</t>
+  </si>
+  <si>
+    <t>132818.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Вок»;сталь нерж.,антиприг.покр.;D=35см</t>
+  </si>
+  <si>
+    <t>04021007</t>
+  </si>
+  <si>
+    <t>101317.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос овальная;чугун,дерево;,H=34,L=310,B=190мм;черный,коричнев.</t>
+  </si>
+  <si>
+    <t>04021035</t>
+  </si>
+  <si>
+    <t>04820280GCV</t>
+  </si>
+  <si>
+    <t>18835.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;алюмин.,керамика;D=28,H=2,L=49см;коричнев.,бежев.</t>
+  </si>
+  <si>
+    <t>04021050</t>
+  </si>
+  <si>
+    <t>Elite Ceram</t>
+  </si>
+  <si>
+    <t>80974.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,керамика;D=32,H=6,L=63см;металлич.,белый</t>
+  </si>
+  <si>
+    <t>04021054</t>
+  </si>
+  <si>
+    <t>11618-32</t>
+  </si>
+  <si>
+    <t>77847.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль «Эмбер Каст»;чугун;,H=4,L=25/42,B=25см;черный</t>
+  </si>
+  <si>
+    <t>04021055</t>
+  </si>
+  <si>
+    <t>9023.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль «Эмбер Каст»;чугун;,H=25,L=275,B=275мм;черный</t>
+  </si>
+  <si>
+    <t>04021056</t>
+  </si>
+  <si>
+    <t>12677.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;медь;D=12,H=3см</t>
+  </si>
+  <si>
+    <t>04021058</t>
+  </si>
+  <si>
+    <t>032035</t>
+  </si>
+  <si>
+    <t>80789.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.;D=280,H=55мм</t>
+  </si>
+  <si>
+    <t>04021059</t>
+  </si>
+  <si>
+    <t>11114-28</t>
+  </si>
+  <si>
+    <t>75122.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.;D=40,H=6см</t>
+  </si>
+  <si>
+    <t>04021060</t>
+  </si>
+  <si>
+    <t>11114-40</t>
+  </si>
+  <si>
+    <t>261862.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.;D=20,H=5см</t>
+  </si>
+  <si>
+    <t>04021061</t>
+  </si>
+  <si>
+    <t>11114-20</t>
+  </si>
+  <si>
+    <t>52153.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос на подставке;чугун,дерево;,H=38,L=360/300,B=230мм;черный,бордо</t>
+  </si>
+  <si>
+    <t>04021068</t>
+  </si>
+  <si>
+    <t>04840300GCV</t>
+  </si>
+  <si>
+    <t>29232.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=32,H=5см</t>
+  </si>
+  <si>
+    <t>04021075</t>
+  </si>
+  <si>
+    <t>163749.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Вок»;сталь;D=31,H=9см;металлич.</t>
+  </si>
+  <si>
+    <t>04021077</t>
+  </si>
+  <si>
+    <t>49604-31</t>
+  </si>
+  <si>
+    <t>30323.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Вок»;сталь;D=36,H=11см;металлич.</t>
+  </si>
+  <si>
+    <t>04021078</t>
+  </si>
+  <si>
+    <t>49604-36</t>
+  </si>
+  <si>
+    <t>31486.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,керамика;D=36,H=6см;бежев.,серебрян.</t>
+  </si>
+  <si>
+    <t>04021085</t>
+  </si>
+  <si>
+    <t>11618-36</t>
+  </si>
+  <si>
+    <t>88604.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;медь,сталь нерж.;D=20,H=6см</t>
+  </si>
+  <si>
+    <t>04021091</t>
+  </si>
+  <si>
+    <t>Alliance</t>
+  </si>
+  <si>
+    <t>481404.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Вок»;сталь,дерево;D=36,H=11см</t>
+  </si>
+  <si>
+    <t>04021092</t>
+  </si>
+  <si>
+    <t>062035</t>
+  </si>
+  <si>
+    <t>73066.00₸</t>
+  </si>
+  <si>
+    <t>41 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи;сталь;D=40,H=7см;черный</t>
+  </si>
+  <si>
+    <t>04021093</t>
+  </si>
+  <si>
+    <t>062052</t>
+  </si>
+  <si>
+    <t>78548.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль овал.;чугун;,L=53,B=23см</t>
+  </si>
+  <si>
+    <t>04021094</t>
+  </si>
+  <si>
+    <t>071120</t>
+  </si>
+  <si>
+    <t>199261.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Гранито»;алюм.литой;D=28,H=6см;черный</t>
+  </si>
+  <si>
+    <t>04021098</t>
+  </si>
+  <si>
+    <t>00103GR/28HS</t>
+  </si>
+  <si>
+    <t>Granito</t>
+  </si>
+  <si>
+    <t>45946.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль «Гранито»;алюм.литой;,H=35,L=360,B=260мм</t>
+  </si>
+  <si>
+    <t>04021099</t>
+  </si>
+  <si>
+    <t>0092GR/36HS0</t>
+  </si>
+  <si>
+    <t>30392.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная;алюмин.,антиприг.покр.;D=12,H=4см</t>
+  </si>
+  <si>
+    <t>04021303</t>
+  </si>
+  <si>
+    <t>16134-12</t>
+  </si>
+  <si>
+    <t>30007.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная для омлета;алюмин.,латунь;D=12,H=4см</t>
+  </si>
+  <si>
+    <t>04021311</t>
+  </si>
+  <si>
+    <t>16135-12</t>
+  </si>
+  <si>
+    <t>30354.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная для паэльи;голуб.сталь;D=12,H=2см;черный</t>
+  </si>
+  <si>
+    <t>04021312</t>
+  </si>
+  <si>
+    <t>G20212</t>
+  </si>
+  <si>
+    <t>6099.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная для паэльи с ручкой эмалиров.;голуб.сталь;D=140,H=45мм;черный</t>
+  </si>
+  <si>
+    <t>04021315</t>
+  </si>
+  <si>
+    <t>G20414</t>
+  </si>
+  <si>
+    <t>5991.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная для паэльи с ручкой эмалиров.;голуб.сталь;D=160,H=42мм</t>
+  </si>
+  <si>
+    <t>04021316</t>
+  </si>
+  <si>
+    <t>G20416</t>
+  </si>
+  <si>
+    <t>6684.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная для паэльи эмалиров.;голуб.сталь;D=10,H=2см</t>
+  </si>
+  <si>
+    <t>04021317</t>
+  </si>
+  <si>
+    <t>G20210</t>
+  </si>
+  <si>
+    <t>3573.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная для паэльи эмалиров.;голуб.сталь;D=150,H=25мм</t>
+  </si>
+  <si>
+    <t>04021318</t>
+  </si>
+  <si>
+    <t>G20211</t>
+  </si>
+  <si>
+    <t>4413.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи;сталь нерж.;D=120,H=30,L=172мм;металлич.</t>
+  </si>
+  <si>
+    <t>04021361</t>
+  </si>
+  <si>
+    <t>8001.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для запекания «Базальт»;керамика;210мл;D=13см;черный</t>
+  </si>
+  <si>
+    <t>04021362</t>
+  </si>
+  <si>
+    <t>Basalt</t>
+  </si>
+  <si>
+    <t>18804.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи «Базальт»;керамика;D=18,H=4см;черный</t>
+  </si>
+  <si>
+    <t>04021363</t>
+  </si>
+  <si>
+    <t>25249.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода порционная «Тавола Ле Пиколе Голд Эйдж»;алюмин.;D=14,H=4см;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>04021365</t>
+  </si>
+  <si>
+    <t>Italo Ottinetti</t>
+  </si>
+  <si>
+    <t>Tavola Le Piccole Gold Age</t>
+  </si>
+  <si>
+    <t>19635.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи круглая;чугун;D=13,H=2см;серый,черный</t>
+  </si>
+  <si>
+    <t>04021366</t>
+  </si>
+  <si>
+    <t>18049.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи круглая;чугун;D=13,H=2см;синий,черный</t>
+  </si>
+  <si>
+    <t>04021367</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи прямоуг.;чугун;,H=2,L=16,B=13см;серый,черный</t>
+  </si>
+  <si>
+    <t>04021368</t>
+  </si>
+  <si>
+    <t>27797.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи прямоуг.;чугун;,H=2,L=16,B=13см;синий,черный</t>
+  </si>
+  <si>
+    <t>04021369</t>
+  </si>
+  <si>
+    <t>20305.00₸</t>
+  </si>
+  <si>
+    <t>Кеци средний;керамика;450мл;D=160,H=45мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04021370</t>
+  </si>
+  <si>
+    <t>ОБЧ00018157</t>
+  </si>
+  <si>
+    <t>Борисовская Керамика</t>
+  </si>
+  <si>
+    <t>3635.00₸</t>
+  </si>
+  <si>
+    <t>Ручка съемная для сковородок;силикон;,L=16см;красный</t>
+  </si>
+  <si>
+    <t>04021400</t>
+  </si>
+  <si>
+    <t>ASHH41</t>
+  </si>
+  <si>
+    <t>6961.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи;голуб.сталь;D=200,H=35,L=310мм;металлич.</t>
+  </si>
+  <si>
+    <t>04021401</t>
+  </si>
+  <si>
+    <t>G10020</t>
+  </si>
+  <si>
+    <t>8032.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи;голуб.сталь;D=22,H=8,L=33,B=23см</t>
+  </si>
+  <si>
+    <t>04021402</t>
+  </si>
+  <si>
+    <t>G10022</t>
+  </si>
+  <si>
+    <t>7246.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи «Ла Идеал»;голуб.сталь;D=240,H=90,L=345,B=245мм</t>
+  </si>
+  <si>
+    <t>04021403</t>
+  </si>
+  <si>
+    <t>G1002400000</t>
+  </si>
+  <si>
+    <t>La Ideal</t>
+  </si>
+  <si>
+    <t>8586.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи;голуб.сталь;D=260,H=38,L=365мм</t>
+  </si>
+  <si>
+    <t>04021404</t>
+  </si>
+  <si>
+    <t>G10026</t>
+  </si>
+  <si>
+    <t>8470.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи «Ла Идеал»;голуб.сталь;D=280,H=42,L=375мм</t>
+  </si>
+  <si>
+    <t>04021405</t>
+  </si>
+  <si>
+    <t>G1002800000</t>
+  </si>
+  <si>
+    <t>9718.00₸</t>
   </si>
   <si>
     <t>18 шт.</t>
   </si>
   <si>
-    <t>Сковорода для фахитос с подставкой;чугун,дерево;D=30,H=3,L=36см;черный,коричнев.</t>
-[...3047 lines deleted...]
-    <t>73066.00₸</t>
+    <t>Сковорода для блинов;голуб.сталь;D=120,H=20,L=255мм</t>
+  </si>
+  <si>
+    <t>04021406</t>
+  </si>
+  <si>
+    <t>G10212</t>
+  </si>
+  <si>
+    <t>8424.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;голуб.сталь;D=140,H=95,L=275,B=145мм</t>
+  </si>
+  <si>
+    <t>04021407</t>
+  </si>
+  <si>
+    <t>G10214</t>
+  </si>
+  <si>
+    <t>8894.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;голуб.сталь,антиприг.покр.;D=120,H=25,L=250мм</t>
+  </si>
+  <si>
+    <t>04021409</t>
+  </si>
+  <si>
+    <t>G10213</t>
+  </si>
+  <si>
+    <t>13090.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;голуб.сталь,антиприг.покр.;D=140,H=25,L=270мм</t>
+  </si>
+  <si>
+    <t>04021410</t>
+  </si>
+  <si>
+    <t>G10215</t>
+  </si>
+  <si>
+    <t>13160.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов, 4отделения (индукция);алюмин.;D=25см</t>
+  </si>
+  <si>
+    <t>04021411</t>
+  </si>
+  <si>
+    <t>0106MIN/25EW</t>
+  </si>
+  <si>
+    <t>33472.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль «I love you»;алюмин.,силикон;,L=28,B=28см</t>
+  </si>
+  <si>
+    <t>04021412</t>
+  </si>
+  <si>
+    <t>0090LV/28T00</t>
+  </si>
+  <si>
+    <t>23770.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи;сталь;D=36,H=7см;черный</t>
+  </si>
+  <si>
+    <t>04021414</t>
+  </si>
+  <si>
+    <t>062051</t>
+  </si>
+  <si>
+    <t>35829.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи;сталь;D=45,H=7см;черный</t>
+  </si>
+  <si>
+    <t>04021415</t>
+  </si>
+  <si>
+    <t>062053</t>
+  </si>
+  <si>
+    <t>79626.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.;D=20,H=4см;металлич.</t>
+  </si>
+  <si>
+    <t>04021416</t>
+  </si>
+  <si>
+    <t>16114-20</t>
+  </si>
+  <si>
+    <t>29884.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.;D=24,H=5см</t>
+  </si>
+  <si>
+    <t>04021417</t>
+  </si>
+  <si>
+    <t>16114-24</t>
+  </si>
+  <si>
+    <t>37161.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.;D=280,H=55мм</t>
+  </si>
+  <si>
+    <t>04021418</t>
+  </si>
+  <si>
+    <t>16114-28</t>
+  </si>
+  <si>
+    <t>32194.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.;D=32см;металлич.</t>
+  </si>
+  <si>
+    <t>04021419</t>
+  </si>
+  <si>
+    <t>16114-32</t>
+  </si>
+  <si>
+    <t>31940.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Гранито»;алюм.литой;D=240,H=45мм;черный</t>
+  </si>
+  <si>
+    <t>04021428</t>
+  </si>
+  <si>
+    <t>00103GR/24HS</t>
+  </si>
+  <si>
+    <t>40957.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;сталь нерж.;D=300,H=65мм;металлич.</t>
+  </si>
+  <si>
+    <t>04021429</t>
+  </si>
+  <si>
+    <t>306026-30</t>
+  </si>
+  <si>
+    <t>79511.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;сталь нерж.;D=320,H=65мм</t>
+  </si>
+  <si>
+    <t>04021430</t>
+  </si>
+  <si>
+    <t>306026-32</t>
+  </si>
+  <si>
+    <t>99623.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=200,H=55мм;металлич.</t>
+  </si>
+  <si>
+    <t>04021431</t>
+  </si>
+  <si>
+    <t>BAR17 induction</t>
+  </si>
+  <si>
+    <t>14672.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=240/210,H=55мм</t>
+  </si>
+  <si>
+    <t>04021432</t>
+  </si>
+  <si>
+    <t>BAR18 induction</t>
+  </si>
+  <si>
+    <t>16856.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=280,H=55мм</t>
+  </si>
+  <si>
+    <t>04021433</t>
+  </si>
+  <si>
+    <t>BAR19 induction</t>
+  </si>
+  <si>
+    <t>21665.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=300,H=55мм</t>
+  </si>
+  <si>
+    <t>04021434</t>
+  </si>
+  <si>
+    <t>BAR20 induction</t>
+  </si>
+  <si>
+    <t>22344.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,антиприг.покр.;D=200,H=55мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04021435</t>
+  </si>
+  <si>
+    <t>BAR21 induction</t>
+  </si>
+  <si>
+    <t>19866.00₸</t>
+  </si>
+  <si>
+    <t>33 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,антиприг.покр.;D=240,H=55мм</t>
+  </si>
+  <si>
+    <t>04021436</t>
+  </si>
+  <si>
+    <t>BAR22 induction</t>
+  </si>
+  <si>
+    <t>20132.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,антиприг.покр.;D=280,H=55мм</t>
+  </si>
+  <si>
+    <t>04021437</t>
+  </si>
+  <si>
+    <t>BAR23 induction</t>
+  </si>
+  <si>
+    <t>26481.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,антиприг.покр.;D=300,H=55мм</t>
+  </si>
+  <si>
+    <t>04021438</t>
+  </si>
+  <si>
+    <t>BAR24 induction</t>
+  </si>
+  <si>
+    <t>28301.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная медь;сталь нерж.,алюмин.;D=200,H=45мм</t>
+  </si>
+  <si>
+    <t>04021439</t>
+  </si>
+  <si>
+    <t>BAR30 copper</t>
+  </si>
+  <si>
+    <t>35952.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная медь;сталь нерж.,алюмин.;D=24,H=5см</t>
+  </si>
+  <si>
+    <t>04021440</t>
+  </si>
+  <si>
+    <t>BAR31 copper</t>
+  </si>
+  <si>
+    <t>36232.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода сервировочная 2 ручки;сталь нерж.,латунь;D=18,H=5см</t>
+  </si>
+  <si>
+    <t>04021442</t>
+  </si>
+  <si>
+    <t>24717.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Минерал Би»;сталь;D=28,H=4см</t>
+  </si>
+  <si>
+    <t>04021445</t>
+  </si>
+  <si>
+    <t>Mineral B</t>
+  </si>
+  <si>
+    <t>48318.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;сталь;D=20,L=38см;серый</t>
+  </si>
+  <si>
+    <t>04021448</t>
+  </si>
+  <si>
+    <t>062032</t>
+  </si>
+  <si>
+    <t>21199.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи 2ручки;сталь;D=400,H=44мм</t>
+  </si>
+  <si>
+    <t>04021450</t>
+  </si>
+  <si>
+    <t>071041</t>
+  </si>
+  <si>
+    <t>14707.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Прима Матера»;медь,сталь нерж.;D=32,H=4см</t>
+  </si>
+  <si>
+    <t>04021456</t>
+  </si>
+  <si>
+    <t>678779.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;сталь;D=18,L=36см</t>
+  </si>
+  <si>
+    <t>04021457</t>
+  </si>
+  <si>
+    <t>062031</t>
+  </si>
+  <si>
+    <t>13791.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода овал. «Клас Шеф+» с антипригарным покрытием;алюмин.;,L=40,B=28см</t>
+  </si>
+  <si>
+    <t>04021460</t>
+  </si>
+  <si>
+    <t>82621.00₸</t>
+  </si>
+  <si>
+    <t>Ручка съемная для сковородок;силикон;,L=16см;черный</t>
+  </si>
+  <si>
+    <t>04021461</t>
+  </si>
+  <si>
+    <t>ASHH11</t>
+  </si>
+  <si>
+    <t>Ручка боковая съемная для сковородок;силикон;,L=16см;черный</t>
+  </si>
+  <si>
+    <t>04021462</t>
+  </si>
+  <si>
+    <t>ASPHH11</t>
+  </si>
+  <si>
+    <t>7308.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=20,H=4см;металлич.</t>
+  </si>
+  <si>
+    <t>04021463</t>
+  </si>
+  <si>
+    <t>89059.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=24,H=4см</t>
+  </si>
+  <si>
+    <t>04021464</t>
+  </si>
+  <si>
+    <t>101964.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=280,H=45мм</t>
+  </si>
+  <si>
+    <t>04021465</t>
+  </si>
+  <si>
+    <t>110630.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для паэльи «Ла Идеал»;голуб.сталь;D=30,H=4см</t>
+  </si>
+  <si>
+    <t>04021466</t>
+  </si>
+  <si>
+    <t>G1003000000</t>
+  </si>
+  <si>
+    <t>10911.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода керам.покр.;алюмин.,сталь нерж.;D=24,H=4см</t>
+  </si>
+  <si>
+    <t>04021474</t>
+  </si>
+  <si>
+    <t>52461.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода керам.покр.;алюмин.,сталь нерж.;D=280,H=45мм</t>
+  </si>
+  <si>
+    <t>04021475</t>
+  </si>
+  <si>
+    <t>85694.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,сталь нерж.;D=32,H=5см</t>
+  </si>
+  <si>
+    <t>04021476</t>
+  </si>
+  <si>
+    <t>68400.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Классика Гранито»;алюм.литой;D=28,H=5см;черный</t>
+  </si>
+  <si>
+    <t>04021477</t>
+  </si>
+  <si>
+    <t>OP103RIGR/28</t>
+  </si>
+  <si>
+    <t>Granito Classica</t>
+  </si>
+  <si>
+    <t>61215.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2ручки (индукция);сталь нерж.;D=450,H=65мм;металлич.</t>
+  </si>
+  <si>
+    <t>04021478</t>
+  </si>
+  <si>
+    <t>11115-45</t>
+  </si>
+  <si>
+    <t>240287.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,антиприг.покр.;D=260,H=55мм</t>
+  </si>
+  <si>
+    <t>04021480</t>
+  </si>
+  <si>
+    <t>BAR41 induction</t>
+  </si>
+  <si>
+    <t>21238.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=26см;металлич.</t>
+  </si>
+  <si>
+    <t>04021481</t>
+  </si>
+  <si>
+    <t>BAR42 induction</t>
+  </si>
+  <si>
+    <t>20244.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки;сталь нерж.;D=50см</t>
+  </si>
+  <si>
+    <t>04021483</t>
+  </si>
+  <si>
+    <t>306023-50</t>
+  </si>
+  <si>
+    <t>126943.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Гранито»;алюм.литой;D=200,H=45мм;черный</t>
+  </si>
+  <si>
+    <t>04021485</t>
+  </si>
+  <si>
+    <t>00103GR/20HS</t>
+  </si>
+  <si>
+    <t>34027.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Гранито»;алюм.литой;D=32,H=6см;черный</t>
+  </si>
+  <si>
+    <t>04021486</t>
+  </si>
+  <si>
+    <t>00103GR/32HS</t>
+  </si>
+  <si>
+    <t>54632.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Гранито»;алюм.литой;D=25,H=2см</t>
+  </si>
+  <si>
+    <t>04021487</t>
+  </si>
+  <si>
+    <t>00106GR/25HS</t>
+  </si>
+  <si>
+    <t>38370.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль «Гранито»;алюм.литой;,H=35,L=260,B=260мм</t>
+  </si>
+  <si>
+    <t>04021488</t>
+  </si>
+  <si>
+    <t>0092GR/26HS0</t>
+  </si>
+  <si>
+    <t>32094.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фламбе;сталь нерж.;D=27см</t>
+  </si>
+  <si>
+    <t>04021492</t>
+  </si>
+  <si>
+    <t>56163-27</t>
+  </si>
+  <si>
+    <t>115185.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.;D=24,H=5см</t>
+  </si>
+  <si>
+    <t>04021497</t>
+  </si>
+  <si>
+    <t>11114-24</t>
+  </si>
+  <si>
+    <t>65435.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль прямоуг.;алюм.литой;,H=4,L=35,B=25см</t>
+  </si>
+  <si>
+    <t>04021499</t>
+  </si>
+  <si>
+    <t>0540N250ABD</t>
+  </si>
+  <si>
+    <t>21301.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;керамика;D=215,H=40,L=300мм</t>
+  </si>
+  <si>
+    <t>04021502</t>
+  </si>
+  <si>
+    <t>Cosy&amp;Trendy</t>
+  </si>
+  <si>
+    <t>Fundido</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>19674.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=200,H=35мм</t>
+  </si>
+  <si>
+    <t>04021601</t>
+  </si>
+  <si>
+    <t>92116.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода; сталь черная;черн.сталь;D=30см</t>
+  </si>
+  <si>
+    <t>04021602</t>
+  </si>
+  <si>
+    <t>062005</t>
+  </si>
+  <si>
+    <t>38377.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Д.Грин»;алюм.литой;D=200,H=45мм;зелен.</t>
+  </si>
+  <si>
+    <t>04021604</t>
+  </si>
+  <si>
+    <t>00103DR/20GS</t>
+  </si>
+  <si>
+    <t>Dr. Green</t>
+  </si>
+  <si>
+    <t>45269.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Д.Грин»;алюм.литой;D=240,H=45мм;зелен.</t>
+  </si>
+  <si>
+    <t>04021605</t>
+  </si>
+  <si>
+    <t>00103DR/24GS</t>
+  </si>
+  <si>
+    <t>56133.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Д.Грин»;алюм.литой;D=28,H=6см;зелен.</t>
+  </si>
+  <si>
+    <t>04021606</t>
+  </si>
+  <si>
+    <t>00103DR/28GS</t>
+  </si>
+  <si>
+    <t>59837.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль квадр. «Д.Грин»;алюм.литой;,H=37,L=260,B=260мм;зелен.</t>
+  </si>
+  <si>
+    <t>04021607</t>
+  </si>
+  <si>
+    <t>0094BDR/26GS</t>
+  </si>
+  <si>
+    <t>47979.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода дно-сэндвич;сталь нерж.;D=200/155,H=55мм</t>
+  </si>
+  <si>
+    <t>04021608</t>
+  </si>
+  <si>
+    <t>BARS17 induction</t>
+  </si>
+  <si>
+    <t>16016.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода дно-сэндвич;сталь нерж.;D=240,H=55мм</t>
+  </si>
+  <si>
+    <t>04021609</t>
+  </si>
+  <si>
+    <t>BARS18 induction</t>
+  </si>
+  <si>
+    <t>15449.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода дно-сэндвич;сталь нерж.;D=280,H=55мм</t>
+  </si>
+  <si>
+    <t>04021610</t>
+  </si>
+  <si>
+    <t>BARS19 induction</t>
+  </si>
+  <si>
+    <t>21924.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода дно-сэндвич;сталь нерж.;D=300,H=55,L=580мм</t>
+  </si>
+  <si>
+    <t>04021611</t>
+  </si>
+  <si>
+    <t>BARS20 induction</t>
+  </si>
+  <si>
+    <t>25746.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода дно-сэндвич;сталь нерж.,антиприг.покр.;D=200,H=58мм;черный</t>
+  </si>
+  <si>
+    <t>04021612</t>
+  </si>
+  <si>
+    <t>BARS21 induction</t>
+  </si>
+  <si>
+    <t>17675.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода дно-сэндвич;сталь нерж.,антиприг.покр.;D=240,H=55мм</t>
+  </si>
+  <si>
+    <t>04021613</t>
+  </si>
+  <si>
+    <t>BARS22 induction</t>
+  </si>
+  <si>
+    <t>21133.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода дно-сэндвич;сталь нерж.,антиприг.покр.;D=280,H=55мм</t>
+  </si>
+  <si>
+    <t>04021614</t>
+  </si>
+  <si>
+    <t>BARS23 induction</t>
+  </si>
+  <si>
+    <t>26250.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода дно-сэндвич;сталь нерж.,антиприг.покр.;D=300,H=58мм</t>
+  </si>
+  <si>
+    <t>04021615</t>
+  </si>
+  <si>
+    <t>BARS24 induction</t>
+  </si>
+  <si>
+    <t>28385.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода дно-сэндвич;сталь нерж.,антиприг.покр.;D=260,H=58мм</t>
+  </si>
+  <si>
+    <t>04021616</t>
+  </si>
+  <si>
+    <t>BARS41 induction</t>
+  </si>
+  <si>
+    <t>21343.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода дно-сэндвич;сталь нерж.;D=260/200,H=55мм</t>
+  </si>
+  <si>
+    <t>04021617</t>
+  </si>
+  <si>
+    <t>BARS42 induction</t>
+  </si>
+  <si>
+    <t>24500.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;алюмин.,антиприг.покр.;D=260,H=15мм</t>
+  </si>
+  <si>
+    <t>04021618</t>
+  </si>
+  <si>
+    <t>74806.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;алюм.литой;,H=38,L=300,B=300мм</t>
+  </si>
+  <si>
+    <t>04021619</t>
+  </si>
+  <si>
+    <t>0535N300ABD</t>
+  </si>
+  <si>
+    <t>32494.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода(индукция) «Гранито»;алюм.литой;D=24,H=5см;черный</t>
+  </si>
+  <si>
+    <t>04021623</t>
+  </si>
+  <si>
+    <t>01103GRIN/24</t>
+  </si>
+  <si>
+    <t>Granito Induction</t>
+  </si>
+  <si>
+    <t>62933.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода(индукция) «Гранито»;алюм.литой;D=280,H=55мм;серый</t>
+  </si>
+  <si>
+    <t>04021624</t>
+  </si>
+  <si>
+    <t>01103GRIN/28</t>
+  </si>
+  <si>
+    <t>71356.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода(индукция) «Гранито»;алюм.литой;D=32,H=6см;черный</t>
+  </si>
+  <si>
+    <t>04021625</t>
+  </si>
+  <si>
+    <t>01103GRIN/32</t>
+  </si>
+  <si>
+    <t>87742.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода(индукция) «Д.Грин»;алюм.литой;D=200,H=45мм;зелен.</t>
+  </si>
+  <si>
+    <t>04021626</t>
+  </si>
+  <si>
+    <t>00103DRIN/20</t>
+  </si>
+  <si>
+    <t>Dr. Green Induction</t>
+  </si>
+  <si>
+    <t>59983.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода(индукция) «Д.Грин»;алюм.литой;D=24,H=5см;зелен.</t>
+  </si>
+  <si>
+    <t>04021627</t>
+  </si>
+  <si>
+    <t>00103DRIN/24</t>
+  </si>
+  <si>
+    <t>67237.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода(индукция) «Д.Грин»;алюм.литой;D=280,H=55мм;зелен.</t>
+  </si>
+  <si>
+    <t>04021628</t>
+  </si>
+  <si>
+    <t>00103DRIN/28</t>
+  </si>
+  <si>
+    <t>68530.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2ручки «Элеганс»;медь,сталь нерж.;D=260,H=45мм</t>
+  </si>
+  <si>
+    <t>04021632</t>
+  </si>
+  <si>
+    <t>034025</t>
+  </si>
+  <si>
+    <t>Elegance</t>
+  </si>
+  <si>
+    <t>627050.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода(индукция) с крышкой «Д.Грин»;алюм.литой;D=28,L=32см;зелен.</t>
+  </si>
+  <si>
+    <t>04021638</t>
+  </si>
+  <si>
+    <t>00105DRIN/28</t>
+  </si>
+  <si>
+    <t>99977.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль(индукция) «Д.Грин»;алюм.литой;,H=4,L=26,B=26см;зелен.</t>
+  </si>
+  <si>
+    <t>04021639</t>
+  </si>
+  <si>
+    <t>0094BDRIN/26</t>
+  </si>
+  <si>
+    <t>65982.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос на подставке;чугун,дерево;D=16см</t>
+  </si>
+  <si>
+    <t>04021640</t>
+  </si>
+  <si>
+    <t>0480MB20GCV</t>
+  </si>
+  <si>
+    <t>18522.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для барбекю;алюм.литой;D=32см;черный</t>
+  </si>
+  <si>
+    <t>04021642</t>
+  </si>
+  <si>
+    <t>OP103BQRI/32</t>
+  </si>
+  <si>
+    <t>57743.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Проотель»;алюм.литой,пластик;D=200,H=54мм</t>
+  </si>
+  <si>
+    <t>04021645</t>
+  </si>
+  <si>
+    <t>HL0201E</t>
+  </si>
+  <si>
+    <t>18144.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Проотель»;алюм.литой,пластик;D=240,H=54мм</t>
+  </si>
+  <si>
+    <t>04021646</t>
+  </si>
+  <si>
+    <t>HL0202E</t>
+  </si>
+  <si>
+    <t>20587.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Проотель»;алюм.литой,пластик;D=260,H=54мм</t>
+  </si>
+  <si>
+    <t>04021647</t>
+  </si>
+  <si>
+    <t>HL0203E</t>
+  </si>
+  <si>
+    <t>23156.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Проотель»;алюм.литой,пластик;D=280,H=54мм</t>
+  </si>
+  <si>
+    <t>04021648</t>
+  </si>
+  <si>
+    <t>HL0204E</t>
+  </si>
+  <si>
+    <t>25977.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Проотель»;алюм.литой,пластик;D=200,H=45мм</t>
+  </si>
+  <si>
+    <t>04021649</t>
+  </si>
+  <si>
+    <t>HL0201B</t>
+  </si>
+  <si>
+    <t>19187.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Проотель»;алюм.литой,пластик;D=24,H=5см</t>
+  </si>
+  <si>
+    <t>04021650</t>
+  </si>
+  <si>
+    <t>HL0202B</t>
+  </si>
+  <si>
+    <t>22806.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Проотель»;алюм.литой,пластик;D=280,H=55мм</t>
+  </si>
+  <si>
+    <t>04021651</t>
+  </si>
+  <si>
+    <t>HL0203B</t>
+  </si>
+  <si>
+    <t>27818.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль «Проотель» квадратная со складной ручкой;алюм.литой,пластик;,H=4,L=24,B=24см;черный</t>
+  </si>
+  <si>
+    <t>04021652</t>
+  </si>
+  <si>
+    <t>BL10</t>
+  </si>
+  <si>
+    <t>14259.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль квадр. «Проотель»;алюм.литой,пластик;,H=4,L=28,B=28см;черный</t>
+  </si>
+  <si>
+    <t>04021653</t>
+  </si>
+  <si>
+    <t>BL11</t>
+  </si>
+  <si>
+    <t>21140.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль прямоуг. «Проотель»;алюм.литой,пластик;,H=4,L=34,B=24см;черный</t>
+  </si>
+  <si>
+    <t>04021654</t>
+  </si>
+  <si>
+    <t>BL12</t>
+  </si>
+  <si>
+    <t>30660.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Проотель»;алюм.литой,пластик;D=240,H=15мм</t>
+  </si>
+  <si>
+    <t>04021655</t>
+  </si>
+  <si>
+    <t>HL0211B</t>
+  </si>
+  <si>
+    <t>21511.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Проотель»;алюм.литой,пластик;D=280,H=15мм</t>
+  </si>
+  <si>
+    <t>04021656</t>
+  </si>
+  <si>
+    <t>HL0212B</t>
+  </si>
+  <si>
+    <t>21280.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль с крышкой (индукция);алюм.литой,антиприг.покр.;,L=26,B=26см;зелен.</t>
+  </si>
+  <si>
+    <t>04021657</t>
+  </si>
+  <si>
+    <t>0091QDRIN/26</t>
+  </si>
+  <si>
+    <t>Vapor Grill</t>
+  </si>
+  <si>
+    <t>95627.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки (индукция);сталь нерж.;D=50,H=8см</t>
+  </si>
+  <si>
+    <t>04021658</t>
+  </si>
+  <si>
+    <t>11115-50</t>
+  </si>
+  <si>
+    <t>463487.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов, 4отделения (индукция);алюм.литой,антиприг.покр.;D=25см</t>
+  </si>
+  <si>
+    <t>04021660</t>
+  </si>
+  <si>
+    <t>00106MIN/25T</t>
+  </si>
+  <si>
+    <t>58413.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода-вок «Минерал Би»;сталь;D=32см;металлич.</t>
+  </si>
+  <si>
+    <t>04021662</t>
+  </si>
+  <si>
+    <t>54617.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,антиприг.покр.;D=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04021665</t>
+  </si>
+  <si>
+    <t>33913B24</t>
+  </si>
+  <si>
+    <t>76808.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,антиприг.покр.;D=30см;металлич.</t>
+  </si>
+  <si>
+    <t>04021666</t>
+  </si>
+  <si>
+    <t>33913B30</t>
+  </si>
+  <si>
+    <t>91176.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция) «Гранито»;алюм.литой;D=24,H=8см;черный</t>
+  </si>
+  <si>
+    <t>04021669</t>
+  </si>
+  <si>
+    <t>01104GRIN/24</t>
+  </si>
+  <si>
+    <t>57412.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция) «Гранито»;алюм.литой;D=28,H=8см;черный</t>
+  </si>
+  <si>
+    <t>04021670</t>
+  </si>
+  <si>
+    <t>01104GRIN/28</t>
+  </si>
+  <si>
+    <t>84108.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;чугун;D=22,L=20см</t>
+  </si>
+  <si>
+    <t>04021677</t>
+  </si>
+  <si>
+    <t>KL</t>
+  </si>
+  <si>
+    <t>10311.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Майфос»;алюмин.;D=240,H=47мм;серый</t>
+  </si>
+  <si>
+    <t>04021684</t>
+  </si>
+  <si>
+    <t>WI758P6AMNF</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Mythos</t>
+  </si>
+  <si>
+    <t>25172.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;чугун;D=250,H=52,L=365мм;черный</t>
+  </si>
+  <si>
+    <t>04021689</t>
+  </si>
+  <si>
+    <t>DM-12525RFP</t>
+  </si>
+  <si>
+    <t>8631.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для омлета «Канто»;медь,дерево;,L=27,B=27см</t>
+  </si>
+  <si>
+    <t>04021698</t>
+  </si>
+  <si>
+    <t>KY43-1/27</t>
+  </si>
+  <si>
+    <t>Kasumi</t>
+  </si>
+  <si>
+    <t>ЯПОНИЯ</t>
+  </si>
+  <si>
+    <t>243136.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-вок с решеткой гриль и палочками;алюм.литой,антиприг.покр.;D=32см</t>
+  </si>
+  <si>
+    <t>04021699</t>
+  </si>
+  <si>
+    <t>00080G/32TP0</t>
+  </si>
+  <si>
+    <t>63087.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос с подставкой «Эмбер Каст»;чугун,дерево;D=140,H=45мм</t>
+  </si>
+  <si>
+    <t>04021901</t>
+  </si>
+  <si>
+    <t>12135-14</t>
+  </si>
+  <si>
+    <t>5278.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос с подставкой «Эмбер Каст»;чугун,дерево;D=160,H=47мм</t>
+  </si>
+  <si>
+    <t>04021902</t>
+  </si>
+  <si>
+    <t>12135-16</t>
+  </si>
+  <si>
+    <t>6286.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос овальная на подставке «Эмбер Каст»;чугун,дерево;,H=45,L=155,B=95мм</t>
+  </si>
+  <si>
+    <t>04021903</t>
+  </si>
+  <si>
+    <t>12034B-15</t>
+  </si>
+  <si>
+    <t>6034.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос «Эмбер Каст» на подставке;чугун,дерево;,H=43,L=180,B=120мм;черный,красный</t>
+  </si>
+  <si>
+    <t>04021904</t>
+  </si>
+  <si>
+    <t>12034B-18/DM-1812OP</t>
+  </si>
+  <si>
+    <t>5922.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-мини «Эмбер Каст»;чугун;D=12,5см;черный</t>
+  </si>
+  <si>
+    <t>04021905</t>
+  </si>
+  <si>
+    <t>70M2S-12.5</t>
+  </si>
+  <si>
+    <t>2310.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-мини;чугун;250мл;D=135,H=34,L=200мм;черный</t>
+  </si>
+  <si>
+    <t>04021906</t>
+  </si>
+  <si>
+    <t>DM-135FP</t>
+  </si>
+  <si>
+    <t>2982.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-полумесяц б/ручек «Эмбер Каст»;чугун,дерево;,H=40,L=215мм</t>
+  </si>
+  <si>
+    <t>04021908</t>
+  </si>
+  <si>
+    <t>10255.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода на подставке;эмалиров.чугун,дерево;D=16см</t>
+  </si>
+  <si>
+    <t>04021909</t>
+  </si>
+  <si>
+    <t>44235-16</t>
+  </si>
+  <si>
+    <t>63164.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода глуб. «Блэк плюс»;алюм.литой,тефлон;D=24см;черный</t>
+  </si>
+  <si>
+    <t>04021918</t>
+  </si>
+  <si>
+    <t>00104BP/24PN</t>
+  </si>
+  <si>
+    <t>Black plus</t>
+  </si>
+  <si>
+    <t>48464.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода глуб. «Блэк плюс»;алюм.литой,тефлон;D=28см;черный</t>
+  </si>
+  <si>
+    <t>04021919</t>
+  </si>
+  <si>
+    <t>00104BP/28PN</t>
+  </si>
+  <si>
+    <t>62324.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль «Блэк плюс»;алюм.литой,тефлон;,L=26,B=26см;черный</t>
+  </si>
+  <si>
+    <t>04021920</t>
+  </si>
+  <si>
+    <t>00094BP/26PN</t>
+  </si>
+  <si>
+    <t>42743.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Блэк плюс»;алюм.литой,тефлон;D=20,H=5см;черный</t>
+  </si>
+  <si>
+    <t>04021921</t>
+  </si>
+  <si>
+    <t>00103BP/20PN</t>
+  </si>
+  <si>
+    <t>33257.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Блэк плюс»;алюм.литой,тефлон;D=24см;черный</t>
+  </si>
+  <si>
+    <t>04021922</t>
+  </si>
+  <si>
+    <t>00103BP/24PN</t>
+  </si>
+  <si>
+    <t>45800.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Блэк плюс»;алюм.литой,тефлон;D=28см;черный</t>
+  </si>
+  <si>
+    <t>04021923</t>
+  </si>
+  <si>
+    <t>00103BP/28PN</t>
+  </si>
+  <si>
+    <t>58005.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода овал. 2 ручки «Тавола Ле Пиколе Голд Эйдж»;алюмин.;,L=26см;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>04021932</t>
+  </si>
+  <si>
+    <t>19481.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль круглая;чугун;D=16,5см</t>
+  </si>
+  <si>
+    <t>04021935</t>
+  </si>
+  <si>
+    <t>L3GP</t>
+  </si>
+  <si>
+    <t>17325.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с 2-мя ручками б/крышки;медь,олово;D=32,H=7см;медный</t>
+  </si>
+  <si>
+    <t>04021936</t>
+  </si>
+  <si>
+    <t>3420/32</t>
+  </si>
+  <si>
+    <t>Cu Artigiana maestri ramai</t>
+  </si>
+  <si>
+    <t>277709.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с 2 ручк.для паэльи б/крышки;медь,олово;D=30,H=4см;медный</t>
+  </si>
+  <si>
+    <t>04021937</t>
+  </si>
+  <si>
+    <t>5250/30</t>
+  </si>
+  <si>
+    <t>139078.00₸</t>
+  </si>
+  <si>
+    <t>Накладка на ручку;силикон;черный</t>
+  </si>
+  <si>
+    <t>04021947</t>
+  </si>
+  <si>
+    <t>ASAHH11</t>
+  </si>
+  <si>
+    <t>5583.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Накладка на ручку;силикон;,L=140,B=35мм;голуб.</t>
+  </si>
+  <si>
+    <t>04021948</t>
+  </si>
+  <si>
+    <t>ASAHH31</t>
+  </si>
+  <si>
+    <t>Накладка на ручку;силикон;красный</t>
+  </si>
+  <si>
+    <t>04021949</t>
+  </si>
+  <si>
+    <t>ASAHH41</t>
+  </si>
+  <si>
+    <t>Ручка съемная для сковороды;силикон;,L=14,5см;серый</t>
+  </si>
+  <si>
+    <t>04021953</t>
+  </si>
+  <si>
+    <t>ASDHH06</t>
+  </si>
+  <si>
+    <t>11150.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;чугун;D=30см;черный</t>
+  </si>
+  <si>
+    <t>04022007</t>
+  </si>
+  <si>
+    <t>L10SKWLBR</t>
+  </si>
+  <si>
+    <t>Wildlife</t>
+  </si>
+  <si>
+    <t>51175.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для стейка «Минерал Би»;сталь;D=280,H=28мм;стальной</t>
+  </si>
+  <si>
+    <t>04022104</t>
+  </si>
+  <si>
+    <t>81967.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 2 ручки «Карбон Плюс»;сталь;D=50,L=57см;серый</t>
+  </si>
+  <si>
+    <t>04022107</t>
+  </si>
+  <si>
+    <t>128221.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Эмбер Каст Мэтт»;чугун;D=130,H=34мм;черный</t>
+  </si>
+  <si>
+    <t>04022124</t>
+  </si>
+  <si>
+    <t>12770F-13B</t>
+  </si>
+  <si>
+    <t>Ember Cast Matt</t>
+  </si>
+  <si>
+    <t>Сковорода «Эмбер Каст Мэтт»;чугун;,L=12,5,B=10,3см;черный</t>
+  </si>
+  <si>
+    <t>04022125</t>
+  </si>
+  <si>
+    <t>12712B</t>
+  </si>
+  <si>
+    <t>4732.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Эмбер Каст Мэтт»;чугун;D=145,H=30мм;черный</t>
+  </si>
+  <si>
+    <t>04022126</t>
+  </si>
+  <si>
+    <t>32016B</t>
+  </si>
+  <si>
+    <t>5789.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Эмбер Каст Мэтт»;чугун;,L=14,B=14см;черный</t>
+  </si>
+  <si>
+    <t>04022127</t>
+  </si>
+  <si>
+    <t>13904B</t>
+  </si>
+  <si>
+    <t>4942.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Эмбер Каст Мэтт»;чугун;D=200,H=38мм;черный</t>
+  </si>
+  <si>
+    <t>04022128</t>
+  </si>
+  <si>
+    <t>12090-20B</t>
+  </si>
+  <si>
+    <t>11697.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Эмбер Каст Мэтт»;чугун;D=22,H=4см;черный</t>
+  </si>
+  <si>
+    <t>04022129</t>
+  </si>
+  <si>
+    <t>12090-22B</t>
+  </si>
+  <si>
+    <t>14245.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Эмбер Каст Мэтт»;чугун;D=24,H=4см;черный</t>
+  </si>
+  <si>
+    <t>04022130</t>
+  </si>
+  <si>
+    <t>12090-24B</t>
+  </si>
+  <si>
+    <t>14350.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Эмбер Каст Мэтт»;чугун;D=15,H=3см;черный</t>
+  </si>
+  <si>
+    <t>04022131</t>
+  </si>
+  <si>
+    <t>12770-15B</t>
+  </si>
+  <si>
+    <t>6608.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Эмбер Каст Мэтт»;чугун;D=200,H=42мм;черный</t>
+  </si>
+  <si>
+    <t>04022132</t>
+  </si>
+  <si>
+    <t>12770-20B</t>
+  </si>
+  <si>
+    <t>8358.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Эмбер Каст Мэтт»;чугун;D=210,H=45мм;черный</t>
+  </si>
+  <si>
+    <t>04022133</t>
+  </si>
+  <si>
+    <t>HE7002B</t>
+  </si>
+  <si>
+    <t>8946.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-вок «Эмбер Каст Мэтт»;чугун;D=30,H=8см;черный</t>
+  </si>
+  <si>
+    <t>04022134</t>
+  </si>
+  <si>
+    <t>12031W-B</t>
+  </si>
+  <si>
+    <t>17059.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль «Эмбер Каст Мэтт» с матовым покрытием;чугун,дерево;,H=27,L=250,B=250мм;черный,древес</t>
+  </si>
+  <si>
+    <t>04022135</t>
+  </si>
+  <si>
+    <t>12625B</t>
+  </si>
+  <si>
+    <t>14112.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль «Эмбер Каст Мэтт»;чугун,дерево;D=220,H=18мм;черный,св. дерево</t>
+  </si>
+  <si>
+    <t>04022136</t>
+  </si>
+  <si>
+    <t>12060B</t>
+  </si>
+  <si>
+    <t>8589.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль «Эмбер Каст Мэтт»;чугун;D=200,H=43мм;черный</t>
+  </si>
+  <si>
+    <t>04022138</t>
+  </si>
+  <si>
+    <t>12770R-20B</t>
+  </si>
+  <si>
+    <t>8554.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль «Эмбер Каст Мэтт»;чугун;,H=25,L=275,B=275мм;черный</t>
+  </si>
+  <si>
+    <t>04022139</t>
+  </si>
+  <si>
+    <t>12180B</t>
+  </si>
+  <si>
+    <t>18235.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Эмбер Каст Мэтт»;чугун;D=160,H=15мм;черный</t>
+  </si>
+  <si>
+    <t>04022140</t>
+  </si>
+  <si>
+    <t>12660-16B</t>
+  </si>
+  <si>
+    <t>6706.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Эмбер Каст Мэтт»;чугун;D=200,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04022141</t>
+  </si>
+  <si>
+    <t>12660-20B</t>
+  </si>
+  <si>
+    <t>8246.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос «Эмбер Каст Мэтт»;чугун,дерево;,H=45,L=155,B=95мм;черный,тем.дерево</t>
+  </si>
+  <si>
+    <t>04022145</t>
+  </si>
+  <si>
+    <t>12034B-15B</t>
+  </si>
+  <si>
+    <t>9359.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос «Эмбер Каст Мэтт»;чугун,дерево;D=140,H=45мм;черный,тем.дерево</t>
+  </si>
+  <si>
+    <t>04022146</t>
+  </si>
+  <si>
+    <t>12135-14B</t>
+  </si>
+  <si>
+    <t>9513.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос «Эмбер Каст Мэтт»;чугун,дерево;D=160/127,H=47мм;черный,тем.дерево</t>
+  </si>
+  <si>
+    <t>04022147</t>
+  </si>
+  <si>
+    <t>12135-16B</t>
+  </si>
+  <si>
+    <t>10626.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос «Эмбер Каст Мэтт»;чугун,дерево;D=24,H=4см;черный,древесн.</t>
+  </si>
+  <si>
+    <t>04022148</t>
+  </si>
+  <si>
+    <t>HE924B</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос «Эмбер Каст Мэтт»;чугун,дерево;,H=40,L=300/235,B=180мм;черный,тем.дерево</t>
+  </si>
+  <si>
+    <t>04022149</t>
+  </si>
+  <si>
+    <t>HE966B</t>
+  </si>
+  <si>
+    <t>13139.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос «Эмбер Каст Мэтт»;чугун,дерево;,H=35,L=280/230,B=135мм;черный,древесн.</t>
+  </si>
+  <si>
+    <t>04022150</t>
+  </si>
+  <si>
+    <t>HE995B</t>
+  </si>
+  <si>
+    <t>11949.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=200,H=55,L=410/200мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04022151</t>
+  </si>
+  <si>
+    <t>15080200ICV</t>
+  </si>
+  <si>
+    <t>32340.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь;D=200/145,H=22,L=380мм;черный</t>
+  </si>
+  <si>
+    <t>04022152</t>
+  </si>
+  <si>
+    <t>11718-20/1</t>
+  </si>
+  <si>
+    <t>13745.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;медь,олово;,H=45,L=212,B=212мм;медный,стальной</t>
+  </si>
+  <si>
+    <t>04022153</t>
+  </si>
+  <si>
+    <t>TUR</t>
+  </si>
+  <si>
+    <t>126396.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Уитфорд»;алюм.литой,сталь нерж.;0,8л;D=18,H=4см;граф.,черный</t>
+  </si>
+  <si>
+    <t>04022154</t>
+  </si>
+  <si>
+    <t>AL18</t>
+  </si>
+  <si>
+    <t>Whitford</t>
+  </si>
+  <si>
+    <t>9415.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Уитфорд»;алюм.литой,сталь нерж.;1,2л;D=220,H=42мм;граф.,черный</t>
+  </si>
+  <si>
+    <t>04022155</t>
+  </si>
+  <si>
+    <t>AL20</t>
+  </si>
+  <si>
+    <t>12201.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Уитфорд»;алюм.литой,сталь нерж.;2л;D=260,H=48мм;граф.,черный</t>
+  </si>
+  <si>
+    <t>04022156</t>
+  </si>
+  <si>
+    <t>AL22</t>
+  </si>
+  <si>
+    <t>14392.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Уитфорд»;алюм.литой,сталь нерж.;3л;D=300,H=55мм;граф.,черный</t>
+  </si>
+  <si>
+    <t>04022157</t>
+  </si>
+  <si>
+    <t>AL24</t>
+  </si>
+  <si>
+    <t>19586.00₸</t>
+  </si>
+  <si>
+    <t>48 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Уитфорд»;алюм.литой,сталь нерж.;450мл;D=220,H=15мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04022158</t>
+  </si>
+  <si>
+    <t>AL27</t>
+  </si>
+  <si>
+    <t>11123.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Уитфорд»;алюм.литой,сталь нерж.;0,8л;D=240,H=22мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04022159</t>
+  </si>
+  <si>
+    <t>AL28</t>
+  </si>
+  <si>
+    <t>14098.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Уитфорд»;алюм.литой,сталь нерж.;0,6л;D=260,H=15мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04022160</t>
+  </si>
+  <si>
+    <t>AL29</t>
+  </si>
+  <si>
+    <t>16828.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Вок» «Уитфорд»;алюм.литой,сталь нерж.;3,5л;D=28,H=8см;граф.,черный</t>
+  </si>
+  <si>
+    <t>04022161</t>
+  </si>
+  <si>
+    <t>AL30</t>
+  </si>
+  <si>
+    <t>18998.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Вок» «Уитфорд»;алюм.литой,сталь нерж.;4,5л;D=30,H=9см;граф.,черный</t>
+  </si>
+  <si>
+    <t>04022162</t>
+  </si>
+  <si>
+    <t>AL31</t>
+  </si>
+  <si>
+    <t>19782.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов с антипригарным покрытием;алюмин.,сталь нерж.;D=240,H=35мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04022164</t>
+  </si>
+  <si>
+    <t>ALSA111CR24</t>
+  </si>
+  <si>
+    <t>Agnelli</t>
+  </si>
+  <si>
+    <t>39032.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль «Атолло» с ручками;эмалиров.чугун;,L=25,B=25см;черный,стальной</t>
+  </si>
+  <si>
+    <t>04022165</t>
+  </si>
+  <si>
+    <t>02250250GBS</t>
+  </si>
+  <si>
+    <t>Atollo</t>
+  </si>
+  <si>
+    <t>34597.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода «Аффинити»;сталь нерж.;D=24,H=9,L=43см;металлич.</t>
+  </si>
+  <si>
+    <t>04022167</t>
+  </si>
+  <si>
+    <t>Affinity</t>
+  </si>
+  <si>
+    <t>163687.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Аффинити»;сталь нерж.;D=280,H=45,L=490мм;металлич.</t>
+  </si>
+  <si>
+    <t>04022168</t>
+  </si>
+  <si>
+    <t>185524.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Аффинити»;сталь нерж.,антиприг.покр.;D=280,H=45,L=490мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04022169</t>
+  </si>
+  <si>
+    <t>229214.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-вок «WGSD36BB»;сталь;D=36,H=11,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04022171</t>
+  </si>
+  <si>
+    <t>WGSD36BB</t>
+  </si>
+  <si>
+    <t>Indokor</t>
+  </si>
+  <si>
+    <t>15750.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос «Эмбер Каст Мэтт»;чугун,дерево;D=220,H=40,L=275,B=225мм;черный,св. дерево</t>
+  </si>
+  <si>
+    <t>04022172</t>
+  </si>
+  <si>
+    <t>HE920B</t>
+  </si>
+  <si>
+    <t>13951.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос «Эмбер Каст Мэтт»;чугун,дерево;,H=30,L=378/240,B=190мм;серый,тем.дерево</t>
+  </si>
+  <si>
+    <t>04022173</t>
+  </si>
+  <si>
+    <t>HE01WB</t>
+  </si>
+  <si>
+    <t>10857.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос «Эмбер Каст Мэтт»;чугун,дерево;,H=32,L=32/27,B=18см;черный</t>
+  </si>
+  <si>
+    <t>04022174</t>
+  </si>
+  <si>
+    <t>HE911B</t>
+  </si>
+  <si>
+    <t>12187.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Эмбер Каст Мэтт»;чугун;D=12,5см;черный</t>
+  </si>
+  <si>
+    <t>04022175</t>
+  </si>
+  <si>
+    <t>70M2S-12.5B</t>
+  </si>
+  <si>
+    <t>4774.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Экспо Сатинато» с 2 ручками;сталь нерж.;D=32,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04022176</t>
+  </si>
+  <si>
+    <t>Expo Satinato</t>
+  </si>
+  <si>
+    <t>114238.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для фахитос «Эмбер Каст Мэтт»;чугун,дерево;,H=43,L=220/180,B=120мм;черный,красный</t>
+  </si>
+  <si>
+    <t>04022177</t>
+  </si>
+  <si>
+    <t>12034B-18B</t>
+  </si>
+  <si>
+    <t>9863.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Эмбер Каст Мэтт»;чугун;D=195,H=50,L=345мм;черный</t>
+  </si>
+  <si>
+    <t>04022178</t>
+  </si>
+  <si>
+    <t>HE720B</t>
+  </si>
+  <si>
+    <t>8680.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Эмбер Каст Мэтт»;чугун,дерево;D=225,H=80,L=410мм;черный,тем.дерево</t>
+  </si>
+  <si>
+    <t>04022179</t>
+  </si>
+  <si>
+    <t>HER22B</t>
+  </si>
+  <si>
+    <t>12264.00₸</t>
+  </si>
+  <si>
+    <t>Защитный экран от брызг;алюмин.,пластик;D=26,L=39см;белый</t>
+  </si>
+  <si>
+    <t>04022180</t>
+  </si>
+  <si>
+    <t>20.61.26</t>
+  </si>
+  <si>
+    <t>Tramontina</t>
+  </si>
+  <si>
+    <t>3804.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Тавола Ле Пиколе Бронз Эйдж»;алюмин.;0,62л;D=12,H=6см;металлич.,бронз.</t>
+  </si>
+  <si>
+    <t>04022181</t>
+  </si>
+  <si>
+    <t>1563BR012</t>
+  </si>
+  <si>
+    <t>TAVOLA Le Piccole Bronze Age</t>
+  </si>
+  <si>
+    <t>19058.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Садж Вок» без крышки с ручками и подставкой;сталь нерж.;D=260,H=57,L=280мм;металлич.</t>
+  </si>
+  <si>
+    <t>04022184</t>
+  </si>
+  <si>
+    <t>vok26</t>
+  </si>
+  <si>
+    <t>Sadj</t>
+  </si>
+  <si>
+    <t>46200.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Садж Вок» без крышки с ручками и подставкой;сталь нерж.;D=280,H=59,L=300мм;металлич.</t>
+  </si>
+  <si>
+    <t>04022185</t>
+  </si>
+  <si>
+    <t>vok28</t>
+  </si>
+  <si>
+    <t>46578.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Садж Вок» без крышки с ручками и подставкой;сталь нерж.;D=300,H=61,L=320мм;металлич.</t>
+  </si>
+  <si>
+    <t>04022186</t>
+  </si>
+  <si>
+    <t>vok30</t>
+  </si>
+  <si>
+    <t>48564.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Садж Вок» без крышки с ручками и подставкой;сталь нерж.;D=320,H=63,L=340мм;металлич.</t>
+  </si>
+  <si>
+    <t>04022187</t>
+  </si>
+  <si>
+    <t>vok32</t>
+  </si>
+  <si>
+    <t>50543.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Садж Вок» без крышки с ручками и подставкой;сталь нерж.;D=340,H=65,L=360мм;металлич.</t>
+  </si>
+  <si>
+    <t>04022188</t>
+  </si>
+  <si>
+    <t>vok34</t>
+  </si>
+  <si>
+    <t>55502.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Садж Вок» без крышки с ручками и подставкой;сталь нерж.;D=360,H=67,L=380мм;металлич.</t>
+  </si>
+  <si>
+    <t>04022189</t>
+  </si>
+  <si>
+    <t>vok36</t>
+  </si>
+  <si>
+    <t>57481.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Садж Вок» без крышки с ручками и подставкой;сталь нерж.;D=380,H=69,L=400мм;металлич.</t>
+  </si>
+  <si>
+    <t>04022190</t>
+  </si>
+  <si>
+    <t>vok38</t>
+  </si>
+  <si>
+    <t>59460.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,сталь нерж.;1,1л;D=200,H=39мм;металлич.</t>
+  </si>
+  <si>
+    <t>04022191</t>
+  </si>
+  <si>
+    <t>29036.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;алюмин.,сталь нерж.;D=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04022192</t>
+  </si>
+  <si>
+    <t>36652.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода-гриль;алюмин.,сталь нерж.;,L=26,B=26см;металлич.</t>
+  </si>
+  <si>
+    <t>04022193</t>
+  </si>
+  <si>
+    <t>47852.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Ла Идеал» для паэльи;сталь;D=220,H=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>04022194</t>
+  </si>
+  <si>
+    <t>G1002200000</t>
+  </si>
+  <si>
+    <t>7893.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Ла Идеал» для паэльи;эмалиров.сталь;0,5л;D=16,H=4см;черный</t>
+  </si>
+  <si>
+    <t>04022195</t>
+  </si>
+  <si>
+    <t>G2041600000</t>
+  </si>
+  <si>
+    <t>7862.00₸</t>
+  </si>
+  <si>
+    <t>32 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода «Ла Идеал» для паэльи;сталь;D=260,H=37мм;металлич.</t>
+  </si>
+  <si>
+    <t>04022196</t>
+  </si>
+  <si>
+    <t>G1002600000</t>
+  </si>
+  <si>
+    <t>8008.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Ла Идеал» для паэльи;эмалиров.сталь;D=120,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>04022197</t>
+  </si>
+  <si>
+    <t>G2021200000</t>
+  </si>
+  <si>
+    <t>6122.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Ла Идеал»;эмалиров.сталь,антиприг.покр.;D=12,H=2см;черный</t>
+  </si>
+  <si>
+    <t>04022198</t>
+  </si>
+  <si>
+    <t>G1021300000</t>
+  </si>
+  <si>
+    <t>14122.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Ла Идеал»;сталь;D=12,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04022199</t>
+  </si>
+  <si>
+    <t>G1021200000</t>
+  </si>
+  <si>
+    <t>7978.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Ла Идеал»;сталь;D=14,H=3см;металлич.</t>
+  </si>
+  <si>
+    <t>04022200</t>
+  </si>
+  <si>
+    <t>G1021400000</t>
+  </si>
+  <si>
+    <t>10134.00₸</t>
+  </si>
+  <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи «Тэкс-Мэкс»;сталь нерж.;D=18см;металлич.</t>
+  </si>
+  <si>
+    <t>04022201</t>
+  </si>
+  <si>
+    <t>R5760N80154</t>
+  </si>
+  <si>
+    <t>Tex-Mex</t>
+  </si>
+  <si>
+    <t>11270.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи «Тэкс-Мэкс» прямоугольная;сталь нерж.;,L=16,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04022202</t>
+  </si>
+  <si>
+    <t>R5760P20154</t>
+  </si>
+  <si>
+    <t>6405.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи «Тэкс-Мэкс»;сталь нерж.;D=10см;металлич.</t>
+  </si>
+  <si>
+    <t>04022203</t>
+  </si>
+  <si>
+    <t>R5760L80154</t>
+  </si>
+  <si>
+    <t>4508.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Ла Идеал»;эмалиров.сталь,антиприг.покр.;D=14см;черный</t>
+  </si>
+  <si>
+    <t>04022204</t>
+  </si>
+  <si>
+    <t>G1021500000</t>
+  </si>
+  <si>
+    <t>16748.00₸</t>
   </si>
   <si>
     <t>45 шт.</t>
   </si>
   <si>
-    <t>Сковорода для паэльи;сталь;D=40,H=7см;черный</t>
-[...2785 lines deleted...]
-  <si>
     <t>Сковорода «Винум»;алюм.литой,бакелит;D=200,H=65мм;черный,красный</t>
   </si>
   <si>
     <t>04022205</t>
   </si>
   <si>
     <t>00103VNIN/20</t>
   </si>
   <si>
     <t>Vinum</t>
   </si>
   <si>
     <t>50489.00₸</t>
   </si>
   <si>
     <t>Сковорода «Винум»;алюм.литой,бакелит;D=240,H=75мм;черный,красный</t>
   </si>
   <si>
     <t>04022206</t>
   </si>
   <si>
     <t>00103VNIN/24</t>
   </si>
   <si>
     <t>59083.00₸</t>
@@ -7340,62 +7346,68 @@
   <si>
     <t>Z1000SX</t>
   </si>
   <si>
     <t>TEMP</t>
   </si>
   <si>
     <t>8855.00₸</t>
   </si>
   <si>
     <t>Сковорода;сталь нерж.;D=220,H=40,L=425мм;металлич.</t>
   </si>
   <si>
     <t>04022223</t>
   </si>
   <si>
     <t>18207.00₸</t>
   </si>
   <si>
     <t>04022224</t>
   </si>
   <si>
     <t>64834.00₸</t>
   </si>
   <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
     <t>04022227</t>
   </si>
   <si>
     <t>43174.00₸</t>
   </si>
   <si>
     <t>04022228</t>
   </si>
   <si>
     <t>51144.00₸</t>
   </si>
   <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
     <t>Сковорода-гриль «Эмбер Каст Мэтт» квадратная;чугун;,H=3,L=23/36,B=23см;черный</t>
   </si>
   <si>
     <t>04022232</t>
   </si>
   <si>
     <t>HE66B</t>
   </si>
   <si>
     <t>15617.00₸</t>
   </si>
   <si>
     <t>Сковорода-вок;сталь нерж.,дерево;D=30см</t>
   </si>
   <si>
     <t>04021515</t>
   </si>
   <si>
     <t>CWW-12</t>
   </si>
   <si>
     <t>8575.00₸</t>
   </si>
   <si>
     <t>Сковорода-вок;сталь нерж.,дерево;D=35см</t>
@@ -7503,50 +7515,62 @@
     <t>45577.00₸</t>
   </si>
   <si>
     <t>Сковорода для подачи «Тэкс-Мэкс»;сталь нерж.;,L=28,B=18см;металлич.</t>
   </si>
   <si>
     <t>04022243</t>
   </si>
   <si>
     <t>R5760Q30154</t>
   </si>
   <si>
     <t>19838.00₸</t>
   </si>
   <si>
     <t>Сковорода для подачи «Тэкс-Мэкс»;сталь нерж.;D=32см;металлич.</t>
   </si>
   <si>
     <t>04022244</t>
   </si>
   <si>
     <t>R5760Q10154</t>
   </si>
   <si>
     <t>24801.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода с антипригарным покрытием;сталь нерж.;1,2л;D=20,H=5см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04022245</t>
+  </si>
+  <si>
+    <t>MGsteel</t>
+  </si>
+  <si>
+    <t>17661.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -26335,62 +26359,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pordamsa-03070506/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pordamsa-03070507/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/soteynik-2-ruchki-de-buyer-04010759/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-kryshki-revol-04012623/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-d-kryshki-risoli-04012644/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchki-dlya-kastryuli-semnye-risoli-04012902/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchki-dlya-kastryuli-semnye-risoli-04014155/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04020103/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-lodge-04020135/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04020172/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-kruglaya-lodge-04020180/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kazan-d-plova-lodge-04020181/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020182/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020183/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pryamoug-lodge-04020184/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-polumesyac-b-ruchek-lodge-04020185/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-krugl-s-ruchkoy-lodge-04020188/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-krugl-s-ruchkoy-lodge-04020189/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-krysh-reshetkoy-paderno-04020190/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-kruglaya-lodge-04020191/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-lodge-04020192/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020193/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020198/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-konus-paderno-04020199/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcion-trud-04020201/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-s-ruchkami-04020203/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcion-04020204/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-ovalnaya-aps-04020218/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04020294/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-s-lopatkoy-ilsa-04020301/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-bez-ruchek-lodge-04020303/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020304/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-piccy-lodge-04020307/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-kruglaya-lodge-04020318/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-kruglaya-lodge-04020319/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-lodge-04020321/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-lodge-04020322/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-lodge-04020324/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020325/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020326/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020327/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020328/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020329/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020330/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020331/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020332/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020333/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020334/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020335/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020336/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-04020353/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020359/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020360/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020361/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020362/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020365/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020366/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-chugunna-podstavke-prohotel-04020373/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indal-paderno-04020379/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-pintinox-04020390/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-pintinox-04020391/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-pintinox-04020392/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020393/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020394/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020395/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020396/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020397/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020398/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020399/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-04020400/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadrat-ilsa-04020401/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-ilsa-04020408/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04020409/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-s-ruchkoy-ilsa-04020414/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-na-podstavke-ilsa-04020428/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-na-podstavke-ilsa-04020429/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020453/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020454/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020455/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020456/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020457/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020459/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020460/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020461/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020462/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020463/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020464/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020465/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020466/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020467/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020468/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-paderno-04020469/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-04020470/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-omleta-kyoto-04020481/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-daming-04020498/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-prohotel-04020499/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadr-pintinox-04020512/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/reshetka-d-skovorody-de-buyer-04020520/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-lodge-04020525/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-lodge-04020566/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-s-ruchkami-risoli-04020567/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-risoli-04020573/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-mini-risoli-04020576/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-dvuhstoronniy-paderno-04020577/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-ovalnaya-lodge-04020604/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-kvadratnaya-lodge-04020613/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020618/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020619/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020621/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020622/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020623/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020624/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020625/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020626/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020627/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04020628/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020629/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020630/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04020631/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020632/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020641/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020642/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020643/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020644/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pryamoug-s-antiprigpok-matfer-04020645/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-s-antiprigpokryt-matfer-04020646/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020651/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-konus-paderno-04020702/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-semnaya-dlya-skovorodok-d20-36sm-paderno-04020704/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-daming-04020705/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-daming-04020706/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04020707/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04020708/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020709/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020710/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020711/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-daming-04020712/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04020713/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadrat-daming-04020714/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020715/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-ruchkoy-na-podstavke-prohotel-04020716/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04020717/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04020718/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-derevruchkoy-prohotel-04020720/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-derevruchkoy-prohotel-04020721/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-derevruchkoy-prohotel-04020722/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-derevruchkoy-prohotel-04020723/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-derevruchkoy-prohotel-04020724/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020725/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020726/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020727/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020728/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020729/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020730/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-lodge-04020741/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadrat-lodge-04020742/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-paderno-04020746/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-paderno-04020747/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-paderno-04020748/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020749/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020750/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-paderno-04020758/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-paderno-04020759/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020760/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020761/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020762/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020763/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020764/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020765/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020766/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020767/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020768/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020769/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020770/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020771/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020772/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020773/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020774/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020775/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020776/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020777/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020778/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020779/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020780/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020781/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020782/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020783/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020784/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020785/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020786/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020787/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020788/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020789/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020790/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020791/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020792/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-de-buyer-04020795/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-de-buyer-04020796/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-de-buyer-04020797/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-de-buyer-04020798/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020799/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-was-04020801/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-was-04020802/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-was-04020803/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-was-04020804/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020806/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020807/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020808/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020809/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020811/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020813/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-de-buyer-04020814/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-de-buyer-04020817/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020818/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020819/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020820/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020821/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020823/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020824/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020825/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pryamoug-de-buyer-04020826/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020828/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020829/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020830/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020831/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020832/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020833/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020834/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020840/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020841/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020842/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020843/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020844/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020845/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020846/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pryamoug-de-buyer-04020847/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020848/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020849/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020850/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020851/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020852/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-d-ryby-de-buyer-04020854/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-d-ryby-de-buyer-04020855/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-matfer-04020857/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-matfer-04020857-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-matfer-04020858/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadrat-ilsa-04020859/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-ilsa-04020860/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04020861/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04020862/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04020863/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-lodge-04020865/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020871/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020872/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020875/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-ilsa-04020876/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-ilsa-04020877/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-ilsa-04020878/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04020879/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020886/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020891/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020892/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020893/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020894/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020895/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020896/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020897/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-oval-2-ruchki-was-04020898/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-oval-2-ruchki-was-04020899/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020901/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-matfer-04020902/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04020904/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020906/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-04020916/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-s-lopatkoy-i-shpatelem-matfer-04020923/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-s-lopatkoy-i-shpatelem-matfer-04020923-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04020924/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04020928/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-grilya-pryamoug-ilsa-04020929/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-lodge-04020930/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-lodge-04020931/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-lodge-04020932/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020933/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020934/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020935/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020936/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-indukciya-risoli-04020939/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-indukciya-risoli-04020940/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04020943/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04020944/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04020945/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020946/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020947/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020948/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020949/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020950/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020951/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020952/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020953/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020954/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020955/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020956/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020957/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020958/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020959/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020960/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-risoli-04020961/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-risoli-04020962/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-risoli-04020963/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-risoli-04020964/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020965/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-risoli-04020966/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04020967/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-indukciya-risoli-04020968/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04020971/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-4otdeleniya-risoli-04020972/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-risoli-04020974/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-risoli-04020975/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-risoli-04020976/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-indukciya-risoli-04020977/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020979/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020980/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020981/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020982/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020986/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020987/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020988/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-was-04020989/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-omleta-paderno-04020993/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-s-kryshkoy-paderno-04021001/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021002/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04021003/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021004/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021005/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021007/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-ilsa-04021035/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04021050/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021054/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04021055/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04021056/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-matfer-04021058/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021059/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021060/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021061/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-ilsa-04021068/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021075/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021077/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021078/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021085/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021091/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021092/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-matfer-04021093/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-oval-matfer-04021094/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021098/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04021099/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-paderno-04021303/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-omleta-paderno-04021311/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-ilsa-04021312/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-s-ruchkoy-ilsa-04021315/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-s-ruchkoy-ilsa-04021316/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-ilsa-04021317/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-ilsa-04021318/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-pintinox-04021361/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-zapekaniya-revol-04021362/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-revol-04021363/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-italo-ottinetti-04021365/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-kruglaya-aps-04021366/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-kruglaya-aps-04021367/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pryamoug-aps-04021368/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pryamoug-aps-04021369/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/keci-sredniy-borisovskaya-keramika-04021370/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-semnaya-d-skovorodok-lodge-04021400/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021401/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021402/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021403/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021404/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021405/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04021406/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04021407/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04021409/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04021410/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-4otdeleniya-indukciya-risoli-04021411/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04021412/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-matfer-04021414/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-matfer-04021415/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021416/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021417/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021418/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021419/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021428/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04021429/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04021430/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021431/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021432/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021433/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021434/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021435/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021436/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021437/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021438/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-prohotel-04021439/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-prohotel-04021440/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-2-ruchki-was-04021442/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021445/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04021448/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-matfer-04021450/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021456/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04021457/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-matfer-04021460/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-semnaya-d-skovorodok-lodge-04021461/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-bokovaya-semnaya-d-skovorodok-lodge-04021462/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021463/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021464/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021465/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021466/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021474/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021475/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021476/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021477/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-indukciya-paderno-04021478/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021480/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021481/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04021483/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021485/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021486/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-risoli-04021487/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04021488/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-flambe-paderno-04021492/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021497/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-ilsa-04021499/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-cosy-and-trendy-04021502/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021601/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021602/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021604/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021605/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021606/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadr-risoli-04021607/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021608/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021609/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021610/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021611/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021612/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021613/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021614/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021615/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021616/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021617/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04021618/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04021619/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021623/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021624/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021625/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021626/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021627/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021628/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-matfer-04021632/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-s-kryshkoy-risoli-04021638/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-indukciya-risoli-04021639/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-ilsa-04021640/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-barbekyu-risoli-04021642/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021645/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021646/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021647/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021648/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021649/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021650/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021651/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadr-prohotel-04021652/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadr-prohotel-04021653/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-prohotel-04021654/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04021655/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04021656/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-s-kryshkoy-indukciya-risoli-04021657/" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-04021658/" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-4otdeleniya-indukciya-risoli-04021660/" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021662/" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04021665/" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04021666/" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021669/" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021670/" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-kl-04021677/" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-tognana-04021684/" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-daming-04021689/" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-omleta-kasumi-04021698/" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-s-reshetkoy-gril-i-palochkami-risoli-04021699/" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-prohotel-04021901/" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-prohotel-04021902/" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-na-podstavke-prohotel-04021903/" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-na-podstavke-daming-04021904/" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-mini-prohotel-04021905/" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-mini-daming-04021906/" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-polumesyac-b-ruchek-prohotel-04021908/" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-na-podstavke-paderno-04021909/" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-glub-risoli-04021918/" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-glub-risoli-04021919/" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04021920/" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021921/" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021922/" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021923/" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-2-ruchki-italo-ottinetti-04021932/" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kruglaya-lodge-04021935/" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-2-mya-ruchkami-b-kryshki-cu-artigiana-maestri-ramai-04021936/" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-2-ruchkd-paeli-b-kryshki-cu-artigiana-maestri-ramai-04021937/" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakladka-na-ruchku-lodge-04021947/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakladka-na-ruchku-lodge-04021948/" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakladka-na-ruchku-lodge-04021949/" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-semnaya-dlya-skovorody-lodge-04021953/" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-lodge-04022007/" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-steyka-de-buyer-04022104/" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-de-buyer-04022107/" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022124/" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022125/" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022126/" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022127/" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022128/" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022129/" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022130/" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022131/" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022132/" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022133/" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04022134/" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04022135/" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04022136/" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04022138/" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04022139/" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04022140/" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04022141/" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022145/" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022146/" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022147/" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022148/" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022149/" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022150/" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022151/" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skvoroda-paderno-04022152/" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-tur-04022153/" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022154/" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022155/" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022156/" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022157/" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04022158/" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04022159/" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04022160/" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04022161/" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04022162/" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-agnelli-04022164/" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04022165/" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022167/" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022168/" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022169/" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-indokor-04022171/" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-daming-04022172/" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-daming-04022173/" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-daming-04022174/" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022175/" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04022176/" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022177/" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022178/" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022179/" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaschitnyy-ekran-tramontina-04022180/" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-italo-ottinetti-04022181/" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022184/" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022185/" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022186/" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022187/" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022188/" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022189/" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022190/" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04022191/" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04022192/" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pintinox-04022193/" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022194/" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022195/" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022196/" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022197/" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04022198/" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04022199/" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04022200/" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022201/" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022202/" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022203/" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04022204/" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022205/" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022206/" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022207/" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022208/" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschita-ot-bryzg-lodge-04140811/" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschita-ot-bryzg-lodge-04140812/" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-oval-d-skovor-4020135-lodge-04141504/" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-oval-d-skovor-4020303-lodge-04141505/" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-pryamoug-d-skovor4020184-lodge-04141506/" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-polumes-d-skovor4020185-lodge-04141507/" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor-4020304-lodge-04141508/" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor4020180-lodge-04141509/" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor4020308-lodge-04141510/" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-kotelka-4010239-lodge-04141511/" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-oval-d-skovor-4020192-lodge-04141512/" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor4020193-lodge-04141513/" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor4020327-lodge-04141514/" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-kvadr-d-skovor4020325-lodge-04141515/" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovorody-art312290-511435-de-buyer-04141537/" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor-4020499-oval-lodge-04141548/" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor-4020709-lodge-04141552/" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-kotelka-ppwood-04141564/" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-paderno-04150164/" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-paderno-04150165/" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-09100106/" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-09100330/" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-09100331/" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-09100332/" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-09100333/" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-glubok-matfer-09100334/" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-glubok-matfer-09100335/" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-09100473/" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020584/" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04021100/" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-skovorody-temp-04141971/" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indokor-04022223/" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022224/" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022227/" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022228/" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04022232/" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04021515/" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04021516/" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04021517/" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04021962/" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022240/" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022241/" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-andrea-fontebasso-04021159/" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-andrea-fontebasso-04021158/" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-tognana-04021160/" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022243/" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022244/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pordamsa-03070506/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pordamsa-03070507/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/soteynik-2-ruchki-de-buyer-04010759/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-kryshki-revol-04012623/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-d-kryshki-risoli-04012644/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchki-dlya-kastryuli-semnye-risoli-04012902/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchki-dlya-kastryuli-semnye-risoli-04014155/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04020103/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-lodge-04020135/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04020172/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-kruglaya-lodge-04020180/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kazan-d-plova-lodge-04020181/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020182/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020183/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pryamoug-lodge-04020184/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-polumesyac-b-ruchek-lodge-04020185/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-krugl-s-ruchkoy-lodge-04020188/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-krugl-s-ruchkoy-lodge-04020189/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-krysh-reshetkoy-paderno-04020190/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-kruglaya-lodge-04020191/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-lodge-04020192/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020193/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020198/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-konus-paderno-04020199/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcion-trud-04020201/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-s-ruchkami-04020203/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcion-04020204/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-ovalnaya-aps-04020218/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04020294/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-s-lopatkoy-ilsa-04020301/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-bez-ruchek-lodge-04020303/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020304/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-piccy-lodge-04020307/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-kruglaya-lodge-04020318/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-kruglaya-lodge-04020319/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-lodge-04020321/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-lodge-04020322/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-lodge-04020324/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020325/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020326/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020327/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020328/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020329/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020330/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020331/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020332/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020333/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020334/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020335/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020336/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-04020353/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020359/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020360/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020361/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020362/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020365/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020366/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-chugunna-podstavke-prohotel-04020373/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indal-paderno-04020379/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-pintinox-04020390/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-pintinox-04020391/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-pintinox-04020392/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020393/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020394/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020395/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020396/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020397/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020398/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020399/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-04020400/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadrat-ilsa-04020401/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-ilsa-04020408/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04020409/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-s-ruchkoy-ilsa-04020414/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-na-podstavke-ilsa-04020428/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-na-podstavke-ilsa-04020429/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020453/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020454/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020455/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020456/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020457/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020459/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020460/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020461/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020462/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020463/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020464/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020465/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020466/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020467/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020468/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-paderno-04020469/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-04020470/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-omleta-kyoto-04020481/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-daming-04020498/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-prohotel-04020499/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadr-pintinox-04020512/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/reshetka-d-skovorody-de-buyer-04020520/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-lodge-04020525/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-lodge-04020566/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-s-ruchkami-risoli-04020567/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-risoli-04020573/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-mini-risoli-04020576/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/list-gril-dvuhstoronniy-paderno-04020577/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-ovalnaya-lodge-04020604/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-kvadratnaya-lodge-04020613/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020618/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020619/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020621/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020622/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020623/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020624/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020625/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020626/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020627/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04020628/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020629/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020630/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04020631/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020632/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020641/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020642/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020643/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020644/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pryamoug-s-antiprigpok-matfer-04020645/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-s-antiprigpokryt-matfer-04020646/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020651/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-konus-paderno-04020702/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-semnaya-dlya-skovorodok-d20-36sm-paderno-04020704/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-daming-04020705/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-daming-04020706/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04020707/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04020708/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020709/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020710/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020711/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-daming-04020712/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04020713/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadrat-daming-04020714/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020715/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-ruchkoy-na-podstavke-prohotel-04020716/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04020717/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04020718/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-derevruchkoy-prohotel-04020720/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-derevruchkoy-prohotel-04020721/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-derevruchkoy-prohotel-04020722/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-derevruchkoy-prohotel-04020723/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-derevruchkoy-prohotel-04020724/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020725/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020726/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020727/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020728/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020729/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020730/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-lodge-04020741/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadrat-lodge-04020742/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-paderno-04020746/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-paderno-04020747/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-paderno-04020748/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020749/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020750/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-paderno-04020758/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-paderno-04020759/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020760/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020761/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020762/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020763/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020764/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020765/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020766/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020767/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020768/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020769/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020770/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020771/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020772/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020773/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-paderno-04020774/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020775/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020776/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020777/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020778/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020779/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020780/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020781/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020782/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020783/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020784/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020785/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020786/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020787/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020788/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020789/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020790/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020791/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020792/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-de-buyer-04020795/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-de-buyer-04020796/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-de-buyer-04020797/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-de-buyer-04020798/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020799/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-was-04020801/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-was-04020802/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-was-04020803/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-was-04020804/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020806/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020807/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020808/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020809/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020811/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020813/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-de-buyer-04020814/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-de-buyer-04020817/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020818/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020819/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020820/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020821/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020823/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020824/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020825/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pryamoug-de-buyer-04020826/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020828/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020829/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020830/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020831/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020832/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020833/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020834/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020840/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020841/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020842/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020843/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020844/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020845/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04020846/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pryamoug-de-buyer-04020847/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020848/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020849/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020850/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020851/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020852/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-d-ryby-de-buyer-04020854/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-d-ryby-de-buyer-04020855/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-matfer-04020857/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-matfer-04020857-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-matfer-04020858/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadrat-ilsa-04020859/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-ilsa-04020860/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04020861/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04020862/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04020863/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-lodge-04020865/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020871/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020872/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020875/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-ilsa-04020876/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-ilsa-04020877/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-ilsa-04020878/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04020879/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020886/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020891/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020892/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020893/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020894/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020895/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020896/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020897/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-oval-2-ruchki-was-04020898/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-oval-2-ruchki-was-04020899/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020901/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-matfer-04020902/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04020904/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020906/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-04020916/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-s-lopatkoy-i-shpatelem-matfer-04020923/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-s-lopatkoy-i-shpatelem-matfer-04020923-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04020924/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04020928/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-grilya-pryamoug-ilsa-04020929/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-lodge-04020930/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-lodge-04020931/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-lodge-04020932/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020933/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020934/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020935/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020936/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-indukciya-risoli-04020939/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-indukciya-risoli-04020940/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04020943/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04020944/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04020945/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020946/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020947/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020948/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020949/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020950/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020951/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020952/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020953/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020954/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020955/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020956/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020957/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020958/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020959/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020960/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-risoli-04020961/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-risoli-04020962/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-risoli-04020963/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-risoli-04020964/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020965/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-risoli-04020966/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04020967/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-indukciya-risoli-04020968/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04020971/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-4otdeleniya-risoli-04020972/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-risoli-04020974/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-risoli-04020975/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-risoli-04020976/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-indukciya-risoli-04020977/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020979/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020980/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020981/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020982/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020986/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020987/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020988/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-was-04020989/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-omleta-paderno-04020993/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-s-kryshkoy-paderno-04021001/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021002/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04021003/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021004/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021005/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021007/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-ilsa-04021035/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04021050/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021054/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04021055/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04021056/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-matfer-04021058/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021059/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021060/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021061/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-ilsa-04021068/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021075/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021077/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021078/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021085/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021091/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021092/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-matfer-04021093/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-oval-matfer-04021094/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021098/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04021099/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-paderno-04021303/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-omleta-paderno-04021311/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-ilsa-04021312/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-s-ruchkoy-ilsa-04021315/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-s-ruchkoy-ilsa-04021316/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-ilsa-04021317/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-ilsa-04021318/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-pintinox-04021361/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-zapekaniya-revol-04021362/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-revol-04021363/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-italo-ottinetti-04021365/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-kruglaya-aps-04021366/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-kruglaya-aps-04021367/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pryamoug-aps-04021368/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pryamoug-aps-04021369/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/keci-sredniy-borisovskaya-keramika-04021370/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-semnaya-d-skovorodok-lodge-04021400/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021401/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021402/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021403/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021404/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021405/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04021406/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04021407/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04021409/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04021410/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-4otdeleniya-indukciya-risoli-04021411/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04021412/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-matfer-04021414/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-matfer-04021415/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021416/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021417/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021418/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021419/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021428/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04021429/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04021430/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021431/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021432/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021433/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021434/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021435/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021436/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021437/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021438/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-prohotel-04021439/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-prohotel-04021440/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-2-ruchki-was-04021442/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021445/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04021448/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-matfer-04021450/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021456/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-04021457/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-matfer-04021460/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-semnaya-d-skovorodok-lodge-04021461/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-bokovaya-semnaya-d-skovorodok-lodge-04021462/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021463/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021464/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021465/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021466/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021474/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021475/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021476/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021477/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-indukciya-paderno-04021478/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021480/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021481/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04021483/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021485/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021486/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-risoli-04021487/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04021488/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-flambe-paderno-04021492/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021497/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-ilsa-04021499/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-cosy-and-trendy-04021502/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021601/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021602/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021604/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021605/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021606/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadr-risoli-04021607/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021608/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021609/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021610/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021611/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021612/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021613/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021614/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021615/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021616/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021617/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-de-buyer-04021618/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04021619/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021623/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021624/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021625/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021626/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021627/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021628/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-matfer-04021632/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-s-kryshkoy-risoli-04021638/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-indukciya-risoli-04021639/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-ilsa-04021640/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-barbekyu-risoli-04021642/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021645/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021646/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021647/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021648/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021649/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021650/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021651/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadr-prohotel-04021652/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kvadr-prohotel-04021653/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pryamoug-prohotel-04021654/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04021655/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04021656/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-s-kryshkoy-indukciya-risoli-04021657/" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-04021658/" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-4otdeleniya-indukciya-risoli-04021660/" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021662/" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04021665/" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04021666/" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021669/" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021670/" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-kl-04021677/" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-tognana-04021684/" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-daming-04021689/" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-omleta-kasumi-04021698/" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-s-reshetkoy-gril-i-palochkami-risoli-04021699/" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-prohotel-04021901/" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-prohotel-04021902/" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-na-podstavke-prohotel-04021903/" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-na-podstavke-daming-04021904/" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-mini-prohotel-04021905/" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-mini-daming-04021906/" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-polumesyac-b-ruchek-prohotel-04021908/" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-na-podstavke-paderno-04021909/" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-glub-risoli-04021918/" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-glub-risoli-04021919/" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-risoli-04021920/" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021921/" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021922/" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021923/" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-2-ruchki-italo-ottinetti-04021932/" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-kruglaya-lodge-04021935/" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-2-mya-ruchkami-b-kryshki-cu-artigiana-maestri-ramai-04021936/" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-2-ruchkd-paeli-b-kryshki-cu-artigiana-maestri-ramai-04021937/" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakladka-na-ruchku-lodge-04021947/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakladka-na-ruchku-lodge-04021948/" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakladka-na-ruchku-lodge-04021949/" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-semnaya-dlya-skovorody-lodge-04021953/" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-lodge-04022007/" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-steyka-de-buyer-04022104/" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-de-buyer-04022107/" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022124/" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022125/" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022126/" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022127/" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022128/" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022129/" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022130/" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022131/" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022132/" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022133/" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04022134/" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04022135/" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04022136/" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04022138/" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04022139/" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04022140/" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04022141/" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022145/" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022146/" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022147/" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022148/" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022149/" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022150/" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022151/" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skvoroda-paderno-04022152/" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-tur-04022153/" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022154/" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022155/" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022156/" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022157/" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04022158/" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04022159/" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04022160/" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04022161/" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04022162/" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-agnelli-04022164/" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-ilsa-04022165/" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022167/" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022168/" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022169/" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-indokor-04022171/" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-daming-04022172/" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-daming-04022173/" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-daming-04022174/" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022175/" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04022176/" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022177/" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022178/" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022179/" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaschitnyy-ekran-tramontina-04022180/" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-italo-ottinetti-04022181/" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022184/" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022185/" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022186/" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022187/" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022188/" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022189/" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-sadj-04022190/" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04022191/" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04022192/" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-pintinox-04022193/" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022194/" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022195/" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022196/" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022197/" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04022198/" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04022199/" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04022200/" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022201/" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022202/" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022203/" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-ilsa-04022204/" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022205/" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022206/" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022207/" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022208/" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschita-ot-bryzg-lodge-04140811/" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschita-ot-bryzg-lodge-04140812/" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-oval-d-skovor-4020135-lodge-04141504/" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-oval-d-skovor-4020303-lodge-04141505/" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-pryamoug-d-skovor4020184-lodge-04141506/" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-polumes-d-skovor4020185-lodge-04141507/" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor-4020304-lodge-04141508/" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor4020180-lodge-04141509/" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor4020308-lodge-04141510/" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-kotelka-4010239-lodge-04141511/" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-oval-d-skovor-4020192-lodge-04141512/" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor4020193-lodge-04141513/" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor4020327-lodge-04141514/" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-kvadr-d-skovor4020325-lodge-04141515/" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovorody-art312290-511435-de-buyer-04141537/" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor-4020499-oval-lodge-04141548/" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-skovor-4020709-lodge-04141552/" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-kotelka-ppwood-04141564/" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-paderno-04150164/" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-paderno-04150165/" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-09100106/" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-09100330/" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-09100331/" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-09100332/" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-matfer-09100333/" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-glubok-matfer-09100334/" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-glubok-matfer-09100335/" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-09100473/" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020584/" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04021100/" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-skovorody-temp-04141971/" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indokor-04022223/" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022224/" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022227/" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022228/" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-gril-prohotel-04022232/" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04021515/" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04021516/" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-vok-prohotel-04021517/" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-blinov-prohotel-04021962/" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022240/" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022241/" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-andrea-fontebasso-04021159/" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-andrea-fontebasso-04021158/" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-tognana-04021160/" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022243/" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022244/" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-mgsteel-04022245/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L634"/>
+  <dimension ref="A1:L635"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I634" sqref="I634"/>
+      <selection activeCell="I635" sqref="I635"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -27897,51 +27921,51 @@
         <v>224</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>225</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>226</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F47" s="0">
         <v>1000</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>227</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>31</v>
+        <v>124</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
         <v>228</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>229</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>230</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F48" s="0">
         <v>1000</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>41</v>
       </c>
@@ -28480,2110 +28504,2110 @@
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
         <v>298</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>299</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>300</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>301</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>302</v>
+        <v>31</v>
       </c>
       <c r="L65" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>303</v>
       </c>
-      <c r="C66" s="0" t="s">
+      <c r="D66" s="0" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="L66" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>307</v>
       </c>
-      <c r="C67" s="0" t="s">
+      <c r="D67" s="0" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L67" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>311</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="D68" s="0" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>315</v>
       </c>
-      <c r="C69" s="0" t="s">
+      <c r="D69" s="0" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L69" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>319</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="D70" s="0" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L70" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>323</v>
       </c>
-      <c r="C71" s="0" t="s">
+      <c r="D71" s="0" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>327</v>
       </c>
-      <c r="C72" s="0" t="s">
+      <c r="D72" s="0" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H72" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="I72" s="1" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>332</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="D73" s="0" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L73" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>336</v>
       </c>
-      <c r="C74" s="0" t="s">
+      <c r="D74" s="0" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L74" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>340</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="D75" s="0" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>344</v>
       </c>
-      <c r="C76" s="0" t="s">
+      <c r="D76" s="0" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>348</v>
       </c>
-      <c r="C77" s="0" t="s">
+      <c r="D77" s="0" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L77" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>352</v>
       </c>
-      <c r="C78" s="0" t="s">
+      <c r="D78" s="0" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L78" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>356</v>
       </c>
-      <c r="C79" s="0" t="s">
+      <c r="D79" s="0" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>361</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="D80" s="0" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="L80" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>366</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="D81" s="0" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L81" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>370</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="D82" s="0" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L82" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="C83" s="0" t="s">
         <v>374</v>
       </c>
-      <c r="C83" s="0" t="s">
+      <c r="D83" s="0" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H83" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="I83" s="1" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L83" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="C84" s="0" t="s">
         <v>379</v>
       </c>
-      <c r="C84" s="0" t="s">
+      <c r="D84" s="0" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L84" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="C85" s="0" t="s">
         <v>383</v>
       </c>
-      <c r="C85" s="0" t="s">
+      <c r="D85" s="0" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L85" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="C86" s="0" t="s">
         <v>387</v>
       </c>
-      <c r="C86" s="0" t="s">
+      <c r="D86" s="0" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F86" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>124</v>
       </c>
       <c r="L86" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="C87" s="0" t="s">
         <v>391</v>
       </c>
-      <c r="C87" s="0" t="s">
+      <c r="D87" s="0" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L87" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="C88" s="0" t="s">
         <v>395</v>
       </c>
-      <c r="C88" s="0" t="s">
+      <c r="D88" s="0" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L88" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="C89" s="0" t="s">
         <v>399</v>
       </c>
-      <c r="C89" s="0" t="s">
+      <c r="D89" s="0" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="C90" s="0" t="s">
         <v>403</v>
       </c>
-      <c r="C90" s="0" t="s">
+      <c r="D90" s="0" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L90" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="C91" s="0" t="s">
         <v>407</v>
       </c>
-      <c r="C91" s="0" t="s">
+      <c r="D91" s="0" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F91" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L91" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="C92" s="0" t="s">
         <v>411</v>
       </c>
-      <c r="C92" s="0" t="s">
+      <c r="D92" s="0" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F92" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L92" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="C93" s="0" t="s">
         <v>415</v>
       </c>
-      <c r="C93" s="0" t="s">
+      <c r="D93" s="0" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L93" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="C94" s="0" t="s">
         <v>419</v>
       </c>
-      <c r="C94" s="0" t="s">
+      <c r="D94" s="0" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="B95" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C95" s="0" t="s">
         <v>423</v>
       </c>
-      <c r="C95" s="0" t="s">
+      <c r="D95" s="0" t="s">
         <v>424</v>
       </c>
-      <c r="D95" s="0" t="s">
+      <c r="E95" s="0" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L95" s="0"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="C96" s="0" t="s">
         <v>429</v>
       </c>
-      <c r="C96" s="0" t="s">
+      <c r="D96" s="0" t="s">
         <v>430</v>
       </c>
-      <c r="D96" s="0" t="s">
+      <c r="E96" s="0" t="s">
         <v>431</v>
       </c>
-      <c r="E96" s="0" t="s">
+      <c r="F96" s="0" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L96" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="C97" s="0" t="s">
         <v>435</v>
       </c>
-      <c r="C97" s="0" t="s">
+      <c r="D97" s="0" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="C98" s="0" t="s">
         <v>439</v>
       </c>
-      <c r="C98" s="0" t="s">
+      <c r="D98" s="0" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F98" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L98" s="0"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="C99" s="0" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
       <c r="D99" s="0">
         <v>3329.1</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F99" s="0" t="s">
         <v>132</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H99" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="I99" s="1" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="C100" s="0" t="s">
         <v>447</v>
       </c>
-      <c r="C100" s="0" t="s">
+      <c r="D100" s="0" t="s">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L100" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="C101" s="0" t="s">
         <v>451</v>
       </c>
-      <c r="C101" s="0" t="s">
+      <c r="D101" s="0" t="s">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="C102" s="0" t="s">
         <v>455</v>
       </c>
-      <c r="C102" s="0" t="s">
+      <c r="D102" s="0" t="s">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L102" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="C103" s="0" t="s">
         <v>459</v>
       </c>
-      <c r="C103" s="0" t="s">
+      <c r="D103" s="0" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L103" s="0"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="C104" s="0" t="s">
         <v>463</v>
       </c>
-      <c r="C104" s="0" t="s">
+      <c r="D104" s="0" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H104" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L104" s="0"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
+        <v>466</v>
+      </c>
+      <c r="C105" s="0" t="s">
         <v>467</v>
       </c>
-      <c r="C105" s="0" t="s">
+      <c r="D105" s="0" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L105" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="C106" s="0" t="s">
         <v>471</v>
       </c>
-      <c r="C106" s="0" t="s">
+      <c r="D106" s="0" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L106" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="C107" s="0" t="s">
         <v>475</v>
       </c>
-      <c r="C107" s="0" t="s">
+      <c r="D107" s="0" t="s">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L107" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="C108" s="0" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
       <c r="D108" s="0">
         <v>675028</v>
       </c>
       <c r="E108" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="F108" s="0" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L108" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="C109" s="0" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
       <c r="D109" s="0">
         <v>675020</v>
       </c>
       <c r="E109" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="F109" s="0" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L109" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
+        <v>486</v>
+      </c>
+      <c r="C110" s="0" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
       <c r="D110" s="0">
         <v>675024</v>
       </c>
       <c r="E110" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="F110" s="0" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L110" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="C111" s="0" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
       <c r="D111" s="0">
         <v>665120</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L111" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
+        <v>493</v>
+      </c>
+      <c r="C112" s="0" t="s">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>495</v>
       </c>
       <c r="D112" s="0">
         <v>665124</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L112" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="C113" s="0" t="s">
         <v>497</v>
-      </c>
-[...1 lines deleted...]
-        <v>498</v>
       </c>
       <c r="D113" s="0">
         <v>665126</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F113" s="0" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L113" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="C114" s="0" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>501</v>
       </c>
       <c r="D114" s="0">
         <v>665128</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L114" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="C115" s="0" t="s">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
       <c r="D115" s="0">
         <v>665612</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="G115" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L115" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="C116" s="0" t="s">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>507</v>
       </c>
       <c r="D116" s="0">
         <v>909528</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="G116" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L116" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
+        <v>509</v>
+      </c>
+      <c r="C117" s="0" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
       <c r="D117" s="0">
         <v>666125</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="G117" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>89</v>
+        <v>20</v>
       </c>
       <c r="L117" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
+        <v>512</v>
+      </c>
+      <c r="C118" s="0" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
       <c r="D118" s="0">
         <v>675224</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F118" s="0" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="G118" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L118" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
+        <v>516</v>
+      </c>
+      <c r="C119" s="0" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>518</v>
       </c>
       <c r="D119" s="0">
         <v>675228</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L119" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="C120" s="0" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>521</v>
       </c>
       <c r="D120" s="0">
         <v>676125</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L120" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="C121" s="0" t="s">
         <v>523</v>
       </c>
-      <c r="C121" s="0" t="s">
+      <c r="D121" s="0" t="s">
         <v>524</v>
       </c>
-      <c r="D121" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E121" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L121" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
+        <v>526</v>
+      </c>
+      <c r="C122" s="0" t="s">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
       <c r="D122" s="0">
         <v>906020</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>302</v>
+        <v>529</v>
       </c>
       <c r="L122" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
         <v>530</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>531</v>
       </c>
       <c r="D123" s="0">
         <v>906032</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="G123" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I123" s="1" t="s">
         <v>532</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>533</v>
       </c>
       <c r="L123" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
         <v>534</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>535</v>
       </c>
       <c r="D124" s="0">
         <v>906036</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F124" s="0" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="G124" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I124" s="1" t="s">
         <v>536</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L124" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
         <v>537</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>538</v>
       </c>
       <c r="D125" s="0">
         <v>906040</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="G125" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I125" s="1" t="s">
         <v>539</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L125" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
         <v>540</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>541</v>
       </c>
       <c r="D126" s="0">
         <v>908538</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="G126" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I126" s="1" t="s">
         <v>542</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L126" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
         <v>543</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>544</v>
       </c>
       <c r="D127" s="0">
         <v>664550</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="G127" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I127" s="1" t="s">
         <v>545</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L127" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
         <v>546</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>547</v>
       </c>
       <c r="D128" s="0">
         <v>668532</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F128" s="0" t="s">
         <v>548</v>
       </c>
       <c r="G128" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I128" s="1" t="s">
         <v>549</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L128" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
         <v>550</v>
@@ -30637,364 +30661,364 @@
       </c>
       <c r="H130" s="0" t="s">
         <v>42</v>
       </c>
       <c r="I130" s="1" t="s">
         <v>557</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L130" s="0"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
         <v>558</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>559</v>
       </c>
       <c r="D131" s="0" t="s">
         <v>560</v>
       </c>
       <c r="E131" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="F131" s="0" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
       <c r="G131" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I131" s="1" t="s">
         <v>561</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L131" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
         <v>562</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>563</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>564</v>
       </c>
       <c r="E132" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="F132" s="0" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
       <c r="G132" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I132" s="1" t="s">
         <v>561</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L132" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
         <v>565</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>566</v>
       </c>
       <c r="D133" s="0" t="s">
         <v>567</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I133" s="1" t="s">
         <v>568</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L133" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
         <v>570</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>571</v>
       </c>
       <c r="D134" s="0" t="s">
         <v>572</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I134" s="1" t="s">
         <v>573</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L134" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
         <v>574</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>575</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>576</v>
       </c>
       <c r="E135" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I135" s="1" t="s">
         <v>577</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L135" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
         <v>578</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>579</v>
       </c>
       <c r="D136" s="0" t="s">
         <v>580</v>
       </c>
       <c r="E136" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I136" s="1" t="s">
         <v>581</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L136" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
         <v>578</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>582</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>583</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G137" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I137" s="1" t="s">
         <v>584</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L137" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
         <v>585</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>586</v>
       </c>
       <c r="D138" s="0" t="s">
         <v>587</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I138" s="1" t="s">
         <v>588</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L138" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
         <v>589</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>590</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>591</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G139" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I139" s="1" t="s">
         <v>592</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L139" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
         <v>593</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>594</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>595</v>
       </c>
       <c r="E140" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="F140" s="0" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
       <c r="G140" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H140" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I140" s="1" t="s">
         <v>596</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L140" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
         <v>597</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>598</v>
       </c>
       <c r="D141" s="0" t="s">
         <v>599</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>276</v>
@@ -31012,6911 +31036,6911 @@
         <v>561</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L141" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
         <v>600</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>601</v>
       </c>
       <c r="D142" s="0" t="s">
         <v>602</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I142" s="1" t="s">
         <v>603</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L142" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
         <v>604</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>605</v>
       </c>
       <c r="D143" s="0" t="s">
         <v>606</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I143" s="1" t="s">
         <v>607</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L143" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
         <v>608</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>609</v>
       </c>
       <c r="D144" s="0" t="s">
         <v>610</v>
       </c>
       <c r="E144" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I144" s="1" t="s">
         <v>611</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="L144" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
         <v>612</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>613</v>
       </c>
       <c r="D145" s="0" t="s">
         <v>614</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G145" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I145" s="1" t="s">
         <v>615</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L145" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
         <v>616</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>617</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>618</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F146" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G146" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I146" s="1" t="s">
         <v>619</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L146" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
         <v>620</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>621</v>
       </c>
       <c r="D147" s="0" t="s">
         <v>622</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G147" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I147" s="1" t="s">
         <v>623</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>569</v>
+        <v>624</v>
       </c>
       <c r="L147" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F148" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G148" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L148" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E149" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F149" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G149" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L149" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L150" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L151" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L152" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L153" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L154" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L155" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="E156" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L156" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="E157" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H157" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L157" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="E158" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L158" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L159" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="E160" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F160" s="0"/>
       <c r="G160" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L160" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F161" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G161" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L161" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F162" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G162" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L162" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="E163" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L163" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F164" s="0"/>
       <c r="G164" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L164" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F165" s="0"/>
       <c r="G165" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H165" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L165" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E166" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F166" s="0"/>
       <c r="G166" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L166" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F167" s="0"/>
       <c r="G167" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L167" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="E168" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F168" s="0"/>
       <c r="G168" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L168" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="E169" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F169" s="0"/>
       <c r="G169" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H169" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L169" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F170" s="0"/>
       <c r="G170" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H170" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L170" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="E171" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F171" s="0"/>
       <c r="G171" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H171" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L171" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F172" s="0"/>
       <c r="G172" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H172" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>124</v>
       </c>
       <c r="L172" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="E173" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F173" s="0"/>
       <c r="G173" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H173" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L173" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="E174" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F174" s="0"/>
       <c r="G174" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H174" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L174" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="E175" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F175" s="0"/>
       <c r="G175" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H175" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L175" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="E176" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F176" s="0"/>
       <c r="G176" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H176" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L176" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="E177" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F177" s="0"/>
       <c r="G177" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H177" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L177" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="E178" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F178" s="0"/>
       <c r="G178" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H178" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L178" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="E179" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F179" s="0"/>
       <c r="G179" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L179" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="E180" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F180" s="0">
         <v>1100</v>
       </c>
       <c r="G180" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L180" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="E181" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F181" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G181" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L181" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="E182" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F182" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G182" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L182" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="E183" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F183" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G183" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L183" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="E184" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F184" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G184" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L184" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="E185" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F185" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G185" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H185" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L185" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="E186" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F186" s="0"/>
       <c r="G186" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L186" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="E187" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F187" s="0"/>
       <c r="G187" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L187" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="E188" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F188" s="0"/>
       <c r="G188" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L188" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="E189" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F189" s="0"/>
       <c r="G189" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L189" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="E190" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F190" s="0"/>
       <c r="G190" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L190" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="D191" s="0">
         <v>5400.24</v>
       </c>
       <c r="E191" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F191" s="0" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="G191" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H191" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L191" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="D192" s="0">
         <v>5400.28</v>
       </c>
       <c r="E192" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F192" s="0" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="G192" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H192" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L192" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D193" s="0">
         <v>5300.26</v>
       </c>
       <c r="E193" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F193" s="0" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="G193" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H193" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L193" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D194" s="0">
         <v>5303.22</v>
       </c>
       <c r="E194" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F194" s="0" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="G194" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H194" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L194" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="D195" s="0">
         <v>5303.24</v>
       </c>
       <c r="E195" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F195" s="0" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="G195" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H195" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
-        <v>89</v>
+        <v>31</v>
       </c>
       <c r="L195" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="D196" s="0">
         <v>5120.16</v>
       </c>
       <c r="E196" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F196" s="0" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="G196" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H196" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L196" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="D197" s="0">
         <v>5120.18</v>
       </c>
       <c r="E197" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F197" s="0" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="G197" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H197" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L197" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="D198" s="0">
         <v>5110.36</v>
       </c>
       <c r="E198" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F198" s="0" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="G198" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H198" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L198" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="D199" s="0">
         <v>5110.4</v>
       </c>
       <c r="E199" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F199" s="0" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="G199" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H199" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L199" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="D200" s="0">
         <v>5110.45</v>
       </c>
       <c r="E200" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F200" s="0" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="G200" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H200" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L200" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="D201" s="0">
         <v>5110.5</v>
       </c>
       <c r="E201" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F201" s="0" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="G201" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H201" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L201" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="D202" s="0">
         <v>5303.18</v>
       </c>
       <c r="E202" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F202" s="0" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="G202" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H202" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L202" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="D203" s="0">
         <v>2010221</v>
       </c>
       <c r="E203" s="0" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="F203" s="0"/>
       <c r="G203" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H203" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L203" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="D204" s="0">
         <v>2010241</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="F204" s="0"/>
       <c r="G204" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H204" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L204" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="D205" s="0">
         <v>2010281</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="F205" s="0"/>
       <c r="G205" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H205" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L205" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="D206" s="0">
         <v>2012181</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="F206" s="0"/>
       <c r="G206" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H206" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L206" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="D207" s="0">
         <v>5400.32</v>
       </c>
       <c r="E207" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F207" s="0" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="G207" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H207" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L207" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="D208" s="0">
         <v>5400.36</v>
       </c>
       <c r="E208" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F208" s="0" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="G208" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H208" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L208" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="D209" s="0">
         <v>5120.2</v>
       </c>
       <c r="E209" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F209" s="0" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="G209" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H209" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L209" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="D210" s="0">
         <v>5120.22</v>
       </c>
       <c r="E210" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F210" s="0" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="G210" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H210" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L210" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="D211" s="0">
         <v>5303.2</v>
       </c>
       <c r="E211" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F211" s="0" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="G211" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H211" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L211" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="D212" s="0">
         <v>5030.4</v>
       </c>
       <c r="E212" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F212" s="0" t="s">
         <v>132</v>
       </c>
       <c r="G212" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H212" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L212" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="D213" s="0">
         <v>5314.32</v>
       </c>
       <c r="E213" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F213" s="0" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="G213" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H213" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L213" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="D214" s="0">
         <v>5540.38</v>
       </c>
       <c r="E214" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F214" s="0" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="G214" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H214" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L214" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="D215" s="0">
         <v>5110.18</v>
       </c>
       <c r="E215" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F215" s="0" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="G215" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H215" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I215" s="1" t="s">
         <v>297</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L215" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="D216" s="0">
         <v>5110.2</v>
       </c>
       <c r="E216" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F216" s="0" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="G216" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H216" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L216" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="D217" s="0">
         <v>5110.22</v>
       </c>
       <c r="E217" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F217" s="0" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="G217" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H217" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L217" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D218" s="0">
         <v>5110.24</v>
       </c>
       <c r="E218" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F218" s="0" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="G218" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H218" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L218" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="D219" s="0">
         <v>5110.28</v>
       </c>
       <c r="E219" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F219" s="0" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="G219" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H219" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L219" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="D220" s="0" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="E220" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F220" s="0"/>
       <c r="G220" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H220" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L220" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="E221" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F221" s="0"/>
       <c r="G221" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H221" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L221" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="D222" s="0">
         <v>5550.38</v>
       </c>
       <c r="E222" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F222" s="0"/>
       <c r="G222" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H222" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L222" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="D223" s="0">
         <v>5023.34</v>
       </c>
       <c r="E223" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F223" s="0" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="G223" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H223" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L223" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="D224" s="0">
         <v>5023.37</v>
       </c>
       <c r="E224" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F224" s="0" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="G224" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H224" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L224" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="E225" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F225" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G225" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H225" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L225" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="E226" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F226" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G226" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H226" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L226" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="D227" s="0">
         <v>5300.18</v>
       </c>
       <c r="E227" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F227" s="0" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="G227" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H227" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L227" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="D228" s="0">
         <v>5400.2</v>
       </c>
       <c r="E228" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F228" s="0" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="G228" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H228" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L228" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D229" s="0">
         <v>5300.22</v>
       </c>
       <c r="E229" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F229" s="0" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="G229" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H229" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L229" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="E230" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F230" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G230" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H230" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L230" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="D231" s="0">
         <v>8180.28</v>
       </c>
       <c r="E231" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F231" s="0" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="G231" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H231" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L231" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="D232" s="0">
         <v>8180.32</v>
       </c>
       <c r="E232" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F232" s="0" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="G232" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H232" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L232" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="D233" s="0">
         <v>8180.36</v>
       </c>
       <c r="E233" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F233" s="0" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="G233" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H233" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L233" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D234" s="0">
         <v>8140.14</v>
       </c>
       <c r="E234" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F234" s="0"/>
       <c r="G234" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H234" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L234" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="D235" s="0">
         <v>8185.22</v>
       </c>
       <c r="E235" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F235" s="0" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="G235" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H235" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L235" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="D236" s="0">
         <v>8185.26</v>
       </c>
       <c r="E236" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F236" s="0" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="G236" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H236" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L236" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="D237" s="0">
         <v>8184.38</v>
       </c>
       <c r="E237" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F237" s="0" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="G237" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H237" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L237" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D238" s="0">
         <v>8180.2</v>
       </c>
       <c r="E238" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F238" s="0" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="G238" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H238" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L238" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
       <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="D239" s="0">
         <v>8180.22</v>
       </c>
       <c r="E239" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F239" s="0" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="G239" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H239" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L239" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
       <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="D240" s="0">
         <v>8180.24</v>
       </c>
       <c r="E240" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F240" s="0" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="G240" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H240" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L240" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="D241" s="0">
         <v>8180.26</v>
       </c>
       <c r="E241" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F241" s="0" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="G241" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H241" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L241" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="D242" s="0">
         <v>8180.3</v>
       </c>
       <c r="E242" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F242" s="0" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="G242" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H242" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L242" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="A243" s="0"/>
       <c r="B243" s="0" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="D243" s="0">
         <v>8181.32</v>
       </c>
       <c r="E243" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F243" s="0" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="G243" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H243" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I243" s="1" t="s">
         <v>84</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L243" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="D244" s="0">
         <v>8181.36</v>
       </c>
       <c r="E244" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F244" s="0" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="G244" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H244" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L244" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="D245" s="0" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="E245" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F245" s="0"/>
       <c r="G245" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H245" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L245" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="A246" s="0"/>
       <c r="B246" s="0" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="D246" s="0" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="E246" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F246" s="0"/>
       <c r="G246" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H246" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L246" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
       <c r="A247" s="0"/>
       <c r="B247" s="0" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="D247" s="0" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="E247" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F247" s="0"/>
       <c r="G247" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H247" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L247" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="A248" s="0"/>
       <c r="B248" s="0" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="D248" s="0" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="E248" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F248" s="0"/>
       <c r="G248" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H248" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L248" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
       <c r="A249" s="0"/>
       <c r="B249" s="0" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="D249" s="0" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="E249" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F249" s="0"/>
       <c r="G249" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H249" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L249" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
       <c r="A250" s="0"/>
       <c r="B250" s="0" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="D250" s="0" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="E250" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F250" s="0"/>
       <c r="G250" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H250" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L250" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="A251" s="0"/>
       <c r="B251" s="0" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="D251" s="0" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="E251" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F251" s="0"/>
       <c r="G251" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H251" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L251" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
       <c r="A252" s="0"/>
       <c r="B252" s="0" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="D252" s="0" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="E252" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F252" s="0"/>
       <c r="G252" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H252" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L252" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="A253" s="0"/>
       <c r="B253" s="0" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="D253" s="0" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="E253" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F253" s="0"/>
       <c r="G253" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H253" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L253" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="A254" s="0"/>
       <c r="B254" s="0" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="D254" s="0" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="E254" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F254" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G254" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H254" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
         <v>124</v>
       </c>
       <c r="L254" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="A255" s="0"/>
       <c r="B255" s="0" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="D255" s="0" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="E255" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F255" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G255" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H255" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L255" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="A256" s="0"/>
       <c r="B256" s="0" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="D256" s="0">
         <v>669420</v>
       </c>
       <c r="E256" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F256" s="0" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="G256" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H256" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L256" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="A257" s="0"/>
       <c r="B257" s="0" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="D257" s="0" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="E257" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F257" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G257" s="0" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="H257" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="L257" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="A258" s="0"/>
       <c r="B258" s="0" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="D258" s="0" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="E258" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F258" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G258" s="0" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="H258" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="L258" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="A259" s="0"/>
       <c r="B259" s="0" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="D259" s="0" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="E259" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F259" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G259" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H259" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L259" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
       <c r="A260" s="0"/>
       <c r="B260" s="0" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="D260" s="0" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="E260" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F260" s="0"/>
       <c r="G260" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H260" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L260" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
       <c r="A261" s="0"/>
       <c r="B261" s="0" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C261" s="0" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="D261" s="0">
         <v>665136</v>
       </c>
       <c r="E261" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F261" s="0" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="G261" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H261" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L261" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="A262" s="0"/>
       <c r="B262" s="0" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="D262" s="0" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="E262" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F262" s="0"/>
       <c r="G262" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H262" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L262" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
       <c r="A263" s="0"/>
       <c r="B263" s="0" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="D263" s="0" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="E263" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F263" s="0"/>
       <c r="G263" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H263" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L263" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="A264" s="0"/>
       <c r="B264" s="0" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D264" s="0" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="E264" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F264" s="0"/>
       <c r="G264" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H264" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L264" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
       <c r="A265" s="0"/>
       <c r="B265" s="0" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="D265" s="0">
         <v>665116</v>
       </c>
       <c r="E265" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F265" s="0" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="G265" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H265" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="L265" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
       <c r="A266" s="0"/>
       <c r="B266" s="0" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="D266" s="0">
         <v>665122</v>
       </c>
       <c r="E266" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F266" s="0" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="G266" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H266" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L266" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
       <c r="A267" s="0"/>
       <c r="B267" s="0" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="D267" s="0">
         <v>665132</v>
       </c>
       <c r="E267" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F267" s="0" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="G267" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H267" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
         <v>124</v>
       </c>
       <c r="L267" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
       <c r="A268" s="0"/>
       <c r="B268" s="0" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="D268" s="0">
         <v>665140</v>
       </c>
       <c r="E268" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F268" s="0" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="G268" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H268" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L268" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="80">
       <c r="A269" s="0"/>
       <c r="B269" s="0" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="D269" s="0">
         <v>2022251</v>
       </c>
       <c r="E269" s="0" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="F269" s="0"/>
       <c r="G269" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H269" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="J269" s="0"/>
       <c r="K269" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L269" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="80">
       <c r="A270" s="0"/>
       <c r="B270" s="0" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="D270" s="0">
         <v>2022301</v>
       </c>
       <c r="E270" s="0" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="F270" s="0"/>
       <c r="G270" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H270" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="J270" s="0"/>
       <c r="K270" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L270" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="80">
       <c r="A271" s="0"/>
       <c r="B271" s="0" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="D271" s="0">
         <v>6224.24</v>
       </c>
       <c r="E271" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F271" s="0" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="G271" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H271" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="J271" s="0"/>
       <c r="K271" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L271" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="80">
       <c r="A272" s="0"/>
       <c r="B272" s="0" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="D272" s="0" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="E272" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F272" s="0"/>
       <c r="G272" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H272" s="0" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="J272" s="0"/>
       <c r="K272" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L272" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="80">
       <c r="A273" s="0"/>
       <c r="B273" s="0" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="C273" s="0" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="D273" s="0">
         <v>907528</v>
       </c>
       <c r="E273" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F273" s="0" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="G273" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H273" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="J273" s="0"/>
       <c r="K273" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L273" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="80">
       <c r="A274" s="0"/>
       <c r="B274" s="0" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="D274" s="0">
         <v>669424</v>
       </c>
       <c r="E274" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F274" s="0" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="G274" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H274" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="J274" s="0"/>
       <c r="K274" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L274" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="80">
       <c r="B275" s="0" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="C275" s="0" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="D275" s="0" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="E275" s="0"/>
       <c r="F275" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G275" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H275" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="J275" s="0"/>
       <c r="K275" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L275" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="80">
       <c r="A276" s="0"/>
       <c r="B276" s="0" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="D276" s="0" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="E276" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F276" s="0"/>
       <c r="G276" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H276" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="J276" s="0"/>
       <c r="K276" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L276" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="80">
       <c r="A277" s="0"/>
       <c r="B277" s="0" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="C277" s="0" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="D277" s="0" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="E277" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F277" s="0"/>
       <c r="G277" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H277" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="J277" s="0"/>
       <c r="K277" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L277" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="80">
       <c r="A278" s="0"/>
       <c r="B278" s="0" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="D278" s="0">
         <v>666128</v>
       </c>
       <c r="E278" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F278" s="0" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="G278" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H278" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="J278" s="0"/>
       <c r="K278" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L278" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="80">
       <c r="A279" s="0"/>
       <c r="B279" s="0" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="D279" s="0">
         <v>676128</v>
       </c>
       <c r="E279" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F279" s="0" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="G279" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H279" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="J279" s="0"/>
       <c r="K279" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L279" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="80">
       <c r="A280" s="0"/>
       <c r="B280" s="0" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="D280" s="0" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="E280" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F280" s="0"/>
       <c r="G280" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H280" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="J280" s="0"/>
       <c r="K280" s="0" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="L280" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="80">
       <c r="A281" s="0"/>
       <c r="B281" s="0" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="D281" s="0" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="E281" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F281" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G281" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H281" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="J281" s="0"/>
       <c r="K281" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L281" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="80">
       <c r="A282" s="0"/>
       <c r="B282" s="0" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="D282" s="0" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="E282" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F282" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G282" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H282" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="J282" s="0"/>
       <c r="K282" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L282" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="80">
       <c r="A283" s="0"/>
       <c r="B283" s="0" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="D283" s="0" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="E283" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F283" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G283" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H283" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="J283" s="0"/>
       <c r="K283" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L283" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="80">
       <c r="A284" s="0"/>
       <c r="B284" s="0" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="C284" s="0" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="D284" s="0">
         <v>678520</v>
       </c>
       <c r="E284" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F284" s="0" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="G284" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H284" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="J284" s="0"/>
       <c r="K284" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L284" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="80">
       <c r="A285" s="0"/>
       <c r="B285" s="0" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="D285" s="0">
         <v>678524</v>
       </c>
       <c r="E285" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F285" s="0" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="G285" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H285" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="J285" s="0"/>
       <c r="K285" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L285" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="80">
       <c r="A286" s="0"/>
       <c r="B286" s="0" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="C286" s="0" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="D286" s="0">
         <v>678528</v>
       </c>
       <c r="E286" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F286" s="0" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="G286" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H286" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="J286" s="0"/>
       <c r="K286" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L286" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="80">
       <c r="A287" s="0"/>
       <c r="B287" s="0" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="C287" s="0" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="D287" s="0">
         <v>678532</v>
       </c>
       <c r="E287" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F287" s="0" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="G287" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H287" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="J287" s="0"/>
       <c r="K287" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L287" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="80">
       <c r="A288" s="0"/>
       <c r="B288" s="0" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="C288" s="0" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="D288" s="0" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="E288" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F288" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G288" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H288" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="J288" s="0"/>
       <c r="K288" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L288" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="80">
       <c r="A289" s="0"/>
       <c r="B289" s="0" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="D289" s="0" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="E289" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F289" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G289" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H289" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="J289" s="0"/>
       <c r="K289" s="0" t="s">
-        <v>302</v>
+        <v>31</v>
       </c>
       <c r="L289" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="80">
       <c r="A290" s="0"/>
       <c r="B290" s="0" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="C290" s="0" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="D290" s="0" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="E290" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F290" s="0"/>
       <c r="G290" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H290" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I290" s="1" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="J290" s="0"/>
       <c r="K290" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L290" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="80">
       <c r="A291" s="0"/>
       <c r="B291" s="0" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="C291" s="0" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="D291" s="0" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="E291" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F291" s="0"/>
       <c r="G291" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H291" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="J291" s="0"/>
       <c r="K291" s="0" t="s">
-        <v>302</v>
+        <v>529</v>
       </c>
       <c r="L291" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="80">
       <c r="A292" s="0"/>
       <c r="B292" s="0" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C292" s="0" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="D292" s="0" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="E292" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F292" s="0"/>
       <c r="G292" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H292" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="J292" s="0"/>
       <c r="K292" s="0" t="s">
-        <v>20</v>
+        <v>124</v>
       </c>
       <c r="L292" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="80">
       <c r="A293" s="0"/>
       <c r="B293" s="0" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="C293" s="0" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="D293" s="0" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="E293" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F293" s="0"/>
       <c r="G293" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H293" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="J293" s="0"/>
       <c r="K293" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L293" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="80">
       <c r="A294" s="0"/>
       <c r="B294" s="0" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="C294" s="0" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="D294" s="0" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="E294" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F294" s="0"/>
       <c r="G294" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H294" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I294" s="1" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="J294" s="0"/>
       <c r="K294" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L294" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="80">
       <c r="A295" s="0"/>
       <c r="B295" s="0" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="D295" s="0" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="E295" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F295" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G295" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H295" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="J295" s="0"/>
       <c r="K295" s="0" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="L295" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="80">
       <c r="A296" s="0"/>
       <c r="B296" s="0" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="D296" s="0" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="E296" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F296" s="0"/>
       <c r="G296" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H296" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="J296" s="0"/>
       <c r="K296" s="0" t="s">
         <v>98</v>
       </c>
       <c r="L296" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="80">
       <c r="A297" s="0"/>
       <c r="B297" s="0" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="D297" s="0" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="E297" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F297" s="0"/>
       <c r="G297" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H297" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="J297" s="0"/>
       <c r="K297" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L297" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="80">
       <c r="A298" s="0"/>
       <c r="B298" s="0" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="D298" s="0" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="E298" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F298" s="0"/>
       <c r="G298" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H298" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I298" s="1" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="J298" s="0"/>
       <c r="K298" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L298" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="80">
       <c r="A299" s="0"/>
       <c r="B299" s="0" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="C299" s="0" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="D299" s="0" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="E299" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F299" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G299" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H299" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I299" s="1" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="J299" s="0"/>
       <c r="K299" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L299" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="80">
       <c r="A300" s="0"/>
       <c r="B300" s="0" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="D300" s="0" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="E300" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F300" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G300" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H300" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I300" s="1" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="J300" s="0"/>
       <c r="K300" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L300" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="80">
       <c r="A301" s="0"/>
       <c r="B301" s="0" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="D301" s="0" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="E301" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F301" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G301" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H301" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I301" s="1" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="J301" s="0"/>
       <c r="K301" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L301" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="80">
       <c r="A302" s="0"/>
       <c r="B302" s="0" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="C302" s="0" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="D302" s="0" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="E302" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F302" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G302" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H302" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I302" s="1" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="J302" s="0"/>
       <c r="K302" s="0" t="s">
-        <v>98</v>
+        <v>529</v>
       </c>
       <c r="L302" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="80">
       <c r="A303" s="0"/>
       <c r="B303" s="0" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="C303" s="0" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="D303" s="0" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="E303" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F303" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G303" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H303" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I303" s="1" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="J303" s="0"/>
       <c r="K303" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L303" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="80">
       <c r="A304" s="0"/>
       <c r="B304" s="0" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="C304" s="0" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="D304" s="0" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="E304" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F304" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G304" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H304" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I304" s="1" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="J304" s="0"/>
       <c r="K304" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L304" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="80">
       <c r="A305" s="0"/>
       <c r="B305" s="0" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="C305" s="0" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="D305" s="0" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="E305" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F305" s="0"/>
       <c r="G305" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H305" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I305" s="1" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="J305" s="0"/>
       <c r="K305" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L305" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="80">
       <c r="A306" s="0"/>
       <c r="B306" s="0" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="D306" s="0" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="E306" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F306" s="0"/>
       <c r="G306" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H306" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="J306" s="0"/>
       <c r="K306" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L306" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="80">
       <c r="A307" s="0"/>
       <c r="B307" s="0" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="D307" s="0" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="E307" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F307" s="0"/>
       <c r="G307" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H307" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I307" s="1" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="J307" s="0"/>
       <c r="K307" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L307" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="308" spans="1:12" customHeight="1" ht="80">
       <c r="A308" s="0"/>
       <c r="B308" s="0" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="D308" s="0" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="E308" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F308" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G308" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H308" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I308" s="1" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="J308" s="0"/>
       <c r="K308" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L308" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="80">
       <c r="A309" s="0"/>
       <c r="B309" s="0" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="D309" s="0" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="E309" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F309" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G309" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H309" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="J309" s="0"/>
       <c r="K309" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L309" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="80">
       <c r="A310" s="0"/>
       <c r="B310" s="0" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="D310" s="0" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="E310" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F310" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G310" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H310" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I310" s="1" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="J310" s="0"/>
       <c r="K310" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L310" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="80">
       <c r="A311" s="0"/>
       <c r="B311" s="0" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="D311" s="0" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="E311" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F311" s="0"/>
       <c r="G311" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H311" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="J311" s="0"/>
       <c r="K311" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L311" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="80">
       <c r="A312" s="0"/>
       <c r="B312" s="0" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="C312" s="0" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="D312" s="0" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="E312" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F312" s="0"/>
       <c r="G312" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H312" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="J312" s="0"/>
       <c r="K312" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L312" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="80">
       <c r="A313" s="0"/>
       <c r="B313" s="0" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="D313" s="0" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="E313" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F313" s="0"/>
       <c r="G313" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H313" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="J313" s="0"/>
       <c r="K313" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L313" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="80">
       <c r="A314" s="0"/>
       <c r="B314" s="0" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="C314" s="0" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="D314" s="0" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="E314" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F314" s="0"/>
       <c r="G314" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H314" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I314" s="1" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="J314" s="0"/>
       <c r="K314" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L314" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:12" customHeight="1" ht="80">
       <c r="A315" s="0"/>
       <c r="B315" s="0" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="C315" s="0" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="D315" s="0" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="E315" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F315" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G315" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H315" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I315" s="1" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="J315" s="0"/>
       <c r="K315" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L315" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="316" spans="1:12" customHeight="1" ht="80">
       <c r="A316" s="0"/>
       <c r="B316" s="0" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="C316" s="0" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="D316" s="0" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="E316" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F316" s="0"/>
       <c r="G316" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H316" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I316" s="1" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="J316" s="0"/>
       <c r="K316" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L316" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="80">
       <c r="A317" s="0"/>
       <c r="B317" s="0" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="C317" s="0" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="D317" s="0" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="E317" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F317" s="0"/>
       <c r="G317" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H317" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="J317" s="0"/>
       <c r="K317" s="0" t="s">
-        <v>360</v>
+        <v>89</v>
       </c>
       <c r="L317" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="80">
       <c r="A318" s="0"/>
       <c r="B318" s="0" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="D318" s="0" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="E318" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F318" s="0"/>
       <c r="G318" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H318" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="J318" s="0"/>
       <c r="K318" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L318" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:12" customHeight="1" ht="80">
       <c r="A319" s="0"/>
       <c r="B319" s="0" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="C319" s="0" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="D319" s="0" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="E319" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F319" s="0"/>
       <c r="G319" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H319" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I319" s="1" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="J319" s="0"/>
       <c r="K319" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L319" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="80">
       <c r="A320" s="0"/>
       <c r="B320" s="0" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="C320" s="0" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="D320" s="0" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="E320" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F320" s="0"/>
       <c r="G320" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H320" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I320" s="1" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="J320" s="0"/>
       <c r="K320" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L320" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="80">
       <c r="A321" s="0"/>
       <c r="B321" s="0" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="D321" s="0" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="E321" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F321" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G321" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H321" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I321" s="1" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="J321" s="0"/>
       <c r="K321" s="0" t="s">
         <v>124</v>
       </c>
       <c r="L321" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="80">
       <c r="A322" s="0"/>
       <c r="B322" s="0" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="C322" s="0" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="D322" s="0" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="E322" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F322" s="0"/>
       <c r="G322" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H322" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="J322" s="0"/>
       <c r="K322" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L322" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="323" spans="1:12" customHeight="1" ht="80">
       <c r="A323" s="0"/>
       <c r="B323" s="0" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="C323" s="0" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="D323" s="0" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="E323" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F323" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G323" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H323" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I323" s="1" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="J323" s="0"/>
       <c r="K323" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L323" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="324" spans="1:12" customHeight="1" ht="80">
       <c r="A324" s="0"/>
       <c r="B324" s="0" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C324" s="0" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="D324" s="0" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="E324" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F324" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G324" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H324" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I324" s="1" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="J324" s="0"/>
       <c r="K324" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L324" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="325" spans="1:12" customHeight="1" ht="80">
       <c r="A325" s="0"/>
       <c r="B325" s="0" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="C325" s="0" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="D325" s="0" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="E325" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F325" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G325" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H325" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I325" s="1" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="J325" s="0"/>
       <c r="K325" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L325" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:12" customHeight="1" ht="80">
       <c r="A326" s="0"/>
       <c r="B326" s="0" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="C326" s="0" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="D326" s="0" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="E326" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F326" s="0" t="s">
         <v>132</v>
       </c>
       <c r="G326" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H326" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I326" s="1" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="J326" s="0"/>
       <c r="K326" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L326" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="327" spans="1:12" customHeight="1" ht="80">
       <c r="A327" s="0"/>
       <c r="B327" s="0" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="C327" s="0" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="D327" s="0" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="E327" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F327" s="0"/>
       <c r="G327" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H327" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I327" s="1" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="J327" s="0"/>
       <c r="K327" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L327" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:12" customHeight="1" ht="80">
       <c r="A328" s="0"/>
       <c r="B328" s="0" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="C328" s="0" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="D328" s="0" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="E328" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F328" s="0"/>
       <c r="G328" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H328" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I328" s="1" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="J328" s="0"/>
       <c r="K328" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L328" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:12" customHeight="1" ht="80">
       <c r="A329" s="0"/>
       <c r="B329" s="0" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="C329" s="0" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="D329" s="0">
         <v>2020251</v>
       </c>
       <c r="E329" s="0" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="F329" s="0"/>
       <c r="G329" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H329" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I329" s="1" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="J329" s="0"/>
       <c r="K329" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L329" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:12" customHeight="1" ht="80">
       <c r="A330" s="0"/>
       <c r="B330" s="0" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="C330" s="0" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="D330" s="0" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="E330" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F330" s="0"/>
       <c r="G330" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H330" s="0" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="I330" s="1" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="J330" s="0"/>
       <c r="K330" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L330" s="0"/>
     </row>
     <row r="331" spans="1:12" customHeight="1" ht="80">
       <c r="A331" s="0"/>
       <c r="B331" s="0" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="C331" s="0" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="D331" s="0" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="E331" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F331" s="0"/>
       <c r="G331" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H331" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I331" s="1" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="J331" s="0"/>
       <c r="K331" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L331" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:12" customHeight="1" ht="80">
       <c r="A332" s="0"/>
       <c r="B332" s="0" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="C332" s="0" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="D332" s="0">
         <v>669428</v>
       </c>
       <c r="E332" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F332" s="0" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="G332" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H332" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I332" s="1" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="J332" s="0"/>
       <c r="K332" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L332" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="333" spans="1:12" customHeight="1" ht="80">
       <c r="A333" s="0"/>
       <c r="B333" s="0" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="C333" s="0" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="D333" s="0" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="E333" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F333" s="0"/>
       <c r="G333" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H333" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I333" s="1" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="J333" s="0"/>
       <c r="K333" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L333" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:12" customHeight="1" ht="80">
       <c r="A334" s="0"/>
       <c r="B334" s="0" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="D334" s="0">
         <v>685024</v>
       </c>
       <c r="E334" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F334" s="0" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="G334" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H334" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I334" s="1" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="J334" s="0"/>
       <c r="K334" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L334" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:12" customHeight="1" ht="80">
       <c r="A335" s="0"/>
       <c r="B335" s="0" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="C335" s="0" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="D335" s="0">
         <v>685028</v>
       </c>
       <c r="E335" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F335" s="0" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="G335" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H335" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I335" s="1" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="J335" s="0"/>
       <c r="K335" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L335" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:12" customHeight="1" ht="80">
       <c r="A336" s="0"/>
       <c r="B336" s="0" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="D336" s="0">
         <v>687835</v>
       </c>
       <c r="E336" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F336" s="0"/>
       <c r="G336" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H336" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I336" s="1" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="J336" s="0"/>
       <c r="K336" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L336" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:12" customHeight="1" ht="80">
       <c r="A337" s="0"/>
       <c r="B337" s="0" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="D337" s="0" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="E337" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F337" s="0"/>
       <c r="G337" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H337" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I337" s="1" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="J337" s="0"/>
       <c r="K337" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L337" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="338" spans="1:12" customHeight="1" ht="80">
       <c r="A338" s="0"/>
       <c r="B338" s="0" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="C338" s="0" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="D338" s="0">
         <v>666228</v>
       </c>
       <c r="E338" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F338" s="0" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="G338" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H338" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I338" s="1" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="J338" s="0"/>
       <c r="K338" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L338" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:12" customHeight="1" ht="80">
       <c r="A339" s="0"/>
       <c r="B339" s="0" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="C339" s="0" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="D339" s="0" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="E339" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F339" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G339" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H339" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I339" s="1" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="J339" s="0"/>
       <c r="K339" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L339" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="340" spans="1:12" customHeight="1" ht="80">
       <c r="A340" s="0"/>
       <c r="B340" s="0" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="C340" s="0" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="D340" s="0">
         <v>12825</v>
       </c>
       <c r="E340" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F340" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G340" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H340" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I340" s="1" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="J340" s="0"/>
       <c r="K340" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L340" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:12" customHeight="1" ht="80">
       <c r="A341" s="0"/>
       <c r="B341" s="0" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="C341" s="0" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="D341" s="0">
         <v>12180</v>
       </c>
       <c r="E341" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F341" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G341" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H341" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I341" s="1" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="J341" s="0"/>
       <c r="K341" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L341" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="342" spans="1:12" customHeight="1" ht="80">
       <c r="A342" s="0"/>
       <c r="B342" s="0" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="C342" s="0" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="D342" s="0" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="E342" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F342" s="0"/>
       <c r="G342" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H342" s="0" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="I342" s="1" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="J342" s="0"/>
       <c r="K342" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L342" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:12" customHeight="1" ht="80">
       <c r="A343" s="0"/>
       <c r="B343" s="0" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="C343" s="0" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="D343" s="0" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="E343" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F343" s="0">
         <v>1100</v>
       </c>
       <c r="G343" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H343" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I343" s="1" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="J343" s="0"/>
       <c r="K343" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L343" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="344" spans="1:12" customHeight="1" ht="80">
       <c r="A344" s="0"/>
       <c r="B344" s="0" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="C344" s="0" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="D344" s="0" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="E344" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F344" s="0">
         <v>1100</v>
       </c>
       <c r="G344" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H344" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I344" s="1" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="J344" s="0"/>
       <c r="K344" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L344" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="345" spans="1:12" customHeight="1" ht="80">
       <c r="A345" s="0"/>
       <c r="B345" s="0" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="C345" s="0" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="D345" s="0" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="E345" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F345" s="0">
         <v>1100</v>
       </c>
       <c r="G345" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H345" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I345" s="1" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="J345" s="0"/>
       <c r="K345" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L345" s="0"/>
     </row>
     <row r="346" spans="1:12" customHeight="1" ht="80">
       <c r="A346" s="0"/>
       <c r="B346" s="0" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="C346" s="0" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="D346" s="0" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="E346" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F346" s="0"/>
       <c r="G346" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H346" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I346" s="1" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="J346" s="0"/>
       <c r="K346" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L346" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:12" customHeight="1" ht="80">
       <c r="A347" s="0"/>
       <c r="B347" s="0" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="C347" s="0" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="D347" s="0">
         <v>685032</v>
       </c>
       <c r="E347" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F347" s="0" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="G347" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H347" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I347" s="1" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="J347" s="0"/>
       <c r="K347" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L347" s="0"/>
     </row>
     <row r="348" spans="1:12" customHeight="1" ht="80">
       <c r="A348" s="0"/>
       <c r="B348" s="0" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="C348" s="0" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="D348" s="0" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="E348" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F348" s="0" t="s">
         <v>132</v>
       </c>
       <c r="G348" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H348" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="J348" s="0"/>
       <c r="K348" s="0" t="s">
-        <v>20</v>
+        <v>529</v>
       </c>
       <c r="L348" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="349" spans="1:12" customHeight="1" ht="80">
       <c r="A349" s="0"/>
       <c r="B349" s="0" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="C349" s="0" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="D349" s="0" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="E349" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F349" s="0" t="s">
         <v>132</v>
       </c>
       <c r="G349" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H349" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I349" s="1" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="J349" s="0"/>
       <c r="K349" s="0" t="s">
-        <v>1365</v>
+        <v>624</v>
       </c>
       <c r="L349" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="350" spans="1:12" customHeight="1" ht="80">
       <c r="A350" s="0"/>
       <c r="B350" s="0" t="s">
         <v>1366</v>
       </c>
       <c r="C350" s="0" t="s">
         <v>1367</v>
       </c>
       <c r="D350" s="0" t="s">
         <v>1368</v>
       </c>
       <c r="E350" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F350" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G350" s="0" t="s">
         <v>41</v>
       </c>
@@ -37924,156 +37948,156 @@
         <v>29</v>
       </c>
       <c r="I350" s="1" t="s">
         <v>1369</v>
       </c>
       <c r="J350" s="0"/>
       <c r="K350" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L350" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:12" customHeight="1" ht="80">
       <c r="A351" s="0"/>
       <c r="B351" s="0" t="s">
         <v>1370</v>
       </c>
       <c r="C351" s="0" t="s">
         <v>1371</v>
       </c>
       <c r="D351" s="0">
         <v>372020</v>
       </c>
       <c r="E351" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F351" s="0" t="s">
         <v>1372</v>
       </c>
       <c r="G351" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H351" s="0" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="I351" s="1" t="s">
         <v>1373</v>
       </c>
       <c r="J351" s="0"/>
       <c r="K351" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L351" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:12" customHeight="1" ht="80">
       <c r="A352" s="0"/>
       <c r="B352" s="0" t="s">
         <v>1374</v>
       </c>
       <c r="C352" s="0" t="s">
         <v>1375</v>
       </c>
       <c r="D352" s="0" t="s">
         <v>1376</v>
       </c>
       <c r="E352" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F352" s="0"/>
       <c r="G352" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H352" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I352" s="1" t="s">
         <v>1377</v>
       </c>
       <c r="J352" s="0"/>
       <c r="K352" s="0" t="s">
         <v>1378</v>
       </c>
       <c r="L352" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="353" spans="1:12" customHeight="1" ht="80">
       <c r="A353" s="0"/>
       <c r="B353" s="0" t="s">
         <v>1379</v>
       </c>
       <c r="C353" s="0" t="s">
         <v>1380</v>
       </c>
       <c r="D353" s="0" t="s">
         <v>1381</v>
       </c>
       <c r="E353" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F353" s="0"/>
       <c r="G353" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H353" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I353" s="1" t="s">
         <v>1382</v>
       </c>
       <c r="J353" s="0"/>
       <c r="K353" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L353" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="354" spans="1:12" customHeight="1" ht="80">
       <c r="A354" s="0"/>
       <c r="B354" s="0" t="s">
         <v>1383</v>
       </c>
       <c r="C354" s="0" t="s">
         <v>1384</v>
       </c>
       <c r="D354" s="0" t="s">
         <v>1385</v>
       </c>
       <c r="E354" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F354" s="0"/>
       <c r="G354" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H354" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I354" s="1" t="s">
         <v>1386</v>
       </c>
       <c r="J354" s="0"/>
       <c r="K354" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L354" s="0"/>
     </row>
     <row r="355" spans="1:12" customHeight="1" ht="80">
       <c r="A355" s="0"/>
       <c r="B355" s="0" t="s">
         <v>1387</v>
       </c>
       <c r="C355" s="0" t="s">
         <v>1388</v>
       </c>
       <c r="D355" s="0" t="s">
         <v>1389</v>
       </c>
       <c r="E355" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F355" s="0" t="s">
@@ -38095,58 +38119,58 @@
       <c r="L355" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:12" customHeight="1" ht="80">
       <c r="A356" s="0"/>
       <c r="B356" s="0" t="s">
         <v>1392</v>
       </c>
       <c r="C356" s="0" t="s">
         <v>1393</v>
       </c>
       <c r="D356" s="0" t="s">
         <v>1394</v>
       </c>
       <c r="E356" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F356" s="0" t="s">
         <v>1390</v>
       </c>
       <c r="G356" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H356" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I356" s="1" t="s">
         <v>1395</v>
       </c>
       <c r="J356" s="0"/>
       <c r="K356" s="0" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="L356" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="357" spans="1:12" customHeight="1" ht="80">
       <c r="A357" s="0"/>
       <c r="B357" s="0" t="s">
         <v>1396</v>
       </c>
       <c r="C357" s="0" t="s">
         <v>1397</v>
       </c>
       <c r="D357" s="0" t="s">
         <v>1398</v>
       </c>
       <c r="E357" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F357" s="0"/>
       <c r="G357" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H357" s="0" t="s">
         <v>18</v>
@@ -38392,85 +38416,85 @@
         <v>1427</v>
       </c>
       <c r="C365" s="0" t="s">
         <v>1428</v>
       </c>
       <c r="D365" s="0">
         <v>654189</v>
       </c>
       <c r="E365" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F365" s="0" t="s">
         <v>1429</v>
       </c>
       <c r="G365" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H365" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I365" s="1" t="s">
         <v>1430</v>
       </c>
       <c r="J365" s="0"/>
       <c r="K365" s="0" t="s">
-        <v>236</v>
+        <v>44</v>
       </c>
       <c r="L365" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="366" spans="1:12" customHeight="1" ht="80">
       <c r="A366" s="0"/>
       <c r="B366" s="0" t="s">
         <v>1431</v>
       </c>
       <c r="C366" s="0" t="s">
         <v>1432</v>
       </c>
       <c r="D366" s="0">
         <v>654192</v>
       </c>
       <c r="E366" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F366" s="0" t="s">
         <v>1429</v>
       </c>
       <c r="G366" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H366" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I366" s="1" t="s">
         <v>1433</v>
       </c>
       <c r="J366" s="0"/>
       <c r="K366" s="0" t="s">
-        <v>236</v>
+        <v>44</v>
       </c>
       <c r="L366" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="367" spans="1:12" customHeight="1" ht="80">
       <c r="A367" s="0"/>
       <c r="B367" s="0" t="s">
         <v>1434</v>
       </c>
       <c r="C367" s="0" t="s">
         <v>1435</v>
       </c>
       <c r="D367" s="0">
         <v>1566014</v>
       </c>
       <c r="E367" s="0" t="s">
         <v>1436</v>
       </c>
       <c r="F367" s="0" t="s">
         <v>1437</v>
       </c>
       <c r="G367" s="0" t="s">
         <v>41</v>
       </c>
@@ -38744,51 +38768,51 @@
         <v>1467</v>
       </c>
       <c r="C376" s="0" t="s">
         <v>1468</v>
       </c>
       <c r="D376" s="0" t="s">
         <v>1469</v>
       </c>
       <c r="E376" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F376" s="0" t="s">
         <v>1470</v>
       </c>
       <c r="G376" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H376" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I376" s="1" t="s">
         <v>1471</v>
       </c>
       <c r="J376" s="0"/>
       <c r="K376" s="0" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="L376" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="377" spans="1:12" customHeight="1" ht="80">
       <c r="A377" s="0"/>
       <c r="B377" s="0" t="s">
         <v>1472</v>
       </c>
       <c r="C377" s="0" t="s">
         <v>1473</v>
       </c>
       <c r="D377" s="0" t="s">
         <v>1474</v>
       </c>
       <c r="E377" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F377" s="0"/>
       <c r="G377" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H377" s="0" t="s">
         <v>18</v>
@@ -38810,573 +38834,573 @@
         <v>1476</v>
       </c>
       <c r="C378" s="0" t="s">
         <v>1477</v>
       </c>
       <c r="D378" s="0" t="s">
         <v>1478</v>
       </c>
       <c r="E378" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F378" s="0" t="s">
         <v>1470</v>
       </c>
       <c r="G378" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H378" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I378" s="1" t="s">
         <v>1479</v>
       </c>
       <c r="J378" s="0"/>
       <c r="K378" s="0" t="s">
-        <v>360</v>
+        <v>1480</v>
       </c>
       <c r="L378" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="379" spans="1:12" customHeight="1" ht="80">
       <c r="A379" s="0"/>
       <c r="B379" s="0" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="C379" s="0" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="D379" s="0" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="E379" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F379" s="0"/>
       <c r="G379" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H379" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I379" s="1" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="J379" s="0"/>
       <c r="K379" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L379" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="380" spans="1:12" customHeight="1" ht="80">
       <c r="A380" s="0"/>
       <c r="B380" s="0" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="C380" s="0" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="D380" s="0" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="E380" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F380" s="0"/>
       <c r="G380" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H380" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I380" s="1" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="J380" s="0"/>
       <c r="K380" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L380" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:12" customHeight="1" ht="80">
       <c r="A381" s="0"/>
       <c r="B381" s="0" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="C381" s="0" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="D381" s="0" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="E381" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F381" s="0"/>
       <c r="G381" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H381" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I381" s="1" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="J381" s="0"/>
       <c r="K381" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L381" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:12" customHeight="1" ht="80">
       <c r="A382" s="0"/>
       <c r="B382" s="0" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="C382" s="0" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="D382" s="0" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="E382" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F382" s="0"/>
       <c r="G382" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H382" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I382" s="1" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="J382" s="0"/>
       <c r="K382" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L382" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="383" spans="1:12" customHeight="1" ht="80">
       <c r="A383" s="0"/>
       <c r="B383" s="0" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="C383" s="0" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="D383" s="0" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="E383" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F383" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G383" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H383" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I383" s="1" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="J383" s="0"/>
       <c r="K383" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L383" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="384" spans="1:12" customHeight="1" ht="80">
       <c r="A384" s="0"/>
       <c r="B384" s="0" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="C384" s="0" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="D384" s="0" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="E384" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F384" s="0"/>
       <c r="G384" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H384" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I384" s="1" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="J384" s="0"/>
       <c r="K384" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L384" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="385" spans="1:12" customHeight="1" ht="80">
       <c r="A385" s="0"/>
       <c r="B385" s="0" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="C385" s="0" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="D385" s="0" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="E385" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F385" s="0"/>
       <c r="G385" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H385" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I385" s="1" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="J385" s="0"/>
       <c r="K385" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L385" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:12" customHeight="1" ht="80">
       <c r="A386" s="0"/>
       <c r="B386" s="0" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="C386" s="0" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="D386" s="0" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="E386" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F386" s="0"/>
       <c r="G386" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H386" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I386" s="1" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="J386" s="0"/>
       <c r="K386" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L386" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:12" customHeight="1" ht="80">
       <c r="A387" s="0"/>
       <c r="B387" s="0" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="C387" s="0" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="D387" s="0" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="E387" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F387" s="0"/>
       <c r="G387" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H387" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I387" s="1" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="J387" s="0"/>
       <c r="K387" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L387" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="388" spans="1:12" customHeight="1" ht="80">
       <c r="A388" s="0"/>
       <c r="B388" s="0" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="C388" s="0" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="D388" s="0" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="E388" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F388" s="0"/>
       <c r="G388" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H388" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I388" s="1" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="J388" s="0"/>
       <c r="K388" s="0" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="L388" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="389" spans="1:12" customHeight="1" ht="80">
       <c r="A389" s="0"/>
       <c r="B389" s="0" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="C389" s="0" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="D389" s="0" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="E389" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F389" s="0"/>
       <c r="G389" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H389" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I389" s="1" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="J389" s="0"/>
       <c r="K389" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L389" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="390" spans="1:12" customHeight="1" ht="80">
       <c r="A390" s="0"/>
       <c r="B390" s="0" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="C390" s="0" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="D390" s="0" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="E390" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F390" s="0"/>
       <c r="G390" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H390" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I390" s="1" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="J390" s="0"/>
       <c r="K390" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L390" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="391" spans="1:12" customHeight="1" ht="80">
       <c r="A391" s="0"/>
       <c r="B391" s="0" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="C391" s="0" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="D391" s="0" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="E391" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F391" s="0" t="s">
         <v>1390</v>
       </c>
       <c r="G391" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H391" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I391" s="1" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="J391" s="0"/>
       <c r="K391" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L391" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="392" spans="1:12" customHeight="1" ht="80">
       <c r="A392" s="0"/>
       <c r="B392" s="0" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="C392" s="0" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="D392" s="0" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="E392" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F392" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G392" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H392" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I392" s="1" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="J392" s="0"/>
       <c r="K392" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L392" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="393" spans="1:12" customHeight="1" ht="80">
       <c r="A393" s="0"/>
       <c r="B393" s="0" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="C393" s="0" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="D393" s="0" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="E393" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F393" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G393" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H393" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I393" s="1" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="J393" s="0"/>
       <c r="K393" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L393" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="394" spans="1:12" customHeight="1" ht="80">
       <c r="A394" s="0"/>
       <c r="B394" s="0" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="C394" s="0" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="D394" s="0" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="E394" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F394" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G394" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H394" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I394" s="1" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="J394" s="0"/>
       <c r="K394" s="0" t="s">
-        <v>1545</v>
+        <v>569</v>
       </c>
       <c r="L394" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="395" spans="1:12" customHeight="1" ht="80">
       <c r="A395" s="0"/>
       <c r="B395" s="0" t="s">
         <v>1546</v>
       </c>
       <c r="C395" s="0" t="s">
         <v>1547</v>
       </c>
       <c r="D395" s="0" t="s">
         <v>1548</v>
       </c>
       <c r="E395" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F395" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G395" s="0" t="s">
         <v>152</v>
       </c>
@@ -39502,7817 +39526,7846 @@
         <v>1563</v>
       </c>
       <c r="C399" s="0" t="s">
         <v>1564</v>
       </c>
       <c r="D399" s="0" t="s">
         <v>1565</v>
       </c>
       <c r="E399" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F399" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G399" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H399" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I399" s="1" t="s">
         <v>1566</v>
       </c>
       <c r="J399" s="0"/>
       <c r="K399" s="0" t="s">
-        <v>1545</v>
+        <v>1567</v>
       </c>
       <c r="L399" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="400" spans="1:12" customHeight="1" ht="80">
       <c r="A400" s="0"/>
       <c r="B400" s="0" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="C400" s="0" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="D400" s="0" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="E400" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F400" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G400" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H400" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I400" s="1" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="J400" s="0"/>
       <c r="K400" s="0" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="L400" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="401" spans="1:12" customHeight="1" ht="80">
       <c r="A401" s="0"/>
       <c r="B401" s="0" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="C401" s="0" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="D401" s="0" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="E401" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F401" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G401" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H401" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I401" s="1" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="J401" s="0"/>
       <c r="K401" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L401" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="402" spans="1:12" customHeight="1" ht="80">
       <c r="A402" s="0"/>
       <c r="B402" s="0" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="C402" s="0" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="D402" s="0" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="E402" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F402" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G402" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H402" s="0" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="I402" s="1" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="J402" s="0"/>
       <c r="K402" s="0" t="s">
-        <v>1545</v>
+        <v>569</v>
       </c>
       <c r="L402" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="403" spans="1:12" customHeight="1" ht="80">
       <c r="A403" s="0"/>
       <c r="B403" s="0" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="C403" s="0" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="D403" s="0" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="E403" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F403" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G403" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H403" s="0" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="I403" s="1" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="J403" s="0"/>
       <c r="K403" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L403" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="404" spans="1:12" customHeight="1" ht="80">
       <c r="A404" s="0"/>
       <c r="B404" s="0" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="C404" s="0" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="D404" s="0">
         <v>4012180</v>
       </c>
       <c r="E404" s="0" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="F404" s="0"/>
       <c r="G404" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H404" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I404" s="1" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="J404" s="0"/>
       <c r="K404" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L404" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="405" spans="1:12" customHeight="1" ht="80">
       <c r="A405" s="0"/>
       <c r="B405" s="0" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="C405" s="0" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="D405" s="0">
         <v>5610.28</v>
       </c>
       <c r="E405" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F405" s="0" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="G405" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H405" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I405" s="1" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="J405" s="0"/>
       <c r="K405" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L405" s="0"/>
     </row>
     <row r="406" spans="1:12" customHeight="1" ht="80">
       <c r="A406" s="0"/>
       <c r="B406" s="0" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="C406" s="0" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="D406" s="0" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="E406" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F406" s="0"/>
       <c r="G406" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H406" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I406" s="1" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="J406" s="0"/>
       <c r="K406" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L406" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="407" spans="1:12" customHeight="1" ht="80">
       <c r="A407" s="0"/>
       <c r="B407" s="0" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="C407" s="0" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="D407" s="0" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="E407" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F407" s="0"/>
       <c r="G407" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H407" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I407" s="1" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="J407" s="0"/>
       <c r="K407" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L407" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="408" spans="1:12" customHeight="1" ht="80">
       <c r="A408" s="0"/>
       <c r="B408" s="0" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="C408" s="0" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="D408" s="0">
         <v>6224.32</v>
       </c>
       <c r="E408" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F408" s="0" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="G408" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H408" s="0" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="I408" s="1" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="J408" s="0"/>
       <c r="K408" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L408" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="409" spans="1:12" customHeight="1" ht="80">
       <c r="A409" s="0"/>
       <c r="B409" s="0" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="C409" s="0" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="D409" s="0" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="E409" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F409" s="0"/>
       <c r="G409" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H409" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I409" s="1" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="J409" s="0"/>
       <c r="K409" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L409" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="410" spans="1:12" customHeight="1" ht="80">
       <c r="A410" s="0"/>
       <c r="B410" s="0" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="C410" s="0" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="D410" s="0">
         <v>908040</v>
       </c>
       <c r="E410" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F410" s="0" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="G410" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H410" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I410" s="1" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="J410" s="0"/>
       <c r="K410" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L410" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="411" spans="1:12" customHeight="1" ht="80">
       <c r="A411" s="0"/>
       <c r="B411" s="0" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="C411" s="0" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="D411" s="0" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="E411" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F411" s="0"/>
       <c r="G411" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H411" s="0" t="s">
         <v>42</v>
       </c>
       <c r="I411" s="1" t="s">
         <v>1458</v>
       </c>
       <c r="J411" s="0"/>
       <c r="K411" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L411" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="412" spans="1:12" customHeight="1" ht="80">
       <c r="A412" s="0"/>
       <c r="B412" s="0" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="C412" s="0" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="D412" s="0" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="E412" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F412" s="0"/>
       <c r="G412" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H412" s="0" t="s">
         <v>42</v>
       </c>
       <c r="I412" s="1" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="J412" s="0"/>
       <c r="K412" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L412" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="413" spans="1:12" customHeight="1" ht="80">
       <c r="A413" s="0"/>
       <c r="B413" s="0" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="C413" s="0" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="D413" s="0">
         <v>3750.2</v>
       </c>
       <c r="E413" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F413" s="0"/>
       <c r="G413" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H413" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I413" s="1" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="J413" s="0"/>
       <c r="K413" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L413" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="414" spans="1:12" customHeight="1" ht="80">
       <c r="A414" s="0"/>
       <c r="B414" s="0" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="C414" s="0" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="D414" s="0">
         <v>3750.24</v>
       </c>
       <c r="E414" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F414" s="0"/>
       <c r="G414" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H414" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I414" s="1" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="J414" s="0"/>
       <c r="K414" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L414" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="415" spans="1:12" customHeight="1" ht="80">
       <c r="A415" s="0"/>
       <c r="B415" s="0" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="C415" s="0" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="D415" s="0">
         <v>3750.28</v>
       </c>
       <c r="E415" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F415" s="0"/>
       <c r="G415" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H415" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I415" s="1" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="J415" s="0"/>
       <c r="K415" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L415" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="416" spans="1:12" customHeight="1" ht="80">
       <c r="A416" s="0"/>
       <c r="B416" s="0" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="C416" s="0" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="D416" s="0" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="E416" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F416" s="0" t="s">
         <v>1470</v>
       </c>
       <c r="G416" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H416" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I416" s="1" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="J416" s="0"/>
       <c r="K416" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L416" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="417" spans="1:12" customHeight="1" ht="80">
       <c r="A417" s="0"/>
       <c r="B417" s="0" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="C417" s="0" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="D417" s="0">
         <v>665224</v>
       </c>
       <c r="E417" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F417" s="0" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="G417" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H417" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I417" s="1" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="J417" s="0"/>
       <c r="K417" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L417" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="418" spans="1:12" customHeight="1" ht="80">
       <c r="A418" s="0"/>
       <c r="B418" s="0" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="C418" s="0" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="D418" s="0">
         <v>665228</v>
       </c>
       <c r="E418" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F418" s="0" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="G418" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H418" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I418" s="1" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="J418" s="0"/>
       <c r="K418" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L418" s="0"/>
     </row>
     <row r="419" spans="1:12" customHeight="1" ht="80">
       <c r="A419" s="0"/>
       <c r="B419" s="0" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="C419" s="0" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="D419" s="0">
         <v>665232</v>
       </c>
       <c r="E419" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F419" s="0" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="G419" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H419" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I419" s="1" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="J419" s="0"/>
       <c r="K419" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L419" s="0"/>
     </row>
     <row r="420" spans="1:12" customHeight="1" ht="80">
       <c r="A420" s="0"/>
       <c r="B420" s="0" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="C420" s="0" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="D420" s="0" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="E420" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F420" s="0" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="G420" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H420" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I420" s="1" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="J420" s="0"/>
       <c r="K420" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L420" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="421" spans="1:12" customHeight="1" ht="80">
       <c r="A421" s="0"/>
       <c r="B421" s="0" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="C421" s="0" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="D421" s="0" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="E421" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F421" s="0"/>
       <c r="G421" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H421" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I421" s="1" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="J421" s="0"/>
       <c r="K421" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L421" s="0"/>
     </row>
     <row r="422" spans="1:12" customHeight="1" ht="80">
       <c r="A422" s="0"/>
       <c r="B422" s="0" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="C422" s="0" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="D422" s="0" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="E422" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F422" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G422" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H422" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I422" s="1" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="J422" s="0"/>
       <c r="K422" s="0" t="s">
-        <v>1545</v>
+        <v>1567</v>
       </c>
       <c r="L422" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="423" spans="1:12" customHeight="1" ht="80">
       <c r="A423" s="0"/>
       <c r="B423" s="0" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="C423" s="0" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="D423" s="0" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="E423" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F423" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G423" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H423" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I423" s="1" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="J423" s="0"/>
       <c r="K423" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L423" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="424" spans="1:12" customHeight="1" ht="80">
       <c r="A424" s="0"/>
       <c r="B424" s="0" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="C424" s="0" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="D424" s="0" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="E424" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F424" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G424" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H424" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I424" s="1" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="J424" s="0"/>
       <c r="K424" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L424" s="0"/>
     </row>
     <row r="425" spans="1:12" customHeight="1" ht="80">
       <c r="A425" s="0"/>
       <c r="B425" s="0" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="C425" s="0" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="D425" s="0" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="E425" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F425" s="0" t="s">
         <v>1390</v>
       </c>
       <c r="G425" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H425" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I425" s="1" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="J425" s="0"/>
       <c r="K425" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L425" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="426" spans="1:12" customHeight="1" ht="80">
       <c r="A426" s="0"/>
       <c r="B426" s="0" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="C426" s="0" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="D426" s="0" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="E426" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F426" s="0" t="s">
         <v>1390</v>
       </c>
       <c r="G426" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H426" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I426" s="1" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="J426" s="0"/>
       <c r="K426" s="0" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="L426" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="427" spans="1:12" customHeight="1" ht="80">
       <c r="A427" s="0"/>
       <c r="B427" s="0" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="C427" s="0" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="D427" s="0" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="E427" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F427" s="0" t="s">
         <v>1390</v>
       </c>
       <c r="G427" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H427" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I427" s="1" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="J427" s="0"/>
       <c r="K427" s="0" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="L427" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="428" spans="1:12" customHeight="1" ht="80">
       <c r="A428" s="0"/>
       <c r="B428" s="0" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="C428" s="0" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="D428" s="0" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="E428" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F428" s="0" t="s">
         <v>1390</v>
       </c>
       <c r="G428" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H428" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I428" s="1" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="J428" s="0"/>
       <c r="K428" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L428" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="429" spans="1:12" customHeight="1" ht="80">
       <c r="A429" s="0"/>
       <c r="B429" s="0" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="C429" s="0" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="D429" s="0" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="E429" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F429" s="0"/>
       <c r="G429" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H429" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I429" s="1" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="J429" s="0"/>
       <c r="K429" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L429" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="430" spans="1:12" customHeight="1" ht="80">
       <c r="A430" s="0"/>
       <c r="B430" s="0" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="C430" s="0" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="D430" s="0" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="E430" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F430" s="0">
         <v>1100</v>
       </c>
       <c r="G430" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H430" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I430" s="1" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="J430" s="0"/>
       <c r="K430" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L430" s="0"/>
     </row>
     <row r="431" spans="1:12" customHeight="1" ht="80">
       <c r="A431" s="0"/>
       <c r="B431" s="0" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="C431" s="0" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="D431" s="0" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="E431" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F431" s="0"/>
       <c r="G431" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H431" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I431" s="1" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="J431" s="0"/>
       <c r="K431" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L431" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="432" spans="1:12" customHeight="1" ht="80">
       <c r="A432" s="0"/>
       <c r="B432" s="0" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="C432" s="0" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="D432" s="0">
         <v>3754022</v>
       </c>
       <c r="E432" s="0" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="F432" s="0" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="G432" s="0" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="H432" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I432" s="1" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
       <c r="J432" s="0"/>
       <c r="K432" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L432" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="433" spans="1:12" customHeight="1" ht="80">
       <c r="A433" s="0"/>
       <c r="B433" s="0" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="C433" s="0" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="D433" s="0">
         <v>685020</v>
       </c>
       <c r="E433" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F433" s="0" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="G433" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H433" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I433" s="1" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="J433" s="0"/>
       <c r="K433" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L433" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="434" spans="1:12" customHeight="1" ht="80">
       <c r="A434" s="0"/>
       <c r="B434" s="0" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="C434" s="0" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="D434" s="0" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="E434" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F434" s="0"/>
       <c r="G434" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H434" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I434" s="1" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="J434" s="0"/>
       <c r="K434" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L434" s="0"/>
     </row>
     <row r="435" spans="1:12" customHeight="1" ht="80">
       <c r="A435" s="0"/>
       <c r="B435" s="0" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="C435" s="0" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="D435" s="0" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="E435" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F435" s="0" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="G435" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H435" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I435" s="1" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="J435" s="0"/>
       <c r="K435" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L435" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="436" spans="1:12" customHeight="1" ht="80">
       <c r="A436" s="0"/>
       <c r="B436" s="0" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="C436" s="0" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="D436" s="0" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="E436" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F436" s="0" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="G436" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H436" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I436" s="1" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="J436" s="0"/>
       <c r="K436" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L436" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="437" spans="1:12" customHeight="1" ht="80">
       <c r="A437" s="0"/>
       <c r="B437" s="0" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="C437" s="0" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="D437" s="0" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="E437" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F437" s="0" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="G437" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H437" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I437" s="1" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="J437" s="0"/>
       <c r="K437" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L437" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="438" spans="1:12" customHeight="1" ht="80">
       <c r="A438" s="0"/>
       <c r="B438" s="0" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="C438" s="0" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="D438" s="0" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="E438" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F438" s="0" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="G438" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H438" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I438" s="1" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="J438" s="0"/>
       <c r="K438" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L438" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="439" spans="1:12" customHeight="1" ht="80">
       <c r="A439" s="0"/>
       <c r="B439" s="0" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="C439" s="0" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="D439" s="0" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="E439" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F439" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G439" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H439" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I439" s="1" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="J439" s="0"/>
       <c r="K439" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L439" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="440" spans="1:12" customHeight="1" ht="80">
       <c r="A440" s="0"/>
       <c r="B440" s="0" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="C440" s="0" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
       <c r="D440" s="0" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
       <c r="E440" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F440" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G440" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H440" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I440" s="1" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="J440" s="0"/>
       <c r="K440" s="0" t="s">
-        <v>1545</v>
+        <v>1567</v>
       </c>
       <c r="L440" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="441" spans="1:12" customHeight="1" ht="80">
       <c r="A441" s="0"/>
       <c r="B441" s="0" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="C441" s="0" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
       <c r="D441" s="0" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="E441" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F441" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G441" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H441" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I441" s="1" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
       <c r="J441" s="0"/>
       <c r="K441" s="0" t="s">
-        <v>1545</v>
+        <v>1567</v>
       </c>
       <c r="L441" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="442" spans="1:12" customHeight="1" ht="80">
       <c r="A442" s="0"/>
       <c r="B442" s="0" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="C442" s="0" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="D442" s="0" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="E442" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F442" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G442" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H442" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I442" s="1" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="J442" s="0"/>
       <c r="K442" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L442" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="443" spans="1:12" customHeight="1" ht="80">
       <c r="A443" s="0"/>
       <c r="B443" s="0" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="C443" s="0" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
       <c r="D443" s="0" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="E443" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F443" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G443" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H443" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I443" s="1" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="J443" s="0"/>
       <c r="K443" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L443" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="444" spans="1:12" customHeight="1" ht="80">
       <c r="A444" s="0"/>
       <c r="B444" s="0" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="C444" s="0" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="D444" s="0" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="E444" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F444" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G444" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H444" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I444" s="1" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="J444" s="0"/>
       <c r="K444" s="0" t="s">
-        <v>1545</v>
+        <v>1567</v>
       </c>
       <c r="L444" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="445" spans="1:12" customHeight="1" ht="80">
       <c r="A445" s="0"/>
       <c r="B445" s="0" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="C445" s="0" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="D445" s="0" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="E445" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F445" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G445" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H445" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I445" s="1" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="J445" s="0"/>
       <c r="K445" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L445" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="446" spans="1:12" customHeight="1" ht="80">
       <c r="A446" s="0"/>
       <c r="B446" s="0" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="C446" s="0" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="D446" s="0" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="E446" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F446" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G446" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H446" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I446" s="1" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="J446" s="0"/>
       <c r="K446" s="0" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="L446" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="447" spans="1:12" customHeight="1" ht="80">
       <c r="A447" s="0"/>
       <c r="B447" s="0" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="C447" s="0" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="D447" s="0" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="E447" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F447" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G447" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H447" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I447" s="1" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="J447" s="0"/>
       <c r="K447" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L447" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="448" spans="1:12" customHeight="1" ht="80">
       <c r="A448" s="0"/>
       <c r="B448" s="0" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="C448" s="0" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="D448" s="0" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="E448" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F448" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G448" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H448" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I448" s="1" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="J448" s="0"/>
       <c r="K448" s="0" t="s">
-        <v>1545</v>
+        <v>1567</v>
       </c>
       <c r="L448" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="449" spans="1:12" customHeight="1" ht="80">
       <c r="A449" s="0"/>
       <c r="B449" s="0" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="C449" s="0" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="D449" s="0">
         <v>8485.26</v>
       </c>
       <c r="E449" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F449" s="0"/>
       <c r="G449" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H449" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I449" s="1" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="J449" s="0"/>
       <c r="K449" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L449" s="0"/>
     </row>
     <row r="450" spans="1:12" customHeight="1" ht="80">
       <c r="A450" s="0"/>
       <c r="B450" s="0" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="C450" s="0" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="D450" s="0" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="E450" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F450" s="0"/>
       <c r="G450" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H450" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I450" s="1" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="J450" s="0"/>
       <c r="K450" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L450" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="451" spans="1:12" customHeight="1" ht="80">
       <c r="A451" s="0"/>
       <c r="B451" s="0" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="C451" s="0" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="D451" s="0" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="E451" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F451" s="0" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="G451" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H451" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I451" s="1" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="J451" s="0"/>
       <c r="K451" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L451" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="452" spans="1:12" customHeight="1" ht="80">
       <c r="A452" s="0"/>
       <c r="B452" s="0" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="C452" s="0" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="D452" s="0" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="E452" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F452" s="0" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="G452" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H452" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I452" s="1" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="J452" s="0"/>
       <c r="K452" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L452" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="453" spans="1:12" customHeight="1" ht="80">
       <c r="A453" s="0"/>
       <c r="B453" s="0" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="C453" s="0" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
       <c r="D453" s="0" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="E453" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F453" s="0" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="G453" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H453" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I453" s="1" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="J453" s="0"/>
       <c r="K453" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L453" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="454" spans="1:12" customHeight="1" ht="80">
       <c r="A454" s="0"/>
       <c r="B454" s="0" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="C454" s="0" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="D454" s="0" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="E454" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F454" s="0" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="G454" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H454" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I454" s="1" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="J454" s="0"/>
       <c r="K454" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L454" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="455" spans="1:12" customHeight="1" ht="80">
       <c r="A455" s="0"/>
       <c r="B455" s="0" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="C455" s="0" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="D455" s="0" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="E455" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F455" s="0" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="G455" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H455" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I455" s="1" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
       <c r="J455" s="0"/>
       <c r="K455" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L455" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="456" spans="1:12" customHeight="1" ht="80">
       <c r="A456" s="0"/>
       <c r="B456" s="0" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="C456" s="0" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
       <c r="D456" s="0" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
       <c r="E456" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F456" s="0" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="G456" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H456" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I456" s="1" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
       <c r="J456" s="0"/>
       <c r="K456" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L456" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="457" spans="1:12" customHeight="1" ht="80">
       <c r="A457" s="0"/>
       <c r="B457" s="0" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="C457" s="0" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="D457" s="0" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="E457" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F457" s="0" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="G457" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H457" s="0" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="I457" s="1" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="J457" s="0"/>
       <c r="K457" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L457" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="458" spans="1:12" customHeight="1" ht="80">
       <c r="A458" s="0"/>
       <c r="B458" s="0" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="C458" s="0" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="D458" s="0" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="E458" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F458" s="0" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="G458" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H458" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I458" s="1" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="J458" s="0"/>
       <c r="K458" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L458" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="459" spans="1:12" customHeight="1" ht="80">
       <c r="A459" s="0"/>
       <c r="B459" s="0" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="C459" s="0" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="D459" s="0" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="E459" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F459" s="0" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="G459" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H459" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I459" s="1" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="J459" s="0"/>
       <c r="K459" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L459" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="460" spans="1:12" customHeight="1" ht="80">
       <c r="A460" s="0"/>
       <c r="B460" s="0" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
       <c r="C460" s="0" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="D460" s="0" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
       <c r="E460" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F460" s="0"/>
       <c r="G460" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H460" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I460" s="1" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
       <c r="J460" s="0"/>
       <c r="K460" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L460" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="461" spans="1:12" customHeight="1" ht="80">
       <c r="A461" s="0"/>
       <c r="B461" s="0" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="C461" s="0" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="D461" s="0" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="E461" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F461" s="0"/>
       <c r="G461" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H461" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I461" s="1" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="J461" s="0"/>
       <c r="K461" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L461" s="0"/>
     </row>
     <row r="462" spans="1:12" customHeight="1" ht="80">
       <c r="A462" s="0"/>
       <c r="B462" s="0" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="C462" s="0" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="D462" s="0" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="E462" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F462" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G462" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H462" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I462" s="1" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="J462" s="0"/>
       <c r="K462" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L462" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="463" spans="1:12" customHeight="1" ht="80">
       <c r="A463" s="0"/>
       <c r="B463" s="0" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="C463" s="0" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="D463" s="0" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="E463" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F463" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G463" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H463" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I463" s="1" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="J463" s="0"/>
       <c r="K463" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L463" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="464" spans="1:12" customHeight="1" ht="80">
       <c r="A464" s="0"/>
       <c r="B464" s="0" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="C464" s="0" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
       <c r="D464" s="0" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="E464" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F464" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G464" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H464" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I464" s="1" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="J464" s="0"/>
       <c r="K464" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L464" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="465" spans="1:12" customHeight="1" ht="80">
       <c r="A465" s="0"/>
       <c r="B465" s="0" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="C465" s="0" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="D465" s="0" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="E465" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F465" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G465" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H465" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I465" s="1" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
       <c r="J465" s="0"/>
       <c r="K465" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L465" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="466" spans="1:12" customHeight="1" ht="80">
       <c r="A466" s="0"/>
       <c r="B466" s="0" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
       <c r="C466" s="0" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
       <c r="D466" s="0" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="E466" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F466" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G466" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H466" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I466" s="1" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
       <c r="J466" s="0"/>
       <c r="K466" s="0" t="s">
-        <v>1545</v>
+        <v>1567</v>
       </c>
       <c r="L466" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="467" spans="1:12" customHeight="1" ht="80">
       <c r="A467" s="0"/>
       <c r="B467" s="0" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="C467" s="0" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="D467" s="0" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="E467" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F467" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G467" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H467" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I467" s="1" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
       <c r="J467" s="0"/>
       <c r="K467" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L467" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="468" spans="1:12" customHeight="1" ht="80">
       <c r="A468" s="0"/>
       <c r="B468" s="0" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="C468" s="0" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
       <c r="D468" s="0" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="E468" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F468" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G468" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H468" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I468" s="1" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
       <c r="J468" s="0"/>
       <c r="K468" s="0" t="s">
-        <v>1545</v>
+        <v>1567</v>
       </c>
       <c r="L468" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="469" spans="1:12" customHeight="1" ht="80">
       <c r="A469" s="0"/>
       <c r="B469" s="0" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="C469" s="0" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="D469" s="0" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
       <c r="E469" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F469" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G469" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H469" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I469" s="1" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
       <c r="J469" s="0"/>
       <c r="K469" s="0" t="s">
-        <v>1545</v>
+        <v>569</v>
       </c>
       <c r="L469" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="470" spans="1:12" customHeight="1" ht="80">
       <c r="A470" s="0"/>
       <c r="B470" s="0" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
       <c r="C470" s="0" t="s">
-        <v>1844</v>
+        <v>1845</v>
       </c>
       <c r="D470" s="0" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
       <c r="E470" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F470" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G470" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H470" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I470" s="1" t="s">
-        <v>1846</v>
+        <v>1847</v>
       </c>
       <c r="J470" s="0"/>
       <c r="K470" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L470" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="471" spans="1:12" customHeight="1" ht="80">
       <c r="A471" s="0"/>
       <c r="B471" s="0" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
       <c r="C471" s="0" t="s">
-        <v>1848</v>
+        <v>1849</v>
       </c>
       <c r="D471" s="0" t="s">
-        <v>1849</v>
+        <v>1850</v>
       </c>
       <c r="E471" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F471" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G471" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H471" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I471" s="1" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
       <c r="J471" s="0"/>
       <c r="K471" s="0" t="s">
-        <v>1365</v>
+        <v>624</v>
       </c>
       <c r="L471" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="472" spans="1:12" customHeight="1" ht="80">
       <c r="A472" s="0"/>
       <c r="B472" s="0" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
       <c r="C472" s="0" t="s">
-        <v>1852</v>
+        <v>1853</v>
       </c>
       <c r="D472" s="0" t="s">
-        <v>1853</v>
+        <v>1854</v>
       </c>
       <c r="E472" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F472" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G472" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H472" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I472" s="1" t="s">
-        <v>1854</v>
+        <v>1855</v>
       </c>
       <c r="J472" s="0"/>
       <c r="K472" s="0" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="L472" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="473" spans="1:12" customHeight="1" ht="80">
       <c r="A473" s="0"/>
       <c r="B473" s="0" t="s">
-        <v>1855</v>
+        <v>1856</v>
       </c>
       <c r="C473" s="0" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="D473" s="0" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="E473" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F473" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G473" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H473" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I473" s="1" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
       <c r="J473" s="0"/>
       <c r="K473" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L473" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="474" spans="1:12" customHeight="1" ht="80">
       <c r="A474" s="0"/>
       <c r="B474" s="0" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="C474" s="0" t="s">
-        <v>1860</v>
+        <v>1861</v>
       </c>
       <c r="D474" s="0" t="s">
-        <v>1861</v>
+        <v>1862</v>
       </c>
       <c r="E474" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F474" s="0" t="s">
-        <v>1862</v>
+        <v>1863</v>
       </c>
       <c r="G474" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H474" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I474" s="1" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
       <c r="J474" s="0"/>
       <c r="K474" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L474" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="475" spans="1:12" customHeight="1" ht="80">
       <c r="A475" s="0"/>
       <c r="B475" s="0" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
       <c r="C475" s="0" t="s">
-        <v>1865</v>
+        <v>1866</v>
       </c>
       <c r="D475" s="0" t="s">
-        <v>1866</v>
+        <v>1867</v>
       </c>
       <c r="E475" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F475" s="0"/>
       <c r="G475" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H475" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I475" s="1" t="s">
-        <v>1867</v>
+        <v>1868</v>
       </c>
       <c r="J475" s="0"/>
       <c r="K475" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L475" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="476" spans="1:12" customHeight="1" ht="80">
       <c r="A476" s="0"/>
       <c r="B476" s="0" t="s">
-        <v>1868</v>
+        <v>1869</v>
       </c>
       <c r="C476" s="0" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="D476" s="0" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="E476" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F476" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G476" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H476" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I476" s="1" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
       <c r="J476" s="0"/>
       <c r="K476" s="0" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="L476" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="477" spans="1:12" customHeight="1" ht="80">
       <c r="A477" s="0"/>
       <c r="B477" s="0" t="s">
-        <v>1873</v>
+        <v>1874</v>
       </c>
       <c r="C477" s="0" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
       <c r="D477" s="0">
         <v>5618.32</v>
       </c>
       <c r="E477" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F477" s="0" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="G477" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H477" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I477" s="1" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
       <c r="J477" s="0"/>
       <c r="K477" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L477" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="478" spans="1:12" customHeight="1" ht="80">
       <c r="A478" s="0"/>
       <c r="B478" s="0" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="C478" s="0" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
       <c r="D478" s="0" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="E478" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F478" s="0"/>
       <c r="G478" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H478" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I478" s="1" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="J478" s="0"/>
       <c r="K478" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L478" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="479" spans="1:12" customHeight="1" ht="80">
       <c r="A479" s="0"/>
       <c r="B479" s="0" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="C479" s="0" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="D479" s="0" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="E479" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F479" s="0"/>
       <c r="G479" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H479" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I479" s="1" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="J479" s="0"/>
       <c r="K479" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L479" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="480" spans="1:12" customHeight="1" ht="80">
       <c r="A480" s="0"/>
       <c r="B480" s="0" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="C480" s="0" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="D480" s="0" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
       <c r="E480" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F480" s="0" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="G480" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H480" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I480" s="1" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="J480" s="0"/>
       <c r="K480" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L480" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="481" spans="1:12" customHeight="1" ht="80">
       <c r="A481" s="0"/>
       <c r="B481" s="0" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="C481" s="0" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="D481" s="0" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
       <c r="E481" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F481" s="0" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="G481" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H481" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I481" s="1" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
       <c r="J481" s="0"/>
       <c r="K481" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L481" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="482" spans="1:12" customHeight="1" ht="80">
       <c r="B482" s="0" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="C482" s="0" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="D482" s="0">
         <v>9192</v>
       </c>
       <c r="E482" s="0" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="F482" s="0"/>
       <c r="G482" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H482" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I482" s="1" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="J482" s="0"/>
       <c r="K482" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L482" s="0"/>
     </row>
     <row r="483" spans="1:12" customHeight="1" ht="80">
       <c r="B483" s="0" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="C483" s="0" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="D483" s="0" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="E483" s="0" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="F483" s="0" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="G483" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H483" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I483" s="1" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="J483" s="0"/>
       <c r="K483" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L483" s="0"/>
     </row>
     <row r="484" spans="1:12" customHeight="1" ht="80">
       <c r="A484" s="0"/>
       <c r="B484" s="0" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="C484" s="0" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
       <c r="D484" s="0" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="E484" s="0" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="F484" s="0"/>
       <c r="G484" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H484" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I484" s="1" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
       <c r="J484" s="0"/>
       <c r="K484" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L484" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="485" spans="1:12" customHeight="1" ht="80">
       <c r="A485" s="0"/>
       <c r="B485" s="0" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="C485" s="0" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="D485" s="0" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
       <c r="E485" s="0" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="F485" s="0"/>
       <c r="G485" s="0" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="H485" s="0" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="I485" s="1" t="s">
-        <v>1911</v>
+        <v>1912</v>
       </c>
       <c r="J485" s="0"/>
       <c r="K485" s="0" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="L485" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="486" spans="1:12" customHeight="1" ht="80">
       <c r="A486" s="0"/>
       <c r="B486" s="0" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="C486" s="0" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="D486" s="0" t="s">
-        <v>1914</v>
+        <v>1915</v>
       </c>
       <c r="E486" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F486" s="0"/>
       <c r="G486" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H486" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I486" s="1" t="s">
-        <v>1915</v>
+        <v>1916</v>
       </c>
       <c r="J486" s="0"/>
       <c r="K486" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L486" s="0"/>
     </row>
     <row r="487" spans="1:12" customHeight="1" ht="80">
       <c r="A487" s="0"/>
       <c r="B487" s="0" t="s">
-        <v>1916</v>
+        <v>1917</v>
       </c>
       <c r="C487" s="0" t="s">
-        <v>1917</v>
+        <v>1918</v>
       </c>
       <c r="D487" s="0" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="E487" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F487" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G487" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H487" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I487" s="1" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
       <c r="J487" s="0"/>
       <c r="K487" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L487" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="488" spans="1:12" customHeight="1" ht="80">
       <c r="A488" s="0"/>
       <c r="B488" s="0" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="C488" s="0" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="D488" s="0" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="E488" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F488" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G488" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H488" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I488" s="1" t="s">
-        <v>1923</v>
+        <v>1924</v>
       </c>
       <c r="J488" s="0"/>
       <c r="K488" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L488" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="489" spans="1:12" customHeight="1" ht="80">
       <c r="A489" s="0"/>
       <c r="B489" s="0" t="s">
-        <v>1924</v>
+        <v>1925</v>
       </c>
       <c r="C489" s="0" t="s">
-        <v>1925</v>
+        <v>1926</v>
       </c>
       <c r="D489" s="0" t="s">
-        <v>1926</v>
+        <v>1927</v>
       </c>
       <c r="E489" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F489" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G489" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H489" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I489" s="1" t="s">
-        <v>1927</v>
+        <v>1928</v>
       </c>
       <c r="J489" s="0"/>
       <c r="K489" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L489" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="490" spans="1:12" customHeight="1" ht="80">
       <c r="A490" s="0"/>
       <c r="B490" s="0" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="C490" s="0" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
       <c r="D490" s="0" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
       <c r="E490" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F490" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G490" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H490" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I490" s="1" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
       <c r="J490" s="0"/>
       <c r="K490" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L490" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="491" spans="1:12" customHeight="1" ht="80">
       <c r="A491" s="0"/>
       <c r="B491" s="0" t="s">
-        <v>1932</v>
+        <v>1933</v>
       </c>
       <c r="C491" s="0" t="s">
-        <v>1933</v>
+        <v>1934</v>
       </c>
       <c r="D491" s="0" t="s">
-        <v>1934</v>
+        <v>1935</v>
       </c>
       <c r="E491" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F491" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G491" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H491" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I491" s="1" t="s">
-        <v>1935</v>
+        <v>1936</v>
       </c>
       <c r="J491" s="0"/>
       <c r="K491" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L491" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="492" spans="1:12" customHeight="1" ht="80">
       <c r="A492" s="0"/>
       <c r="B492" s="0" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
       <c r="C492" s="0" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="D492" s="0" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
       <c r="E492" s="0" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="F492" s="0"/>
       <c r="G492" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H492" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I492" s="1" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
       <c r="J492" s="0"/>
       <c r="K492" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L492" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="493" spans="1:12" customHeight="1" ht="80">
       <c r="A493" s="0"/>
       <c r="B493" s="0" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
       <c r="C493" s="0" t="s">
-        <v>1941</v>
+        <v>1942</v>
       </c>
       <c r="D493" s="0">
         <v>12716</v>
       </c>
       <c r="E493" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F493" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G493" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H493" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I493" s="1" t="s">
-        <v>1942</v>
+        <v>1943</v>
       </c>
       <c r="J493" s="0"/>
       <c r="K493" s="0" t="s">
-        <v>1365</v>
+        <v>624</v>
       </c>
       <c r="L493" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="494" spans="1:12" customHeight="1" ht="80">
       <c r="A494" s="0"/>
       <c r="B494" s="0" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
       <c r="C494" s="0" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
       <c r="D494" s="0" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="E494" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F494" s="0"/>
       <c r="G494" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H494" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I494" s="1" t="s">
-        <v>1946</v>
+        <v>1947</v>
       </c>
       <c r="J494" s="0"/>
       <c r="K494" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L494" s="0"/>
     </row>
     <row r="495" spans="1:12" customHeight="1" ht="80">
       <c r="A495" s="0"/>
       <c r="B495" s="0" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
       <c r="C495" s="0" t="s">
-        <v>1948</v>
+        <v>1949</v>
       </c>
       <c r="D495" s="0" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
       <c r="E495" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F495" s="0" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="G495" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H495" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I495" s="1" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="J495" s="0"/>
       <c r="K495" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L495" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="496" spans="1:12" customHeight="1" ht="80">
       <c r="A496" s="0"/>
       <c r="B496" s="0" t="s">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="C496" s="0" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="D496" s="0" t="s">
-        <v>1954</v>
+        <v>1955</v>
       </c>
       <c r="E496" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F496" s="0" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="G496" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H496" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I496" s="1" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="J496" s="0"/>
       <c r="K496" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L496" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="497" spans="1:12" customHeight="1" ht="80">
       <c r="A497" s="0"/>
       <c r="B497" s="0" t="s">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="C497" s="0" t="s">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="D497" s="0" t="s">
-        <v>1958</v>
+        <v>1959</v>
       </c>
       <c r="E497" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F497" s="0" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="G497" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H497" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I497" s="1" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
       <c r="J497" s="0"/>
       <c r="K497" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L497" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="498" spans="1:12" customHeight="1" ht="80">
       <c r="A498" s="0"/>
       <c r="B498" s="0" t="s">
-        <v>1960</v>
+        <v>1961</v>
       </c>
       <c r="C498" s="0" t="s">
-        <v>1961</v>
+        <v>1962</v>
       </c>
       <c r="D498" s="0" t="s">
-        <v>1962</v>
+        <v>1963</v>
       </c>
       <c r="E498" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F498" s="0" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="G498" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H498" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I498" s="1" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="J498" s="0"/>
       <c r="K498" s="0" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
       <c r="L498" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="499" spans="1:12" customHeight="1" ht="80">
       <c r="A499" s="0"/>
       <c r="B499" s="0" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="C499" s="0" t="s">
-        <v>1965</v>
+        <v>1966</v>
       </c>
       <c r="D499" s="0" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="E499" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F499" s="0" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="G499" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H499" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I499" s="1" t="s">
-        <v>1967</v>
+        <v>1968</v>
       </c>
       <c r="J499" s="0"/>
       <c r="K499" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L499" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="500" spans="1:12" customHeight="1" ht="80">
       <c r="A500" s="0"/>
       <c r="B500" s="0" t="s">
-        <v>1968</v>
+        <v>1969</v>
       </c>
       <c r="C500" s="0" t="s">
-        <v>1969</v>
+        <v>1970</v>
       </c>
       <c r="D500" s="0" t="s">
-        <v>1970</v>
+        <v>1971</v>
       </c>
       <c r="E500" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F500" s="0" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="G500" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H500" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I500" s="1" t="s">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="J500" s="0"/>
       <c r="K500" s="0" t="s">
         <v>124</v>
       </c>
       <c r="L500" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="501" spans="1:12" customHeight="1" ht="80">
       <c r="A501" s="0"/>
       <c r="B501" s="0" t="s">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="C501" s="0" t="s">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="D501" s="0">
         <v>1567026</v>
       </c>
       <c r="E501" s="0" t="s">
         <v>1436</v>
       </c>
       <c r="F501" s="0" t="s">
         <v>1437</v>
       </c>
       <c r="G501" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H501" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I501" s="1" t="s">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="J501" s="0"/>
       <c r="K501" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L501" s="0"/>
     </row>
     <row r="502" spans="1:12" customHeight="1" ht="80">
       <c r="A502" s="0"/>
       <c r="B502" s="0" t="s">
-        <v>1975</v>
+        <v>1976</v>
       </c>
       <c r="C502" s="0" t="s">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="D502" s="0" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="E502" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F502" s="0"/>
       <c r="G502" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H502" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I502" s="1" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="J502" s="0"/>
       <c r="K502" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L502" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="503" spans="1:12" customHeight="1" ht="80">
       <c r="A503" s="0"/>
       <c r="B503" s="0" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="C503" s="0" t="s">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="D503" s="0" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="E503" s="0" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="F503" s="0"/>
       <c r="G503" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H503" s="0" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="I503" s="1" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="J503" s="0"/>
       <c r="K503" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L503" s="0"/>
     </row>
     <row r="504" spans="1:12" customHeight="1" ht="80">
       <c r="A504" s="0"/>
       <c r="B504" s="0" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="C504" s="0" t="s">
-        <v>1985</v>
+        <v>1986</v>
       </c>
       <c r="D504" s="0" t="s">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="E504" s="0" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="F504" s="0"/>
       <c r="G504" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H504" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I504" s="1" t="s">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="J504" s="0"/>
       <c r="K504" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L504" s="0"/>
     </row>
     <row r="505" spans="1:12" customHeight="1" ht="80">
       <c r="A505" s="0"/>
       <c r="B505" s="0" t="s">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="C505" s="0" t="s">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="D505" s="0" t="s">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="E505" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F505" s="0"/>
       <c r="G505" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H505" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I505" s="1" t="s">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="J505" s="0"/>
       <c r="K505" s="0" t="s">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="L505" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="506" spans="1:12" customHeight="1" ht="80">
       <c r="A506" s="0"/>
       <c r="B506" s="0" t="s">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="C506" s="0" t="s">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="D506" s="0" t="s">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="E506" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F506" s="0"/>
       <c r="G506" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H506" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I506" s="1" t="s">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="J506" s="0"/>
       <c r="K506" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L506" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="507" spans="1:12" customHeight="1" ht="80">
       <c r="A507" s="0"/>
       <c r="B507" s="0" t="s">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="C507" s="0" t="s">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="D507" s="0" t="s">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="E507" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F507" s="0"/>
       <c r="G507" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H507" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I507" s="1" t="s">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="J507" s="0"/>
       <c r="K507" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L507" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="508" spans="1:12" customHeight="1" ht="80">
       <c r="A508" s="0"/>
       <c r="B508" s="0" t="s">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="C508" s="0" t="s">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="D508" s="0" t="s">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="E508" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F508" s="0"/>
       <c r="G508" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H508" s="0" t="s">
         <v>42</v>
       </c>
       <c r="I508" s="1" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="J508" s="0"/>
       <c r="K508" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L508" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="509" spans="1:12" customHeight="1" ht="80">
       <c r="A509" s="0"/>
       <c r="B509" s="0" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="C509" s="0" t="s">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="D509" s="0" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E509" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F509" s="0" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="G509" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H509" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I509" s="1" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="J509" s="0"/>
       <c r="K509" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L509" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="510" spans="1:12" customHeight="1" ht="80">
       <c r="A510" s="0"/>
       <c r="B510" s="0" t="s">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C510" s="0" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="D510" s="0">
         <v>5616.28</v>
       </c>
       <c r="E510" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F510" s="0" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="G510" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H510" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I510" s="1" t="s">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="J510" s="0"/>
       <c r="K510" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L510" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="511" spans="1:12" customHeight="1" ht="80">
       <c r="A511" s="0"/>
       <c r="B511" s="0" t="s">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C511" s="0" t="s">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="D511" s="0">
         <v>5113.5</v>
       </c>
       <c r="E511" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F511" s="0" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="G511" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H511" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I511" s="1" t="s">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="J511" s="0"/>
       <c r="K511" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L511" s="0"/>
     </row>
     <row r="512" spans="1:12" customHeight="1" ht="80">
       <c r="A512" s="0"/>
       <c r="B512" s="0" t="s">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C512" s="0" t="s">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="D512" s="0" t="s">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E512" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F512" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G512" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H512" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I512" s="1" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
       <c r="J512" s="0"/>
       <c r="K512" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L512" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="513" spans="1:12" customHeight="1" ht="80">
       <c r="A513" s="0"/>
       <c r="B513" s="0" t="s">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C513" s="0" t="s">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="D513" s="0" t="s">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E513" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F513" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G513" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H513" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I513" s="1" t="s">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="J513" s="0"/>
       <c r="K513" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L513" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="514" spans="1:12" customHeight="1" ht="80">
       <c r="A514" s="0"/>
       <c r="B514" s="0" t="s">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C514" s="0" t="s">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="D514" s="0" t="s">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E514" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F514" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G514" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H514" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I514" s="1" t="s">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J514" s="0"/>
       <c r="K514" s="0" t="s">
-        <v>569</v>
+        <v>624</v>
       </c>
       <c r="L514" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="515" spans="1:12" customHeight="1" ht="80">
       <c r="A515" s="0"/>
       <c r="B515" s="0" t="s">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="C515" s="0" t="s">
-        <v>2027</v>
+        <v>2028</v>
       </c>
       <c r="D515" s="0" t="s">
-        <v>2028</v>
+        <v>2029</v>
       </c>
       <c r="E515" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F515" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G515" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H515" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I515" s="1" t="s">
-        <v>2029</v>
+        <v>2030</v>
       </c>
       <c r="J515" s="0"/>
       <c r="K515" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L515" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="516" spans="1:12" customHeight="1" ht="80">
       <c r="A516" s="0"/>
       <c r="B516" s="0" t="s">
-        <v>2030</v>
+        <v>2031</v>
       </c>
       <c r="C516" s="0" t="s">
-        <v>2031</v>
+        <v>2032</v>
       </c>
       <c r="D516" s="0" t="s">
-        <v>2032</v>
+        <v>2033</v>
       </c>
       <c r="E516" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F516" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G516" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H516" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I516" s="1" t="s">
-        <v>2033</v>
+        <v>2034</v>
       </c>
       <c r="J516" s="0"/>
       <c r="K516" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L516" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="517" spans="1:12" customHeight="1" ht="80">
       <c r="A517" s="0"/>
       <c r="B517" s="0" t="s">
-        <v>2034</v>
+        <v>2035</v>
       </c>
       <c r="C517" s="0" t="s">
-        <v>2035</v>
+        <v>2036</v>
       </c>
       <c r="D517" s="0" t="s">
-        <v>2036</v>
+        <v>2037</v>
       </c>
       <c r="E517" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F517" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G517" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H517" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I517" s="1" t="s">
-        <v>2037</v>
+        <v>2038</v>
       </c>
       <c r="J517" s="0"/>
       <c r="K517" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L517" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="518" spans="1:12" customHeight="1" ht="80">
       <c r="A518" s="0"/>
       <c r="B518" s="0" t="s">
-        <v>2038</v>
+        <v>2039</v>
       </c>
       <c r="C518" s="0" t="s">
-        <v>2039</v>
+        <v>2040</v>
       </c>
       <c r="D518" s="0" t="s">
-        <v>2040</v>
+        <v>2041</v>
       </c>
       <c r="E518" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F518" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G518" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H518" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I518" s="1" t="s">
-        <v>2041</v>
+        <v>2042</v>
       </c>
       <c r="J518" s="0"/>
       <c r="K518" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L518" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="519" spans="1:12" customHeight="1" ht="80">
       <c r="A519" s="0"/>
       <c r="B519" s="0" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="C519" s="0" t="s">
-        <v>2043</v>
+        <v>2044</v>
       </c>
       <c r="D519" s="0" t="s">
-        <v>2044</v>
+        <v>2045</v>
       </c>
       <c r="E519" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F519" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G519" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H519" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I519" s="1" t="s">
-        <v>2045</v>
+        <v>2046</v>
       </c>
       <c r="J519" s="0"/>
       <c r="K519" s="0" t="s">
         <v>44</v>
       </c>
       <c r="L519" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="520" spans="1:12" customHeight="1" ht="80">
       <c r="A520" s="0"/>
       <c r="B520" s="0" t="s">
-        <v>2046</v>
+        <v>2047</v>
       </c>
       <c r="C520" s="0" t="s">
-        <v>2047</v>
+        <v>2048</v>
       </c>
       <c r="D520" s="0" t="s">
-        <v>2048</v>
+        <v>2049</v>
       </c>
       <c r="E520" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F520" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G520" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H520" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I520" s="1" t="s">
-        <v>2049</v>
+        <v>2050</v>
       </c>
       <c r="J520" s="0"/>
       <c r="K520" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L520" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="521" spans="1:12" customHeight="1" ht="80">
       <c r="A521" s="0"/>
       <c r="B521" s="0" t="s">
-        <v>2050</v>
+        <v>2051</v>
       </c>
       <c r="C521" s="0" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
       <c r="D521" s="0" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
       <c r="E521" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F521" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G521" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H521" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I521" s="1" t="s">
-        <v>2053</v>
+        <v>2054</v>
       </c>
       <c r="J521" s="0"/>
       <c r="K521" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L521" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="522" spans="1:12" customHeight="1" ht="80">
       <c r="A522" s="0"/>
       <c r="B522" s="0" t="s">
-        <v>2054</v>
+        <v>2055</v>
       </c>
       <c r="C522" s="0" t="s">
-        <v>2055</v>
+        <v>2056</v>
       </c>
       <c r="D522" s="0" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
       <c r="E522" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F522" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G522" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H522" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I522" s="1" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
       <c r="J522" s="0"/>
       <c r="K522" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L522" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="523" spans="1:12" customHeight="1" ht="80">
       <c r="A523" s="0"/>
       <c r="B523" s="0" t="s">
-        <v>2058</v>
+        <v>2059</v>
       </c>
       <c r="C523" s="0" t="s">
-        <v>2059</v>
+        <v>2060</v>
       </c>
       <c r="D523" s="0" t="s">
-        <v>2060</v>
+        <v>2061</v>
       </c>
       <c r="E523" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F523" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G523" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H523" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I523" s="1" t="s">
-        <v>2061</v>
+        <v>2062</v>
       </c>
       <c r="J523" s="0"/>
       <c r="K523" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L523" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="524" spans="1:12" customHeight="1" ht="80">
       <c r="A524" s="0"/>
       <c r="B524" s="0" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="C524" s="0" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="D524" s="0" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
       <c r="E524" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F524" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G524" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H524" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I524" s="1" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
       <c r="J524" s="0"/>
       <c r="K524" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L524" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="525" spans="1:12" customHeight="1" ht="80">
       <c r="A525" s="0"/>
       <c r="B525" s="0" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="C525" s="0" t="s">
-        <v>2067</v>
+        <v>2068</v>
       </c>
       <c r="D525" s="0" t="s">
-        <v>2068</v>
+        <v>2069</v>
       </c>
       <c r="E525" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F525" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G525" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H525" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I525" s="1" t="s">
-        <v>2069</v>
+        <v>2070</v>
       </c>
       <c r="J525" s="0"/>
       <c r="K525" s="0" t="s">
-        <v>1365</v>
+        <v>624</v>
       </c>
       <c r="L525" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="526" spans="1:12" customHeight="1" ht="80">
       <c r="A526" s="0"/>
       <c r="B526" s="0" t="s">
-        <v>2070</v>
+        <v>2071</v>
       </c>
       <c r="C526" s="0" t="s">
-        <v>2071</v>
+        <v>2072</v>
       </c>
       <c r="D526" s="0" t="s">
-        <v>2072</v>
+        <v>2073</v>
       </c>
       <c r="E526" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F526" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G526" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H526" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I526" s="1" t="s">
-        <v>2073</v>
+        <v>2074</v>
       </c>
       <c r="J526" s="0"/>
       <c r="K526" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L526" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="527" spans="1:12" customHeight="1" ht="80">
       <c r="A527" s="0"/>
       <c r="B527" s="0" t="s">
-        <v>2074</v>
+        <v>2075</v>
       </c>
       <c r="C527" s="0" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
       <c r="D527" s="0" t="s">
-        <v>2076</v>
+        <v>2077</v>
       </c>
       <c r="E527" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F527" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G527" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H527" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I527" s="1" t="s">
-        <v>2077</v>
+        <v>2078</v>
       </c>
       <c r="J527" s="0"/>
       <c r="K527" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L527" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="528" spans="1:12" customHeight="1" ht="80">
       <c r="A528" s="0"/>
       <c r="B528" s="0" t="s">
-        <v>2078</v>
+        <v>2079</v>
       </c>
       <c r="C528" s="0" t="s">
-        <v>2079</v>
+        <v>2080</v>
       </c>
       <c r="D528" s="0" t="s">
-        <v>2080</v>
+        <v>2081</v>
       </c>
       <c r="E528" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F528" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G528" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H528" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I528" s="1" t="s">
-        <v>2081</v>
+        <v>2082</v>
       </c>
       <c r="J528" s="0"/>
       <c r="K528" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L528" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="529" spans="1:12" customHeight="1" ht="80">
       <c r="A529" s="0"/>
       <c r="B529" s="0" t="s">
-        <v>2082</v>
+        <v>2083</v>
       </c>
       <c r="C529" s="0" t="s">
-        <v>2083</v>
+        <v>2084</v>
       </c>
       <c r="D529" s="0" t="s">
-        <v>2084</v>
+        <v>2085</v>
       </c>
       <c r="E529" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F529" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G529" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H529" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I529" s="1" t="s">
-        <v>2085</v>
+        <v>2086</v>
       </c>
       <c r="J529" s="0"/>
       <c r="K529" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L529" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="530" spans="1:12" customHeight="1" ht="80">
       <c r="A530" s="0"/>
       <c r="B530" s="0" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="C530" s="0" t="s">
-        <v>2087</v>
+        <v>2088</v>
       </c>
       <c r="D530" s="0" t="s">
-        <v>2088</v>
+        <v>2089</v>
       </c>
       <c r="E530" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F530" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G530" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H530" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I530" s="1" t="s">
-        <v>2089</v>
+        <v>2090</v>
       </c>
       <c r="J530" s="0"/>
       <c r="K530" s="0" t="s">
-        <v>1545</v>
+        <v>1567</v>
       </c>
       <c r="L530" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="531" spans="1:12" customHeight="1" ht="80">
       <c r="A531" s="0"/>
       <c r="B531" s="0" t="s">
-        <v>2090</v>
+        <v>2091</v>
       </c>
       <c r="C531" s="0" t="s">
-        <v>2091</v>
+        <v>2092</v>
       </c>
       <c r="D531" s="0" t="s">
-        <v>2092</v>
+        <v>2093</v>
       </c>
       <c r="E531" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F531" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G531" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H531" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I531" s="1" t="s">
-        <v>2093</v>
+        <v>2094</v>
       </c>
       <c r="J531" s="0"/>
       <c r="K531" s="0" t="s">
-        <v>1545</v>
+        <v>1567</v>
       </c>
       <c r="L531" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="532" spans="1:12" customHeight="1" ht="80">
       <c r="A532" s="0"/>
       <c r="B532" s="0" t="s">
-        <v>2094</v>
+        <v>2095</v>
       </c>
       <c r="C532" s="0" t="s">
-        <v>2095</v>
+        <v>2096</v>
       </c>
       <c r="D532" s="0" t="s">
-        <v>2096</v>
+        <v>2097</v>
       </c>
       <c r="E532" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F532" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G532" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H532" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I532" s="1" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="J532" s="0"/>
       <c r="K532" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L532" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="533" spans="1:12" customHeight="1" ht="80">
       <c r="A533" s="0"/>
       <c r="B533" s="0" t="s">
-        <v>2097</v>
+        <v>2098</v>
       </c>
       <c r="C533" s="0" t="s">
-        <v>2098</v>
+        <v>2099</v>
       </c>
       <c r="D533" s="0" t="s">
-        <v>2099</v>
+        <v>2100</v>
       </c>
       <c r="E533" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F533" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G533" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H533" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I533" s="1" t="s">
-        <v>2100</v>
+        <v>2101</v>
       </c>
       <c r="J533" s="0"/>
       <c r="K533" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L533" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="534" spans="1:12" customHeight="1" ht="80">
       <c r="A534" s="0"/>
       <c r="B534" s="0" t="s">
-        <v>2101</v>
+        <v>2102</v>
       </c>
       <c r="C534" s="0" t="s">
-        <v>2102</v>
+        <v>2103</v>
       </c>
       <c r="D534" s="0" t="s">
-        <v>2103</v>
+        <v>2104</v>
       </c>
       <c r="E534" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F534" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G534" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H534" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I534" s="1" t="s">
-        <v>2104</v>
+        <v>2105</v>
       </c>
       <c r="J534" s="0"/>
       <c r="K534" s="0" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="L534" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="535" spans="1:12" customHeight="1" ht="80">
       <c r="A535" s="0"/>
       <c r="B535" s="0" t="s">
-        <v>2105</v>
+        <v>2106</v>
       </c>
       <c r="C535" s="0" t="s">
-        <v>2106</v>
+        <v>2107</v>
       </c>
       <c r="D535" s="0" t="s">
-        <v>2107</v>
+        <v>2108</v>
       </c>
       <c r="E535" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F535" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G535" s="0" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="H535" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I535" s="1" t="s">
-        <v>2108</v>
+        <v>2109</v>
       </c>
       <c r="J535" s="0"/>
       <c r="K535" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L535" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="536" spans="1:12" customHeight="1" ht="80">
       <c r="A536" s="0"/>
       <c r="B536" s="0" t="s">
-        <v>2109</v>
+        <v>2110</v>
       </c>
       <c r="C536" s="0" t="s">
-        <v>2110</v>
+        <v>2111</v>
       </c>
       <c r="D536" s="0" t="s">
-        <v>2111</v>
+        <v>2112</v>
       </c>
       <c r="E536" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F536" s="0"/>
       <c r="G536" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H536" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I536" s="1" t="s">
-        <v>2112</v>
+        <v>2113</v>
       </c>
       <c r="J536" s="0"/>
       <c r="K536" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L536" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="537" spans="1:12" customHeight="1" ht="80">
       <c r="A537" s="0"/>
       <c r="B537" s="0" t="s">
-        <v>2113</v>
+        <v>2114</v>
       </c>
       <c r="C537" s="0" t="s">
-        <v>2114</v>
+        <v>2115</v>
       </c>
       <c r="D537" s="0"/>
       <c r="E537" s="0" t="s">
-        <v>2115</v>
+        <v>2116</v>
       </c>
       <c r="F537" s="0"/>
       <c r="G537" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H537" s="0" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="I537" s="1" t="s">
-        <v>2116</v>
+        <v>2117</v>
       </c>
       <c r="J537" s="0"/>
       <c r="K537" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L537" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="538" spans="1:12" customHeight="1" ht="80">
       <c r="A538" s="0"/>
       <c r="B538" s="0" t="s">
-        <v>2117</v>
+        <v>2118</v>
       </c>
       <c r="C538" s="0" t="s">
-        <v>2118</v>
+        <v>2119</v>
       </c>
       <c r="D538" s="0" t="s">
-        <v>2119</v>
+        <v>2120</v>
       </c>
       <c r="E538" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F538" s="0" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="G538" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H538" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I538" s="1" t="s">
-        <v>2121</v>
+        <v>2122</v>
       </c>
       <c r="J538" s="0"/>
       <c r="K538" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L538" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="539" spans="1:12" customHeight="1" ht="80">
       <c r="A539" s="0"/>
       <c r="B539" s="0" t="s">
-        <v>2122</v>
+        <v>2123</v>
       </c>
       <c r="C539" s="0" t="s">
-        <v>2123</v>
+        <v>2124</v>
       </c>
       <c r="D539" s="0" t="s">
-        <v>2124</v>
+        <v>2125</v>
       </c>
       <c r="E539" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F539" s="0" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="G539" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H539" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I539" s="1" t="s">
-        <v>2125</v>
+        <v>2126</v>
       </c>
       <c r="J539" s="0"/>
       <c r="K539" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L539" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="540" spans="1:12" customHeight="1" ht="80">
       <c r="A540" s="0"/>
       <c r="B540" s="0" t="s">
-        <v>2126</v>
+        <v>2127</v>
       </c>
       <c r="C540" s="0" t="s">
-        <v>2127</v>
+        <v>2128</v>
       </c>
       <c r="D540" s="0" t="s">
-        <v>2128</v>
+        <v>2129</v>
       </c>
       <c r="E540" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F540" s="0" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="G540" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H540" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I540" s="1" t="s">
-        <v>2129</v>
+        <v>2130</v>
       </c>
       <c r="J540" s="0"/>
       <c r="K540" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L540" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="541" spans="1:12" customHeight="1" ht="80">
       <c r="A541" s="0"/>
       <c r="B541" s="0" t="s">
-        <v>2130</v>
+        <v>2131</v>
       </c>
       <c r="C541" s="0" t="s">
-        <v>2131</v>
+        <v>2132</v>
       </c>
       <c r="D541" s="0" t="s">
-        <v>2132</v>
+        <v>2133</v>
       </c>
       <c r="E541" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F541" s="0" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="G541" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H541" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I541" s="1" t="s">
-        <v>2133</v>
+        <v>2134</v>
       </c>
       <c r="J541" s="0"/>
       <c r="K541" s="0" t="s">
-        <v>1365</v>
+        <v>2135</v>
       </c>
       <c r="L541" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="542" spans="1:12" customHeight="1" ht="80">
       <c r="A542" s="0"/>
       <c r="B542" s="0" t="s">
-        <v>2134</v>
+        <v>2136</v>
       </c>
       <c r="C542" s="0" t="s">
-        <v>2135</v>
+        <v>2137</v>
       </c>
       <c r="D542" s="0" t="s">
-        <v>2136</v>
+        <v>2138</v>
       </c>
       <c r="E542" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F542" s="0" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="G542" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H542" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I542" s="1" t="s">
-        <v>2137</v>
+        <v>2139</v>
       </c>
       <c r="J542" s="0"/>
       <c r="K542" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L542" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="543" spans="1:12" customHeight="1" ht="80">
       <c r="A543" s="0"/>
       <c r="B543" s="0" t="s">
-        <v>2138</v>
+        <v>2140</v>
       </c>
       <c r="C543" s="0" t="s">
-        <v>2139</v>
+        <v>2141</v>
       </c>
       <c r="D543" s="0" t="s">
-        <v>2140</v>
+        <v>2142</v>
       </c>
       <c r="E543" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F543" s="0" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="G543" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H543" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I543" s="1" t="s">
-        <v>2141</v>
+        <v>2143</v>
       </c>
       <c r="J543" s="0"/>
       <c r="K543" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L543" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="544" spans="1:12" customHeight="1" ht="80">
       <c r="A544" s="0"/>
       <c r="B544" s="0" t="s">
-        <v>2142</v>
+        <v>2144</v>
       </c>
       <c r="C544" s="0" t="s">
-        <v>2143</v>
+        <v>2145</v>
       </c>
       <c r="D544" s="0" t="s">
-        <v>2144</v>
+        <v>2146</v>
       </c>
       <c r="E544" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F544" s="0" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="G544" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H544" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I544" s="1" t="s">
-        <v>2145</v>
+        <v>2147</v>
       </c>
       <c r="J544" s="0"/>
       <c r="K544" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L544" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="545" spans="1:12" customHeight="1" ht="80">
       <c r="A545" s="0"/>
       <c r="B545" s="0" t="s">
-        <v>2146</v>
+        <v>2148</v>
       </c>
       <c r="C545" s="0" t="s">
-        <v>2147</v>
+        <v>2149</v>
       </c>
       <c r="D545" s="0" t="s">
-        <v>2148</v>
+        <v>2150</v>
       </c>
       <c r="E545" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F545" s="0" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="G545" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H545" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I545" s="1" t="s">
-        <v>2149</v>
+        <v>2151</v>
       </c>
       <c r="J545" s="0"/>
       <c r="K545" s="0" t="s">
-        <v>1365</v>
+        <v>624</v>
       </c>
       <c r="L545" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="546" spans="1:12" customHeight="1" ht="80">
       <c r="A546" s="0"/>
       <c r="B546" s="0" t="s">
-        <v>2150</v>
+        <v>2152</v>
       </c>
       <c r="C546" s="0" t="s">
-        <v>2151</v>
+        <v>2153</v>
       </c>
       <c r="D546" s="0" t="s">
-        <v>2152</v>
+        <v>2154</v>
       </c>
       <c r="E546" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F546" s="0" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="G546" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H546" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I546" s="1" t="s">
-        <v>2153</v>
+        <v>2155</v>
       </c>
       <c r="J546" s="0"/>
       <c r="K546" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L546" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="547" spans="1:12" customHeight="1" ht="80">
       <c r="A547" s="0"/>
       <c r="B547" s="0" t="s">
-        <v>2154</v>
+        <v>2156</v>
       </c>
       <c r="C547" s="0" t="s">
-        <v>2155</v>
+        <v>2157</v>
       </c>
       <c r="D547" s="0" t="s">
-        <v>2156</v>
+        <v>2158</v>
       </c>
       <c r="E547" s="0" t="s">
-        <v>2157</v>
+        <v>2159</v>
       </c>
       <c r="F547" s="0"/>
       <c r="G547" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H547" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I547" s="1" t="s">
-        <v>2158</v>
+        <v>2160</v>
       </c>
       <c r="J547" s="0"/>
       <c r="K547" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L547" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="548" spans="1:12" customHeight="1" ht="80">
       <c r="A548" s="0"/>
       <c r="B548" s="0" t="s">
-        <v>2159</v>
+        <v>2161</v>
       </c>
       <c r="C548" s="0" t="s">
-        <v>2160</v>
+        <v>2162</v>
       </c>
       <c r="D548" s="0" t="s">
-        <v>2161</v>
+        <v>2163</v>
       </c>
       <c r="E548" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F548" s="0" t="s">
-        <v>2162</v>
+        <v>2164</v>
       </c>
       <c r="G548" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H548" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I548" s="1" t="s">
-        <v>2163</v>
+        <v>2165</v>
       </c>
       <c r="J548" s="0"/>
       <c r="K548" s="0" t="s">
-        <v>2164</v>
+        <v>2166</v>
       </c>
       <c r="L548" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="549" spans="1:12" customHeight="1" ht="80">
       <c r="A549" s="0"/>
       <c r="B549" s="0" t="s">
-        <v>2165</v>
+        <v>2167</v>
       </c>
       <c r="C549" s="0" t="s">
-        <v>2166</v>
+        <v>2168</v>
       </c>
       <c r="D549" s="0">
         <v>3724.24</v>
       </c>
       <c r="E549" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F549" s="0" t="s">
-        <v>2167</v>
+        <v>2169</v>
       </c>
       <c r="G549" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H549" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I549" s="1" t="s">
-        <v>2168</v>
+        <v>2170</v>
       </c>
       <c r="J549" s="0"/>
       <c r="K549" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L549" s="0"/>
     </row>
     <row r="550" spans="1:12" customHeight="1" ht="80">
       <c r="A550" s="0"/>
       <c r="B550" s="0" t="s">
-        <v>2169</v>
+        <v>2171</v>
       </c>
       <c r="C550" s="0" t="s">
-        <v>2170</v>
+        <v>2172</v>
       </c>
       <c r="D550" s="0">
         <v>3724.28</v>
       </c>
       <c r="E550" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F550" s="0" t="s">
-        <v>2167</v>
+        <v>2169</v>
       </c>
       <c r="G550" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H550" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I550" s="1" t="s">
-        <v>2171</v>
+        <v>2173</v>
       </c>
       <c r="J550" s="0"/>
       <c r="K550" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L550" s="0"/>
     </row>
     <row r="551" spans="1:12" customHeight="1" ht="80">
       <c r="A551" s="0"/>
       <c r="B551" s="0" t="s">
-        <v>2172</v>
+        <v>2174</v>
       </c>
       <c r="C551" s="0" t="s">
-        <v>2173</v>
+        <v>2175</v>
       </c>
       <c r="D551" s="0">
         <v>3718.28</v>
       </c>
       <c r="E551" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F551" s="0" t="s">
-        <v>2167</v>
+        <v>2169</v>
       </c>
       <c r="G551" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H551" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I551" s="1" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="J551" s="0"/>
       <c r="K551" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L551" s="0"/>
     </row>
     <row r="552" spans="1:12" customHeight="1" ht="80">
       <c r="A552" s="0"/>
       <c r="B552" s="0" t="s">
-        <v>2175</v>
+        <v>2177</v>
       </c>
       <c r="C552" s="0" t="s">
-        <v>2176</v>
+        <v>2178</v>
       </c>
       <c r="D552" s="0" t="s">
-        <v>2177</v>
+        <v>2179</v>
       </c>
       <c r="E552" s="0" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="F552" s="0"/>
       <c r="G552" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H552" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I552" s="1" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
       <c r="J552" s="0"/>
       <c r="K552" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L552" s="0"/>
     </row>
     <row r="553" spans="1:12" customHeight="1" ht="80">
       <c r="A553" s="0"/>
       <c r="B553" s="0" t="s">
-        <v>2180</v>
+        <v>2182</v>
       </c>
       <c r="C553" s="0" t="s">
-        <v>2181</v>
+        <v>2183</v>
       </c>
       <c r="D553" s="0" t="s">
-        <v>2182</v>
+        <v>2184</v>
       </c>
       <c r="E553" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F553" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G553" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H553" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I553" s="1" t="s">
-        <v>2183</v>
+        <v>2185</v>
       </c>
       <c r="J553" s="0"/>
       <c r="K553" s="0" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="L553" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="554" spans="1:12" customHeight="1" ht="80">
       <c r="A554" s="0"/>
       <c r="B554" s="0" t="s">
-        <v>2184</v>
+        <v>2186</v>
       </c>
       <c r="C554" s="0" t="s">
-        <v>2185</v>
+        <v>2187</v>
       </c>
       <c r="D554" s="0" t="s">
-        <v>2186</v>
+        <v>2188</v>
       </c>
       <c r="E554" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F554" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G554" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H554" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I554" s="1" t="s">
-        <v>2187</v>
+        <v>2189</v>
       </c>
       <c r="J554" s="0"/>
       <c r="K554" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L554" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="555" spans="1:12" customHeight="1" ht="80">
       <c r="A555" s="0"/>
       <c r="B555" s="0" t="s">
-        <v>2188</v>
+        <v>2190</v>
       </c>
       <c r="C555" s="0" t="s">
-        <v>2189</v>
+        <v>2191</v>
       </c>
       <c r="D555" s="0" t="s">
-        <v>2190</v>
+        <v>2192</v>
       </c>
       <c r="E555" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F555" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G555" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H555" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I555" s="1" t="s">
-        <v>2191</v>
+        <v>2193</v>
       </c>
       <c r="J555" s="0"/>
       <c r="K555" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L555" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="556" spans="1:12" customHeight="1" ht="80">
       <c r="A556" s="0"/>
       <c r="B556" s="0" t="s">
-        <v>2192</v>
+        <v>2194</v>
       </c>
       <c r="C556" s="0" t="s">
-        <v>2193</v>
+        <v>2195</v>
       </c>
       <c r="D556" s="0" t="s">
-        <v>2194</v>
+        <v>2196</v>
       </c>
       <c r="E556" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F556" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G556" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H556" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I556" s="1" t="s">
-        <v>2195</v>
+        <v>2197</v>
       </c>
       <c r="J556" s="0"/>
       <c r="K556" s="0" t="s">
-        <v>1545</v>
+        <v>1567</v>
       </c>
       <c r="L556" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="557" spans="1:12" customHeight="1" ht="80">
       <c r="A557" s="0"/>
       <c r="B557" s="0" t="s">
-        <v>2196</v>
+        <v>2198</v>
       </c>
       <c r="C557" s="0" t="s">
-        <v>2197</v>
+        <v>2199</v>
       </c>
       <c r="D557" s="0">
         <v>30602332</v>
       </c>
       <c r="E557" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F557" s="0" t="s">
-        <v>2198</v>
+        <v>2200</v>
       </c>
       <c r="G557" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H557" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I557" s="1" t="s">
-        <v>2199</v>
+        <v>2201</v>
       </c>
       <c r="J557" s="0"/>
       <c r="K557" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L557" s="0"/>
     </row>
     <row r="558" spans="1:12" customHeight="1" ht="80">
       <c r="A558" s="0"/>
       <c r="B558" s="0" t="s">
-        <v>2200</v>
+        <v>2202</v>
       </c>
       <c r="C558" s="0" t="s">
-        <v>2201</v>
+        <v>2203</v>
       </c>
       <c r="D558" s="0" t="s">
-        <v>2202</v>
+        <v>2204</v>
       </c>
       <c r="E558" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F558" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G558" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H558" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I558" s="1" t="s">
-        <v>2203</v>
+        <v>2205</v>
       </c>
       <c r="J558" s="0"/>
       <c r="K558" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L558" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="559" spans="1:12" customHeight="1" ht="80">
       <c r="A559" s="0"/>
       <c r="B559" s="0" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
       <c r="C559" s="0" t="s">
-        <v>2205</v>
+        <v>2207</v>
       </c>
       <c r="D559" s="0" t="s">
-        <v>2206</v>
+        <v>2208</v>
       </c>
       <c r="E559" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F559" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G559" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H559" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I559" s="1" t="s">
-        <v>2207</v>
+        <v>2209</v>
       </c>
       <c r="J559" s="0"/>
       <c r="K559" s="0" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="L559" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="560" spans="1:12" customHeight="1" ht="80">
       <c r="A560" s="0"/>
       <c r="B560" s="0" t="s">
-        <v>2208</v>
+        <v>2210</v>
       </c>
       <c r="C560" s="0" t="s">
-        <v>2209</v>
+        <v>2211</v>
       </c>
       <c r="D560" s="0" t="s">
-        <v>2210</v>
+        <v>2212</v>
       </c>
       <c r="E560" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F560" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G560" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H560" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I560" s="1" t="s">
-        <v>2211</v>
+        <v>2213</v>
       </c>
       <c r="J560" s="0"/>
       <c r="K560" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L560" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="561" spans="1:12" customHeight="1" ht="80">
       <c r="A561" s="0"/>
       <c r="B561" s="0" t="s">
-        <v>2212</v>
+        <v>2214</v>
       </c>
       <c r="C561" s="0" t="s">
-        <v>2213</v>
+        <v>2215</v>
       </c>
       <c r="D561" s="0" t="s">
-        <v>2214</v>
+        <v>2216</v>
       </c>
       <c r="E561" s="0" t="s">
-        <v>2215</v>
+        <v>2217</v>
       </c>
       <c r="F561" s="0"/>
       <c r="G561" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H561" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I561" s="1" t="s">
-        <v>2216</v>
+        <v>2218</v>
       </c>
       <c r="J561" s="0"/>
       <c r="K561" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L561" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="562" spans="1:12" customHeight="1" ht="80">
       <c r="A562" s="0"/>
       <c r="B562" s="0" t="s">
-        <v>2217</v>
+        <v>2219</v>
       </c>
       <c r="C562" s="0" t="s">
-        <v>2218</v>
+        <v>2220</v>
       </c>
       <c r="D562" s="0" t="s">
-        <v>2219</v>
+        <v>2221</v>
       </c>
       <c r="E562" s="0" t="s">
         <v>1436</v>
       </c>
       <c r="F562" s="0" t="s">
-        <v>2220</v>
+        <v>2222</v>
       </c>
       <c r="G562" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H562" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I562" s="1" t="s">
-        <v>2221</v>
+        <v>2223</v>
       </c>
       <c r="J562" s="0"/>
       <c r="K562" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L562" s="0"/>
     </row>
     <row r="563" spans="1:12" customHeight="1" ht="80">
       <c r="A563" s="0"/>
       <c r="B563" s="0" t="s">
-        <v>2222</v>
+        <v>2224</v>
       </c>
       <c r="C563" s="0" t="s">
-        <v>2223</v>
+        <v>2225</v>
       </c>
       <c r="D563" s="0" t="s">
-        <v>2224</v>
+        <v>2226</v>
       </c>
       <c r="E563" s="0" t="s">
-        <v>2225</v>
+        <v>2227</v>
       </c>
       <c r="F563" s="0"/>
       <c r="G563" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H563" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I563" s="1" t="s">
-        <v>2226</v>
+        <v>2228</v>
       </c>
       <c r="J563" s="0"/>
       <c r="K563" s="0" t="s">
-        <v>89</v>
+        <v>364</v>
       </c>
       <c r="L563" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="564" spans="1:12" customHeight="1" ht="80">
       <c r="A564" s="0"/>
       <c r="B564" s="0" t="s">
+        <v>2229</v>
+      </c>
+      <c r="C564" s="0" t="s">
+        <v>2230</v>
+      </c>
+      <c r="D564" s="0" t="s">
+        <v>2231</v>
+      </c>
+      <c r="E564" s="0" t="s">
         <v>2227</v>
-      </c>
-[...7 lines deleted...]
-        <v>2225</v>
       </c>
       <c r="F564" s="0"/>
       <c r="G564" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H564" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I564" s="1" t="s">
-        <v>2230</v>
+        <v>2232</v>
       </c>
       <c r="J564" s="0"/>
       <c r="K564" s="0" t="s">
         <v>124</v>
       </c>
       <c r="L564" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="565" spans="1:12" customHeight="1" ht="80">
       <c r="A565" s="0"/>
       <c r="B565" s="0" t="s">
-        <v>2231</v>
+        <v>2233</v>
       </c>
       <c r="C565" s="0" t="s">
-        <v>2232</v>
+        <v>2234</v>
       </c>
       <c r="D565" s="0" t="s">
-        <v>2233</v>
+        <v>2235</v>
       </c>
       <c r="E565" s="0" t="s">
-        <v>2225</v>
+        <v>2227</v>
       </c>
       <c r="F565" s="0"/>
       <c r="G565" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H565" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I565" s="1" t="s">
-        <v>2234</v>
+        <v>2236</v>
       </c>
       <c r="J565" s="0"/>
       <c r="K565" s="0" t="s">
         <v>44</v>
       </c>
       <c r="L565" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="566" spans="1:12" customHeight="1" ht="80">
       <c r="A566" s="0"/>
       <c r="B566" s="0" t="s">
-        <v>2235</v>
+        <v>2237</v>
       </c>
       <c r="C566" s="0" t="s">
-        <v>2236</v>
+        <v>2238</v>
       </c>
       <c r="D566" s="0" t="s">
-        <v>2237</v>
+        <v>2239</v>
       </c>
       <c r="E566" s="0" t="s">
-        <v>2225</v>
+        <v>2227</v>
       </c>
       <c r="F566" s="0"/>
       <c r="G566" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H566" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I566" s="1" t="s">
-        <v>2238</v>
+        <v>2240</v>
       </c>
       <c r="J566" s="0"/>
       <c r="K566" s="0" t="s">
         <v>124</v>
       </c>
       <c r="L566" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="567" spans="1:12" customHeight="1" ht="80">
       <c r="A567" s="0"/>
       <c r="B567" s="0" t="s">
-        <v>2239</v>
+        <v>2241</v>
       </c>
       <c r="C567" s="0" t="s">
-        <v>2240</v>
+        <v>2242</v>
       </c>
       <c r="D567" s="0" t="s">
-        <v>2241</v>
+        <v>2243</v>
       </c>
       <c r="E567" s="0" t="s">
-        <v>2225</v>
+        <v>2227</v>
       </c>
       <c r="F567" s="0"/>
       <c r="G567" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H567" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I567" s="1" t="s">
-        <v>2242</v>
+        <v>2244</v>
       </c>
       <c r="J567" s="0"/>
       <c r="K567" s="0" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="L567" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="568" spans="1:12" customHeight="1" ht="80">
       <c r="A568" s="0"/>
       <c r="B568" s="0" t="s">
-        <v>2243</v>
+        <v>2245</v>
       </c>
       <c r="C568" s="0" t="s">
-        <v>2244</v>
+        <v>2246</v>
       </c>
       <c r="D568" s="0" t="s">
-        <v>2245</v>
+        <v>2247</v>
       </c>
       <c r="E568" s="0" t="s">
-        <v>2225</v>
+        <v>2227</v>
       </c>
       <c r="F568" s="0"/>
       <c r="G568" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H568" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I568" s="1" t="s">
-        <v>2246</v>
+        <v>2248</v>
       </c>
       <c r="J568" s="0"/>
       <c r="K568" s="0" t="s">
         <v>98</v>
       </c>
       <c r="L568" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="569" spans="1:12" customHeight="1" ht="80">
       <c r="A569" s="0"/>
       <c r="B569" s="0" t="s">
-        <v>2247</v>
+        <v>2249</v>
       </c>
       <c r="C569" s="0" t="s">
-        <v>2248</v>
+        <v>2250</v>
       </c>
       <c r="D569" s="0" t="s">
-        <v>2249</v>
+        <v>2251</v>
       </c>
       <c r="E569" s="0" t="s">
-        <v>2225</v>
+        <v>2227</v>
       </c>
       <c r="F569" s="0"/>
       <c r="G569" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H569" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I569" s="1" t="s">
-        <v>2250</v>
+        <v>2252</v>
       </c>
       <c r="J569" s="0"/>
       <c r="K569" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L569" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="570" spans="1:12" customHeight="1" ht="80">
       <c r="A570" s="0"/>
       <c r="B570" s="0" t="s">
-        <v>2251</v>
+        <v>2253</v>
       </c>
       <c r="C570" s="0" t="s">
-        <v>2252</v>
+        <v>2254</v>
       </c>
       <c r="D570" s="0">
         <v>38202520</v>
       </c>
       <c r="E570" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F570" s="0"/>
       <c r="G570" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H570" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I570" s="1" t="s">
-        <v>2253</v>
+        <v>2255</v>
       </c>
       <c r="J570" s="0"/>
       <c r="K570" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L570" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="571" spans="1:12" customHeight="1" ht="80">
       <c r="A571" s="0"/>
       <c r="B571" s="0" t="s">
-        <v>2254</v>
+        <v>2256</v>
       </c>
       <c r="C571" s="0" t="s">
-        <v>2255</v>
+        <v>2257</v>
       </c>
       <c r="D571" s="0">
         <v>38202524</v>
       </c>
       <c r="E571" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F571" s="0"/>
       <c r="G571" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H571" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I571" s="1" t="s">
-        <v>2256</v>
+        <v>2258</v>
       </c>
       <c r="J571" s="0"/>
       <c r="K571" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L571" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="572" spans="1:12" customHeight="1" ht="80">
       <c r="A572" s="0"/>
       <c r="B572" s="0" t="s">
-        <v>2257</v>
+        <v>2259</v>
       </c>
       <c r="C572" s="0" t="s">
-        <v>2258</v>
+        <v>2260</v>
       </c>
       <c r="D572" s="0">
         <v>38205326</v>
       </c>
       <c r="E572" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F572" s="0"/>
       <c r="G572" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H572" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I572" s="1" t="s">
-        <v>2259</v>
+        <v>2261</v>
       </c>
       <c r="J572" s="0"/>
       <c r="K572" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L572" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="573" spans="1:12" customHeight="1" ht="80">
       <c r="A573" s="0"/>
       <c r="B573" s="0" t="s">
-        <v>2260</v>
+        <v>2262</v>
       </c>
       <c r="C573" s="0" t="s">
-        <v>2261</v>
+        <v>2263</v>
       </c>
       <c r="D573" s="0" t="s">
-        <v>2262</v>
+        <v>2264</v>
       </c>
       <c r="E573" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F573" s="0" t="s">
         <v>1470</v>
       </c>
       <c r="G573" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H573" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I573" s="1" t="s">
-        <v>2263</v>
+        <v>2265</v>
       </c>
       <c r="J573" s="0"/>
       <c r="K573" s="0" t="s">
-        <v>1365</v>
+        <v>624</v>
       </c>
       <c r="L573" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="574" spans="1:12" customHeight="1" ht="80">
       <c r="A574" s="0"/>
       <c r="B574" s="0" t="s">
-        <v>2264</v>
+        <v>2266</v>
       </c>
       <c r="C574" s="0" t="s">
-        <v>2265</v>
+        <v>2267</v>
       </c>
       <c r="D574" s="0" t="s">
-        <v>2266</v>
+        <v>2268</v>
       </c>
       <c r="E574" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F574" s="0" t="s">
         <v>1470</v>
       </c>
       <c r="G574" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H574" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I574" s="1" t="s">
-        <v>2267</v>
+        <v>2269</v>
       </c>
       <c r="J574" s="0"/>
       <c r="K574" s="0" t="s">
-        <v>2268</v>
+        <v>2270</v>
       </c>
       <c r="L574" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="575" spans="1:12" customHeight="1" ht="80">
       <c r="A575" s="0"/>
       <c r="B575" s="0" t="s">
-        <v>2269</v>
+        <v>2271</v>
       </c>
       <c r="C575" s="0" t="s">
-        <v>2270</v>
+        <v>2272</v>
       </c>
       <c r="D575" s="0" t="s">
-        <v>2271</v>
+        <v>2273</v>
       </c>
       <c r="E575" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F575" s="0" t="s">
         <v>1470</v>
       </c>
       <c r="G575" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H575" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I575" s="1" t="s">
-        <v>2272</v>
+        <v>2274</v>
       </c>
       <c r="J575" s="0"/>
       <c r="K575" s="0" t="s">
         <v>124</v>
       </c>
       <c r="L575" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="576" spans="1:12" customHeight="1" ht="80">
       <c r="A576" s="0"/>
       <c r="B576" s="0" t="s">
-        <v>2273</v>
+        <v>2275</v>
       </c>
       <c r="C576" s="0" t="s">
-        <v>2274</v>
+        <v>2276</v>
       </c>
       <c r="D576" s="0" t="s">
-        <v>2275</v>
+        <v>2277</v>
       </c>
       <c r="E576" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F576" s="0" t="s">
         <v>1470</v>
       </c>
       <c r="G576" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H576" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I576" s="1" t="s">
-        <v>2276</v>
+        <v>2278</v>
       </c>
       <c r="J576" s="0"/>
       <c r="K576" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L576" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="577" spans="1:12" customHeight="1" ht="80">
       <c r="A577" s="0"/>
       <c r="B577" s="0" t="s">
-        <v>2277</v>
+        <v>2279</v>
       </c>
       <c r="C577" s="0" t="s">
-        <v>2278</v>
+        <v>2280</v>
       </c>
       <c r="D577" s="0" t="s">
-        <v>2279</v>
+        <v>2281</v>
       </c>
       <c r="E577" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F577" s="0" t="s">
         <v>1470</v>
       </c>
       <c r="G577" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H577" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I577" s="1" t="s">
-        <v>2280</v>
+        <v>2282</v>
       </c>
       <c r="J577" s="0"/>
       <c r="K577" s="0" t="s">
-        <v>1520</v>
+        <v>1157</v>
       </c>
       <c r="L577" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="578" spans="1:12" customHeight="1" ht="80">
       <c r="A578" s="0"/>
       <c r="B578" s="0" t="s">
-        <v>2281</v>
+        <v>2283</v>
       </c>
       <c r="C578" s="0" t="s">
-        <v>2282</v>
+        <v>2284</v>
       </c>
       <c r="D578" s="0" t="s">
-        <v>2283</v>
+        <v>2285</v>
       </c>
       <c r="E578" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F578" s="0" t="s">
         <v>1470</v>
       </c>
       <c r="G578" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H578" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I578" s="1" t="s">
-        <v>2284</v>
+        <v>2286</v>
       </c>
       <c r="J578" s="0"/>
       <c r="K578" s="0" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="L578" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="579" spans="1:12" customHeight="1" ht="80">
       <c r="A579" s="0"/>
       <c r="B579" s="0" t="s">
-        <v>2285</v>
+        <v>2287</v>
       </c>
       <c r="C579" s="0" t="s">
-        <v>2286</v>
+        <v>2288</v>
       </c>
       <c r="D579" s="0" t="s">
-        <v>2287</v>
+        <v>2289</v>
       </c>
       <c r="E579" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F579" s="0" t="s">
         <v>1470</v>
       </c>
       <c r="G579" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H579" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I579" s="1" t="s">
-        <v>2288</v>
+        <v>2290</v>
       </c>
       <c r="J579" s="0"/>
       <c r="K579" s="0" t="s">
-        <v>2289</v>
+        <v>2291</v>
       </c>
       <c r="L579" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="580" spans="1:12" customHeight="1" ht="80">
       <c r="A580" s="0"/>
       <c r="B580" s="0" t="s">
-        <v>2290</v>
+        <v>2292</v>
       </c>
       <c r="C580" s="0" t="s">
-        <v>2291</v>
+        <v>2293</v>
       </c>
       <c r="D580" s="0" t="s">
-        <v>2292</v>
+        <v>2294</v>
       </c>
       <c r="E580" s="0" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="F580" s="0" t="s">
-        <v>2293</v>
+        <v>2295</v>
       </c>
       <c r="G580" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H580" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I580" s="1" t="s">
-        <v>2294</v>
+        <v>2296</v>
       </c>
       <c r="J580" s="0"/>
       <c r="K580" s="0" t="s">
-        <v>236</v>
+        <v>31</v>
       </c>
       <c r="L580" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="581" spans="1:12" customHeight="1" ht="80">
       <c r="A581" s="0"/>
       <c r="B581" s="0" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C581" s="0" t="s">
+        <v>2298</v>
+      </c>
+      <c r="D581" s="0" t="s">
+        <v>2299</v>
+      </c>
+      <c r="E581" s="0" t="s">
+        <v>1900</v>
+      </c>
+      <c r="F581" s="0" t="s">
         <v>2295</v>
-      </c>
-[...10 lines deleted...]
-        <v>2293</v>
       </c>
       <c r="G581" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H581" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I581" s="1" t="s">
-        <v>2298</v>
+        <v>2300</v>
       </c>
       <c r="J581" s="0"/>
       <c r="K581" s="0" t="s">
-        <v>2299</v>
+        <v>89</v>
       </c>
       <c r="L581" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="582" spans="1:12" customHeight="1" ht="80">
       <c r="A582" s="0"/>
       <c r="B582" s="0" t="s">
-        <v>2300</v>
+        <v>2301</v>
       </c>
       <c r="C582" s="0" t="s">
-        <v>2301</v>
+        <v>2302</v>
       </c>
       <c r="D582" s="0" t="s">
-        <v>2302</v>
+        <v>2303</v>
       </c>
       <c r="E582" s="0" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="F582" s="0" t="s">
-        <v>2293</v>
+        <v>2295</v>
       </c>
       <c r="G582" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H582" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I582" s="1" t="s">
-        <v>2303</v>
+        <v>2304</v>
       </c>
       <c r="J582" s="0"/>
       <c r="K582" s="0" t="s">
-        <v>1365</v>
+        <v>624</v>
       </c>
       <c r="L582" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="583" spans="1:12" customHeight="1" ht="80">
       <c r="A583" s="0"/>
       <c r="B583" s="0" t="s">
-        <v>2304</v>
+        <v>2305</v>
       </c>
       <c r="C583" s="0" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="D583" s="0" t="s">
-        <v>2306</v>
+        <v>2307</v>
       </c>
       <c r="E583" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F583" s="0" t="s">
         <v>1470</v>
       </c>
       <c r="G583" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H583" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I583" s="1" t="s">
-        <v>2307</v>
+        <v>2308</v>
       </c>
       <c r="J583" s="0"/>
       <c r="K583" s="0" t="s">
-        <v>1378</v>
+        <v>2309</v>
       </c>
       <c r="L583" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="584" spans="1:12" customHeight="1" ht="80">
       <c r="A584" s="0"/>
       <c r="B584" s="0" t="s">
-        <v>2308</v>
+        <v>2310</v>
       </c>
       <c r="C584" s="0" t="s">
-        <v>2309</v>
+        <v>2311</v>
       </c>
       <c r="D584" s="0" t="s">
-        <v>2310</v>
+        <v>2312</v>
       </c>
       <c r="E584" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F584" s="0" t="s">
-        <v>2311</v>
+        <v>2313</v>
       </c>
       <c r="G584" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H584" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I584" s="1" t="s">
-        <v>2312</v>
+        <v>2314</v>
       </c>
       <c r="J584" s="0"/>
       <c r="K584" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L584" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="585" spans="1:12" customHeight="1" ht="80">
       <c r="A585" s="0"/>
       <c r="B585" s="0" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="C585" s="0" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="D585" s="0" t="s">
-        <v>2315</v>
+        <v>2317</v>
       </c>
       <c r="E585" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F585" s="0" t="s">
-        <v>2311</v>
+        <v>2313</v>
       </c>
       <c r="G585" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H585" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I585" s="1" t="s">
-        <v>2316</v>
+        <v>2318</v>
       </c>
       <c r="J585" s="0"/>
       <c r="K585" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L585" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="586" spans="1:12" customHeight="1" ht="80">
       <c r="A586" s="0"/>
       <c r="B586" s="0" t="s">
-        <v>2317</v>
+        <v>2319</v>
       </c>
       <c r="C586" s="0" t="s">
-        <v>2318</v>
+        <v>2320</v>
       </c>
       <c r="D586" s="0" t="s">
-        <v>2319</v>
+        <v>2321</v>
       </c>
       <c r="E586" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F586" s="0" t="s">
-        <v>2311</v>
+        <v>2313</v>
       </c>
       <c r="G586" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H586" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I586" s="1" t="s">
-        <v>2320</v>
+        <v>2322</v>
       </c>
       <c r="J586" s="0"/>
       <c r="K586" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L586" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="587" spans="1:12" customHeight="1" ht="80">
       <c r="A587" s="0"/>
       <c r="B587" s="0" t="s">
-        <v>2321</v>
+        <v>2323</v>
       </c>
       <c r="C587" s="0" t="s">
-        <v>2322</v>
+        <v>2324</v>
       </c>
       <c r="D587" s="0" t="s">
-        <v>2323</v>
+        <v>2325</v>
       </c>
       <c r="E587" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F587" s="0" t="s">
-        <v>2311</v>
+        <v>2313</v>
       </c>
       <c r="G587" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H587" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I587" s="1" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="J587" s="0"/>
       <c r="K587" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L587" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="588" spans="1:12" customHeight="1" ht="80">
       <c r="A588" s="0"/>
       <c r="B588" s="0" t="s">
-        <v>2324</v>
+        <v>2326</v>
       </c>
       <c r="C588" s="0" t="s">
-        <v>2325</v>
+        <v>2327</v>
       </c>
       <c r="D588" s="0" t="s">
-        <v>2326</v>
+        <v>2328</v>
       </c>
       <c r="E588" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F588" s="0"/>
       <c r="G588" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H588" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I588" s="1" t="s">
-        <v>2327</v>
+        <v>2329</v>
       </c>
       <c r="J588" s="0"/>
       <c r="K588" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L588" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="589" spans="1:12" customHeight="1" ht="80">
       <c r="A589" s="0"/>
       <c r="B589" s="0" t="s">
-        <v>2328</v>
+        <v>2330</v>
       </c>
       <c r="C589" s="0" t="s">
-        <v>2329</v>
+        <v>2331</v>
       </c>
       <c r="D589" s="0" t="s">
-        <v>2330</v>
+        <v>2332</v>
       </c>
       <c r="E589" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F589" s="0"/>
       <c r="G589" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H589" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I589" s="1" t="s">
-        <v>2331</v>
+        <v>2333</v>
       </c>
       <c r="J589" s="0"/>
       <c r="K589" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L589" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="590" spans="1:12" customHeight="1" ht="80">
       <c r="A590" s="0"/>
       <c r="B590" s="0" t="s">
-        <v>2332</v>
+        <v>2334</v>
       </c>
       <c r="C590" s="0" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="D590" s="0" t="s">
-        <v>2334</v>
+        <v>2336</v>
       </c>
       <c r="E590" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F590" s="0"/>
       <c r="G590" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H590" s="0" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="I590" s="1" t="s">
-        <v>2336</v>
+        <v>2338</v>
       </c>
       <c r="J590" s="0"/>
       <c r="K590" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L590" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="591" spans="1:12" customHeight="1" ht="80">
       <c r="A591" s="0"/>
       <c r="B591" s="0" t="s">
-        <v>2337</v>
+        <v>2339</v>
       </c>
       <c r="C591" s="0" t="s">
-        <v>2338</v>
+        <v>2340</v>
       </c>
       <c r="D591" s="0" t="s">
-        <v>2339</v>
+        <v>2341</v>
       </c>
       <c r="E591" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F591" s="0"/>
       <c r="G591" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H591" s="0" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="I591" s="1" t="s">
-        <v>2340</v>
+        <v>2342</v>
       </c>
       <c r="J591" s="0"/>
       <c r="K591" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L591" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="592" spans="1:12" customHeight="1" ht="80">
       <c r="A592" s="0"/>
       <c r="B592" s="0" t="s">
-        <v>2341</v>
+        <v>2343</v>
       </c>
       <c r="C592" s="0" t="s">
-        <v>2342</v>
+        <v>2344</v>
       </c>
       <c r="D592" s="0" t="s">
-        <v>2343</v>
+        <v>2345</v>
       </c>
       <c r="E592" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F592" s="0"/>
       <c r="G592" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H592" s="0" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="I592" s="1" t="s">
-        <v>2340</v>
+        <v>2342</v>
       </c>
       <c r="J592" s="0"/>
       <c r="K592" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L592" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="593" spans="1:12" customHeight="1" ht="80">
       <c r="A593" s="0"/>
       <c r="B593" s="0" t="s">
-        <v>2344</v>
+        <v>2346</v>
       </c>
       <c r="C593" s="0" t="s">
-        <v>2345</v>
+        <v>2347</v>
       </c>
       <c r="D593" s="0" t="s">
-        <v>2346</v>
+        <v>2348</v>
       </c>
       <c r="E593" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F593" s="0"/>
       <c r="G593" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H593" s="0" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="I593" s="1" t="s">
-        <v>2347</v>
+        <v>2349</v>
       </c>
       <c r="J593" s="0"/>
       <c r="K593" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L593" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="594" spans="1:12" customHeight="1" ht="80">
       <c r="A594" s="0"/>
       <c r="B594" s="0" t="s">
-        <v>2348</v>
+        <v>2350</v>
       </c>
       <c r="C594" s="0" t="s">
-        <v>2349</v>
+        <v>2351</v>
       </c>
       <c r="D594" s="0" t="s">
-        <v>2350</v>
+        <v>2352</v>
       </c>
       <c r="E594" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F594" s="0"/>
       <c r="G594" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H594" s="0" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="I594" s="1" t="s">
-        <v>2336</v>
+        <v>2338</v>
       </c>
       <c r="J594" s="0"/>
       <c r="K594" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L594" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="595" spans="1:12" customHeight="1" ht="80">
       <c r="A595" s="0"/>
       <c r="B595" s="0" t="s">
-        <v>2351</v>
+        <v>2353</v>
       </c>
       <c r="C595" s="0" t="s">
-        <v>2352</v>
+        <v>2354</v>
       </c>
       <c r="D595" s="0" t="s">
-        <v>2353</v>
+        <v>2355</v>
       </c>
       <c r="E595" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F595" s="0"/>
       <c r="G595" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H595" s="0" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="I595" s="1" t="s">
-        <v>2336</v>
+        <v>2338</v>
       </c>
       <c r="J595" s="0"/>
       <c r="K595" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L595" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="596" spans="1:12" customHeight="1" ht="80">
       <c r="A596" s="0"/>
       <c r="B596" s="0" t="s">
-        <v>2354</v>
+        <v>2356</v>
       </c>
       <c r="C596" s="0" t="s">
-        <v>2355</v>
+        <v>2357</v>
       </c>
       <c r="D596" s="0" t="s">
-        <v>2356</v>
+        <v>2358</v>
       </c>
       <c r="E596" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F596" s="0"/>
       <c r="G596" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H596" s="0" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="I596" s="1" t="s">
-        <v>2336</v>
+        <v>2338</v>
       </c>
       <c r="J596" s="0"/>
       <c r="K596" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L596" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="597" spans="1:12" customHeight="1" ht="80">
       <c r="A597" s="0"/>
       <c r="B597" s="0" t="s">
-        <v>2357</v>
+        <v>2359</v>
       </c>
       <c r="C597" s="0" t="s">
-        <v>2358</v>
+        <v>2360</v>
       </c>
       <c r="D597" s="0" t="s">
-        <v>2359</v>
+        <v>2361</v>
       </c>
       <c r="E597" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F597" s="0"/>
       <c r="G597" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H597" s="0" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="I597" s="1" t="s">
-        <v>2360</v>
+        <v>2362</v>
       </c>
       <c r="J597" s="0"/>
       <c r="K597" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L597" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="598" spans="1:12" customHeight="1" ht="80">
       <c r="A598" s="0"/>
       <c r="B598" s="0" t="s">
-        <v>2361</v>
+        <v>2363</v>
       </c>
       <c r="C598" s="0" t="s">
-        <v>2362</v>
+        <v>2364</v>
       </c>
       <c r="D598" s="0" t="s">
-        <v>2363</v>
+        <v>2365</v>
       </c>
       <c r="E598" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F598" s="0"/>
       <c r="G598" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H598" s="0" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="I598" s="1" t="s">
-        <v>2364</v>
+        <v>2366</v>
       </c>
       <c r="J598" s="0"/>
       <c r="K598" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L598" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="599" spans="1:12" customHeight="1" ht="80">
       <c r="A599" s="0"/>
       <c r="B599" s="0" t="s">
-        <v>2365</v>
+        <v>2367</v>
       </c>
       <c r="C599" s="0" t="s">
-        <v>2366</v>
+        <v>2368</v>
       </c>
       <c r="D599" s="0" t="s">
-        <v>2367</v>
+        <v>2369</v>
       </c>
       <c r="E599" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F599" s="0"/>
       <c r="G599" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H599" s="0" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="I599" s="1" t="s">
-        <v>2336</v>
+        <v>2338</v>
       </c>
       <c r="J599" s="0"/>
       <c r="K599" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L599" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="600" spans="1:12" customHeight="1" ht="80">
       <c r="A600" s="0"/>
       <c r="B600" s="0" t="s">
-        <v>2368</v>
+        <v>2370</v>
       </c>
       <c r="C600" s="0" t="s">
-        <v>2369</v>
+        <v>2371</v>
       </c>
       <c r="D600" s="0" t="s">
-        <v>2370</v>
+        <v>2372</v>
       </c>
       <c r="E600" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F600" s="0"/>
       <c r="G600" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H600" s="0" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="I600" s="1" t="s">
-        <v>2336</v>
+        <v>2338</v>
       </c>
       <c r="J600" s="0"/>
       <c r="K600" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L600" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="601" spans="1:12" customHeight="1" ht="80">
       <c r="A601" s="0"/>
       <c r="B601" s="0" t="s">
-        <v>2371</v>
+        <v>2373</v>
       </c>
       <c r="C601" s="0" t="s">
-        <v>2372</v>
+        <v>2374</v>
       </c>
       <c r="D601" s="0" t="s">
-        <v>2373</v>
+        <v>2375</v>
       </c>
       <c r="E601" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F601" s="0"/>
       <c r="G601" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H601" s="0" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="I601" s="1" t="s">
-        <v>2364</v>
+        <v>2366</v>
       </c>
       <c r="J601" s="0"/>
       <c r="K601" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L601" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="602" spans="1:12" customHeight="1" ht="80">
       <c r="A602" s="0"/>
       <c r="B602" s="0" t="s">
-        <v>2374</v>
+        <v>2376</v>
       </c>
       <c r="C602" s="0" t="s">
-        <v>2375</v>
+        <v>2377</v>
       </c>
       <c r="D602" s="0">
         <v>3122.0</v>
       </c>
       <c r="E602" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F602" s="0"/>
       <c r="G602" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H602" s="0" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="I602" s="1" t="s">
-        <v>2376</v>
+        <v>2378</v>
       </c>
       <c r="J602" s="0"/>
       <c r="K602" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L602" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="603" spans="1:12" customHeight="1" ht="80">
       <c r="A603" s="0"/>
       <c r="B603" s="0" t="s">
-        <v>2377</v>
+        <v>2379</v>
       </c>
       <c r="C603" s="0" t="s">
-        <v>2378</v>
+        <v>2380</v>
       </c>
       <c r="D603" s="0" t="s">
-        <v>2379</v>
+        <v>2381</v>
       </c>
       <c r="E603" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F603" s="0"/>
       <c r="G603" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H603" s="0" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="I603" s="1" t="s">
-        <v>2380</v>
+        <v>2382</v>
       </c>
       <c r="J603" s="0"/>
       <c r="K603" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L603" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="604" spans="1:12" customHeight="1" ht="80">
       <c r="A604" s="0"/>
       <c r="B604" s="0" t="s">
-        <v>2381</v>
+        <v>2383</v>
       </c>
       <c r="C604" s="0" t="s">
-        <v>2382</v>
+        <v>2384</v>
       </c>
       <c r="D604" s="0" t="s">
-        <v>2383</v>
+        <v>2385</v>
       </c>
       <c r="E604" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F604" s="0"/>
       <c r="G604" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H604" s="0" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="I604" s="1" t="s">
-        <v>2384</v>
+        <v>2386</v>
       </c>
       <c r="J604" s="0"/>
       <c r="K604" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L604" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="605" spans="1:12" customHeight="1" ht="80">
       <c r="A605" s="0"/>
       <c r="B605" s="0" t="s">
-        <v>2385</v>
+        <v>2387</v>
       </c>
       <c r="C605" s="0" t="s">
-        <v>2386</v>
+        <v>2388</v>
       </c>
       <c r="D605" s="0" t="s">
-        <v>2387</v>
+        <v>2389</v>
       </c>
       <c r="E605" s="0" t="s">
-        <v>2388</v>
+        <v>2390</v>
       </c>
       <c r="F605" s="0"/>
       <c r="G605" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H605" s="0" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="I605" s="1" t="s">
-        <v>2389</v>
+        <v>2391</v>
       </c>
       <c r="J605" s="0"/>
       <c r="K605" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L605" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="606" spans="1:12" customHeight="1" ht="80">
       <c r="A606" s="0"/>
       <c r="B606" s="0" t="s">
-        <v>2390</v>
+        <v>2392</v>
       </c>
       <c r="C606" s="0" t="s">
-        <v>2391</v>
+        <v>2393</v>
       </c>
       <c r="D606" s="0" t="s">
-        <v>2392</v>
+        <v>2394</v>
       </c>
       <c r="E606" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F606" s="0"/>
       <c r="G606" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H606" s="0" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="I606" s="1" t="s">
-        <v>2393</v>
+        <v>2395</v>
       </c>
       <c r="J606" s="0"/>
       <c r="K606" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L606" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="607" spans="1:12" customHeight="1" ht="80">
       <c r="A607" s="0"/>
       <c r="B607" s="0" t="s">
-        <v>2394</v>
+        <v>2396</v>
       </c>
       <c r="C607" s="0" t="s">
-        <v>2395</v>
+        <v>2397</v>
       </c>
       <c r="D607" s="0" t="s">
-        <v>2396</v>
+        <v>2398</v>
       </c>
       <c r="E607" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F607" s="0"/>
       <c r="G607" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H607" s="0" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="I607" s="1" t="s">
-        <v>2397</v>
+        <v>2399</v>
       </c>
       <c r="J607" s="0"/>
       <c r="K607" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L607" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="608" spans="1:12" customHeight="1" ht="80">
       <c r="A608" s="0"/>
       <c r="B608" s="0" t="s">
-        <v>2398</v>
+        <v>2400</v>
       </c>
       <c r="C608" s="0" t="s">
-        <v>2399</v>
+        <v>2401</v>
       </c>
       <c r="D608" s="0">
         <v>686735</v>
       </c>
       <c r="E608" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F608" s="0" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="G608" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H608" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I608" s="1" t="s">
-        <v>2400</v>
+        <v>2402</v>
       </c>
       <c r="J608" s="0"/>
       <c r="K608" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L608" s="0"/>
     </row>
     <row r="609" spans="1:12" customHeight="1" ht="80">
       <c r="A609" s="0"/>
       <c r="B609" s="0" t="s">
-        <v>2401</v>
+        <v>2403</v>
       </c>
       <c r="C609" s="0" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="D609" s="0">
         <v>906024</v>
       </c>
       <c r="E609" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F609" s="0" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="G609" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H609" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I609" s="1" t="s">
-        <v>2403</v>
+        <v>2405</v>
       </c>
       <c r="J609" s="0"/>
       <c r="K609" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L609" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="610" spans="1:12" customHeight="1" ht="80">
       <c r="A610" s="0"/>
       <c r="B610" s="0" t="s">
-        <v>2404</v>
+        <v>2406</v>
       </c>
       <c r="C610" s="0" t="s">
-        <v>2405</v>
+        <v>2407</v>
       </c>
       <c r="D610" s="0">
         <v>906028</v>
       </c>
       <c r="E610" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F610" s="0" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="G610" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H610" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I610" s="1" t="s">
-        <v>2406</v>
+        <v>2408</v>
       </c>
       <c r="J610" s="0"/>
       <c r="K610" s="0" t="s">
         <v>89</v>
       </c>
       <c r="L610" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="611" spans="1:12" customHeight="1" ht="80">
       <c r="A611" s="0"/>
       <c r="B611" s="0" t="s">
-        <v>2407</v>
+        <v>2409</v>
       </c>
       <c r="C611" s="0" t="s">
-        <v>2408</v>
+        <v>2410</v>
       </c>
       <c r="D611" s="0">
         <v>907012</v>
       </c>
       <c r="E611" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F611" s="0" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="G611" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H611" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I611" s="1" t="s">
-        <v>2409</v>
+        <v>2411</v>
       </c>
       <c r="J611" s="0"/>
       <c r="K611" s="0" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="L611" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="612" spans="1:12" customHeight="1" ht="80">
       <c r="A612" s="0"/>
       <c r="B612" s="0" t="s">
-        <v>2410</v>
+        <v>2412</v>
       </c>
       <c r="C612" s="0" t="s">
-        <v>2411</v>
+        <v>2413</v>
       </c>
       <c r="D612" s="0">
         <v>907525</v>
       </c>
       <c r="E612" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F612" s="0" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="G612" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H612" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I612" s="1" t="s">
-        <v>2412</v>
+        <v>2414</v>
       </c>
       <c r="J612" s="0"/>
       <c r="K612" s="0" t="s">
         <v>236</v>
       </c>
       <c r="L612" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="613" spans="1:12" customHeight="1" ht="80">
       <c r="A613" s="0"/>
       <c r="B613" s="0" t="s">
-        <v>2413</v>
+        <v>2415</v>
       </c>
       <c r="C613" s="0" t="s">
-        <v>2414</v>
+        <v>2416</v>
       </c>
       <c r="D613" s="0">
         <v>909024</v>
       </c>
       <c r="E613" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F613" s="0" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="G613" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H613" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I613" s="1" t="s">
-        <v>2415</v>
+        <v>2417</v>
       </c>
       <c r="J613" s="0"/>
       <c r="K613" s="0" t="s">
         <v>124</v>
       </c>
       <c r="L613" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="614" spans="1:12" customHeight="1" ht="80">
       <c r="A614" s="0"/>
       <c r="B614" s="0" t="s">
-        <v>2416</v>
+        <v>2418</v>
       </c>
       <c r="C614" s="0" t="s">
-        <v>2417</v>
+        <v>2419</v>
       </c>
       <c r="D614" s="0">
         <v>909028</v>
       </c>
       <c r="E614" s="0" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F614" s="0" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="G614" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H614" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I614" s="1" t="s">
-        <v>2418</v>
+        <v>2420</v>
       </c>
       <c r="J614" s="0"/>
       <c r="K614" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L614" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="615" spans="1:12" customHeight="1" ht="80">
       <c r="A615" s="0"/>
       <c r="B615" s="0" t="s">
-        <v>2419</v>
+        <v>2421</v>
       </c>
       <c r="C615" s="0" t="s">
-        <v>2420</v>
+        <v>2422</v>
       </c>
       <c r="D615" s="0" t="s">
-        <v>2421</v>
+        <v>2423</v>
       </c>
       <c r="E615" s="0" t="s">
         <v>82</v>
       </c>
       <c r="F615" s="0"/>
       <c r="G615" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H615" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I615" s="1" t="s">
-        <v>2422</v>
+        <v>2424</v>
       </c>
       <c r="J615" s="0"/>
       <c r="K615" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L615" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="616" spans="1:12" customHeight="1" ht="80">
       <c r="A616" s="0"/>
       <c r="B616" s="0" t="s">
-        <v>2423</v>
+        <v>2425</v>
       </c>
       <c r="C616" s="0" t="s">
-        <v>2424</v>
+        <v>2426</v>
       </c>
       <c r="D616" s="0" t="s">
-        <v>2425</v>
+        <v>2427</v>
       </c>
       <c r="E616" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F616" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G616" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H616" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I616" s="1" t="s">
-        <v>2426</v>
+        <v>2428</v>
       </c>
       <c r="J616" s="0"/>
       <c r="K616" s="0" t="s">
-        <v>1545</v>
+        <v>1567</v>
       </c>
       <c r="L616" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="617" spans="1:12" customHeight="1" ht="80">
       <c r="A617" s="0"/>
       <c r="B617" s="0" t="s">
-        <v>2427</v>
+        <v>2429</v>
       </c>
       <c r="C617" s="0" t="s">
-        <v>2428</v>
+        <v>2430</v>
       </c>
       <c r="D617" s="0" t="s">
-        <v>2429</v>
+        <v>2431</v>
       </c>
       <c r="E617" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F617" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G617" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H617" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I617" s="1" t="s">
-        <v>2430</v>
+        <v>2432</v>
       </c>
       <c r="J617" s="0"/>
       <c r="K617" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L617" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="618" spans="1:12" customHeight="1" ht="80">
       <c r="A618" s="0"/>
       <c r="B618" s="0" t="s">
-        <v>2431</v>
+        <v>2433</v>
       </c>
       <c r="C618" s="0" t="s">
-        <v>2432</v>
+        <v>2434</v>
       </c>
       <c r="D618" s="0" t="s">
-        <v>2433</v>
+        <v>2435</v>
       </c>
       <c r="E618" s="0" t="s">
-        <v>2434</v>
+        <v>2436</v>
       </c>
       <c r="F618" s="0"/>
       <c r="G618" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H618" s="0" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="I618" s="1" t="s">
-        <v>2435</v>
+        <v>2437</v>
       </c>
       <c r="J618" s="0"/>
       <c r="K618" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L618" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="619" spans="1:12" customHeight="1" ht="80">
       <c r="B619" s="0" t="s">
-        <v>2436</v>
+        <v>2438</v>
       </c>
       <c r="C619" s="0" t="s">
-        <v>2437</v>
+        <v>2439</v>
       </c>
       <c r="D619" s="0">
         <v>101802</v>
       </c>
       <c r="E619" s="0" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="F619" s="0"/>
       <c r="G619" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H619" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I619" s="1" t="s">
-        <v>2438</v>
+        <v>2440</v>
       </c>
       <c r="J619" s="0"/>
       <c r="K619" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L619" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="620" spans="1:12" customHeight="1" ht="80">
       <c r="A620" s="0"/>
       <c r="B620" s="0" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="C620" s="0" t="s">
-        <v>2439</v>
+        <v>2441</v>
       </c>
       <c r="D620" s="0">
         <v>5200.28</v>
       </c>
       <c r="E620" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F620" s="0" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="G620" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H620" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I620" s="1" t="s">
-        <v>2440</v>
+        <v>2442</v>
       </c>
       <c r="J620" s="0"/>
       <c r="K620" s="0" t="s">
-        <v>1098</v>
+        <v>2443</v>
       </c>
       <c r="L620" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="621" spans="1:12" customHeight="1" ht="80">
       <c r="A621" s="0"/>
       <c r="B621" s="0" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="C621" s="0" t="s">
-        <v>2441</v>
+        <v>2444</v>
       </c>
       <c r="D621" s="0">
         <v>5200.2</v>
       </c>
       <c r="E621" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F621" s="0" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="G621" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H621" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I621" s="1" t="s">
-        <v>2442</v>
+        <v>2445</v>
       </c>
       <c r="J621" s="0"/>
       <c r="K621" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L621" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="622" spans="1:12" customHeight="1" ht="80">
       <c r="A622" s="0"/>
       <c r="B622" s="0" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="C622" s="0" t="s">
-        <v>2443</v>
+        <v>2446</v>
       </c>
       <c r="D622" s="0">
         <v>5200.24</v>
       </c>
       <c r="E622" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F622" s="0" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="G622" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H622" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="I622" s="1" t="s">
-        <v>2444</v>
+        <v>2447</v>
       </c>
       <c r="J622" s="0"/>
       <c r="K622" s="0" t="s">
-        <v>1992</v>
+        <v>2448</v>
       </c>
       <c r="L622" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="623" spans="1:12" customHeight="1" ht="80">
       <c r="A623" s="0"/>
       <c r="B623" s="0" t="s">
-        <v>2445</v>
+        <v>2449</v>
       </c>
       <c r="C623" s="0" t="s">
-        <v>2446</v>
+        <v>2450</v>
       </c>
       <c r="D623" s="0" t="s">
-        <v>2447</v>
+        <v>2451</v>
       </c>
       <c r="E623" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F623" s="0" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G623" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H623" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="I623" s="1" t="s">
-        <v>2448</v>
+        <v>2452</v>
       </c>
       <c r="J623" s="0"/>
       <c r="K623" s="0" t="s">
         <v>569</v>
       </c>
       <c r="L623" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="624" spans="1:12" customHeight="1" ht="80">
       <c r="B624" s="0" t="s">
-        <v>2449</v>
+        <v>2453</v>
       </c>
       <c r="C624" s="0" t="s">
-        <v>2450</v>
+        <v>2454</v>
       </c>
       <c r="D624" s="0" t="s">
-        <v>2451</v>
+        <v>2455</v>
       </c>
       <c r="E624" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F624" s="0"/>
       <c r="G624" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H624" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I624" s="1" t="s">
-        <v>2452</v>
+        <v>2456</v>
       </c>
       <c r="J624" s="0"/>
       <c r="K624" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L624" s="0"/>
     </row>
     <row r="625" spans="1:12" customHeight="1" ht="80">
       <c r="B625" s="0" t="s">
-        <v>2453</v>
+        <v>2457</v>
       </c>
       <c r="C625" s="0" t="s">
-        <v>2454</v>
+        <v>2458</v>
       </c>
       <c r="D625" s="0" t="s">
-        <v>2455</v>
+        <v>2459</v>
       </c>
       <c r="E625" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F625" s="0"/>
       <c r="G625" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H625" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I625" s="1" t="s">
-        <v>2456</v>
+        <v>2460</v>
       </c>
       <c r="J625" s="0"/>
       <c r="K625" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L625" s="0"/>
     </row>
     <row r="626" spans="1:12" customHeight="1" ht="80">
       <c r="B626" s="0" t="s">
-        <v>2457</v>
+        <v>2461</v>
       </c>
       <c r="C626" s="0" t="s">
-        <v>2458</v>
+        <v>2462</v>
       </c>
       <c r="D626" s="0" t="s">
-        <v>2459</v>
+        <v>2463</v>
       </c>
       <c r="E626" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F626" s="0"/>
       <c r="G626" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H626" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I626" s="1" t="s">
-        <v>2460</v>
+        <v>2464</v>
       </c>
       <c r="J626" s="0"/>
       <c r="K626" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L626" s="0"/>
     </row>
     <row r="627" spans="1:12" customHeight="1" ht="80">
       <c r="B627" s="0" t="s">
-        <v>2461</v>
+        <v>2465</v>
       </c>
       <c r="C627" s="0" t="s">
-        <v>2462</v>
+        <v>2466</v>
       </c>
       <c r="D627" s="0" t="s">
-        <v>2463</v>
+        <v>2467</v>
       </c>
       <c r="E627" s="0" t="s">
         <v>276</v>
       </c>
       <c r="F627" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G627" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H627" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I627" s="1" t="s">
-        <v>2464</v>
+        <v>2468</v>
       </c>
       <c r="J627" s="0"/>
       <c r="K627" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L627" s="0"/>
     </row>
     <row r="628" spans="1:12" customHeight="1" ht="80">
       <c r="A628" s="0"/>
       <c r="B628" s="0" t="s">
-        <v>2465</v>
+        <v>2469</v>
       </c>
       <c r="C628" s="0" t="s">
-        <v>2466</v>
+        <v>2470</v>
       </c>
       <c r="D628" s="0" t="s">
-        <v>2467</v>
+        <v>2471</v>
       </c>
       <c r="E628" s="0" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="F628" s="0" t="s">
-        <v>2293</v>
+        <v>2295</v>
       </c>
       <c r="G628" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H628" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I628" s="1" t="s">
-        <v>2468</v>
+        <v>2472</v>
       </c>
       <c r="J628" s="0"/>
       <c r="K628" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L628" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="629" spans="1:12" customHeight="1" ht="80">
       <c r="A629" s="0"/>
       <c r="B629" s="0" t="s">
-        <v>2469</v>
+        <v>2473</v>
       </c>
       <c r="C629" s="0" t="s">
-        <v>2470</v>
+        <v>2474</v>
       </c>
       <c r="D629" s="0" t="s">
-        <v>2471</v>
+        <v>2475</v>
       </c>
       <c r="E629" s="0" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="F629" s="0" t="s">
-        <v>2293</v>
+        <v>2295</v>
       </c>
       <c r="G629" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H629" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I629" s="1" t="s">
-        <v>2472</v>
+        <v>2476</v>
       </c>
       <c r="J629" s="0"/>
       <c r="K629" s="0" t="s">
         <v>98</v>
       </c>
       <c r="L629" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="630" spans="1:12" customHeight="1" ht="80">
       <c r="B630" s="0" t="s">
-        <v>2473</v>
+        <v>2477</v>
       </c>
       <c r="C630" s="0" t="s">
-        <v>2474</v>
+        <v>2478</v>
       </c>
       <c r="D630" s="0" t="s">
-        <v>2475</v>
+        <v>2479</v>
       </c>
       <c r="E630" s="0" t="s">
-        <v>2476</v>
+        <v>2480</v>
       </c>
       <c r="F630" s="0" t="s">
-        <v>2477</v>
+        <v>2481</v>
       </c>
       <c r="G630" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H630" s="0" t="s">
         <v>58</v>
       </c>
       <c r="I630" s="1" t="s">
-        <v>2478</v>
+        <v>2482</v>
       </c>
       <c r="J630" s="0"/>
       <c r="K630" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L630" s="0"/>
     </row>
     <row r="631" spans="1:12" customHeight="1" ht="80">
       <c r="B631" s="0" t="s">
-        <v>2479</v>
+        <v>2483</v>
       </c>
       <c r="C631" s="0" t="s">
+        <v>2484</v>
+      </c>
+      <c r="D631" s="0" t="s">
+        <v>2485</v>
+      </c>
+      <c r="E631" s="0" t="s">
         <v>2480</v>
       </c>
-      <c r="D631" s="0" t="s">
+      <c r="F631" s="0" t="s">
         <v>2481</v>
-      </c>
-[...4 lines deleted...]
-        <v>2477</v>
       </c>
       <c r="G631" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H631" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I631" s="1" t="s">
-        <v>2482</v>
+        <v>2486</v>
       </c>
       <c r="J631" s="0"/>
       <c r="K631" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L631" s="0"/>
     </row>
     <row r="632" spans="1:12" customHeight="1" ht="80">
       <c r="B632" s="0" t="s">
-        <v>2483</v>
+        <v>2487</v>
       </c>
       <c r="C632" s="0" t="s">
-        <v>2484</v>
+        <v>2488</v>
       </c>
       <c r="D632" s="0" t="s">
-        <v>2485</v>
+        <v>2489</v>
       </c>
       <c r="E632" s="0" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="F632" s="0" t="s">
-        <v>2486</v>
+        <v>2490</v>
       </c>
       <c r="G632" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H632" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I632" s="1" t="s">
-        <v>2487</v>
+        <v>2491</v>
       </c>
       <c r="J632" s="0"/>
       <c r="K632" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L632" s="0"/>
     </row>
     <row r="633" spans="1:12" customHeight="1" ht="80">
       <c r="B633" s="0" t="s">
-        <v>2488</v>
+        <v>2492</v>
       </c>
       <c r="C633" s="0" t="s">
-        <v>2489</v>
+        <v>2493</v>
       </c>
       <c r="D633" s="0" t="s">
-        <v>2490</v>
+        <v>2494</v>
       </c>
       <c r="E633" s="0" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="F633" s="0" t="s">
-        <v>2293</v>
+        <v>2295</v>
       </c>
       <c r="G633" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H633" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I633" s="1" t="s">
-        <v>2491</v>
+        <v>2495</v>
       </c>
       <c r="J633" s="0"/>
       <c r="K633" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L633" s="0"/>
     </row>
     <row r="634" spans="1:12" customHeight="1" ht="80">
       <c r="B634" s="0" t="s">
-        <v>2492</v>
+        <v>2496</v>
       </c>
       <c r="C634" s="0" t="s">
-        <v>2493</v>
+        <v>2497</v>
       </c>
       <c r="D634" s="0" t="s">
-        <v>2494</v>
+        <v>2498</v>
       </c>
       <c r="E634" s="0" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="F634" s="0" t="s">
-        <v>2293</v>
+        <v>2295</v>
       </c>
       <c r="G634" s="0" t="s">
         <v>152</v>
       </c>
       <c r="H634" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I634" s="1" t="s">
-        <v>2495</v>
+        <v>2499</v>
       </c>
       <c r="J634" s="0"/>
       <c r="K634" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L634" s="0"/>
+    </row>
+    <row r="635" spans="1:12" customHeight="1" ht="80">
+      <c r="B635" s="0" t="s">
+        <v>2500</v>
+      </c>
+      <c r="C635" s="0" t="s">
+        <v>2501</v>
+      </c>
+      <c r="D635" s="0">
+        <v>46638</v>
+      </c>
+      <c r="E635" s="0" t="s">
+        <v>2502</v>
+      </c>
+      <c r="F635" s="0"/>
+      <c r="G635" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="H635" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="I635" s="1" t="s">
+        <v>2503</v>
+      </c>
+      <c r="J635" s="0"/>
+      <c r="K635" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="L635" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -47906,50 +47959,51 @@
     <hyperlink ref="B610" r:id="rId_hyperlink_609"/>
     <hyperlink ref="B611" r:id="rId_hyperlink_610"/>
     <hyperlink ref="B612" r:id="rId_hyperlink_611"/>
     <hyperlink ref="B613" r:id="rId_hyperlink_612"/>
     <hyperlink ref="B614" r:id="rId_hyperlink_613"/>
     <hyperlink ref="B615" r:id="rId_hyperlink_614"/>
     <hyperlink ref="B616" r:id="rId_hyperlink_615"/>
     <hyperlink ref="B617" r:id="rId_hyperlink_616"/>
     <hyperlink ref="B618" r:id="rId_hyperlink_617"/>
     <hyperlink ref="B619" r:id="rId_hyperlink_618"/>
     <hyperlink ref="B620" r:id="rId_hyperlink_619"/>
     <hyperlink ref="B621" r:id="rId_hyperlink_620"/>
     <hyperlink ref="B622" r:id="rId_hyperlink_621"/>
     <hyperlink ref="B623" r:id="rId_hyperlink_622"/>
     <hyperlink ref="B624" r:id="rId_hyperlink_623"/>
     <hyperlink ref="B625" r:id="rId_hyperlink_624"/>
     <hyperlink ref="B626" r:id="rId_hyperlink_625"/>
     <hyperlink ref="B627" r:id="rId_hyperlink_626"/>
     <hyperlink ref="B628" r:id="rId_hyperlink_627"/>
     <hyperlink ref="B629" r:id="rId_hyperlink_628"/>
     <hyperlink ref="B630" r:id="rId_hyperlink_629"/>
     <hyperlink ref="B631" r:id="rId_hyperlink_630"/>
     <hyperlink ref="B632" r:id="rId_hyperlink_631"/>
     <hyperlink ref="B633" r:id="rId_hyperlink_632"/>
     <hyperlink ref="B634" r:id="rId_hyperlink_633"/>
+    <hyperlink ref="B635" r:id="rId_hyperlink_634"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>