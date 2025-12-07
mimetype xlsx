--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -191,81 +191,81 @@
   <si>
     <t>Сковорода «Вок»;сталь нерж.,антиприг.покр.;D=35см</t>
   </si>
   <si>
     <t>04021007</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>101317.00₸</t>
   </si>
   <si>
     <t>Сковорода «Вок»;сталь;D=31,H=9см;металлич.</t>
   </si>
   <si>
     <t>04021077</t>
   </si>
   <si>
     <t>49604-31</t>
   </si>
   <si>
     <t>30323.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
+    <t>2 шт.</t>
   </si>
   <si>
     <t>Сковорода «Вок»;сталь;D=36,H=11см;металлич.</t>
   </si>
   <si>
     <t>04021078</t>
   </si>
   <si>
     <t>49604-36</t>
   </si>
   <si>
     <t>31486.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Сковорода «Вок»;сталь,дерево;D=36,H=11см</t>
   </si>
   <si>
     <t>04021092</t>
   </si>
   <si>
     <t>062035</t>
   </si>
   <si>
     <t>73066.00₸</t>
   </si>
   <si>
-    <t>47 шт.</t>
+    <t>45 шт.</t>
   </si>
   <si>
     <t>Сковорода-вок «Минерал Би»;сталь;D=32см;металлич.</t>
   </si>
   <si>
     <t>04021662</t>
   </si>
   <si>
     <t>Mineral B</t>
   </si>
   <si>
     <t>54617.00₸</t>
   </si>
   <si>
     <t>Сковорода-вок с решеткой гриль и палочками;алюм.литой,антиприг.покр.;D=32см</t>
   </si>
   <si>
     <t>04021699</t>
   </si>
   <si>
     <t>00080G/32TP0</t>
   </si>
   <si>
     <t>Risoli</t>
   </si>
@@ -429,50 +429,53 @@
     <t>Сковорода «Садж Вок» без крышки с ручками и подставкой;сталь нерж.;D=340,H=65,L=360мм;металлич.</t>
   </si>
   <si>
     <t>04022188</t>
   </si>
   <si>
     <t>vok34</t>
   </si>
   <si>
     <t>55502.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
   <si>
     <t>Сковорода «Садж Вок» без крышки с ручками и подставкой;сталь нерж.;D=360,H=67,L=380мм;металлич.</t>
   </si>
   <si>
     <t>04022189</t>
   </si>
   <si>
     <t>vok36</t>
   </si>
   <si>
     <t>57481.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
   </si>
   <si>
     <t>Сковорода «Садж Вок» без крышки с ручками и подставкой;сталь нерж.;D=380,H=69,L=400мм;металлич.</t>
   </si>
   <si>
     <t>04022190</t>
   </si>
   <si>
     <t>vok38</t>
   </si>
   <si>
     <t>59460.00₸</t>
   </si>
   <si>
     <t>Сковорода;сталь нерж.;D=35,H=10см</t>
   </si>
   <si>
     <t>09100106</t>
   </si>
   <si>
     <t>Tradition</t>
   </si>
   <si>
     <t>122346.00₸</t>
   </si>
@@ -2279,51 +2282,51 @@
         <v>95</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>97</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>90</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>92</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>99</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>94</v>
+        <v>63</v>
       </c>
       <c r="L18" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>101</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>102</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>90</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>92</v>
       </c>
@@ -2535,200 +2538,200 @@
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>134</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>135</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>136</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>112</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>137</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>112</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D28" s="0">
         <v>686735</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>52</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="0"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="B29" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>90</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>92</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="0"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="B30" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>90</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>92</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="0"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="B31" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>90</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>92</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>