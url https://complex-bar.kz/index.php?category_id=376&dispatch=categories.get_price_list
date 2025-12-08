--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="269">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="270">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -73,80 +73,80 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Сковорода для блинов;алюмин.,тефлон;D=220,H=20,L=425мм;черный,серебрян.</t>
   </si>
   <si>
     <t>04020182</t>
   </si>
   <si>
     <t>16712-22</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Сковороды для блинов и оладий</t>
   </si>
   <si>
     <t>40541.00₸</t>
   </si>
   <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;алюмин.,тефлон;D=120,H=20,L=245мм;черный,серебрян.</t>
+  </si>
+  <si>
+    <t>04020183</t>
+  </si>
+  <si>
+    <t>16719-12</t>
+  </si>
+  <si>
+    <t>25041.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Сковорода для блинов;алюмин.,тефлон;D=120,H=20,L=245мм;черный,серебрян.</t>
-[...10 lines deleted...]
-  <si>
     <t>Сковорода для блинов;алюмин.,тефлон;D=240,H=25,L=450,B=255мм;черный,серебрян.</t>
   </si>
   <si>
     <t>04020198</t>
   </si>
   <si>
     <t>16118-24</t>
   </si>
   <si>
     <t>59383.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сковорода для блинов с лопаткой;чугун,дерево;D=320,H=30,L=435/120мм;черный</t>
   </si>
   <si>
     <t>04020301</t>
   </si>
   <si>
     <t>03500000GCS</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>30114.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов;черн.сталь;D=200,H=25,L=380мм;серый</t>
   </si>
   <si>
     <t>04020466</t>
   </si>
   <si>
     <t>11718-20</t>
@@ -181,53 +181,50 @@
   <si>
     <t>11718-24</t>
   </si>
   <si>
     <t>24279.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов «Клас Шеф»;алюмин.,тефлон;D=24,H=2,L=45см;синий,черный</t>
   </si>
   <si>
     <t>04020628</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>Classe Chef</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>38824.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сковорода для блинов;алюмин.,керамика;D=25,H=2,L=45,B=25см;коричнев.,бежев.</t>
   </si>
   <si>
     <t>04020631</t>
   </si>
   <si>
     <t>Classe Ceram</t>
   </si>
   <si>
     <t>24358.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов;алюмин.,тефлон;D=25,H=2,L=49см;черный,серебрян.</t>
   </si>
   <si>
     <t>04020729</t>
   </si>
   <si>
     <t>16712-26</t>
   </si>
   <si>
     <t>46354.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов;алюмин.,тефлон;D=290,H=20,L=535мм;черный,серебрян.</t>
@@ -283,51 +280,51 @@
   <si>
     <t>Сковорода для блинов «Карбон Плюс»;белая сталь;D=180,H=15,L=360мм;металлич.</t>
   </si>
   <si>
     <t>04020792</t>
   </si>
   <si>
     <t>16810.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов;голуб.сталь;D=18,H=2,L=36см;металлич.</t>
   </si>
   <si>
     <t>04020799</t>
   </si>
   <si>
     <t>18681.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов «Карбон Плюс»;белая сталь;D=200,H=20,L=375мм;металлич.</t>
   </si>
   <si>
     <t>04020808</t>
   </si>
   <si>
-    <t>8001.00₸</t>
+    <t>26473.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов «Карбон Плюс»;белая сталь;D=22,H=2,L=42см;металлич.</t>
   </si>
   <si>
     <t>04020809</t>
   </si>
   <si>
     <t>26796.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов;голуб.сталь;D=20,H=2,L=38см;серый</t>
   </si>
   <si>
     <t>04020811</t>
   </si>
   <si>
     <t>23154.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов;алюмин.,тефлон;D=140,H=20,L=265мм;черный,серебрян.</t>
   </si>
   <si>
     <t>04020844</t>
   </si>
@@ -403,105 +400,102 @@
   <si>
     <t>Сковорода для блинов;алюмин.,керамика;D=28,H=2,L=48см;белый,коричнев.</t>
   </si>
   <si>
     <t>04020928</t>
   </si>
   <si>
     <t>27335.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов 4 отделения;алюм.литой,тефлон;D=250/80,H=25,L=460мм;черный</t>
   </si>
   <si>
     <t>04020972</t>
   </si>
   <si>
     <t>OP106M/25T00</t>
   </si>
   <si>
     <t>Risoli</t>
   </si>
   <si>
     <t>44568.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
+    <t>18 шт.</t>
   </si>
   <si>
     <t>Сковорода для блинов;алюм.литой,тефлон;D=20,H=2,L=42см;черный</t>
   </si>
   <si>
     <t>04020974</t>
   </si>
   <si>
     <t>OP0106/20T00</t>
   </si>
   <si>
     <t>28437.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов;алюм.литой,тефлон;D=25,H=2,L=46см;черный</t>
   </si>
   <si>
     <t>04020975</t>
   </si>
   <si>
     <t>OP0106/25T00</t>
   </si>
   <si>
     <t>41018.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов;алюм.литой,тефлон;D=280,H=23,L=510мм;черный</t>
   </si>
   <si>
     <t>04020976</t>
   </si>
   <si>
     <t>OP0106/28T00</t>
   </si>
   <si>
     <t>42143.00₸</t>
   </si>
   <si>
-    <t>12 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сковорода для блинов (индукция);алюм.литой,тефлон;D=280,H=23,L=500мм;черный</t>
   </si>
   <si>
     <t>04020977</t>
   </si>
   <si>
     <t>OP106IN/28T0</t>
   </si>
   <si>
     <t>82183.00₸</t>
   </si>
   <si>
-    <t>9 шт.</t>
+    <t>3 шт.</t>
   </si>
   <si>
     <t>Сковорода для блинов;черн.сталь;D=120,H=25,L=245,B=120мм</t>
   </si>
   <si>
     <t>04021003</t>
   </si>
   <si>
     <t>062040</t>
   </si>
   <si>
     <t>8347.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов;алюмин.,керамика;D=28,H=2,L=49см;коричнев.,бежев.</t>
   </si>
   <si>
     <t>04021050</t>
   </si>
   <si>
     <t>Elite Ceram</t>
   </si>
   <si>
     <t>80974.00₸</t>
   </si>
@@ -586,131 +580,137 @@
   <si>
     <t>04021457</t>
   </si>
   <si>
     <t>062031</t>
   </si>
   <si>
     <t>13791.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов «Гранито»;алюм.литой;D=25,H=2см</t>
   </si>
   <si>
     <t>04021487</t>
   </si>
   <si>
     <t>00106GR/25HS</t>
   </si>
   <si>
     <t>Granito</t>
   </si>
   <si>
     <t>38370.00₸</t>
   </si>
   <si>
-    <t>7 шт.</t>
+    <t>6 шт.</t>
   </si>
   <si>
     <t>Сковорода для блинов;алюмин.,антиприг.покр.;D=260,H=15мм</t>
   </si>
   <si>
     <t>04021618</t>
   </si>
   <si>
     <t>74806.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов «Проотель»;алюм.литой,пластик;D=240,H=15мм</t>
   </si>
   <si>
     <t>04021655</t>
   </si>
   <si>
     <t>HL0211B</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>21511.00₸</t>
   </si>
   <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
     <t>Сковорода для блинов «Проотель»;алюм.литой,пластик;D=280,H=15мм</t>
   </si>
   <si>
     <t>04021656</t>
   </si>
   <si>
     <t>HL0212B</t>
   </si>
   <si>
     <t>21280.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов, 4отделения (индукция);алюм.литой,антиприг.покр.;D=25см</t>
   </si>
   <si>
     <t>04021660</t>
   </si>
   <si>
     <t>00106MIN/25T</t>
   </si>
   <si>
     <t>58413.00₸</t>
   </si>
   <si>
+    <t>39 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов;чугун;D=22,L=20см</t>
+  </si>
+  <si>
+    <t>04021677</t>
+  </si>
+  <si>
+    <t>KL</t>
+  </si>
+  <si>
+    <t>10311.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для блинов «Эмбер Каст Мэтт»;чугун;D=160,H=15мм;черный</t>
+  </si>
+  <si>
+    <t>04022140</t>
+  </si>
+  <si>
+    <t>12660-16B</t>
+  </si>
+  <si>
+    <t>Ember Cast Matt</t>
+  </si>
+  <si>
+    <t>6706.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Сковорода для блинов;чугун;D=22,L=20см</t>
-[...25 lines deleted...]
-  <si>
     <t>Сковорода для блинов «Эмбер Каст Мэтт»;чугун;D=200,H=25мм;черный</t>
   </si>
   <si>
     <t>04022141</t>
   </si>
   <si>
     <t>12660-20B</t>
   </si>
   <si>
     <t>8246.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов «Уитфорд»;алюм.литой,сталь нерж.;450мл;D=220,H=15мм;черный,металлич.</t>
   </si>
   <si>
     <t>04022158</t>
   </si>
   <si>
     <t>AL27</t>
   </si>
   <si>
     <t>Whitford</t>
   </si>
   <si>
     <t>11123.00₸</t>
@@ -748,111 +748,114 @@
   <si>
     <t>ALSA111CR24</t>
   </si>
   <si>
     <t>Agnelli</t>
   </si>
   <si>
     <t>39032.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов «Ла Идеал»;эмалиров.сталь,антиприг.покр.;D=12,H=2см;черный</t>
   </si>
   <si>
     <t>04022198</t>
   </si>
   <si>
     <t>G1021300000</t>
   </si>
   <si>
     <t>La Ideal</t>
   </si>
   <si>
     <t>14122.00₸</t>
   </si>
   <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
     <t>Сковорода для блинов «Ла Идеал»;сталь;D=12,H=2см;металлич.</t>
   </si>
   <si>
     <t>04022199</t>
   </si>
   <si>
     <t>G1021200000</t>
   </si>
   <si>
     <t>7978.00₸</t>
   </si>
   <si>
     <t>Сковорода для блинов «Ла Идеал»;сталь;D=14,H=3см;металлич.</t>
   </si>
   <si>
     <t>04022200</t>
   </si>
   <si>
     <t>G1021400000</t>
   </si>
   <si>
     <t>10134.00₸</t>
   </si>
   <si>
-    <t>32 шт.</t>
+    <t>30 шт.</t>
   </si>
   <si>
     <t>Сковорода для блинов «Ла Идеал»;эмалиров.сталь,антиприг.покр.;D=14см;черный</t>
   </si>
   <si>
     <t>04022204</t>
   </si>
   <si>
     <t>G1021500000</t>
   </si>
   <si>
     <t>16748.00₸</t>
   </si>
   <si>
-    <t>48 шт.</t>
+    <t>45 шт.</t>
   </si>
   <si>
     <t>Сковорода для блинов «Клас Шеф+» с антипригарным покрытием;алюмин.;D=12,H=3,L=24,B=12см;черный</t>
   </si>
   <si>
     <t>09100332</t>
   </si>
   <si>
     <t>34612.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сковорода для блинов «Клас Шеф+» с антипригарным покрытием;алюмин.;D=250,H=25,L=450,B=245мм;черный</t>
   </si>
   <si>
     <t>09100333</t>
   </si>
   <si>
     <t>47640.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
   </si>
   <si>
     <t>Сковорода для блинов «Проотель»;алюм.литой,пластик;D=220,H=15мм</t>
   </si>
   <si>
     <t>04021962</t>
   </si>
   <si>
     <t>HL0211B1</t>
   </si>
   <si>
     <t>16100.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -3039,115 +3042,115 @@
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L3" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="L4" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>34</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L5" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>16</v>
       </c>
@@ -3205,1522 +3208,1522 @@
         <v>45</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L8" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D9" s="0">
         <v>666125</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>55</v>
+        <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="D10" s="0">
         <v>676125</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L12" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L13" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="D14" s="0">
         <v>5303.24</v>
       </c>
       <c r="E14" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="F14" s="0" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="D15" s="0">
         <v>5120.16</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="D16" s="0">
         <v>5120.18</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="D17" s="0">
         <v>5303.18</v>
       </c>
       <c r="E17" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="F17" s="0" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L17" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="D18" s="0">
         <v>5120.2</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L18" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="D19" s="0">
         <v>5120.22</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L19" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="D20" s="0">
         <v>5303.2</v>
       </c>
       <c r="E20" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="F20" s="0" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L20" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="D21" s="0">
         <v>8140.14</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="D22" s="0">
         <v>8185.22</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L22" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="D23" s="0">
         <v>8185.26</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D24" s="0">
         <v>907528</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D27" s="0">
         <v>666128</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="D28" s="0">
         <v>676128</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="D29" s="0" t="s">
+      <c r="E29" s="0" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>130</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="D30" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E30" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="D31" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="D32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>142</v>
+        <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D33" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="C33" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E33" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="L33" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D35" s="0">
         <v>666228</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="D36" s="0" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L36" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="D37" s="0" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L37" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="D38" s="0" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L38" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="D39" s="0" t="s">
         <v>169</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L39" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="C40" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E40" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L40" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="D41" s="0" t="s">
         <v>177</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="D42" s="0" t="s">
         <v>181</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="E43" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="F43" s="0" t="s">
         <v>186</v>
-      </c>
-[...7 lines deleted...]
-        <v>188</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="L43" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="D44" s="0">
         <v>8485.26</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L44" s="0"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="D45" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="E45" s="0" t="s">
         <v>195</v>
-      </c>
-[...4 lines deleted...]
-        <v>197</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>40</v>
+        <v>197</v>
       </c>
       <c r="L45" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="D46" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="D46" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" s="0" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="L46" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="D47" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="D47" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E47" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="L47" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="B48" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="D48" s="0">
         <v>9192</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L48" s="0"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>212</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="D49" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="D49" s="0" t="s">
+      <c r="E49" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="F49" s="0" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
         <v>217</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>218</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>219</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>220</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
         <v>221</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>222</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>223</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>224</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>225</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L51" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>228</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>224</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>229</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L52" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>230</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>231</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>232</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>224</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>233</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L53" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>234</v>
@@ -4748,260 +4751,260 @@
       <c r="K54" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
         <v>239</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>240</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>241</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>242</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>243</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>142</v>
+        <v>244</v>
       </c>
       <c r="L55" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>242</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>40</v>
+        <v>188</v>
       </c>
       <c r="L56" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>242</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="L57" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>242</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="L58" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D59" s="0">
         <v>907012</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>261</v>
+        <v>188</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
         <v>262</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>263</v>
       </c>
       <c r="D60" s="0">
         <v>907525</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>264</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>147</v>
+        <v>265</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="B61" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L61" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>