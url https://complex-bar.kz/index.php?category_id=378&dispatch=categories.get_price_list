--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="471">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="478">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -176,51 +176,51 @@
   <si>
     <t>Сковорода для фахитос овальная;чугун;,H=15,L=350,B=260мм;черный</t>
   </si>
   <si>
     <t>04020192</t>
   </si>
   <si>
     <t>LJOSH3</t>
   </si>
   <si>
     <t>21245.00₸</t>
   </si>
   <si>
     <t>Сковорода для фахитос;чугун;D=23,H=2см;черный</t>
   </si>
   <si>
     <t>04020193</t>
   </si>
   <si>
     <t>L70GH3</t>
   </si>
   <si>
     <t>26003.00₸</t>
   </si>
   <si>
-    <t>10 шт.</t>
+    <t>3 шт.</t>
   </si>
   <si>
     <t>Сковорода порцион.;сталь нерж.;D=175,H=15мм;металлич.</t>
   </si>
   <si>
     <t>04020201</t>
   </si>
   <si>
     <t>С147</t>
   </si>
   <si>
     <t>Trud</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>3019.00₸</t>
   </si>
   <si>
     <t>Сковорода для фахитос без ручек;чугун;,H=15,L=250,B=190мм;черный</t>
   </si>
   <si>
     <t>04020303</t>
   </si>
@@ -353,51 +353,51 @@
   <si>
     <t>04020453</t>
   </si>
   <si>
     <t>04800200GCV</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>18893.00₸</t>
   </si>
   <si>
     <t>Сковорода для фахитос с подставкой;чугун,дерево;D=250,H=30,L=305мм;черный,коричнев.</t>
   </si>
   <si>
     <t>04020454</t>
   </si>
   <si>
     <t>04800250GCV</t>
   </si>
   <si>
     <t>39662.00₸</t>
   </si>
   <si>
-    <t>14 шт.</t>
+    <t>18 шт.</t>
   </si>
   <si>
     <t>Сковорода для фахитос с подставкой;чугун,дерево;D=30,H=3,L=36см;черный,коричнев.</t>
   </si>
   <si>
     <t>04020455</t>
   </si>
   <si>
     <t>04800300GCV</t>
   </si>
   <si>
     <t>36298.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
   <si>
     <t>Сковорода для фахитос с подставкой;чугун,дерево;D=35,H=3,L=40см;черный,коричнев.</t>
   </si>
   <si>
     <t>04020456</t>
   </si>
   <si>
     <t>04800350GCV</t>
   </si>
@@ -833,80 +833,77 @@
   <si>
     <t>3573.00₸</t>
   </si>
   <si>
     <t>Сковорода порционная для паэльи эмалиров.;голуб.сталь;D=150,H=25мм</t>
   </si>
   <si>
     <t>04021318</t>
   </si>
   <si>
     <t>G20211</t>
   </si>
   <si>
     <t>4413.00₸</t>
   </si>
   <si>
     <t>Сковорода для подачи;сталь нерж.;D=120,H=30,L=172мм;металлич.</t>
   </si>
   <si>
     <t>04021361</t>
   </si>
   <si>
     <t>8001.00₸</t>
   </si>
   <si>
-    <t>Сковорода для запекания «Базальт»;керамика;D=13см;черный</t>
+    <t>Сковорода для запекания «Базальт»;керамика;210мл;D=13см;черный</t>
   </si>
   <si>
     <t>04021362</t>
   </si>
   <si>
     <t>Revol</t>
   </si>
   <si>
     <t>Basalt</t>
   </si>
   <si>
     <t>18804.00₸</t>
   </si>
   <si>
     <t>8 шт.</t>
   </si>
   <si>
     <t>Сковорода для подачи «Базальт»;керамика;D=18,H=4см;черный</t>
   </si>
   <si>
     <t>04021363</t>
   </si>
   <si>
     <t>25249.00₸</t>
   </si>
   <si>
-    <t>11 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сковорода порционная «Тавола Ле Пиколе Голд Эйдж»;алюмин.;D=14,H=4см;металлич.,золотой</t>
   </si>
   <si>
     <t>04021365</t>
   </si>
   <si>
     <t>Italo Ottinetti</t>
   </si>
   <si>
     <t>Tavola Le Piccole Gold Age</t>
   </si>
   <si>
     <t>19635.00₸</t>
   </si>
   <si>
     <t>Сковорода для подачи круглая;чугун;D=13,H=2см;серый,черный</t>
   </si>
   <si>
     <t>04021366</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>18049.00₸</t>
@@ -968,77 +965,77 @@
   <si>
     <t>04021402</t>
   </si>
   <si>
     <t>G10022</t>
   </si>
   <si>
     <t>7246.00₸</t>
   </si>
   <si>
     <t>Сковорода для паэльи «Ла Идеал»;голуб.сталь;D=240,H=90,L=345,B=245мм</t>
   </si>
   <si>
     <t>04021403</t>
   </si>
   <si>
     <t>G1002400000</t>
   </si>
   <si>
     <t>La Ideal</t>
   </si>
   <si>
     <t>8586.00₸</t>
   </si>
   <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
     <t>Сковорода для паэльи;голуб.сталь;D=260,H=38,L=365мм</t>
   </si>
   <si>
     <t>04021404</t>
   </si>
   <si>
     <t>G10026</t>
   </si>
   <si>
     <t>8470.00₸</t>
   </si>
   <si>
     <t>Сковорода для паэльи «Ла Идеал»;голуб.сталь;D=280,H=42,L=375мм</t>
   </si>
   <si>
     <t>04021405</t>
   </si>
   <si>
     <t>G1002800000</t>
   </si>
   <si>
     <t>9718.00₸</t>
   </si>
   <si>
-    <t>21 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сковорода для паэльи;сталь;D=36,H=7см;черный</t>
   </si>
   <si>
     <t>04021414</t>
   </si>
   <si>
     <t>062051</t>
   </si>
   <si>
     <t>35829.00₸</t>
   </si>
   <si>
     <t>Сковорода для паэльи;сталь;D=45,H=7см;черный</t>
   </si>
   <si>
     <t>04021415</t>
   </si>
   <si>
     <t>062053</t>
   </si>
   <si>
     <t>79626.00₸</t>
   </si>
   <si>
     <t>Сковорода сервировочная 2 ручки;сталь нерж.,латунь;D=18,H=5см</t>
@@ -1052,53 +1049,50 @@
   <si>
     <t>Сковорода для паэльи 2ручки;сталь;D=400,H=44мм</t>
   </si>
   <si>
     <t>04021450</t>
   </si>
   <si>
     <t>071041</t>
   </si>
   <si>
     <t>14707.00₸</t>
   </si>
   <si>
     <t>Сковорода для паэльи «Ла Идеал»;голуб.сталь;D=30,H=4см</t>
   </si>
   <si>
     <t>04021466</t>
   </si>
   <si>
     <t>G1003000000</t>
   </si>
   <si>
     <t>10911.00₸</t>
   </si>
   <si>
-    <t>7 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сковорода;керамика;D=215,H=40,L=300мм</t>
   </si>
   <si>
     <t>04021502</t>
   </si>
   <si>
     <t>Cosy&amp;Trendy</t>
   </si>
   <si>
     <t>Fundido</t>
   </si>
   <si>
     <t>БЕЛЬГИЯ</t>
   </si>
   <si>
     <t>19674.00₸</t>
   </si>
   <si>
     <t>Сковорода для фахитос на подставке;чугун,дерево;D=16см</t>
   </si>
   <si>
     <t>04021640</t>
   </si>
   <si>
     <t>0480MB20GCV</t>
@@ -1325,51 +1319,51 @@
   <si>
     <t>Сковорода «Ла Идеал» для паэльи;сталь;D=220,H=35мм;металлич.</t>
   </si>
   <si>
     <t>04022194</t>
   </si>
   <si>
     <t>G1002200000</t>
   </si>
   <si>
     <t>7893.00₸</t>
   </si>
   <si>
     <t>Сковорода «Ла Идеал» для паэльи;эмалиров.сталь;0,5л;D=16,H=4см;черный</t>
   </si>
   <si>
     <t>04022195</t>
   </si>
   <si>
     <t>G2041600000</t>
   </si>
   <si>
     <t>7862.00₸</t>
   </si>
   <si>
-    <t>44 шт.</t>
+    <t>32 шт.</t>
   </si>
   <si>
     <t>Сковорода «Ла Идеал» для паэльи;сталь;D=260,H=37мм;металлич.</t>
   </si>
   <si>
     <t>04022196</t>
   </si>
   <si>
     <t>G1002600000</t>
   </si>
   <si>
     <t>8008.00₸</t>
   </si>
   <si>
     <t>Сковорода «Ла Идеал» для паэльи;эмалиров.сталь;D=120,H=25мм;черный</t>
   </si>
   <si>
     <t>04022197</t>
   </si>
   <si>
     <t>G2021200000</t>
   </si>
   <si>
     <t>6122.00₸</t>
   </si>
@@ -1379,99 +1373,126 @@
   <si>
     <t>04022201</t>
   </si>
   <si>
     <t>R5760N80154</t>
   </si>
   <si>
     <t>Tognana</t>
   </si>
   <si>
     <t>Tex-Mex</t>
   </si>
   <si>
     <t>11270.00₸</t>
   </si>
   <si>
     <t>Сковорода для подачи «Тэкс-Мэкс» прямоугольная;сталь нерж.;,L=16,5см;металлич.</t>
   </si>
   <si>
     <t>04022202</t>
   </si>
   <si>
     <t>R5760P20154</t>
   </si>
   <si>
-    <t>6510.00₸</t>
+    <t>6405.00₸</t>
+  </si>
+  <si>
+    <t>27 шт.</t>
   </si>
   <si>
     <t>Сковорода для подачи «Тэкс-Мэкс»;сталь нерж.;D=10см;металлич.</t>
   </si>
   <si>
     <t>04022203</t>
   </si>
   <si>
     <t>R5760L80154</t>
   </si>
   <si>
     <t>4508.00₸</t>
   </si>
   <si>
     <t>Сковорода для фахитос «Эмбер Каст Мэтт» на подставке;чугун,дерево;,H=4,L=32/20,B=20см;черный,древесн</t>
   </si>
   <si>
     <t>04020584</t>
   </si>
   <si>
     <t>HE851B</t>
   </si>
   <si>
     <t>15274.00₸</t>
   </si>
   <si>
     <t>Сковорода для подачи «Тэкс-Мэкс»;сталь нерж.;D=22см;металлич.</t>
   </si>
   <si>
     <t>04022240</t>
   </si>
   <si>
     <t>R5760N90154</t>
   </si>
   <si>
     <t>15309.00₸</t>
   </si>
   <si>
     <t>Сковорода для подачи «Тэкс-Мэкс»;сталь нерж.;D=28см;металлич.</t>
   </si>
   <si>
     <t>04022241</t>
   </si>
   <si>
     <t>R5760P10154</t>
   </si>
   <si>
     <t>20412.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи «Тэкс-Мэкс»;сталь нерж.;,L=28,B=18см;металлич.</t>
+  </si>
+  <si>
+    <t>04022243</t>
+  </si>
+  <si>
+    <t>R5760Q30154</t>
+  </si>
+  <si>
+    <t>19838.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода для подачи «Тэкс-Мэкс»;сталь нерж.;D=32см;металлич.</t>
+  </si>
+  <si>
+    <t>04022244</t>
+  </si>
+  <si>
+    <t>R5760Q10154</t>
+  </si>
+  <si>
+    <t>24801.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -4930,62 +4951,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pordamsa-03070506/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pordamsa-03070507/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-lodge-04020135/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-kruglaya-lodge-04020180/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pryamoug-lodge-04020184/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-polumesyac-b-ruchek-lodge-04020185/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-lodge-04020192/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020193/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcion-trud-04020201/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-bez-ruchek-lodge-04020303/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020304/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020325/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020326/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020327/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-chugunna-podstavke-prohotel-04020373/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-pintinox-04020390/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-pintinox-04020391/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-pintinox-04020392/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020453/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020454/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020455/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020456/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-daming-04020498/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-prohotel-04020499/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-ovalnaya-lodge-04020604/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-kvadratnaya-lodge-04020613/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-daming-04020705/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-daming-04020706/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020709/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020710/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020711/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-daming-04020712/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020715/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-ruchkoy-na-podstavke-prohotel-04020716/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04020717/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04020718/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-lodge-04020741/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-paderno-04020748/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-paderno-04020758/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-paderno-04020759/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-was-04020802/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-was-04020804/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020824/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020825/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020828/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020829/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020840/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-s-kryshkoy-paderno-04021001/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-ilsa-04021035/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-ilsa-04021068/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-matfer-04021093/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-paderno-04021303/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-omleta-paderno-04021311/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-ilsa-04021312/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-s-ruchkoy-ilsa-04021315/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-s-ruchkoy-ilsa-04021316/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-ilsa-04021317/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-ilsa-04021318/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-pintinox-04021361/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-zapekaniya-revol-04021362/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-revol-04021363/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-italo-ottinetti-04021365/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-kruglaya-aps-04021366/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-kruglaya-aps-04021367/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pryamoug-aps-04021368/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pryamoug-aps-04021369/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/keci-sredniy-borisovskaya-keramika-04021370/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021401/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021402/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021403/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021404/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021405/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-matfer-04021414/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-matfer-04021415/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-2-ruchki-was-04021442/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-matfer-04021450/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021466/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-cosy-and-trendy-04021502/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-ilsa-04021640/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-prohotel-04021901/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-prohotel-04021902/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-na-podstavke-prohotel-04021903/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-na-podstavke-daming-04021904/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-polumesyac-b-ruchek-prohotel-04021908/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-na-podstavke-paderno-04021909/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-2-ruchkd-paeli-b-kryshki-cu-artigiana-maestri-ramai-04021937/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022145/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022146/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022147/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022148/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022149/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022150/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-daming-04022172/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-daming-04022173/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-daming-04022174/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022177/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022194/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022195/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022196/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022197/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022201/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022202/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022203/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020584/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022240/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022241/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pordamsa-03070506/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pordamsa-03070507/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-lodge-04020135/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-kruglaya-lodge-04020180/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pryamoug-lodge-04020184/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-polumesyac-b-ruchek-lodge-04020185/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-lodge-04020192/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020193/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcion-trud-04020201/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-bez-ruchek-lodge-04020303/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020304/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020325/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020326/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-lodge-04020327/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-chugunna-podstavke-prohotel-04020373/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-pintinox-04020390/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-pintinox-04020391/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-pintinox-04020392/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020453/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020454/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020455/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-ilsa-04020456/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-daming-04020498/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-prohotel-04020499/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-ovalnaya-lodge-04020604/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-kvadratnaya-lodge-04020613/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-daming-04020705/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-daming-04020706/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020709/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020710/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020711/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-daming-04020712/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020715/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-ruchkoy-na-podstavke-prohotel-04020716/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04020717/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04020718/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-lodge-04020741/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-paderno-04020748/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-paderno-04020758/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-paderno-04020759/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-was-04020802/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-was-04020804/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020824/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020825/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020828/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020829/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-de-buyer-04020840/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-s-kryshkoy-paderno-04021001/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-ilsa-04021035/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-ilsa-04021068/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-matfer-04021093/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-paderno-04021303/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-omleta-paderno-04021311/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-ilsa-04021312/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-s-ruchkoy-ilsa-04021315/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-s-ruchkoy-ilsa-04021316/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-ilsa-04021317/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-dlya-paeli-ilsa-04021318/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-pintinox-04021361/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-zapekaniya-revol-04021362/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-revol-04021363/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-italo-ottinetti-04021365/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-kruglaya-aps-04021366/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-kruglaya-aps-04021367/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pryamoug-aps-04021368/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-podachi-pryamoug-aps-04021369/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/keci-sredniy-borisovskaya-keramika-04021370/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021401/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021402/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021403/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021404/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021405/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-matfer-04021414/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-matfer-04021415/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-2-ruchki-was-04021442/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-2ruchki-matfer-04021450/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-paeli-ilsa-04021466/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-cosy-and-trendy-04021502/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-ilsa-04021640/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-prohotel-04021901/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-s-podstavkoy-prohotel-04021902/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-na-podstavke-prohotel-04021903/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-ovalnaya-na-podstavke-daming-04021904/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-polumesyac-b-ruchek-prohotel-04021908/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-na-podstavke-paderno-04021909/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-2-ruchkd-paeli-b-kryshki-cu-artigiana-maestri-ramai-04021937/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022145/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022146/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022147/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022148/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022149/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022150/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-daming-04022172/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-daming-04022173/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-daming-04022174/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-prohotel-04022177/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022194/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022195/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022196/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022197/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022201/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022202/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022203/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-fahitos-na-podstavke-prohotel-04020584/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022240/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022241/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022243/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-podachi-tognana-04022244/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L107"/>
+  <dimension ref="A1:L109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I107" sqref="I107"/>
+      <selection activeCell="I109" sqref="I109"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -6183,51 +6204,51 @@
         <v>174</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>175</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>176</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>177</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>20</v>
+        <v>117</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
         <v>178</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>179</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>180</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
@@ -6993,337 +7014,337 @@
         <v>278</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>279</v>
       </c>
       <c r="D62" s="0">
         <v>654192</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>274</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>275</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>207</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>280</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="L62" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="D63" s="0">
         <v>1566014</v>
       </c>
       <c r="E63" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="F63" s="0" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>97</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L63" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="D64" s="0">
         <v>88221</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>198</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L64" s="0"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="D65" s="0">
         <v>88226</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>198</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L65" s="0"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="D66" s="0">
         <v>88223</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>198</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>64</v>
+        <v>31</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="D67" s="0">
         <v>88228</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>198</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L67" s="0"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>299</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="D68" s="0" t="s">
         <v>300</v>
       </c>
-      <c r="D68" s="0" t="s">
+      <c r="E68" s="0" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L68" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>304</v>
       </c>
-      <c r="C69" s="0" t="s">
+      <c r="D69" s="0" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>106</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>155</v>
       </c>
       <c r="L69" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>308</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="D70" s="0" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>106</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>64</v>
       </c>
       <c r="L70" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>312</v>
       </c>
-      <c r="C71" s="0" t="s">
+      <c r="D71" s="0" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>106</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>155</v>
+        <v>316</v>
       </c>
       <c r="L71" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
         <v>317</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>318</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>319</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>106</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>18</v>
@@ -7332,1202 +7353,1268 @@
         <v>320</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>64</v>
       </c>
       <c r="L72" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
         <v>321</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>322</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>323</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>106</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>324</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>325</v>
+        <v>112</v>
       </c>
       <c r="L73" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>326</v>
       </c>
-      <c r="C74" s="0" t="s">
+      <c r="D74" s="0" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>239</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>207</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>330</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="D75" s="0" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>239</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>207</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="D76" s="0">
         <v>4012180</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>197</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>198</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>64</v>
       </c>
       <c r="L76" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>337</v>
       </c>
-      <c r="C77" s="0" t="s">
+      <c r="D77" s="0" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>239</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>207</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>341</v>
       </c>
-      <c r="C78" s="0" t="s">
+      <c r="D78" s="0" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>106</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>345</v>
+        <v>64</v>
       </c>
       <c r="L78" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="D79" s="0">
         <v>3754022</v>
       </c>
       <c r="E79" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="F79" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="G79" s="0" t="s">
         <v>348</v>
       </c>
-      <c r="F79" s="0" t="s">
+      <c r="H79" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I79" s="1" t="s">
         <v>349</v>
-      </c>
-[...7 lines deleted...]
-        <v>351</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="D80" s="0" t="s">
         <v>352</v>
-      </c>
-[...4 lines deleted...]
-        <v>354</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>106</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>277</v>
+        <v>64</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="D81" s="0" t="s">
         <v>356</v>
-      </c>
-[...4 lines deleted...]
-        <v>358</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L81" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="D82" s="0" t="s">
         <v>360</v>
-      </c>
-[...4 lines deleted...]
-        <v>362</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F82" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="D83" s="0" t="s">
         <v>364</v>
-      </c>
-[...4 lines deleted...]
-        <v>366</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L83" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="D84" s="0" t="s">
         <v>368</v>
-      </c>
-[...4 lines deleted...]
-        <v>370</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L84" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="D85" s="0">
         <v>12716</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="D86" s="0" t="s">
         <v>376</v>
-      </c>
-[...4 lines deleted...]
-        <v>378</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>185</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>97</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L86" s="0"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="D87" s="0" t="s">
         <v>380</v>
       </c>
-      <c r="C87" s="0" t="s">
+      <c r="E87" s="0" t="s">
         <v>381</v>
-      </c>
-[...4 lines deleted...]
-        <v>383</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>97</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L87" s="0"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="D88" s="0" t="s">
         <v>385</v>
-      </c>
-[...4 lines deleted...]
-        <v>387</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>155</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="C89" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="D89" s="0" t="s">
         <v>390</v>
-      </c>
-[...4 lines deleted...]
-        <v>392</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="D90" s="0" t="s">
         <v>395</v>
-      </c>
-[...4 lines deleted...]
-        <v>397</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="C91" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="D91" s="0" t="s">
         <v>399</v>
-      </c>
-[...4 lines deleted...]
-        <v>401</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>155</v>
       </c>
       <c r="L91" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="D92" s="0" t="s">
         <v>403</v>
-      </c>
-[...4 lines deleted...]
-        <v>405</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>155</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="D93" s="0" t="s">
         <v>407</v>
-      </c>
-[...4 lines deleted...]
-        <v>409</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="L93" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="D94" s="0" t="s">
         <v>412</v>
-      </c>
-[...4 lines deleted...]
-        <v>414</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="L94" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="D95" s="0" t="s">
         <v>416</v>
-      </c>
-[...4 lines deleted...]
-        <v>418</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>155</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="D96" s="0" t="s">
         <v>420</v>
-      </c>
-[...4 lines deleted...]
-        <v>422</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>155</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="D97" s="0" t="s">
         <v>424</v>
-      </c>
-[...4 lines deleted...]
-        <v>426</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>155</v>
       </c>
       <c r="L97" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="D98" s="0" t="s">
         <v>428</v>
-      </c>
-[...4 lines deleted...]
-        <v>430</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>106</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>155</v>
+        <v>373</v>
       </c>
       <c r="L98" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="D99" s="0" t="s">
         <v>432</v>
-      </c>
-[...4 lines deleted...]
-        <v>434</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>106</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="L99" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="D100" s="0" t="s">
         <v>437</v>
-      </c>
-[...4 lines deleted...]
-        <v>439</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>106</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>375</v>
+        <v>53</v>
       </c>
       <c r="L100" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="D101" s="0" t="s">
         <v>441</v>
-      </c>
-[...4 lines deleted...]
-        <v>443</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>106</v>
       </c>
       <c r="F101" s="0" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L101" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="D102" s="0" t="s">
         <v>445</v>
       </c>
-      <c r="C102" s="0" t="s">
+      <c r="E102" s="0" t="s">
         <v>446</v>
       </c>
-      <c r="D102" s="0" t="s">
+      <c r="F102" s="0" t="s">
         <v>447</v>
-      </c>
-[...4 lines deleted...]
-        <v>449</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>31</v>
+        <v>277</v>
       </c>
       <c r="L102" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="D103" s="0" t="s">
         <v>451</v>
       </c>
-      <c r="C103" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E103" s="0" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>375</v>
+        <v>453</v>
       </c>
       <c r="L103" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="C104" s="0" t="s">
         <v>455</v>
       </c>
-      <c r="C104" s="0" t="s">
+      <c r="D104" s="0" t="s">
         <v>456</v>
       </c>
-      <c r="D104" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E104" s="0" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="G104" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>155</v>
+        <v>373</v>
       </c>
       <c r="L104" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="C105" s="0" t="s">
         <v>459</v>
       </c>
-      <c r="C105" s="0" t="s">
+      <c r="D105" s="0" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="L105" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="C106" s="0" t="s">
         <v>463</v>
       </c>
-      <c r="C106" s="0" t="s">
+      <c r="D106" s="0" t="s">
         <v>464</v>
       </c>
-      <c r="D106" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E106" s="0" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="G106" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="L106" s="0"/>
+      <c r="L106" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
+        <v>466</v>
+      </c>
+      <c r="C107" s="0" t="s">
         <v>467</v>
       </c>
-      <c r="C107" s="0" t="s">
+      <c r="D107" s="0" t="s">
         <v>468</v>
       </c>
-      <c r="D107" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E107" s="0" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="L107" s="0">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="108" spans="1:12" customHeight="1" ht="80">
+      <c r="B108" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="C108" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="D108" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="E108" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="F108" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="G108" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="H108" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I108" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="J108" s="0"/>
+      <c r="K108" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="L107" s="0"/>
+      <c r="L108" s="0"/>
+    </row>
+    <row r="109" spans="1:12" customHeight="1" ht="80">
+      <c r="B109" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="C109" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="D109" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="E109" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="F109" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="G109" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="H109" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I109" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="J109" s="0"/>
+      <c r="K109" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="L109" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -8594,50 +8681,52 @@
     <hyperlink ref="B83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="B84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="B85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="B86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="B87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="B88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="B89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="B90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="B91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="B92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="B93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="B94" r:id="rId_hyperlink_93"/>
     <hyperlink ref="B95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="B96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="B97" r:id="rId_hyperlink_96"/>
     <hyperlink ref="B98" r:id="rId_hyperlink_97"/>
     <hyperlink ref="B99" r:id="rId_hyperlink_98"/>
     <hyperlink ref="B100" r:id="rId_hyperlink_99"/>
     <hyperlink ref="B101" r:id="rId_hyperlink_100"/>
     <hyperlink ref="B102" r:id="rId_hyperlink_101"/>
     <hyperlink ref="B103" r:id="rId_hyperlink_102"/>
     <hyperlink ref="B104" r:id="rId_hyperlink_103"/>
     <hyperlink ref="B105" r:id="rId_hyperlink_104"/>
     <hyperlink ref="B106" r:id="rId_hyperlink_105"/>
     <hyperlink ref="B107" r:id="rId_hyperlink_106"/>
+    <hyperlink ref="B108" r:id="rId_hyperlink_107"/>
+    <hyperlink ref="B109" r:id="rId_hyperlink_108"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>