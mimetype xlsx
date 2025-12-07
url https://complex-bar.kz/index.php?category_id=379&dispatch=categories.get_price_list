--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="426">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="430">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -170,197 +170,191 @@
   <si>
     <t>316023-26</t>
   </si>
   <si>
     <t>ИСПАНИЯ</t>
   </si>
   <si>
     <t>34327.00₸</t>
   </si>
   <si>
     <t>Сковорода (индукция);сталь нерж.;D=20,H=6,L=40,B=22см;металлич.</t>
   </si>
   <si>
     <t>04020328</t>
   </si>
   <si>
     <t>11014-20</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>50851.00₸</t>
   </si>
   <si>
-    <t>7 шт.</t>
+    <t>1 шт.</t>
   </si>
   <si>
     <t>Сковорода (индукция);сталь нерж.;D=24/19,H=6,L=49см;металлич.</t>
   </si>
   <si>
     <t>04020329</t>
   </si>
   <si>
     <t>11014-24</t>
   </si>
   <si>
     <t>61138.00₸</t>
   </si>
   <si>
+    <t>Сковорода (индукция);сталь нерж.;D=28,H=6,L=53см;металлич.</t>
+  </si>
+  <si>
+    <t>04020330</t>
+  </si>
+  <si>
+    <t>11014-28</t>
+  </si>
+  <si>
+    <t>82398.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.;D=32,H=7,L=63,B=34см;металлич.</t>
+  </si>
+  <si>
+    <t>04020331</t>
+  </si>
+  <si>
+    <t>11014-32</t>
+  </si>
+  <si>
+    <t>93278.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.;D=36,H=8,L=70,B=38см;металлич.</t>
+  </si>
+  <si>
+    <t>04020332</t>
+  </si>
+  <si>
+    <t>11014-36</t>
+  </si>
+  <si>
+    <t>122253.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.;D=400,H=85,L=750мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020333</t>
+  </si>
+  <si>
+    <t>11014-40</t>
+  </si>
+  <si>
+    <t>178101.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.,тефлон;D=20,H=7,L=41,B=24см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020334</t>
+  </si>
+  <si>
+    <t>11117-20</t>
+  </si>
+  <si>
+    <t>125233.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.,антиприг.покр.;D=240,H=65,L=495,B=280мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020335</t>
+  </si>
+  <si>
+    <t>11117-24</t>
+  </si>
+  <si>
+    <t>144499.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция);сталь нерж.,тефлон;D=28,H=6,L=54см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020336</t>
+  </si>
+  <si>
+    <t>11117-28</t>
+  </si>
+  <si>
+    <t>155718.00₸</t>
+  </si>
+  <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Сковорода (индукция);сталь нерж.;D=28,H=6,L=53см;металлич.</t>
-[...88 lines deleted...]
-  <si>
     <t>Сковорода;сталь нерж.;D=295,H=58,L=530мм;металлич.</t>
   </si>
   <si>
     <t>04020353</t>
   </si>
   <si>
     <t>28*5.5N</t>
   </si>
   <si>
     <t>17905.00₸</t>
   </si>
   <si>
     <t>Сковорода 2 ручки (индукция);сталь нерж.,сталь;D=320,H=70,L=405мм;металлич.</t>
   </si>
   <si>
     <t>04020400</t>
   </si>
   <si>
     <t>11115-32</t>
   </si>
   <si>
     <t>147602.00₸</t>
   </si>
   <si>
     <t>Сковорода 2 ручки (индукция);сталь нерж.;D=20,H=6,L=28см;металлич.</t>
   </si>
   <si>
     <t>04020470</t>
   </si>
   <si>
     <t>11115-20</t>
   </si>
   <si>
     <t>42766.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сковорода для омлета</t>
   </si>
   <si>
     <t>04020481</t>
   </si>
   <si>
     <t>RFP2222</t>
   </si>
   <si>
     <t>KYOTO</t>
   </si>
   <si>
     <t>КОРЕЯ, РЕСПУБЛИКА</t>
   </si>
   <si>
     <t>19916.00₸</t>
   </si>
   <si>
     <t>Сковорода «Перфоманс»;сталь нерж.;D=28,H=4,L=50см;металлич.</t>
   </si>
   <si>
     <t>04020618</t>
   </si>
   <si>
     <t>Matfer</t>
@@ -380,269 +374,269 @@
   <si>
     <t>04020619</t>
   </si>
   <si>
     <t>66544.00₸</t>
   </si>
   <si>
     <t>Сковорода «Перфоманс»;сталь нерж.;D=24,H=4см;металлич.</t>
   </si>
   <si>
     <t>04020621</t>
   </si>
   <si>
     <t>92408.00₸</t>
   </si>
   <si>
     <t>Сковорода (индукция);сталь нерж.,антиприг.покр.;D=32,H=7,L=63см;черный,металлич.</t>
   </si>
   <si>
     <t>04020761</t>
   </si>
   <si>
     <t>11117-32</t>
   </si>
   <si>
-    <t>188520.00₸</t>
+    <t>202349.00₸</t>
   </si>
   <si>
     <t>Сковорода (индукция);сталь нерж.,антиприг.покр.;D=360,H=85,L=680мм;черный,металлич.</t>
   </si>
   <si>
     <t>04020762</t>
   </si>
   <si>
     <t>11117-36</t>
   </si>
   <si>
     <t>169693.00₸</t>
   </si>
   <si>
     <t>Сковорода (индукция);сталь нерж.,тефлон;D=400,H=90,L=725мм;черный,металлич.</t>
   </si>
   <si>
     <t>04020763</t>
   </si>
   <si>
     <t>11117-40</t>
   </si>
   <si>
     <t>307177.00₸</t>
   </si>
   <si>
     <t>Сковорода (индукция);сталь нерж.;D=45,H=8,L=81см;металлич.</t>
   </si>
   <si>
     <t>04020775</t>
   </si>
   <si>
     <t>11114-45</t>
   </si>
   <si>
-    <t>286833.00₸</t>
+    <t>372342.00₸</t>
   </si>
   <si>
     <t>Сковорода 3-х слойная;сталь нерж.;D=240,H=55,L=490мм;металлич.</t>
   </si>
   <si>
     <t>04020776</t>
   </si>
   <si>
     <t>12514-24</t>
   </si>
   <si>
     <t>54909.00₸</t>
   </si>
   <si>
     <t>Сковорода 3-х слойная;сталь нерж.;D=26,H=6,L=52см;металлич.</t>
   </si>
   <si>
     <t>04020777</t>
   </si>
   <si>
     <t>12514-26</t>
   </si>
   <si>
     <t>73251.00₸</t>
   </si>
   <si>
     <t>Сковорода 3-х слойная;сталь нерж.;D=280,H=60,L=535мм;металлич.</t>
   </si>
   <si>
     <t>04020778</t>
   </si>
   <si>
     <t>12514-28</t>
   </si>
   <si>
     <t>58320.00₸</t>
   </si>
   <si>
     <t>Сковорода 3-х слойная;сталь нерж.;D=32,H=7,L=64см;металлич.</t>
   </si>
   <si>
     <t>04020779</t>
   </si>
   <si>
     <t>12514-32</t>
   </si>
   <si>
     <t>85786.00₸</t>
   </si>
   <si>
+    <t>Сковорода 3-х слойная;сталь нерж.;D=360,H=65,L=680мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020780</t>
+  </si>
+  <si>
+    <t>12514-36</t>
+  </si>
+  <si>
+    <t>86086.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.,антиприг.покр.;D=24,H=6,L=49см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04020781</t>
+  </si>
+  <si>
+    <t>12517-24</t>
+  </si>
+  <si>
+    <t>71880.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.,антиприг.покр.;D=260,H=60,L=515мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020782</t>
+  </si>
+  <si>
+    <t>12517-26</t>
+  </si>
+  <si>
+    <t>97236.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.,антиприг.покр.;D=280,H=60,L=535мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020783</t>
+  </si>
+  <si>
+    <t>12517-28</t>
+  </si>
+  <si>
+    <t>85247.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.,антиприг.покр.;D=320,H=70,L=635мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020784</t>
+  </si>
+  <si>
+    <t>12517-32</t>
+  </si>
+  <si>
+    <t>93448.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода 3-х слойная;сталь нерж.,антиприг.покр.;D=36,H=7,L=68см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04020785</t>
+  </si>
+  <si>
+    <t>12517-36</t>
+  </si>
+  <si>
+    <t>99446.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода сервировочная;сталь нерж.,медь;D=220,H=45,L=380мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020801</t>
+  </si>
+  <si>
+    <t>Was</t>
+  </si>
+  <si>
+    <t>52022.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода сервировочная;сталь нерж.,медь;D=280,H=55,L=320мм;металлич.,медный</t>
+  </si>
+  <si>
+    <t>04020803</t>
+  </si>
+  <si>
+    <t>72257.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=24,H=6,L=47см;металлич.</t>
+  </si>
+  <si>
+    <t>04020830</t>
+  </si>
+  <si>
+    <t>306026-24</t>
+  </si>
+  <si>
+    <t>65189.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.;D=280,H=65,L=525мм;металлич.</t>
+  </si>
+  <si>
+    <t>04020831</t>
+  </si>
+  <si>
+    <t>306026-28</t>
+  </si>
+  <si>
+    <t>91030.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода;сталь нерж.,тефлон;D=280,H=64,L=565мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04020871</t>
+  </si>
+  <si>
+    <t>33913B28</t>
+  </si>
+  <si>
+    <t>86163.00₸</t>
+  </si>
+  <si>
     <t>3 шт.</t>
   </si>
   <si>
-    <t>Сковорода 3-х слойная;сталь нерж.;D=360,H=65,L=680мм;металлич.</t>
-[...127 lines deleted...]
-  <si>
     <t>Сковорода;сталь нерж.,тефлон;D=300,H=63,L=585мм;металлич.,черный</t>
   </si>
   <si>
     <t>04020872</t>
   </si>
   <si>
     <t>30613B30</t>
   </si>
   <si>
     <t>51896.00₸</t>
   </si>
   <si>
     <t>Сковорода;сталь нерж.,тефлон;D=20,H=4,L=38,B=20см;металлич.,черный</t>
   </si>
   <si>
     <t>04020875</t>
   </si>
   <si>
     <t>Tradition</t>
   </si>
   <si>
     <t>182059.00₸</t>
   </si>
   <si>
     <t>Сковорода с антипригарным покрытием;сталь нерж.,антиприг.покр.;D=200,H=55,L=410/200мм;металлич.,черн</t>
@@ -689,51 +683,51 @@
   <si>
     <t>15090280ICV</t>
   </si>
   <si>
     <t>43051.00₸</t>
   </si>
   <si>
     <t>Сковорода;сталь нерж.;D=320,H=60,L=610/285мм;металлич.,черный</t>
   </si>
   <si>
     <t>04020879</t>
   </si>
   <si>
     <t>15100320ICV</t>
   </si>
   <si>
     <t>62601.00₸</t>
   </si>
   <si>
     <t>Сковорода сервировочная овал. 2 ручки;сталь нерж.,медь;,H=45,L=250,B=180мм;медный,металлич.</t>
   </si>
   <si>
     <t>04020898</t>
   </si>
   <si>
-    <t>56580.00₸</t>
+    <t>58159.00₸</t>
   </si>
   <si>
     <t>Сковорода сервировочная овал. 2 ручки;сталь нерж.,медь;,H=4,L=34/30,B=22см;медный,металлич.</t>
   </si>
   <si>
     <t>04020899</t>
   </si>
   <si>
     <t>56611.00₸</t>
   </si>
   <si>
     <t>Сковорода «Прима Матера»;сталь нерж.,медь;D=24см;медный,металлич.</t>
   </si>
   <si>
     <t>04020901</t>
   </si>
   <si>
     <t>De Buyer</t>
   </si>
   <si>
     <t>Prima Matera</t>
   </si>
   <si>
     <t>391422.00₸</t>
   </si>
@@ -872,116 +866,119 @@
   <si>
     <t>04021431</t>
   </si>
   <si>
     <t>BAR17 induction</t>
   </si>
   <si>
     <t>14672.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Сковорода;сталь нерж.;D=240/210,H=55мм</t>
   </si>
   <si>
     <t>04021432</t>
   </si>
   <si>
     <t>BAR18 induction</t>
   </si>
   <si>
     <t>16856.00₸</t>
   </si>
   <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
     <t>Сковорода;сталь нерж.;D=280,H=55мм</t>
   </si>
   <si>
     <t>04021433</t>
   </si>
   <si>
     <t>BAR19 induction</t>
   </si>
   <si>
     <t>21665.00₸</t>
   </si>
   <si>
-    <t>более 100 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сковорода;сталь нерж.;D=300,H=55мм</t>
   </si>
   <si>
     <t>04021434</t>
   </si>
   <si>
     <t>BAR20 induction</t>
   </si>
   <si>
     <t>22344.00₸</t>
   </si>
   <si>
     <t>Сковорода;сталь нерж.,антиприг.покр.;D=200,H=55мм;металлич.,черный</t>
   </si>
   <si>
     <t>04021435</t>
   </si>
   <si>
     <t>BAR21 induction</t>
   </si>
   <si>
     <t>19866.00₸</t>
   </si>
   <si>
+    <t>33 шт.</t>
+  </si>
+  <si>
     <t>Сковорода;сталь нерж.,антиприг.покр.;D=240,H=55мм</t>
   </si>
   <si>
     <t>04021436</t>
   </si>
   <si>
     <t>BAR22 induction</t>
   </si>
   <si>
     <t>20132.00₸</t>
   </si>
   <si>
+    <t>Сковорода;сталь нерж.,антиприг.покр.;D=280,H=55мм</t>
+  </si>
+  <si>
+    <t>04021437</t>
+  </si>
+  <si>
+    <t>BAR23 induction</t>
+  </si>
+  <si>
+    <t>26481.00₸</t>
+  </si>
+  <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
-    <t>Сковорода;сталь нерж.,антиприг.покр.;D=280,H=55мм</t>
-[...10 lines deleted...]
-  <si>
     <t>Сковорода;сталь нерж.,антиприг.покр.;D=300,H=55мм</t>
   </si>
   <si>
     <t>04021438</t>
   </si>
   <si>
     <t>BAR24 induction</t>
   </si>
   <si>
     <t>28301.00₸</t>
   </si>
   <si>
     <t>Сковорода;сталь нерж.;D=20,H=4см;металлич.</t>
   </si>
   <si>
     <t>04021463</t>
   </si>
   <si>
     <t>89059.00₸</t>
   </si>
   <si>
     <t>Сковорода;сталь нерж.;D=24,H=4см</t>
   </si>
   <si>
     <t>04021464</t>
@@ -1118,66 +1115,63 @@
   <si>
     <t>Сковорода дно-сэндвич;сталь нерж.;D=300,H=55,L=580мм</t>
   </si>
   <si>
     <t>04021611</t>
   </si>
   <si>
     <t>BARS20 induction</t>
   </si>
   <si>
     <t>25746.00₸</t>
   </si>
   <si>
     <t>Сковорода дно-сэндвич;сталь нерж.,антиприг.покр.;D=200,H=58мм;черный</t>
   </si>
   <si>
     <t>04021612</t>
   </si>
   <si>
     <t>BARS21 induction</t>
   </si>
   <si>
     <t>17675.00₸</t>
   </si>
   <si>
-    <t>18 шт.</t>
-[...2 lines deleted...]
-    <t>Сковорода дно-сэндвич;сталь нерж.,антиприг.покр.;D=240,H=58мм</t>
+    <t>Сковорода дно-сэндвич;сталь нерж.,антиприг.покр.;D=240,H=55мм</t>
   </si>
   <si>
     <t>04021613</t>
   </si>
   <si>
     <t>BARS22 induction</t>
   </si>
   <si>
     <t>21133.00₸</t>
   </si>
   <si>
-    <t>Сковорода дно-сэндвич;сталь нерж.,антиприг.покр.;D=280,H=58мм</t>
+    <t>Сковорода дно-сэндвич;сталь нерж.,антиприг.покр.;D=280,H=55мм</t>
   </si>
   <si>
     <t>04021614</t>
   </si>
   <si>
     <t>BARS23 induction</t>
   </si>
   <si>
     <t>26250.00₸</t>
   </si>
   <si>
     <t>Сковорода дно-сэндвич;сталь нерж.,антиприг.покр.;D=300,H=58мм</t>
   </si>
   <si>
     <t>04021615</t>
   </si>
   <si>
     <t>BARS24 induction</t>
   </si>
   <si>
     <t>28385.00₸</t>
   </si>
   <si>
     <t>Сковорода дно-сэндвич;сталь нерж.,антиприг.покр.;D=260,H=58мм</t>
   </si>
@@ -1202,51 +1196,51 @@
   <si>
     <t>24500.00₸</t>
   </si>
   <si>
     <t>Сковорода 2 ручки (индукция);сталь нерж.;D=50,H=8см</t>
   </si>
   <si>
     <t>04021658</t>
   </si>
   <si>
     <t>11115-50</t>
   </si>
   <si>
     <t>463487.00₸</t>
   </si>
   <si>
     <t>Сковорода;сталь нерж.,антиприг.покр.;D=24см;металлич.</t>
   </si>
   <si>
     <t>04021665</t>
   </si>
   <si>
     <t>33913B24</t>
   </si>
   <si>
-    <t>72311.00₸</t>
+    <t>76808.00₸</t>
   </si>
   <si>
     <t>Сковорода;сталь нерж.,антиприг.покр.;D=30см;металлич.</t>
   </si>
   <si>
     <t>04021666</t>
   </si>
   <si>
     <t>33913B30</t>
   </si>
   <si>
     <t>91176.00₸</t>
   </si>
   <si>
     <t>Сковорода;сталь нерж.;D=200,H=55,L=410/200мм;металлич.,черный</t>
   </si>
   <si>
     <t>04022151</t>
   </si>
   <si>
     <t>15080200ICV</t>
   </si>
   <si>
     <t>32340.00₸</t>
   </si>
@@ -1293,50 +1287,68 @@
     <t>114238.00₸</t>
   </si>
   <si>
     <t>Сковорода 2 ручки (индукция);сталь нерж.;D=40,H=6см;металлич.</t>
   </si>
   <si>
     <t>09100473</t>
   </si>
   <si>
     <t>11115-40</t>
   </si>
   <si>
     <t>148957.00₸</t>
   </si>
   <si>
     <t>Сковорода;сталь нерж.;D=220,H=40,L=425мм;металлич.</t>
   </si>
   <si>
     <t>04022223</t>
   </si>
   <si>
     <t>Indokor</t>
   </si>
   <si>
     <t>18207.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Лакшери Дизайн»;сталь;D=24см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>04021159</t>
+  </si>
+  <si>
+    <t>YM758P6AFST</t>
+  </si>
+  <si>
+    <t>Andrea Fontebasso</t>
+  </si>
+  <si>
+    <t>Luxury Design</t>
+  </si>
+  <si>
+    <t>50596.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -4525,62 +4537,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04020103/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04020172/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-s-ruchkami-04020203/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcion-04020204/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-ovalnaya-aps-04020218/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04020294/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020328/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020329/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020330/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020331/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020332/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020333/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020334/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020335/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020336/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-04020353/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-04020400/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-04020470/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-omleta-kyoto-04020481/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020618/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020619/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020621/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020761/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020762/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020763/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020775/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020776/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020777/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020778/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020779/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020780/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020781/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020782/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020783/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020784/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020785/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-was-04020801/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-was-04020803/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020830/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020831/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020871/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020872/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020875/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-ilsa-04020876/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-ilsa-04020877/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-ilsa-04020878/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04020879/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-oval-2-ruchki-was-04020898/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-oval-2-ruchki-was-04020899/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020901/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020906/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-04020916/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-was-04020989/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021002/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021004/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021005/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021059/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021060/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021061/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021075/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04021429/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04021430/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021431/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021432/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021433/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021434/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021435/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021436/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021437/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021438/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021463/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021464/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021465/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-indukciya-paderno-04021478/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021480/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021481/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04021483/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-flambe-paderno-04021492/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021497/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021601/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021608/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021609/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021610/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021611/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021612/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021613/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021614/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021615/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021616/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021617/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-04021658/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04021665/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04021666/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022151/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022167/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022168/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022169/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04022176/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-09100473/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indokor-04022223/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04020103/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04020172/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-s-ruchkami-04020203/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcion-04020204/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-porcionnaya-ovalnaya-aps-04020218/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04020294/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020328/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020329/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020330/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020331/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020332/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020333/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020334/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020335/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020336/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-04020353/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-04020400/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-04020470/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dlya-omleta-kyoto-04020481/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020618/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020619/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020621/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020761/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020762/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020763/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04020775/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020776/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020777/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020778/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020779/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020780/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020781/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020782/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020783/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020784/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-3-h-sloynaya-paderno-04020785/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-was-04020801/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-was-04020803/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020830/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020831/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020871/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04020872/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020875/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-ilsa-04020876/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-ilsa-04020877/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-ilsa-04020878/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04020879/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-oval-2-ruchki-was-04020898/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-servirovochnaya-oval-2-ruchki-was-04020899/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020901/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020906/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-04020916/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-was-04020989/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021002/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021004/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021005/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021059/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021060/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021061/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021075/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04021429/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04021430/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021431/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021432/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021433/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021434/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021435/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021436/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021437/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021438/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021463/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021464/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04021465/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-indukciya-paderno-04021478/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021480/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021481/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-pintinox-04021483/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-flambe-paderno-04021492/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-paderno-04021497/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021601/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021608/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021609/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021610/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021611/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021612/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021613/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021614/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021615/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021616/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-dno-sendvich-prohotel-04021617/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-04021658/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04021665/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04021666/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-ilsa-04022151/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022167/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022168/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04022169/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04022176/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-paderno-09100473/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indokor-04022223/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-andrea-fontebasso-04021159/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L101"/>
+  <dimension ref="A1:L102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I101" sqref="I101"/>
+      <selection activeCell="I102" sqref="I102"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -4848,3094 +4860,3125 @@
         <v>52</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F9" s="0">
         <v>1000</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>55</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F10" s="0">
         <v>1000</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F11" s="0">
         <v>1000</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F12" s="0">
         <v>1000</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="D13" s="0" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F13" s="0">
         <v>1000</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="D16" s="0" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>56</v>
+        <v>85</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="E17" s="0"/>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>99</v>
+        <v>51</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="B20" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="D20" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="E20" s="0" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="0"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D21" s="0">
         <v>675028</v>
       </c>
       <c r="E21" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="F21" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="G21" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="F21" s="0" t="s">
+      <c r="H21" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I21" s="1" t="s">
         <v>109</v>
-      </c>
-[...7 lines deleted...]
-        <v>111</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D22" s="0">
         <v>675020</v>
       </c>
       <c r="E22" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="F22" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="G22" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="F22" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>99</v>
+        <v>51</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="D23" s="0">
         <v>675024</v>
       </c>
       <c r="E23" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="F23" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="G23" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="F23" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="D25" s="0" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>128</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>132</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F27" s="0">
         <v>1100</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>142</v>
-      </c>
-[...4 lines deleted...]
-        <v>144</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L30" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>148</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="L31" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>99</v>
+        <v>51</v>
       </c>
       <c r="L34" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L35" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L37" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="D38" s="0">
         <v>2010221</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D39" s="0">
         <v>2010281</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>99</v>
+        <v>51</v>
       </c>
       <c r="L39" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>99</v>
+        <v>51</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>150</v>
+        <v>191</v>
       </c>
       <c r="L42" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>196</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="D44" s="0">
         <v>669420</v>
       </c>
       <c r="E44" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="F44" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="G44" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="F44" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>56</v>
+        <v>85</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="D45" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="E45" s="0" t="s">
         <v>203</v>
-      </c>
-[...4 lines deleted...]
-        <v>205</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="L45" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="D46" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="C46" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E46" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="L46" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="D47" s="0" t="s">
         <v>214</v>
       </c>
-      <c r="C47" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E47" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>218</v>
       </c>
-      <c r="C48" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E48" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L48" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="D49" s="0">
         <v>2022251</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="L49" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D50" s="0">
         <v>2022301</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L50" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="D51" s="0">
         <v>6224.24</v>
       </c>
       <c r="E51" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="F51" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="G51" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="H51" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I51" s="1" t="s">
         <v>230</v>
-      </c>
-[...10 lines deleted...]
-        <v>232</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D52" s="0">
         <v>669424</v>
       </c>
       <c r="E52" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="F52" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="G52" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="F52" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="B53" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="D53" s="0" t="s">
         <v>236</v>
-      </c>
-[...4 lines deleted...]
-        <v>238</v>
       </c>
       <c r="E53" s="0"/>
       <c r="F53" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L53" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="D54" s="0">
         <v>2020251</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="D55" s="0">
         <v>669428</v>
       </c>
       <c r="E55" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="F55" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="G55" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="F55" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D56" s="0">
         <v>685024</v>
       </c>
       <c r="E56" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="F56" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="G56" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="F56" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="D57" s="0">
         <v>685028</v>
       </c>
       <c r="E57" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="F57" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="G57" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="F57" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="D58" s="0" t="s">
         <v>253</v>
-      </c>
-[...4 lines deleted...]
-        <v>255</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F58" s="0">
         <v>1100</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="D59" s="0" t="s">
         <v>257</v>
-      </c>
-[...4 lines deleted...]
-        <v>259</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F59" s="0">
         <v>1100</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="D60" s="0" t="s">
         <v>261</v>
-      </c>
-[...4 lines deleted...]
-        <v>263</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F60" s="0">
         <v>1100</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L60" s="0"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="D61" s="0">
         <v>685032</v>
       </c>
       <c r="E61" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="F61" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="G61" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="F61" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L61" s="0"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="D62" s="0" t="s">
         <v>268</v>
-      </c>
-[...4 lines deleted...]
-        <v>270</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="D63" s="0" t="s">
         <v>272</v>
-      </c>
-[...4 lines deleted...]
-        <v>274</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>276</v>
       </c>
-      <c r="C64" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E64" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="L64" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="D65" s="0" t="s">
         <v>281</v>
       </c>
-      <c r="C65" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E65" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="L65" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>285</v>
       </c>
-      <c r="C66" s="0" t="s">
+      <c r="D66" s="0" t="s">
         <v>286</v>
       </c>
-      <c r="D66" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E66" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="L66" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="D67" s="0" t="s">
         <v>290</v>
       </c>
-      <c r="C67" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E67" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="L67" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="D68" s="0" t="s">
         <v>294</v>
       </c>
-      <c r="C68" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E68" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>280</v>
+        <v>296</v>
       </c>
       <c r="L68" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>298</v>
       </c>
-      <c r="C69" s="0" t="s">
+      <c r="D69" s="0" t="s">
         <v>299</v>
       </c>
-      <c r="D69" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E69" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>302</v>
+        <v>278</v>
       </c>
       <c r="L69" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="D70" s="0" t="s">
         <v>303</v>
       </c>
-      <c r="C70" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E70" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="L70" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>307</v>
       </c>
-      <c r="C71" s="0" t="s">
+      <c r="D71" s="0" t="s">
         <v>308</v>
       </c>
-      <c r="D71" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E71" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="L71" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
       <c r="D72" s="0">
         <v>3750.2</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="D73" s="0">
         <v>3750.24</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="D74" s="0">
         <v>3750.28</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>320</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="D75" s="0" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L75" s="0"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>324</v>
       </c>
-      <c r="C76" s="0" t="s">
+      <c r="D76" s="0" t="s">
         <v>325</v>
       </c>
-      <c r="D76" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E76" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>302</v>
+        <v>278</v>
       </c>
       <c r="L76" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>328</v>
       </c>
-      <c r="C77" s="0" t="s">
+      <c r="D77" s="0" t="s">
         <v>329</v>
       </c>
-      <c r="D77" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E77" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="L77" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>332</v>
       </c>
-      <c r="C78" s="0" t="s">
+      <c r="D78" s="0" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="0"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>336</v>
       </c>
-      <c r="C79" s="0" t="s">
+      <c r="D79" s="0" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>340</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="D80" s="0" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F80" s="0">
         <v>1100</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L80" s="0"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="D81" s="0">
         <v>685020</v>
       </c>
       <c r="E81" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="F81" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="G81" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="F81" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>347</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="D82" s="0" t="s">
         <v>348</v>
       </c>
-      <c r="D82" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="L82" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="C83" s="0" t="s">
         <v>351</v>
       </c>
-      <c r="C83" s="0" t="s">
+      <c r="D83" s="0" t="s">
         <v>352</v>
       </c>
-      <c r="D83" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E83" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="L83" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="C84" s="0" t="s">
         <v>355</v>
       </c>
-      <c r="C84" s="0" t="s">
+      <c r="D84" s="0" t="s">
         <v>356</v>
       </c>
-      <c r="D84" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E84" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="L84" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="C85" s="0" t="s">
         <v>359</v>
       </c>
-      <c r="C85" s="0" t="s">
+      <c r="D85" s="0" t="s">
         <v>360</v>
       </c>
-      <c r="D85" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E85" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="L85" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="C86" s="0" t="s">
         <v>363</v>
       </c>
-      <c r="C86" s="0" t="s">
+      <c r="D86" s="0" t="s">
         <v>364</v>
       </c>
-      <c r="D86" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E86" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>367</v>
+        <v>85</v>
       </c>
       <c r="L86" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="D87" s="0" t="s">
         <v>368</v>
       </c>
-      <c r="C87" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E87" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>302</v>
+        <v>278</v>
       </c>
       <c r="L87" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="D88" s="0" t="s">
         <v>372</v>
       </c>
-      <c r="C88" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E88" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="L88" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="C89" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="D89" s="0" t="s">
         <v>376</v>
       </c>
-      <c r="C89" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E89" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="L89" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="D90" s="0" t="s">
         <v>380</v>
       </c>
-      <c r="C90" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E90" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="L90" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="C91" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="D91" s="0" t="s">
         <v>384</v>
       </c>
-      <c r="C91" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E91" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="L91" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="D92" s="0" t="s">
         <v>388</v>
-      </c>
-[...4 lines deleted...]
-        <v>390</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>391</v>
+      </c>
+      <c r="D93" s="0" t="s">
         <v>392</v>
-      </c>
-[...4 lines deleted...]
-        <v>394</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="D94" s="0" t="s">
         <v>396</v>
-      </c>
-[...4 lines deleted...]
-        <v>398</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="D95" s="0" t="s">
         <v>400</v>
       </c>
-      <c r="C95" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E95" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F95" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L95" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="D96" s="0">
         <v>3724.24</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L96" s="0"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D97" s="0">
         <v>3724.28</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L97" s="0"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D98" s="0">
         <v>3718.28</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="G98" s="0" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L98" s="0"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D99" s="0">
         <v>30602332</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L99" s="0"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="D100" s="0" t="s">
         <v>418</v>
-      </c>
-[...4 lines deleted...]
-        <v>420</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L100" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="B101" s="0" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="D101" s="0">
         <v>101802</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
+    </row>
+    <row r="102" spans="1:12" customHeight="1" ht="80">
+      <c r="B102" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="D102" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E102" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="F102" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="G102" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H102" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I102" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="J102" s="0"/>
+      <c r="K102" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L102" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -7996,50 +8039,51 @@
     <hyperlink ref="B77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="B78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="B79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="B80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="B81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="B82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="B83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="B84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="B85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="B86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="B87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="B88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="B89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="B90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="B91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="B92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="B93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="B94" r:id="rId_hyperlink_93"/>
     <hyperlink ref="B95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="B96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="B97" r:id="rId_hyperlink_96"/>
     <hyperlink ref="B98" r:id="rId_hyperlink_97"/>
     <hyperlink ref="B99" r:id="rId_hyperlink_98"/>
     <hyperlink ref="B100" r:id="rId_hyperlink_99"/>
     <hyperlink ref="B101" r:id="rId_hyperlink_100"/>
+    <hyperlink ref="B102" r:id="rId_hyperlink_101"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>