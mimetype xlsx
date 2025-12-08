--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1812,51 +1812,51 @@
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D18" s="0">
         <v>655972</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>94</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>95</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>18</v>
+        <v>91</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D19" s="0">
         <v>1147406</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>94</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>