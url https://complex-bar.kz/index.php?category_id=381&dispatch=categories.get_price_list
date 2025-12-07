--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -107,357 +107,345 @@
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>23924.00₸</t>
   </si>
   <si>
     <t>9 шт.</t>
   </si>
   <si>
     <t>Камень точильный, абразивность 600/1000;,H=30,L=215,B=70мм;белый,серый</t>
   </si>
   <si>
     <t>04130112</t>
   </si>
   <si>
     <t>18251-02</t>
   </si>
   <si>
     <t>24125.00₸</t>
   </si>
   <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Мусат;сталь,пластик;,L=385/260,B=15мм;черный</t>
+  </si>
+  <si>
+    <t>04130118</t>
+  </si>
+  <si>
+    <t>18235-26</t>
+  </si>
+  <si>
+    <t>43529.00₸</t>
+  </si>
+  <si>
+    <t>Мусат;сталь,пластик;,L=420/300,B=15мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04130119</t>
+  </si>
+  <si>
+    <t>18235-30</t>
+  </si>
+  <si>
+    <t>49003.00₸</t>
+  </si>
+  <si>
+    <t>Точило ручное для ножей;пластик,сталь;,H=65,L=220,B=30мм;черный</t>
+  </si>
+  <si>
+    <t>04130120</t>
+  </si>
+  <si>
+    <t>18255-00</t>
+  </si>
+  <si>
+    <t>21969.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Точило ручное для хлебных ножей;пластик,сталь;,H=60,L=140,B=15мм;белый,синий</t>
+  </si>
+  <si>
+    <t>04130121</t>
+  </si>
+  <si>
+    <t>49739-00</t>
+  </si>
+  <si>
+    <t>35490.00₸</t>
+  </si>
+  <si>
+    <t>Мусат алмазн.напыление;металл,пластик;,L=320/300,B=15мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04130122</t>
+  </si>
+  <si>
+    <t>18237-26</t>
+  </si>
+  <si>
+    <t>64680.00₸</t>
+  </si>
+  <si>
+    <t>Мусат;сталь;,L=30см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04130129</t>
+  </si>
+  <si>
+    <t>18236-30</t>
+  </si>
+  <si>
+    <t>59160.00₸</t>
+  </si>
+  <si>
+    <t>Мусат;сталь нерж.,пластик;,H=6,L=39/25,B=1см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04130138</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>29191.00₸</t>
+  </si>
+  <si>
+    <t>Точило для ножей;пластик,сталь;,L=23,5см;серый,прозр.</t>
+  </si>
+  <si>
+    <t>04130145</t>
+  </si>
+  <si>
+    <t>75306.00₸</t>
+  </si>
+  <si>
+    <t>Мусат;металл,пластик;,L=31см;синий,металлич.</t>
+  </si>
+  <si>
+    <t>04130150</t>
+  </si>
+  <si>
+    <t>49419.00₸</t>
+  </si>
+  <si>
+    <t>Мусат;металл,пластик;,L=31см;желт.,металлич.</t>
+  </si>
+  <si>
+    <t>04130151</t>
+  </si>
+  <si>
+    <t>Мусат «Глобал»;сталь,сталь нерж.;,L=26см;металлич.</t>
+  </si>
+  <si>
+    <t>04130156</t>
+  </si>
+  <si>
+    <t>Global</t>
+  </si>
+  <si>
+    <t>279611.00₸</t>
+  </si>
+  <si>
+    <t>Камень точильный 1000/3000;,L=20,B=6см</t>
+  </si>
+  <si>
+    <t>04130175</t>
+  </si>
+  <si>
+    <t>77385.00₸</t>
+  </si>
+  <si>
+    <t>Мусат с алмазным покрытием;,L=28см</t>
+  </si>
+  <si>
+    <t>04130176</t>
+  </si>
+  <si>
+    <t>Arcos</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>62894.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Брусок абразивный «Лодочка»;,L=20см</t>
+  </si>
+  <si>
+    <t>04130177</t>
+  </si>
+  <si>
+    <t>3573-20</t>
+  </si>
+  <si>
+    <t>100% Chef</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>786.00₸</t>
+  </si>
+  <si>
+    <t>Мусат;сталь,полипроп.;,L=30см</t>
+  </si>
+  <si>
+    <t>04130188</t>
+  </si>
+  <si>
+    <t>48919.00₸</t>
+  </si>
+  <si>
+    <t>42 шт.</t>
+  </si>
+  <si>
+    <t>Мусат;сталь,полипроп.;,L=350/230,B=25мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04130189</t>
+  </si>
+  <si>
+    <t>11004.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Мусат;сталь,полипроп.;,L=25см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04130190</t>
+  </si>
+  <si>
+    <t>24825.00₸</t>
+  </si>
+  <si>
+    <t>48 шт.</t>
+  </si>
+  <si>
+    <t>Мусат;,L=448/300,B=13мм</t>
+  </si>
+  <si>
+    <t>04130191</t>
+  </si>
+  <si>
+    <t>37877.00₸</t>
+  </si>
+  <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Точило для ножей;металл;,H=16,L=11,B=9см;черный</t>
+  </si>
+  <si>
+    <t>04130193</t>
+  </si>
+  <si>
+    <t>Afiladores</t>
+  </si>
+  <si>
+    <t>89952.00₸</t>
+  </si>
+  <si>
+    <t>Мусат;керамика;,L=24см</t>
+  </si>
+  <si>
+    <t>04130194</t>
+  </si>
+  <si>
+    <t>149604.00₸</t>
+  </si>
+  <si>
+    <t>Камень точильный «Азия» абразивность 240/1000;,H=33,L=190,B=65мм;оранжев.,белый</t>
+  </si>
+  <si>
+    <t>04130818</t>
+  </si>
+  <si>
+    <t>22840240AVV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>Asia</t>
+  </si>
+  <si>
+    <t>20790.00₸</t>
+  </si>
+  <si>
+    <t>Камень точильный «Азия» абразивность 1000/3000;,H=33,L=190,B=65мм;черный,оранжев.</t>
+  </si>
+  <si>
+    <t>04130819</t>
+  </si>
+  <si>
+    <t>22841000AVV</t>
+  </si>
+  <si>
+    <t>24640.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Камень точильный абразивность 400/1000;,H=30,L=185,B=65мм;белый,черный</t>
+  </si>
+  <si>
+    <t>04131005</t>
+  </si>
+  <si>
+    <t>24029/000-TR</t>
+  </si>
+  <si>
+    <t>Tramontina</t>
+  </si>
+  <si>
+    <t>БРАЗИЛИЯ</t>
+  </si>
+  <si>
+    <t>45430.00₸</t>
+  </si>
+  <si>
     <t>7 шт.</t>
-  </si>
-[...304 lines deleted...]
-    <t>10 шт.</t>
   </si>
   <si>
     <t>Точило для ножей электрическое CC1520 мощность 75 Ватт;,H=100,L=238,B=85мм;белый</t>
   </si>
   <si>
     <t>07011001</t>
   </si>
   <si>
     <t>413213.00₸</t>
   </si>
   <si>
     <t>Мусат;,L=25,4см;металлич.,черный</t>
   </si>
   <si>
     <t>04130815</t>
   </si>
   <si>
     <t>MS10801</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
@@ -604,51 +592,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD2925-424C-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5DECFEE-21C8-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FB65683-696D-11EC-BBF7-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE096CB0-696C-11EC-BBF7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE096CAF-696C-11EC-BBF7-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073B82-21C7-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5207E8A-424E-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE096CB1-696C-11EC-BBF7-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB5D2D9B-EA57-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E04A405-4250-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077A97-4250-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236C31-4251-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236C38-4251-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58365F8F-4252-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5DED292-21C8-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/058082FF-814A-11E9-BBBA-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F21DAB-814C-11E9-BBBA-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F21DAC-814C-11E9-BBBA-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B2864BB-814C-11E9-BBBA-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98AAB698-2C93-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073C34-21C7-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67420D12-104D-11EA-BBC6-005056921CC422.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82C4F8D5-814C-11E9-BBBA-005056921CC423.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71FF6CBB-2EE1-11EF-BC4B-00505692C44724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71FF6D85-2EE1-11EF-BC4B-00505692C44725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46BA088C-20B4-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DE2-424F-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4456BBDF-071C-11F0-BC57-00505692E04928.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4456BAF7-071C-11F0-BC57-00505692E04929.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD2925-424C-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5DECFEE-21C8-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FB65683-696D-11EC-BBF7-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE096CB0-696C-11EC-BBF7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE096CAF-696C-11EC-BBF7-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073B82-21C7-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5207E8A-424E-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE096CB1-696C-11EC-BBF7-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB5D2D9B-EA57-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E04A405-4250-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077A97-4250-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236C31-4251-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236C38-4251-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58365F8F-4252-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5DED292-21C8-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/058082FF-814A-11E9-BBBA-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F21DAB-814C-11E9-BBBA-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F21DAC-814C-11E9-BBBA-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B2864BB-814C-11E9-BBBA-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98AAB698-2C93-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073C34-21C7-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67420D12-104D-11EA-BBC6-005056921CC422.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71FF6CBB-2EE1-11EF-BC4B-00505692C44723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71FF6D85-2EE1-11EF-BC4B-00505692C44724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46BA088C-20B4-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DE2-424F-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4456BBDF-071C-11F0-BC57-00505692E04927.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4456BAF7-071C-11F0-BC57-00505692E04928.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1423,93 +1411,63 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1768,62 +1726,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tochilo-felix-04130108/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-abrazivnost-240-1000-paderno-04130111/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-abrazivnost-600-1000-paderno-04130112/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-paderno-04130118/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-paderno-04130119/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tochilo-ruchnoe-d-nozhey-paderno-04130120/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tochilo-ruchnoe-d-hlebnyh-nozhey-paderno-04130121/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-paderno-04130122/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-paderno-04130129/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-matfer-04130138/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tochilo-d-nozhey-matfer-04130145/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-matfer-04130150/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-matfer-04130151/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-matfer-04130156/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-1000-3000-felix-04130175/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-s-almaznym-pokrytiem-arcos-04130176/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/brusok-abrazivnyy-100-chef-04130177/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-arcos-04130188/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-arcos-04130189/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-arcos-04130190/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-arcos-04130191/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tochilo-d-nozhey-arcos-04130193/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-matfer-04130194/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tochilo-arcos-04130195/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-ilsa-04130818/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-ilsa-04130819/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-tramontina-04131005/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tochilo-elektr-d-nozhey-cc1520-matfer-07011001/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-prohotel-04130815/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-tramontina-04130817/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-prohotel-04130816/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-probar-04130824/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-probar-04130825/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-probar-04130822/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-probar-04130826/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-probar-04130823/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-probar-04130821/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tochilo-felix-04130108/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-abrazivnost-240-1000-paderno-04130111/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-abrazivnost-600-1000-paderno-04130112/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-paderno-04130118/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-paderno-04130119/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tochilo-ruchnoe-d-nozhey-paderno-04130120/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tochilo-ruchnoe-d-hlebnyh-nozhey-paderno-04130121/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-paderno-04130122/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-paderno-04130129/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-matfer-04130138/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tochilo-d-nozhey-matfer-04130145/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-matfer-04130150/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-matfer-04130151/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-matfer-04130156/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-1000-3000-felix-04130175/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-s-almaznym-pokrytiem-arcos-04130176/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/brusok-abrazivnyy-100-chef-04130177/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-arcos-04130188/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-arcos-04130189/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-arcos-04130190/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-arcos-04130191/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tochilo-d-nozhey-arcos-04130193/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-matfer-04130194/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-ilsa-04130818/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-ilsa-04130819/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-tramontina-04131005/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tochilo-elektr-d-nozhey-cc1520-matfer-07011001/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-prohotel-04130815/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-tramontina-04130817/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musat-prohotel-04130816/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-probar-04130824/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-probar-04130825/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-probar-04130822/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-probar-04130826/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-probar-04130823/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kamen-tochilnyy-probar-04130821/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L38"/>
+  <dimension ref="A1:L37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I38" sqref="I38"/>
+      <selection activeCell="I37" sqref="I37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -2086,51 +2044,51 @@
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>51</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="L9" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
@@ -2148,51 +2106,51 @@
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D11" s="0">
         <v>125055</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>60</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D12" s="0">
         <v>120340</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
@@ -2373,723 +2331,690 @@
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="B18" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>84</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>87</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>88</v>
+        <v>43</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="D19" s="0">
         <v>279010</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>78</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>79</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="D20" s="0">
         <v>782100</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>78</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>79</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="L20" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D21" s="0">
         <v>278200</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>78</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>79</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="L21" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="D22" s="0">
         <v>278510</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>78</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>79</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="L22" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="D23" s="0">
         <v>610000</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>78</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>79</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D24" s="0">
         <v>120285</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="D25" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="0" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="F25" s="0"/>
+        <v>114</v>
+      </c>
+      <c r="F25" s="0" t="s">
+        <v>115</v>
+      </c>
       <c r="G25" s="0" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="D26" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="E26" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="F26" s="0" t="s">
         <v>115</v>
-      </c>
-[...10 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>120</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>121</v>
       </c>
       <c r="L26" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>122</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>123</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>124</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>23</v>
+        <v>126</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>92</v>
+        <v>128</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>130</v>
+      </c>
+      <c r="D28" s="0">
+        <v>127620</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>129</v>
+        <v>58</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>130</v>
+        <v>59</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>131</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="L28" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="D29" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E29" s="0" t="s">
-        <v>58</v>
+        <v>135</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>59</v>
+        <v>136</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="L29" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
-      <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="F30" s="0"/>
+        <v>125</v>
+      </c>
+      <c r="F30" s="0" t="s">
+        <v>142</v>
+      </c>
       <c r="G30" s="0" t="s">
-        <v>140</v>
+        <v>126</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L30" s="0"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
+      <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>147</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L31" s="0"/>
+        <v>138</v>
+      </c>
+      <c r="L31" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
-      <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>150</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L32" s="0"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="B33" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>156</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="0"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="B34" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>159</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>160</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="0"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="B35" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>163</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>164</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="0"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="B36" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>167</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>168</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="0"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="B37" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>171</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>172</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="0"/>
-    </row>
-[...27 lines deleted...]
-      <c r="L38" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
-    <hyperlink ref="B38" r:id="rId_hyperlink_37"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>