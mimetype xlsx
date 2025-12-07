--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="338">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="337">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -68,51 +68,51 @@
   <si>
     <t>Цена со скидкой</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Нож-нуазетка «Шар»;сталь,полипроп.;D=28,H=17,L=175мм;черный,металлич.</t>
   </si>
   <si>
     <t>02050301</t>
   </si>
   <si>
     <t>Ghidini</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Ножи для фигурной нарезки</t>
   </si>
   <si>
-    <t>2634.00₸</t>
+    <t>2796.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Нож-нуазетка «Шар»;сталь,полипроп.;D=10,H=10,L=185/58мм;черный,металлич.</t>
   </si>
   <si>
     <t>02050311</t>
   </si>
   <si>
     <t>48280-24</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>8717.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Нож-нуазетка «Шар»;сталь,полипроп.;D=15,H=15,L=185/58мм;черный,металлич.</t>
   </si>
@@ -128,51 +128,51 @@
   <si>
     <t>Нож-нуазетка «Шар»;сталь,полипроп.;D=20,H=15,L=185/58мм;черный,металлич.</t>
   </si>
   <si>
     <t>02050313</t>
   </si>
   <si>
     <t>48280-31</t>
   </si>
   <si>
     <t>10064.00₸</t>
   </si>
   <si>
     <t>Нож-нуазетка «Шар»;сталь,полипроп.;D=25,H=15,L=185/58мм;черный,металлич.</t>
   </si>
   <si>
     <t>02050314</t>
   </si>
   <si>
     <t>48280-35</t>
   </si>
   <si>
     <t>11027.00₸</t>
   </si>
   <si>
-    <t>11 шт.</t>
+    <t>3 шт.</t>
   </si>
   <si>
     <t>Нож-нуазетка «Шар»;сталь,полипроп.;D=30,H=15,L=185/58мм;черный,металлич.</t>
   </si>
   <si>
     <t>02050315</t>
   </si>
   <si>
     <t>48280-36</t>
   </si>
   <si>
     <t>10272.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Нож-нуазетка «Овал фигурный»;сталь,полипроп.;D=27/20,H=15,L=190мм;черный,металлич.</t>
   </si>
   <si>
     <t>02050318</t>
   </si>
   <si>
     <t>48280-27</t>
   </si>
@@ -212,77 +212,80 @@
   <si>
     <t>02050321</t>
   </si>
   <si>
     <t>48280-26</t>
   </si>
   <si>
     <t>8571.00₸</t>
   </si>
   <si>
     <t>Нож-нуазетка «Шар»;сталь,полипроп.;D=25/22,H=15,L=185мм;черный,металлич.</t>
   </si>
   <si>
     <t>02050323</t>
   </si>
   <si>
     <t>20020250IVV</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>8610.00₸</t>
   </si>
   <si>
-    <t>15 шт.</t>
+    <t>5 шт.</t>
   </si>
   <si>
     <t>Нож-нуазетка «Шар»;сталь,полипроп.;D=30/22,H=10,L=185мм;черный</t>
   </si>
   <si>
     <t>02050324</t>
   </si>
   <si>
     <t>20020300IVV</t>
   </si>
   <si>
     <t>7861.00₸</t>
   </si>
   <si>
     <t>Нож-нуазетка «Шар»;сталь,полипроп.;D=40/30,H=15,L=185мм;черный,металлич.</t>
   </si>
   <si>
     <t>02050325</t>
   </si>
   <si>
     <t>20020400IVV</t>
   </si>
   <si>
     <t>8666.00₸</t>
   </si>
   <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
     <t>Нож-нуазетка «Овал»;сталь,полипроп.;D=28/10,H=10,L=165мм;черный,металлич.</t>
   </si>
   <si>
     <t>02050326</t>
   </si>
   <si>
     <t>20060000IVV</t>
   </si>
   <si>
     <t>4984.00₸</t>
   </si>
   <si>
     <t>Нож-нуазетка;сталь нерж.,полипроп.;D=10,L=135/35мм;черный,металлич.</t>
   </si>
   <si>
     <t>02050327</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>13191.00₸</t>
@@ -344,234 +347,228 @@
   <si>
     <t>Нож-нуазетка «Оранж» шар;пластик,сталь;D=22/30,L=170мм;черный</t>
   </si>
   <si>
     <t>02050347</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>Orange</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>10211.00₸</t>
   </si>
   <si>
     <t>Нож-нуазетка «Оранж» шар;пластик,сталь;D=22/25,L=165мм;черный</t>
   </si>
   <si>
     <t>02050348</t>
   </si>
   <si>
-    <t>10080.00₸</t>
+    <t>10673.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
   </si>
   <si>
     <t>Нож-нуазетка для томатов;сталь нерж.,полиамид;D=2,L=15см;черный,металлич.</t>
   </si>
   <si>
     <t>02050349</t>
   </si>
   <si>
     <t>090417</t>
   </si>
   <si>
     <t>7554.00₸</t>
   </si>
   <si>
     <t>Нож-нуазетка «Китчен Тулс» шар;сталь нерж.;D=25/22,L=16,7см;металлич.</t>
   </si>
   <si>
     <t>02050523</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>Kitchen Tools</t>
   </si>
   <si>
     <t>10227.00₸</t>
   </si>
   <si>
-    <t>20 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож фигурный для масла;сталь,полипроп.;,L=195/80,B=10мм;черный,металлич.</t>
   </si>
   <si>
     <t>02060119</t>
   </si>
   <si>
     <t>20400000IVV</t>
   </si>
   <si>
     <t>5213.00₸</t>
   </si>
   <si>
     <t>Нож для цедры;сталь,полипроп.;,L=150/40,B=18мм;черный</t>
   </si>
   <si>
     <t>02060200</t>
   </si>
   <si>
-    <t>2318.00₸</t>
+    <t>2464.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Нож фигурный для масла;сталь,полипроп.;,L=205/95,B=17мм;черный</t>
   </si>
   <si>
     <t>02060205</t>
   </si>
   <si>
-    <t>2164.00₸</t>
+    <t>2233.00₸</t>
   </si>
   <si>
     <t>Нож для грейпфрута;сталь,полипроп.;,L=220/105,B=20мм;черный</t>
   </si>
   <si>
     <t>02060207</t>
   </si>
   <si>
     <t>20340000IVV</t>
   </si>
   <si>
     <t>6153.00₸</t>
   </si>
   <si>
     <t>Нож для снятия цедры;сталь,полипроп.;,H=25,L=130/65,B=170мм;черный,металлич.</t>
   </si>
   <si>
     <t>02060227</t>
   </si>
   <si>
     <t>Felix</t>
   </si>
   <si>
     <t>5283.00₸</t>
   </si>
   <si>
     <t>Слайсер для ананаса;сталь нерж.;,H=4,L=21,B=4см;металлич.</t>
   </si>
   <si>
     <t>02060228</t>
   </si>
   <si>
     <t>00288</t>
   </si>
   <si>
     <t>Leopold Vienna</t>
   </si>
   <si>
     <t>12498.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож для цедры;сталь нерж.,полипроп.;,L=170,B=25мм;черный,металлич.</t>
   </si>
   <si>
     <t>02060233</t>
   </si>
   <si>
     <t>48280-92</t>
   </si>
   <si>
     <t>11058.00₸</t>
   </si>
   <si>
-    <t>22 шт.</t>
+    <t>16 шт.</t>
   </si>
   <si>
     <t>Нож фигурный для масла;сталь нерж.,полипроп.;,L=160/43,B=20мм;черный,металлич.</t>
   </si>
   <si>
     <t>02060234</t>
   </si>
   <si>
     <t>48280-11</t>
   </si>
   <si>
     <t>10580.00₸</t>
   </si>
   <si>
     <t>Набор ножей для карвинга[18шт];сталь нерж.;,L=160,B=18мм;металлич.</t>
   </si>
   <si>
     <t>02060235</t>
   </si>
   <si>
     <t>48286-03</t>
   </si>
   <si>
     <t>37546.00₸</t>
   </si>
   <si>
     <t>Нож карбовочный;сталь,полипроп.;,L=160/45,B=20мм;черный,металлич.</t>
   </si>
   <si>
     <t>02060236</t>
   </si>
   <si>
     <t>20100000IVV</t>
   </si>
   <si>
     <t>4436.00₸</t>
   </si>
   <si>
     <t>Нож для цедры;сталь,полипроп.;,L=150/40,B=18мм;черный,металлич.</t>
   </si>
   <si>
     <t>02060237</t>
   </si>
   <si>
     <t>20180000IVV</t>
   </si>
   <si>
     <t>5675.00₸</t>
   </si>
   <si>
-    <t>3 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож для цедры;сталь,полипроп.;,L=180/63,B=20мм;черный,металлич.</t>
   </si>
   <si>
     <t>02060238</t>
   </si>
   <si>
     <t>20300000IVV</t>
   </si>
   <si>
     <t>4513.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>2 шт.</t>
   </si>
   <si>
     <t>Нож для декоративной нарезки квадр.;сталь нерж.;,H=10,L=235/65,B=70мм;металлич.</t>
   </si>
   <si>
     <t>02060240</t>
   </si>
   <si>
     <t>48283-03</t>
   </si>
   <si>
     <t>5814.00₸</t>
   </si>
   <si>
     <t>Нож для декоративной нарезки ромб;сталь нерж.;,H=10,L=245/65,B=70мм;металлич.</t>
   </si>
   <si>
     <t>02060241</t>
   </si>
   <si>
     <t>48283-04</t>
   </si>
   <si>
     <t>5822.00₸</t>
   </si>
@@ -4379,2315 +4376,2315 @@
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>73</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="L14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L15" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D16" s="0">
         <v>121001</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D17" s="0">
         <v>122003</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="0"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D18" s="0">
         <v>121013</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L18" s="0"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D19" s="0">
         <v>121009</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="0"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D20" s="0">
         <v>121008</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L20" s="0"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D21" s="0">
         <v>121011</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D22" s="0">
         <v>121010</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L22" s="0"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D23" s="0">
         <v>88811</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D24" s="0">
         <v>88810</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L25" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D26" s="0">
         <v>78100011</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D28" s="0">
         <v>108</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>18</v>
+        <v>128</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D29" s="0">
         <v>110</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>18</v>
+        <v>128</v>
       </c>
       <c r="L29" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D31" s="0">
         <v>102506</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L31" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>143</v>
+        <v>128</v>
       </c>
       <c r="L32" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="L33" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L34" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L36" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>165</v>
+        <v>37</v>
       </c>
       <c r="L37" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>167</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>168</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>169</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>170</v>
+        <v>42</v>
       </c>
       <c r="L38" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="D42" s="0">
         <v>121004</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L42" s="0"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="D43" s="0">
         <v>120920</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="D44" s="0">
         <v>120912</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="D45" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E45" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L45" s="0"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="D46" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="D46" s="0" t="s">
+      <c r="E46" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="F46" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="E46" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F46" s="0" t="s">
+      <c r="G46" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I46" s="1" t="s">
         <v>199</v>
-      </c>
-[...7 lines deleted...]
-        <v>200</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="D47" s="0">
         <v>904410</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F47" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="G47" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="H47" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I47" s="1" t="s">
         <v>203</v>
-      </c>
-[...7 lines deleted...]
-        <v>204</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L47" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="D48" s="0" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L48" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="D49" s="0" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L49" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="D50" s="0" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="L50" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>165</v>
+        <v>37</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="D52" s="0">
         <v>88854</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L52" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="C53" s="0" t="s">
+      <c r="D53" s="0" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="C54" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="C54" s="0" t="s">
+      <c r="D54" s="0" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>170</v>
+        <v>74</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>232</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="D55" s="0" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="C56" s="0" t="s">
         <v>236</v>
       </c>
-      <c r="C56" s="0" t="s">
+      <c r="D56" s="0" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L56" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="C57" s="0" t="s">
         <v>240</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="D57" s="0" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="D58" s="0">
         <v>120917</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="D59" s="0">
         <v>120919</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>250</v>
       </c>
-      <c r="C60" s="0" t="s">
+      <c r="D60" s="0" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L60" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>254</v>
       </c>
-      <c r="C61" s="0" t="s">
+      <c r="D61" s="0" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L61" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="D62" s="0">
         <v>182180</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="D63" s="0">
         <v>421832</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="D64" s="0">
         <v>421825</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="D65" s="0">
         <v>421830</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L65" s="0"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="D66" s="0">
         <v>120058</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L66" s="0"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="D67" s="0">
         <v>901307</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L67" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="D68" s="0">
         <v>951307</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F68" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="G68" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="H68" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I68" s="1" t="s">
         <v>277</v>
-      </c>
-[...7 lines deleted...]
-        <v>278</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L68" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
       <c r="D69" s="0">
         <v>120006</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="D70" s="0">
         <v>120056</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="D71" s="0">
         <v>120054</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L71" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="D72" s="0">
         <v>120055</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="D73" s="0">
         <v>120903</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>294</v>
       </c>
-      <c r="C74" s="0" t="s">
+      <c r="D74" s="0" t="s">
         <v>295</v>
       </c>
-      <c r="D74" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E74" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L74" s="0"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="D75" s="0">
         <v>6.7503</v>
       </c>
       <c r="E75" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="F75" s="0" t="s">
         <v>300</v>
       </c>
-      <c r="F75" s="0" t="s">
+      <c r="G75" s="0" t="s">
         <v>301</v>
       </c>
-      <c r="G75" s="0" t="s">
+      <c r="H75" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I75" s="1" t="s">
         <v>302</v>
-      </c>
-[...4 lines deleted...]
-        <v>303</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L75" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="D76" s="0">
         <v>182202</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="D77" s="0">
         <v>182301</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="D78" s="0">
         <v>421833</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L78" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="D79" s="0">
         <v>181006</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="D80" s="0">
         <v>215619</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F80" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="G80" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="H80" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I80" s="1" t="s">
         <v>318</v>
-      </c>
-[...7 lines deleted...]
-        <v>319</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L80" s="0"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="D81" s="0">
         <v>88823</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L81" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
       <c r="D82" s="0">
         <v>120904</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="C83" s="0" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="D83" s="0">
         <v>120908</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L83" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="C84" s="0" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="D84" s="0">
         <v>120910</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="C85" s="0" t="s">
         <v>334</v>
       </c>
-      <c r="C85" s="0" t="s">
+      <c r="D85" s="0" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>