--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="298">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -497,447 +497,444 @@
   <si>
     <t>04071977</t>
   </si>
   <si>
     <t>AS00307-02</t>
   </si>
   <si>
     <t>Professional</t>
   </si>
   <si>
     <t>2457.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Нож для обвалки мяса «Проотель»;сталь нерж.,пластик;,L=285/145,B=20мм;металлич.</t>
   </si>
   <si>
     <t>04071978</t>
   </si>
   <si>
     <t>AS00307-03</t>
   </si>
   <si>
-    <t>6 шт.</t>
+    <t>45 шт.</t>
   </si>
   <si>
     <t>Нож для обвалки мяса «Проотель»;сталь нерж.,пластик;,L=300/155,B=20мм;металлич.</t>
   </si>
   <si>
     <t>04071979</t>
   </si>
   <si>
     <t>AS00307-04</t>
   </si>
   <si>
     <t>2604.00₸</t>
   </si>
   <si>
     <t>Нож для обвалки мяса «Универсал»;сталь нерж.,полиоксиметилен;,L=26/13,B=2см;черный,металлич.</t>
   </si>
   <si>
     <t>04071989</t>
   </si>
   <si>
     <t>Arcos</t>
   </si>
   <si>
     <t>Universal</t>
   </si>
   <si>
     <t>ИСПАНИЯ</t>
   </si>
   <si>
     <t>25333.00₸</t>
   </si>
   <si>
-    <t>25 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож для обвалки мяса «Универсал»;сталь нерж.,полиоксиметилен;,L=285/160,B=20мм;черный,металлич.</t>
   </si>
   <si>
     <t>04071990</t>
   </si>
   <si>
     <t>23393.00₸</t>
   </si>
   <si>
-    <t>15 шт.</t>
+    <t>28 шт.</t>
   </si>
   <si>
     <t>Нож для мяса «2900»;сталь нерж.,полипроп.;,L=18см;красный,металлич.</t>
   </si>
   <si>
     <t>04072023</t>
   </si>
   <si>
     <t>16579.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
+    <t>9 шт.</t>
   </si>
   <si>
     <t>Нож для обвалки мяса;сталь нерж.;,L=16см</t>
   </si>
   <si>
     <t>04072044</t>
   </si>
   <si>
     <t>Global</t>
   </si>
   <si>
     <t>135343.00₸</t>
   </si>
   <si>
     <t>Нож для мяса «Колор проф»;сталь нерж.,полипроп.;,L=28,5/15см;серый,черный</t>
   </si>
   <si>
     <t>04072046</t>
   </si>
   <si>
     <t>Colour Professional</t>
   </si>
   <si>
     <t>19374.00₸</t>
   </si>
   <si>
-    <t>18 шт.</t>
+    <t>33 шт.</t>
   </si>
   <si>
     <t>Нож для мяса «Колор проф»;сталь нерж.,полипроп.;,L=34/20см;серый</t>
   </si>
   <si>
     <t>04072047</t>
   </si>
   <si>
     <t>20359.00₸</t>
   </si>
   <si>
+    <t>26 шт.</t>
+  </si>
+  <si>
     <t>Нож для мяса «Колор проф»;сталь нерж.,полипроп.;,L=44/30см;серый</t>
   </si>
   <si>
     <t>04072048</t>
   </si>
   <si>
     <t>33934.00₸</t>
   </si>
   <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
     <t>Нож для мяса «Колор проф»;сталь нерж.,полипроп.;,L=49/35см;серый</t>
   </si>
   <si>
     <t>04072049</t>
   </si>
   <si>
     <t>55440.00₸</t>
   </si>
   <si>
     <t>Нож для мяса «Колор проф»;сталь нерж.,полипроп.;,L=26,5/13см;серый</t>
   </si>
   <si>
     <t>04072050</t>
   </si>
   <si>
     <t>19381.00₸</t>
   </si>
   <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
     <t>Нож для мяса «Колор проф»;сталь нерж.,полипроп.;,L=30/16см;серый</t>
   </si>
   <si>
     <t>04072051</t>
   </si>
   <si>
     <t>18711.00₸</t>
   </si>
   <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
     <t>Нож для филе «Колор проф»;сталь нерж.,полипроп.;,L=33/19см;серый,металлич.</t>
   </si>
   <si>
     <t>04072052</t>
   </si>
   <si>
     <t>20090.00₸</t>
   </si>
   <si>
-    <t>7 шт.</t>
+    <t>12 шт.</t>
   </si>
   <si>
     <t>Нож для обвалки мяса «Колор проф»;сталь нерж.,полипроп.;,L=28/14см;серый,металлич.</t>
   </si>
   <si>
     <t>04072053</t>
   </si>
   <si>
     <t>20667.00₸</t>
   </si>
   <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
+    <t>Нож для обвалки мяса «Колор проф»;сталь нерж.,полипроп.;,L=290/150,B=13мм;серый</t>
+  </si>
+  <si>
+    <t>04072054</t>
+  </si>
+  <si>
+    <t>19266.00₸</t>
+  </si>
+  <si>
+    <t>Нож для обвалки мяса «Колор проф»;сталь нерж.,полипроп.;,L=290/150,B=22мм;серый</t>
+  </si>
+  <si>
+    <t>04072055</t>
+  </si>
+  <si>
+    <t>21414.00₸</t>
+  </si>
+  <si>
+    <t>Нож для обвалки мяса «Манхэттен»;сталь нерж.,полиоксиметилен;,L=27/16см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04072057</t>
+  </si>
+  <si>
+    <t>Manhattan</t>
+  </si>
+  <si>
+    <t>46994.00₸</t>
+  </si>
+  <si>
+    <t>Нож для мяса;сталь нерж.,пластик;,L=27,6/15см;металлич.,белый</t>
+  </si>
+  <si>
+    <t>04072065</t>
+  </si>
+  <si>
+    <t>24619/086-TR</t>
+  </si>
+  <si>
+    <t>Master</t>
+  </si>
+  <si>
+    <t>8470.00₸</t>
+  </si>
+  <si>
+    <t>Нож для мяса;сталь нерж.,пластик;,L=30,5/15см;металлич.,белый</t>
+  </si>
+  <si>
+    <t>04072066</t>
+  </si>
+  <si>
+    <t>24637/086-TR</t>
+  </si>
+  <si>
+    <t>12051.00₸</t>
+  </si>
+  <si>
+    <t>Нож для очистки костей;сталь нерж.,пластик;,L=295/150,B=25мм;металлич.,белый</t>
+  </si>
+  <si>
+    <t>04072067</t>
+  </si>
+  <si>
+    <t>24605/086</t>
+  </si>
+  <si>
+    <t>9317.00₸</t>
+  </si>
+  <si>
+    <t>Нож для мяса;сталь нерж.,пластик;,L=35/20см;металлич.,белый</t>
+  </si>
+  <si>
+    <t>04072068</t>
+  </si>
+  <si>
+    <t>24609/088-TR</t>
+  </si>
+  <si>
+    <t>13783.00₸</t>
+  </si>
+  <si>
+    <t>Нож для мяса;сталь нерж.,пластик;,L=38,5/25см;металлич.,белый</t>
+  </si>
+  <si>
+    <t>04072069</t>
+  </si>
+  <si>
+    <t>24620/080-TR</t>
+  </si>
+  <si>
+    <t>16016.00₸</t>
+  </si>
+  <si>
+    <t>Нож для филе «2900»;сталь нерж.,полипроп.;,L=290/160,B=15мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072408</t>
+  </si>
+  <si>
+    <t>16617.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Нож обвалочный «2900»;сталь нерж.,полипроп.;,L=140/278,B=22мм;красный,металлич.</t>
+  </si>
+  <si>
+    <t>04072409</t>
+  </si>
+  <si>
+    <t>19751.00₸</t>
+  </si>
+  <si>
+    <t>Нож для обвалки мяса «Классика»;сталь нерж.,полиоксиметилен;,L=14см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072417</t>
+  </si>
+  <si>
+    <t>Clasica</t>
+  </si>
+  <si>
+    <t>34612.00₸</t>
+  </si>
+  <si>
+    <t>Нож для обвалки мяса «Классика»;сталь нерж.,полиоксиметилен;,L=266/160,B=24мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072418</t>
+  </si>
+  <si>
+    <t>30700.00₸</t>
+  </si>
+  <si>
+    <t>Нож для обвалки мяса «Ривьера»;сталь нерж.,полиоксиметилен;,L=26/130,B=35мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072428</t>
+  </si>
+  <si>
+    <t>Riviera</t>
+  </si>
+  <si>
+    <t>35128.00₸</t>
+  </si>
+  <si>
+    <t>Нож заколочный;сталь нерж.,пластик;,L=18см;голуб.</t>
+  </si>
+  <si>
+    <t>04072486</t>
+  </si>
+  <si>
+    <t>25803.00₸</t>
+  </si>
+  <si>
+    <t>Нож заколочный;сталь нерж.,пластик;,L=18см;красный</t>
+  </si>
+  <si>
+    <t>04072487</t>
+  </si>
+  <si>
+    <t>36907.00₸</t>
+  </si>
+  <si>
+    <t>Нож для обвалки мяса;сталь нерж.;,L=13см;зелен.,металлич.</t>
+  </si>
+  <si>
+    <t>04072507</t>
+  </si>
+  <si>
+    <t>22438.00₸</t>
+  </si>
+  <si>
+    <t>Нож для мяса «Глобал»;сталь нерж.;,L=16,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04072508</t>
+  </si>
+  <si>
+    <t>191322.00₸</t>
+  </si>
+  <si>
+    <t>Нож обвалочный «Профешионал Мастер» для птицы;сталь нерж.,пластик;,L=26,5/12см;белый,металлич.</t>
+  </si>
+  <si>
+    <t>04073551</t>
+  </si>
+  <si>
+    <t>24601/085-TR</t>
+  </si>
+  <si>
+    <t>Professional Master</t>
+  </si>
+  <si>
+    <t>9548.00₸</t>
+  </si>
+  <si>
+    <t>Нож для удаления костей;пластик,сталь нерж.;,H=10,L=286/150,B=22мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>09100245</t>
+  </si>
+  <si>
+    <t>17741.00₸</t>
+  </si>
+  <si>
+    <t>Нож для рыбы филеровочный;сталь нерж.,пластик;,H=1,L=33,B=8см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>09100246</t>
+  </si>
+  <si>
+    <t>30600.00₸</t>
+  </si>
+  <si>
+    <t>Нож для обвалки мяса;сталь,пластик;,L=260/145,B=20мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>09101287</t>
+  </si>
+  <si>
+    <t>18016-14</t>
+  </si>
+  <si>
+    <t>19743.00₸</t>
+  </si>
+  <si>
     <t>3 шт.</t>
-  </si>
-[...241 lines deleted...]
-    <t>5 шт.</t>
   </si>
   <si>
     <t>Нож для обвалки;сталь нерж.;,L=14см;желт.</t>
   </si>
   <si>
     <t>04073532</t>
   </si>
   <si>
     <t>16894.00₸</t>
   </si>
   <si>
     <t>04073533</t>
   </si>
   <si>
     <t>17395.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
@@ -3759,51 +3756,51 @@
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>69</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>70</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
@@ -4528,765 +4525,765 @@
         <v>165</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D38" s="0">
         <v>282504</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>167</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>168</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>169</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>170</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>171</v>
+        <v>54</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="D39" s="0">
         <v>282604</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>167</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>168</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>169</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="D40" s="0">
         <v>294722</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>167</v>
       </c>
       <c r="F40" s="0">
         <v>2900</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>169</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="L40" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="D41" s="0">
         <v>120271</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>89</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>90</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="D42" s="0">
         <v>240100</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>167</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>169</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="D43" s="0">
         <v>240300</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>167</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>169</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>54</v>
+        <v>191</v>
       </c>
       <c r="L43" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>192</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>193</v>
       </c>
       <c r="D44" s="0">
         <v>240600</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>167</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>169</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>194</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="L44" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D45" s="0">
         <v>240800</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>167</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>169</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>54</v>
+        <v>79</v>
       </c>
       <c r="L45" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D46" s="0">
         <v>244100</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>167</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>169</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>54</v>
+        <v>202</v>
       </c>
       <c r="L46" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D47" s="0">
         <v>241500</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>167</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>169</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>19</v>
+        <v>206</v>
       </c>
       <c r="L47" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="D48" s="0">
         <v>243200</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>167</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>169</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="L48" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D49" s="0">
         <v>242200</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>167</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>169</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="L49" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="D50" s="0">
         <v>242100</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>167</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>169</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="L50" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D51" s="0">
         <v>242300</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>167</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>169</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>19</v>
+        <v>206</v>
       </c>
       <c r="L51" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D52" s="0">
         <v>162600</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>167</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>169</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>54</v>
+        <v>210</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>83</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>84</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>228</v>
+        <v>174</v>
       </c>
       <c r="L53" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>83</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>84</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>83</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>84</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>83</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>84</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>179</v>
+        <v>19</v>
       </c>
       <c r="L56" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>83</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>84</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D58" s="0">
         <v>294125</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>167</v>
       </c>
       <c r="F58" s="0">
         <v>2900</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>169</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D59" s="0">
         <v>291322</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>167</v>
       </c>
       <c r="F59" s="0">
         <v>2900</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>169</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="L59" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
         <v>253</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>254</v>
       </c>
       <c r="D60" s="0">
         <v>256200</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>167</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>255</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>169</v>
       </c>
@@ -5344,352 +5341,352 @@
         <v>260</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>261</v>
       </c>
       <c r="D62" s="0">
         <v>231500</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>167</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>262</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>169</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>263</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>264</v>
+        <v>19</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="B63" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="D63" s="0">
         <v>182336</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>89</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>90</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="D64" s="0">
         <v>182436</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>89</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>90</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="D65" s="0">
         <v>182227</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>89</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>90</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="D66" s="0">
         <v>120268</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>89</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>90</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>277</v>
       </c>
-      <c r="C67" s="0" t="s">
+      <c r="D67" s="0" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>83</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>84</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="0"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="D68" s="0">
         <v>182128</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>89</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>90</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="D69" s="0">
         <v>182130</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>89</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>90</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>288</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="D70" s="0" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="L70" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="B71" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="D71" s="0"/>
       <c r="E71" s="0"/>
       <c r="F71" s="0"/>
       <c r="G71" s="0"/>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="0"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="B72" s="0" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="D72" s="0"/>
       <c r="E72" s="0"/>
       <c r="F72" s="0"/>
       <c r="G72" s="0"/>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>