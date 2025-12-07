--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="249">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -131,636 +131,627 @@
   <si>
     <t>12829.00₸</t>
   </si>
   <si>
     <t>Нож для чистки овощей и фруктов;сталь,дерево;,L=17/7,B=1см;металлич.,коричнев.</t>
   </si>
   <si>
     <t>04070469</t>
   </si>
   <si>
     <t>22210/203-TR</t>
   </si>
   <si>
     <t>Tramontina</t>
   </si>
   <si>
     <t>Tradicional</t>
   </si>
   <si>
     <t>БРАЗИЛИЯ</t>
   </si>
   <si>
     <t>1579.00₸</t>
   </si>
   <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Нож для томатов/цитрусовых;,L=23/12,5см;синий,белый</t>
+  </si>
+  <si>
+    <t>04070476</t>
+  </si>
+  <si>
+    <t>23512/215-TR</t>
+  </si>
+  <si>
+    <t>1941.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Нож для овощей;,L=8см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070498</t>
+  </si>
+  <si>
+    <t>090300</t>
+  </si>
+  <si>
+    <t>4012.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Нож универсальный «Глория»;сталь;,L=28/15,B=2см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070824</t>
+  </si>
+  <si>
+    <t>Gloria</t>
+  </si>
+  <si>
+    <t>20298.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов «Глория»;сталь;,L=205/100,B=15мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070826</t>
+  </si>
+  <si>
+    <t>15508.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов «Глория Люкс»;сталь;,H=15,L=190/90,B=17мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070831</t>
+  </si>
+  <si>
+    <t>Gloria Lux</t>
+  </si>
+  <si>
+    <t>25195.00₸</t>
+  </si>
+  <si>
+    <t>Нож универсальный «Кузинье»;сталь,дерево;,H=50,L=220/100,B=15мм;коричнев.,металлич.</t>
+  </si>
+  <si>
+    <t>04070846</t>
+  </si>
+  <si>
+    <t>13067.00₸</t>
+  </si>
+  <si>
+    <t>Нож проф. для посеч.шкуры;сталь нерж.;,L=7см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071242</t>
+  </si>
+  <si>
+    <t>18126-07</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>21160.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов;сталь нерж.,абс-пластик;,L=10/20см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04071702</t>
+  </si>
+  <si>
+    <t>090170</t>
+  </si>
+  <si>
+    <t>24078.00₸</t>
+  </si>
+  <si>
+    <t>Нож для декор.нарезки овощей и фруктов;металл,пластик;,L=21см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04071714</t>
+  </si>
+  <si>
+    <t>10388.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей;сталь,пластик;,L=10,B=2см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071723</t>
+  </si>
+  <si>
+    <t>18125-10</t>
+  </si>
+  <si>
+    <t>17318.00₸</t>
+  </si>
+  <si>
+    <t>Нож для фигурной нарезки;сталь нерж.,пластик;,L=100,B=17мм;красный,металлич.</t>
+  </si>
+  <si>
+    <t>04071741</t>
+  </si>
+  <si>
+    <t>4351.00₸</t>
+  </si>
+  <si>
+    <t>Нож для томатов;сталь,пластик;,L=213/80,B=16мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04071744</t>
+  </si>
+  <si>
+    <t>4936.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей;сталь нерж.;,L=90,B=194мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071750</t>
+  </si>
+  <si>
+    <t>18124-09</t>
+  </si>
+  <si>
+    <t>24871.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей;,L=11,B=7см;металлич.</t>
+  </si>
+  <si>
+    <t>04071759</t>
+  </si>
+  <si>
+    <t>Global</t>
+  </si>
+  <si>
+    <t>75306.00₸</t>
+  </si>
+  <si>
+    <t>Нож для фигурной нарезки[3шт];сталь нерж.,пластик;,L=17/6см</t>
+  </si>
+  <si>
+    <t>04071780</t>
+  </si>
+  <si>
+    <t>2270B000IVV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>4032.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов ручка желтая;сталь нерж.,пластик;,L=10см</t>
+  </si>
+  <si>
+    <t>04071781</t>
+  </si>
+  <si>
+    <t>10311.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов ручка зеленая;сталь нерж.,пластик;,L=10/20,5см</t>
+  </si>
+  <si>
+    <t>04071782</t>
+  </si>
+  <si>
+    <t>9210.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов;сталь нерж.,полипроп.;,L=10см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071787</t>
+  </si>
+  <si>
+    <t>090147</t>
+  </si>
+  <si>
+    <t>6661.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей «Касуми»;сталь;,L=9см</t>
+  </si>
+  <si>
+    <t>04071794</t>
+  </si>
+  <si>
+    <t>Kasumi</t>
+  </si>
+  <si>
+    <t>Hammer</t>
+  </si>
+  <si>
+    <t>ЯПОНИЯ</t>
+  </si>
+  <si>
+    <t>139755.00₸</t>
+  </si>
+  <si>
+    <t>Нож для фигурной нарезки «Проотель»;сталь нерж.,пластик;,L=160/65,B=13мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071797</t>
+  </si>
+  <si>
+    <t>AS00105-01</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>Professional</t>
+  </si>
+  <si>
+    <t>784.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Нож кухонный универсальный;металл,пластик;,L=28/15,B=1см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04071878</t>
+  </si>
+  <si>
+    <t>23860/106-TR</t>
+  </si>
+  <si>
+    <t>Universal</t>
+  </si>
+  <si>
+    <t>7392.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Нож кухонный универсальный «Проотель»;сталь нерж.,пластик;,L=215/100,B=20мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071954</t>
+  </si>
+  <si>
+    <t>AG00805-01</t>
+  </si>
+  <si>
+    <t>Chef</t>
+  </si>
+  <si>
+    <t>5236.00₸</t>
+  </si>
+  <si>
+    <t>Нож для томатов «Атус» и цитрусовых;сталь нерж.,полипроп.;,L=12,5см;красный</t>
+  </si>
+  <si>
+    <t>04072702</t>
+  </si>
+  <si>
+    <t>23088/975-TR</t>
+  </si>
+  <si>
+    <t>Athus</t>
+  </si>
+  <si>
+    <t>1117.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов «Универсал»;сталь нерж.,полиоксиметилен;,L=162/60,B=15мм;черный</t>
+  </si>
+  <si>
+    <t>04072712</t>
+  </si>
+  <si>
+    <t>Arcos</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>11404.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов «Универсал»;сталь нерж.,полиоксиметилен;,L=178/75,B=15мм;черный</t>
+  </si>
+  <si>
+    <t>04072713</t>
+  </si>
+  <si>
+    <t>11835.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов «Универсал»;сталь нерж.;,L=190/75мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072714</t>
+  </si>
+  <si>
+    <t>16240.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов «Универсал»;сталь нерж.;,L=203/100,B=18мм</t>
+  </si>
+  <si>
+    <t>04072715</t>
+  </si>
+  <si>
+    <t>16047.00₸</t>
+  </si>
+  <si>
+    <t>48 шт.</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов «Нова»;сталь нерж.,полипроп.;,L=165/60,B=10мм;черный</t>
+  </si>
+  <si>
+    <t>04072716</t>
+  </si>
+  <si>
+    <t>Nova</t>
+  </si>
+  <si>
+    <t>3412.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов «Нова»;сталь нерж.,полипроп.;,L=185/80мм;черный</t>
+  </si>
+  <si>
+    <t>04072717</t>
+  </si>
+  <si>
+    <t>3489.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов «Нова»;сталь нерж.,полипроп.;,L=200/85мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072718</t>
+  </si>
+  <si>
+    <t>3496.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов «Нова»;сталь нерж.,полипроп.;,L=210/95мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072719</t>
+  </si>
+  <si>
+    <t>3789.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов «Нова»;сталь нерж.;,L=210/100,B=15мм;черный</t>
+  </si>
+  <si>
+    <t>04072720</t>
+  </si>
+  <si>
+    <t>4058.00₸</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов «Нова»;сталь нерж.,полипроп.;,L=180/70,B=15мм;черный</t>
+  </si>
+  <si>
+    <t>04072721</t>
+  </si>
+  <si>
+    <t>3181.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Нож для чистки овощей и фруктов «Классика»;сталь нерж.,полиоксиметилен;,L=206/100,B=19мм;черный,мета</t>
+  </si>
+  <si>
+    <t>04072722</t>
+  </si>
+  <si>
+    <t>Clasica</t>
+  </si>
+  <si>
+    <t>27312.00₸</t>
+  </si>
+  <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Нож для томатов/цитрусовых;,L=23/12,5см;синий,белый</t>
-[...421 lines deleted...]
-  <si>
     <t>Нож для томатов «Классика»;сталь нерж.,полиоксиметилен;,L=13см;металлич.,черный</t>
   </si>
   <si>
     <t>04072723</t>
   </si>
   <si>
     <t>25811.00₸</t>
   </si>
   <si>
-    <t>32 шт.</t>
+    <t>29 шт.</t>
   </si>
   <si>
     <t>Нож для чистки овощей и фруктов «Ривьера»;сталь нерж.,полиоксиметилен;,L=20/10,B=2см;черный,металлич</t>
   </si>
   <si>
     <t>04072724</t>
   </si>
   <si>
     <t>Riviera</t>
   </si>
   <si>
     <t>29060.00₸</t>
   </si>
   <si>
-    <t>27 шт.</t>
+    <t>20 шт.</t>
   </si>
   <si>
     <t>Нож для томатов «Ривьера»;сталь нерж.,полиоксиметилен;,L=230/130,B=18мм;металлич.,черный</t>
   </si>
   <si>
     <t>04072725</t>
   </si>
   <si>
     <t>33026.00₸</t>
   </si>
   <si>
-    <t>41 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож для чистки овощей;,L=75мм;черный,металлич.</t>
   </si>
   <si>
     <t>04072732</t>
   </si>
   <si>
     <t>23080/003-TR</t>
   </si>
   <si>
     <t>1086.00₸</t>
   </si>
   <si>
     <t>Нож для чистки овощей и фруктов «Колор проф»;сталь нерж.,полипроп.;,L=190/80,B=17мм;металлич.,серый</t>
   </si>
   <si>
     <t>04072750</t>
   </si>
   <si>
     <t>Colour Professional</t>
   </si>
   <si>
     <t>12243.00₸</t>
   </si>
   <si>
     <t>Нож для чистки овощей и фруктов «Манхэттен»;сталь нерж.,полиоксиметилен;,L=20,7/10см;металлич.,черны</t>
   </si>
   <si>
     <t>04072752</t>
   </si>
   <si>
     <t>Manhattan</t>
   </si>
   <si>
     <t>29953.00₸</t>
   </si>
   <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
     <t>Нож для чистки овощей «Манхэттен»;сталь нерж.,полиоксиметилен;,L=23,7/13см;металлич.,черный</t>
   </si>
   <si>
     <t>04072753</t>
   </si>
   <si>
     <t>35290.00₸</t>
   </si>
   <si>
-    <t>30 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож для чистки овощей;сталь нерж.,пластик;,L=75мм;металлич.,белый</t>
   </si>
   <si>
     <t>04072766</t>
   </si>
   <si>
     <t>24626/083-TR</t>
   </si>
   <si>
     <t>Master</t>
   </si>
   <si>
     <t>3850.00₸</t>
   </si>
   <si>
     <t>Нож для чистки овощей и фруктов;сталь нерж.;,L=10см;металлич.,серый</t>
   </si>
   <si>
     <t>04072785</t>
   </si>
   <si>
     <t>COLOUR-PROF</t>
   </si>
   <si>
     <t>11604.00₸</t>
   </si>
   <si>
-    <t>22 шт.</t>
+    <t>15 шт.</t>
   </si>
   <si>
     <t>Нож для чистки овощей и фруктов «Нордика»;сталь нерж.,дерево;,L=10см</t>
   </si>
   <si>
     <t>04072786</t>
   </si>
   <si>
     <t>Nordika</t>
   </si>
   <si>
     <t>36121.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож для чистки овощей и фруктов «Атус»;сталь,пластик;,L=75мм;черный</t>
   </si>
   <si>
     <t>04073506</t>
   </si>
   <si>
     <t>23079/003-TR</t>
   </si>
   <si>
-    <t>18 шт.</t>
+    <t>16 шт.</t>
   </si>
   <si>
     <t>Нож для чистки овощей и фруктов «Ультракорт»;сталь,пластик;,L=180/75мм;черный</t>
   </si>
   <si>
     <t>04073538</t>
   </si>
   <si>
     <t>23850/103-TR</t>
   </si>
   <si>
     <t>Ultracorte</t>
   </si>
   <si>
     <t>2310.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>11 шт.</t>
   </si>
   <si>
     <t>Нож для чистки овощей и фруктов «Профешионал Мастер»;сталь нерж.,пластик;,L=185/80мм;белый,металлич.</t>
   </si>
   <si>
     <t>04073554</t>
   </si>
   <si>
     <t>24625/083-TR</t>
   </si>
   <si>
     <t>Professional Master</t>
   </si>
   <si>
     <t>4158.00₸</t>
   </si>
   <si>
     <t>Нож для фигурной нарезки;сталь,пластик;,L=175/65,B=25мм;черный,металлич.</t>
   </si>
   <si>
     <t>09101288</t>
   </si>
   <si>
     <t>18026-07</t>
   </si>
@@ -3781,323 +3772,323 @@
         <v>144</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>145</v>
       </c>
       <c r="D30" s="0">
         <v>280104</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>125</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>146</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>147</v>
+        <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="D31" s="0">
         <v>281004</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>125</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D32" s="0">
         <v>281104</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>125</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>38</v>
+        <v>153</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="D33" s="0">
         <v>188300</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>159</v>
+        <v>121</v>
       </c>
       <c r="L33" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D34" s="0">
         <v>188400</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>151</v>
+        <v>43</v>
       </c>
       <c r="L34" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D35" s="0">
         <v>188500</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>43</v>
       </c>
       <c r="L35" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D36" s="0">
         <v>188600</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="L36" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="D37" s="0">
         <v>188610</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>151</v>
+        <v>43</v>
       </c>
       <c r="L37" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="D38" s="0">
         <v>188200</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>151</v>
+        <v>174</v>
       </c>
       <c r="L38" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>175</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>176</v>
       </c>
       <c r="D39" s="0">
         <v>255700</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>177</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>141</v>
       </c>
@@ -4189,506 +4180,506 @@
         <v>189</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>190</v>
       </c>
       <c r="D42" s="0">
         <v>232000</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>186</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>191</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>192</v>
+        <v>19</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="D43" s="0" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>136</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="D44" s="0">
         <v>240000</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="L44" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="D45" s="0">
         <v>160100</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>48</v>
+        <v>204</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
         <v>205</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>206</v>
       </c>
       <c r="D46" s="0">
         <v>161100</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>207</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>208</v>
+        <v>188</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="D47" s="0" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="D48" s="0">
         <v>241300</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="L48" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="D49" s="0">
         <v>165000</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>223</v>
+        <v>48</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="D50" s="0" t="s">
         <v>224</v>
-      </c>
-[...4 lines deleted...]
-        <v>226</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>136</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="L50" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="D51" s="0" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>230</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>233</v>
+        <v>188</v>
       </c>
       <c r="L51" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>66</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L53" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>136</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>137</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>136</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>137</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>136</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>137</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>