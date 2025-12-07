--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -77,51 +77,51 @@
   <si>
     <t>Нож для пиццы «Тутти»;сталь,пластик;D=10,L=23,5см;металлич.,черный</t>
   </si>
   <si>
     <t>04070601</t>
   </si>
   <si>
     <t>20520000IVV</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>Linea Tutti</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>Ножи для пиццы, теста</t>
   </si>
   <si>
     <t>7987.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
+    <t>4 шт.</t>
   </si>
   <si>
     <t>Нож для пиццы;тефлон,пластик;D=60,L=195мм;в ассорт.</t>
   </si>
   <si>
     <t>04070602</t>
   </si>
   <si>
     <t>Ghidini</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>2880.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Нож для пиццы;сталь нерж.,полипроп.;D=10,L=24,5см;черный,металлич.</t>
   </si>
   <si>
     <t>04070608</t>
   </si>
@@ -224,51 +224,54 @@
   <si>
     <t>Нож для пиццы;сталь нерж.,пластик;черный,металлич.</t>
   </si>
   <si>
     <t>04070621</t>
   </si>
   <si>
     <t>Vacuvin</t>
   </si>
   <si>
     <t>НИДЕРЛАНДЫ</t>
   </si>
   <si>
     <t>10965.00₸</t>
   </si>
   <si>
     <t>Нож для обрезания теста;сплав цинк.,дерево;D=30,L=155/50мм;св. дерево,металлич.</t>
   </si>
   <si>
     <t>04070901</t>
   </si>
   <si>
     <t>0031</t>
   </si>
   <si>
-    <t>2749.00₸</t>
+    <t>3150.00₸</t>
+  </si>
+  <si>
+    <t>47 шт.</t>
   </si>
   <si>
     <t>Нож для обрезан. теста большой;сплав цинк.,дерево;D=37,L=165/60мм;хромиров.,св. дерево</t>
   </si>
   <si>
     <t>04070902</t>
   </si>
   <si>
     <t>0033</t>
   </si>
   <si>
     <t>3057.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Нож роликовый для теста 5 лезвий;сталь нерж.;,H=55,L=220мм;металлич.</t>
   </si>
   <si>
     <t>04070920</t>
   </si>
   <si>
     <t>47820-05</t>
   </si>
@@ -326,50 +329,53 @@
   <si>
     <t>Нож роликовый для теста 5 лезвий;сталь нерж.;металлич.</t>
   </si>
   <si>
     <t>04070927</t>
   </si>
   <si>
     <t>Was</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>30485.00₸</t>
   </si>
   <si>
     <t>Нож роликовый для теста 6лезвий;сталь нерж.;D=50,H=48,L=240,B=310мм;металлич.</t>
   </si>
   <si>
     <t>04070928</t>
   </si>
   <si>
     <t>45885.00₸</t>
   </si>
   <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
     <t>Нож роликовый для теста 7лезвий;сталь нерж.;D=5,L=24см;металлич.</t>
   </si>
   <si>
     <t>04070929</t>
   </si>
   <si>
     <t>52992.00₸</t>
   </si>
   <si>
     <t>Нож роликовый для теста;пластик,сталь нерж.;D=4,L=17,B=14см;бежев.,металлич.</t>
   </si>
   <si>
     <t>04070931</t>
   </si>
   <si>
     <t>140310.00₸</t>
   </si>
   <si>
     <t>Нож роликовый для теста 5 лезвий фигурный край;сталь нерж.;D=5,H=7,L=26,B=6см;металлич.</t>
   </si>
   <si>
     <t>04070933</t>
   </si>
   <si>
     <t>110395.00₸</t>
@@ -449,69 +455,63 @@
   <si>
     <t>398329.00₸</t>
   </si>
   <si>
     <t>Нож роликовый для теста рифленый;сталь нерж.,пластик;D=60,L=183мм</t>
   </si>
   <si>
     <t>04070955</t>
   </si>
   <si>
     <t>15393.00₸</t>
   </si>
   <si>
     <t>Нож роликовый для теста;пластик;,L=12см;бежев.</t>
   </si>
   <si>
     <t>04070959</t>
   </si>
   <si>
     <t>RPL12</t>
   </si>
   <si>
     <t>Martellato</t>
   </si>
   <si>
-    <t>9510.00₸</t>
-[...2 lines deleted...]
-    <t>5 шт.</t>
+    <t>9933.00₸</t>
   </si>
   <si>
     <t>Нож роликовый для теста;пластик;,L=6см;белый</t>
   </si>
   <si>
     <t>04070960</t>
   </si>
   <si>
     <t>RPL6</t>
   </si>
   <si>
-    <t>7693.00₸</t>
-[...2 lines deleted...]
-    <t>9 шт.</t>
+    <t>8047.00₸</t>
   </si>
   <si>
     <t>Нож для пиццы с ручкой из термостойкого пластика (до 200°);сталь нерж.;D=10,L=26см</t>
   </si>
   <si>
     <t>04070964</t>
   </si>
   <si>
     <t>AC-ROP6</t>
   </si>
   <si>
     <t>Gimetal</t>
   </si>
   <si>
     <t>51544.00₸</t>
   </si>
   <si>
     <t>Нож для пиццы;сталь нерж.,пластик;D=10,L=23см</t>
   </si>
   <si>
     <t>04070965</t>
   </si>
   <si>
     <t>AC-ROM</t>
   </si>
@@ -2187,51 +2187,51 @@
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>41</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="L6" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D7" s="0">
         <v>141035</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
@@ -2347,721 +2347,721 @@
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>69</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>47</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="L16" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D18" s="0">
         <v>1507005</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D19" s="0">
         <v>1507006</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>53</v>
+        <v>104</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D20" s="0">
         <v>1507007</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D21" s="0">
         <v>141105</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D22" s="0">
         <v>141013</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D25" s="0">
         <v>141010</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D26" s="0">
         <v>141012</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L27" s="0"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D28" s="0">
         <v>141110</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D29" s="0">
         <v>141006</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D30" s="0">
         <v>141029</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>145</v>
+        <v>47</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>150</v>
+        <v>32</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>153</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>154</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>