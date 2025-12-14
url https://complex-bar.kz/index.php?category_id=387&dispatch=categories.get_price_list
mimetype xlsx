--- v1 (2025-12-07)
+++ v2 (2025-12-14)
@@ -227,51 +227,51 @@
   <si>
     <t>04070621</t>
   </si>
   <si>
     <t>Vacuvin</t>
   </si>
   <si>
     <t>НИДЕРЛАНДЫ</t>
   </si>
   <si>
     <t>10965.00₸</t>
   </si>
   <si>
     <t>Нож для обрезания теста;сплав цинк.,дерево;D=30,L=155/50мм;св. дерево,металлич.</t>
   </si>
   <si>
     <t>04070901</t>
   </si>
   <si>
     <t>0031</t>
   </si>
   <si>
     <t>3150.00₸</t>
   </si>
   <si>
-    <t>47 шт.</t>
+    <t>44 шт.</t>
   </si>
   <si>
     <t>Нож для обрезан. теста большой;сплав цинк.,дерево;D=37,L=165/60мм;хромиров.,св. дерево</t>
   </si>
   <si>
     <t>04070902</t>
   </si>
   <si>
     <t>0033</t>
   </si>
   <si>
     <t>3057.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Нож роликовый для теста 5 лезвий;сталь нерж.;,H=55,L=220мм;металлич.</t>
   </si>
   <si>
     <t>04070920</t>
   </si>
   <si>
     <t>47820-05</t>
   </si>
@@ -329,51 +329,51 @@
   <si>
     <t>Нож роликовый для теста 5 лезвий;сталь нерж.;металлич.</t>
   </si>
   <si>
     <t>04070927</t>
   </si>
   <si>
     <t>Was</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>30485.00₸</t>
   </si>
   <si>
     <t>Нож роликовый для теста 6лезвий;сталь нерж.;D=50,H=48,L=240,B=310мм;металлич.</t>
   </si>
   <si>
     <t>04070928</t>
   </si>
   <si>
     <t>45885.00₸</t>
   </si>
   <si>
-    <t>19 шт.</t>
+    <t>18 шт.</t>
   </si>
   <si>
     <t>Нож роликовый для теста 7лезвий;сталь нерж.;D=5,L=24см;металлич.</t>
   </si>
   <si>
     <t>04070929</t>
   </si>
   <si>
     <t>52992.00₸</t>
   </si>
   <si>
     <t>Нож роликовый для теста;пластик,сталь нерж.;D=4,L=17,B=14см;бежев.,металлич.</t>
   </si>
   <si>
     <t>04070931</t>
   </si>
   <si>
     <t>140310.00₸</t>
   </si>
   <si>
     <t>Нож роликовый для теста 5 лезвий фигурный край;сталь нерж.;D=5,H=7,L=26,B=6см;металлич.</t>
   </si>
   <si>
     <t>04070933</t>
   </si>
@@ -2187,51 +2187,51 @@
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>41</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L6" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D7" s="0">
         <v>141035</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>