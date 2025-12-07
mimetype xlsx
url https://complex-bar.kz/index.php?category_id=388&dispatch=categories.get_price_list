--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="321">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="318">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -161,140 +161,140 @@
   <si>
     <t>04070217</t>
   </si>
   <si>
     <t>18006-25</t>
   </si>
   <si>
     <t>17710.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
     <t>Нож для нарезки мяса;сталь нерж.,пластик;,L=435/300,B=30мм;черный,металлич.</t>
   </si>
   <si>
     <t>04070218</t>
   </si>
   <si>
     <t>18006-30</t>
   </si>
   <si>
     <t>32787.00₸</t>
   </si>
   <si>
+    <t>Нож для тонкой нарезки с рифленым лезвием;сталь нерж.,пластик;,L=43/30,B=3см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070219</t>
+  </si>
+  <si>
+    <t>18010-30</t>
+  </si>
+  <si>
+    <t>26304.00₸</t>
+  </si>
+  <si>
+    <t>Нож для тонкой нарезки;сталь нерж.,пластик;,L=49/36,B=3см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070220</t>
+  </si>
+  <si>
+    <t>18010-36</t>
+  </si>
+  <si>
+    <t>28768.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Нож для нарезки мяса;сталь нерж.,пластик;,L=290/135,B=20мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070221</t>
+  </si>
+  <si>
+    <t>18106-25</t>
+  </si>
+  <si>
+    <t>44391.00₸</t>
+  </si>
+  <si>
+    <t>Нож для тонкой нарезки;сталь,дерево;,H=45,L=395/225,B=110мм;коричнев.,металлич.</t>
+  </si>
+  <si>
+    <t>04070224</t>
+  </si>
+  <si>
+    <t>22232/009</t>
+  </si>
+  <si>
+    <t>Tramontina</t>
+  </si>
+  <si>
+    <t>Tradicional</t>
+  </si>
+  <si>
+    <t>БРАЗИЛИЯ</t>
+  </si>
+  <si>
+    <t>9741.00₸</t>
+  </si>
+  <si>
+    <t>Нож для хамона;сталь,пластик;,L=390/210,B=32мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070230</t>
+  </si>
+  <si>
+    <t>48021-21</t>
+  </si>
+  <si>
+    <t>68654.00₸</t>
+  </si>
+  <si>
+    <t>Нож для тонкой нарезки «Касуми»;сталь нерж.;,L=370/240,B=28мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070236</t>
+  </si>
+  <si>
+    <t>Kasumi</t>
+  </si>
+  <si>
+    <t>ЯПОНИЯ</t>
+  </si>
+  <si>
+    <t>284900.00₸</t>
+  </si>
+  <si>
     <t>3 шт.</t>
   </si>
   <si>
-    <t>Нож для тонкой нарезки с рифленым лезвием;сталь нерж.,пластик;,L=43/30,B=3см;черный,металлич.</t>
-[...85 lines deleted...]
-  <si>
     <t>Нож для тонкой нарезки;сталь нерж.,полипроп.;,L=40/26,B=2см;черный,металлич.</t>
   </si>
   <si>
     <t>04070237</t>
   </si>
   <si>
     <t>090827</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>21129.00₸</t>
   </si>
   <si>
     <t>Нож для тонкой нарезки кованая сталь;сталь нерж.,пластик;,L=400/256,B=30мм</t>
   </si>
   <si>
     <t>04070249</t>
   </si>
   <si>
     <t>7.7223.26</t>
@@ -488,498 +488,489 @@
   <si>
     <t>18111-30</t>
   </si>
   <si>
     <t>50951.00₸</t>
   </si>
   <si>
     <t>Нож для плоской рыбы «Универсал»;сталь нерж.,полиоксиметилен;,L=290/170,B=21мм;черный,металлич.</t>
   </si>
   <si>
     <t>04070381</t>
   </si>
   <si>
     <t>Arcos</t>
   </si>
   <si>
     <t>Universal</t>
   </si>
   <si>
     <t>ИСПАНИЯ</t>
   </si>
   <si>
     <t>22654.00₸</t>
   </si>
   <si>
-    <t>39 шт.</t>
+    <t>35 шт.</t>
   </si>
   <si>
     <t>Нож для тонкой нарезки «Универсал»;сталь нерж.,полиоксиметилен;,L=410/290,B=17мм;черный,металлич.</t>
   </si>
   <si>
     <t>04070382</t>
   </si>
   <si>
     <t>35182.00₸</t>
   </si>
   <si>
+    <t>Нож для тонкой нарезки «Универсал»;сталь нерж.,полиоксиметилен;,L=430/300,B=26мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070383</t>
+  </si>
+  <si>
+    <t>44314.00₸</t>
+  </si>
+  <si>
+    <t>38 шт.</t>
+  </si>
+  <si>
+    <t>Нож для тонкой нарезки «Колор проф»;сталь нерж.,полипроп.;,L=44/30см;серый</t>
+  </si>
+  <si>
+    <t>04070385</t>
+  </si>
+  <si>
+    <t>Colour Professional</t>
+  </si>
+  <si>
+    <t>30084.00₸</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
+    <t>Нож для замороженных продуктов;сталь,пластик;,L=330/200,B=25мм;черный</t>
+  </si>
+  <si>
+    <t>04071219</t>
+  </si>
+  <si>
+    <t>18021-18</t>
+  </si>
+  <si>
+    <t>15162.00₸</t>
+  </si>
+  <si>
+    <t>Нож для нарезки мяса;сталь нерж.,пластик;,L=24см;белый,металлич.</t>
+  </si>
+  <si>
+    <t>04071852</t>
+  </si>
+  <si>
+    <t>26950.00₸</t>
+  </si>
+  <si>
+    <t>Нож для филе гибкий;сталь нерж.,пластик;,L=29/18,B=3см;желт.,металлич.</t>
+  </si>
+  <si>
+    <t>04071857</t>
+  </si>
+  <si>
+    <t>50890.00₸</t>
+  </si>
+  <si>
+    <t>Нож для нарезки мяса;сталь,пластик;,L=26см;красный,металлич.</t>
+  </si>
+  <si>
+    <t>04071883</t>
+  </si>
+  <si>
+    <t>090923</t>
+  </si>
+  <si>
+    <t>24232.00₸</t>
+  </si>
+  <si>
+    <t>Нож для тонкой нарезки;сталь,пластик;,L=405/270,B=28мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071886</t>
+  </si>
+  <si>
+    <t>090360</t>
+  </si>
+  <si>
+    <t>48087.00₸</t>
+  </si>
+  <si>
+    <t>Нож для ветчины «Глобал»;сталь нерж.;,L=31см;металлич.</t>
+  </si>
+  <si>
+    <t>04071893</t>
+  </si>
+  <si>
+    <t>132625.00₸</t>
+  </si>
+  <si>
+    <t>Нож для филе «Глобал»;сталь нерж.;,L=21см;металлич.</t>
+  </si>
+  <si>
+    <t>04071896</t>
+  </si>
+  <si>
+    <t>191746.00₸</t>
+  </si>
+  <si>
+    <t>Нож для тонкой нарезки с рифленым лезвием;сталь нерж.;,L=25см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072003</t>
+  </si>
+  <si>
+    <t>18010-25</t>
+  </si>
+  <si>
+    <t>21052.00₸</t>
+  </si>
+  <si>
+    <t>Нож для филе «Универсал»;сталь нерж.,полиоксиметилен;,L=275/160,B=13мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072013</t>
+  </si>
+  <si>
+    <t>21299.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Нож для мяса «Универсал»;сталь нерж.,полиоксиметилен;,L=300/175,B=35мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072015</t>
+  </si>
+  <si>
+    <t>27736.00₸</t>
+  </si>
+  <si>
+    <t>37 шт.</t>
+  </si>
+  <si>
+    <t>Нож для мяса «Универсал»;сталь нерж.,полиоксиметилен;,L=340/200,B=35мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072016</t>
+  </si>
+  <si>
+    <t>30131.00₸</t>
+  </si>
+  <si>
     <t>14 шт.</t>
   </si>
   <si>
-    <t>Нож для тонкой нарезки «Универсал»;сталь нерж.,полиоксиметилен;,L=430/300,B=26мм;черный,металлич.</t>
-[...5 lines deleted...]
-    <t>44314.00₸</t>
+    <t>Нож для мяса «Универсал»;сталь нерж.,полиоксиметилен;,L=385/250,B=53мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072017</t>
+  </si>
+  <si>
+    <t>37138.00₸</t>
+  </si>
+  <si>
+    <t>Нож для хлеба «Универсал»;сталь нерж.,полиоксиметилен;,L=380/250,B=39мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072018</t>
+  </si>
+  <si>
+    <t>33519.00₸</t>
+  </si>
+  <si>
+    <t>Нож для хлеба «Универсал»;сталь нерж.,полиоксиметилен;,L=42/30см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072019</t>
+  </si>
+  <si>
+    <t>34181.00₸</t>
+  </si>
+  <si>
+    <t>Нож для мяса «Универсал»;сталь нерж.,полиоксиметилен;,L=43/300,B=52мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072020</t>
+  </si>
+  <si>
+    <t>43852.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Нож для окорока «Универсал»;сталь нерж.,полиоксиметилен;,L=410/290,B=16мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072021</t>
+  </si>
+  <si>
+    <t>23301.00₸</t>
+  </si>
+  <si>
+    <t>Нож для окорока «Универсал»;сталь нерж.,полиоксиметилен;,L=420/300,B=25мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072022</t>
+  </si>
+  <si>
+    <t>Нож для филе «2900»;сталь нерж.,полипроп.;,L=350/200,B=17мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072024</t>
+  </si>
+  <si>
+    <t>18588.00₸</t>
   </si>
   <si>
     <t>19 шт.</t>
   </si>
   <si>
-    <t>Нож для тонкой нарезки «Колор проф»;сталь нерж.,полипроп.;,L=44/30см;серый</t>
-[...122 lines deleted...]
-    <t>30131.00₸</t>
+    <t>Нож для мяса «2900»;сталь нерж.,полипроп.;,L=290/150,B=25мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072025</t>
+  </si>
+  <si>
+    <t>16571.00₸</t>
+  </si>
+  <si>
+    <t>32 шт.</t>
+  </si>
+  <si>
+    <t>Нож для мяса «2900»;сталь нерж.,полипроп.;,L=295/150,B=25мм;синий,металлич.</t>
+  </si>
+  <si>
+    <t>04072026</t>
+  </si>
+  <si>
+    <t>15477.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Нож для окорока «Универсал»;сталь нерж.,полиоксиметилен;,L=355/240,B=15мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072027</t>
+  </si>
+  <si>
+    <t>22392.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Нож для тонкой нарезки «Универсал»;сталь нерж.,полиоксиметилен;,L=36/24см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072028</t>
+  </si>
+  <si>
+    <t>31101.00₸</t>
+  </si>
+  <si>
+    <t>50 шт.</t>
+  </si>
+  <si>
+    <t>Нож для окорока «Универсал»;сталь нерж.,полиоксиметилен;,L=410/280,B=25мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072029</t>
+  </si>
+  <si>
+    <t>26365.00₸</t>
+  </si>
+  <si>
+    <t>Нож для тонкой нарезки «Универсал»;сталь нерж.,полиоксиметилен;,L=41/28см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072030</t>
+  </si>
+  <si>
+    <t>33896.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Нож для филе «Ривьера»;сталь нерж.,полиоксиметилен;,L=286/170,B=25мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072031</t>
+  </si>
+  <si>
+    <t>Riviera</t>
+  </si>
+  <si>
+    <t>37700.00₸</t>
+  </si>
+  <si>
+    <t>Нож для филе «Ривьера»;сталь нерж.,полиоксиметилен;,L=310/200,B=25мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072032</t>
+  </si>
+  <si>
+    <t>43767.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Нож для филе «2900»;сталь нерж.,полипроп.;,L=32/17,B=2см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072034</t>
+  </si>
+  <si>
+    <t>15785.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Нож для мяса «2900»;сталь нерж.,полипроп.;,L=340/210,B=32мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072035</t>
+  </si>
+  <si>
+    <t>16940.00₸</t>
+  </si>
+  <si>
+    <t>Нож для мяса «2900»;сталь нерж.,полипроп.;,L=320/180,B=25мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072036</t>
+  </si>
+  <si>
+    <t>18442.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Нож для окорока «Колор проф»;сталь нерж.,полипроп.;,L=44/30см;серый</t>
+  </si>
+  <si>
+    <t>04072056</t>
+  </si>
+  <si>
+    <t>22792.00₸</t>
+  </si>
+  <si>
+    <t>Нож для филе;сталь нерж.;,L=20см;металлич.,белый</t>
+  </si>
+  <si>
+    <t>04072073</t>
+  </si>
+  <si>
+    <t>24622/088-TR</t>
+  </si>
+  <si>
+    <t>Master</t>
+  </si>
+  <si>
+    <t>11935.00₸</t>
+  </si>
+  <si>
+    <t>Нож для окорока «Классика»;сталь нерж.,полиоксиметилен;,L=36,5/25,B=17см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072425</t>
+  </si>
+  <si>
+    <t>Clasica</t>
+  </si>
+  <si>
+    <t>44645.00₸</t>
+  </si>
+  <si>
+    <t>Нож для тонкой нарезки «Классика»;сталь нерж.,полиоксиметилен;,L=420/300,B=17мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072426</t>
+  </si>
+  <si>
+    <t>45946.00₸</t>
+  </si>
+  <si>
+    <t>Нож для тонкой нарезки «Ривьера»;сталь нерж.,полиоксиметилен;,L=37/25,B=2см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072431</t>
+  </si>
+  <si>
+    <t>54555.00₸</t>
+  </si>
+  <si>
+    <t>Нож для окорока «Ривьера»;сталь нерж.,полиоксиметилен;,L=410/300,B=17мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072432</t>
+  </si>
+  <si>
+    <t>67383.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Нож для тонкой нарезки «2900»;сталь нерж.,полипроп.;,L=495/350,B=28мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072445</t>
+  </si>
+  <si>
+    <t>23832.00₸</t>
+  </si>
+  <si>
+    <t>Нож для нарезки продуктов «Нордика»;сталь нерж.,дерево;,L=25см</t>
+  </si>
+  <si>
+    <t>04072505</t>
+  </si>
+  <si>
+    <t>Nordika</t>
+  </si>
+  <si>
+    <t>49511.00₸</t>
   </si>
   <si>
     <t>5 шт.</t>
-  </si>
-[...292 lines deleted...]
-    <t>49511.00₸</t>
   </si>
   <si>
     <t>Нож для тонкой нарезки;сталь нерж.,полипроп.;,L=21см;черный,серебрист.</t>
   </si>
   <si>
     <t>04072903</t>
   </si>
   <si>
     <t>18221-21</t>
   </si>
   <si>
     <t>43475.00₸</t>
   </si>
   <si>
     <t>Нож для тонкой нарезки;сталь нерж.,полипроп.;,L=17см;черный,серебрист.</t>
   </si>
   <si>
     <t>04072904</t>
   </si>
   <si>
     <t>18221-17</t>
   </si>
   <si>
     <t>36106.00₸</t>
   </si>
@@ -3960,245 +3951,245 @@
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>47</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="L8" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L10" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="D12" s="0" t="s">
+      <c r="E12" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="E12" s="0" t="s">
+      <c r="F12" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="F12" s="0" t="s">
+      <c r="G12" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="G12" s="0" t="s">
+      <c r="H12" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>38</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="D14" s="0">
         <v>86024</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="H14" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>43</v>
+        <v>77</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>80</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>81</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>82</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
@@ -4640,51 +4631,51 @@
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>131</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>132</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>135</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
@@ -4864,119 +4855,119 @@
         <v>158</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D36" s="0">
         <v>284004</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>154</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>160</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>161</v>
+        <v>29</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="D37" s="0">
         <v>283704</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>154</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="D38" s="0">
         <v>242700</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>38</v>
+        <v>169</v>
       </c>
       <c r="L38" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>172</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
@@ -5222,323 +5213,323 @@
         <v>198</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>199</v>
       </c>
       <c r="D47" s="0">
         <v>282704</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>154</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>200</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>48</v>
+        <v>201</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D48" s="0">
         <v>283004</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>154</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D49" s="0">
         <v>283104</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>154</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D50" s="0">
         <v>283204</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>154</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D51" s="0">
         <v>283904</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>154</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D52" s="0">
         <v>284304</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>154</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>218</v>
+        <v>209</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>219</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>220</v>
       </c>
       <c r="D53" s="0">
         <v>283304</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>154</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>221</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>57</v>
+        <v>222</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D54" s="0">
         <v>282004</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>154</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>225</v>
+        <v>19</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D55" s="0">
         <v>283804</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>154</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>161</v>
+        <v>19</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
         <v>228</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>229</v>
       </c>
       <c r="D56" s="0">
         <v>295125</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F56" s="0">
         <v>2900</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>155</v>
       </c>
@@ -5698,119 +5689,119 @@
         <v>248</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>249</v>
       </c>
       <c r="D61" s="0">
         <v>281904</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>154</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>250</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>251</v>
+        <v>29</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="D62" s="0">
         <v>281901</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>154</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>239</v>
+        <v>254</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
         <v>255</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>256</v>
       </c>
       <c r="D63" s="0">
         <v>232900</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>257</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>258</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>231</v>
+        <v>38</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
         <v>259</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>260</v>
       </c>
       <c r="D64" s="0">
         <v>233000</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>257</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>155</v>
       </c>
@@ -5834,511 +5825,511 @@
         <v>263</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>264</v>
       </c>
       <c r="D65" s="0">
         <v>293125</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F65" s="0">
         <v>2900</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>265</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>38</v>
+        <v>266</v>
       </c>
       <c r="L65" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D66" s="0">
         <v>291725</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F66" s="0">
         <v>2900</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
         <v>270</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>271</v>
       </c>
       <c r="D67" s="0">
         <v>294725</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F67" s="0">
         <v>2900</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>272</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>208</v>
+        <v>273</v>
       </c>
       <c r="L67" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D68" s="0">
         <v>242600</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>276</v>
+        <v>243</v>
       </c>
       <c r="L68" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
         <v>277</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>278</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>279</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>280</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>281</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L69" s="0"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
         <v>282</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>283</v>
       </c>
       <c r="D70" s="0">
         <v>256700</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>284</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>285</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>286</v>
+        <v>254</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="D71" s="0">
         <v>256800</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>284</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>290</v>
+        <v>201</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="D72" s="0">
         <v>231000</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>257</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>294</v>
+        <v>38</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="D73" s="0">
         <v>231100</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F73" s="0" t="s">
         <v>257</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="D74" s="0">
         <v>293525</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F74" s="0">
         <v>2900</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>302</v>
+        <v>235</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="D75" s="0">
         <v>166700</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>153</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>155</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>208</v>
+        <v>303</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L76" s="0"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L77" s="0"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="D78" s="0">
         <v>120210</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>81</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>92</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>82</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="D79" s="0">
         <v>182149</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>81</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>82</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>