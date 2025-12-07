--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -257,450 +257,447 @@
   <si>
     <t>04070504</t>
   </si>
   <si>
     <t>31230.00₸</t>
   </si>
   <si>
     <t>Нож для хлеба;сталь нерж.,полипроп.;,L=345/210,B=25мм;черный,металлич.</t>
   </si>
   <si>
     <t>04070510</t>
   </si>
   <si>
     <t>18028-21</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>21021.00₸</t>
   </si>
   <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Нож для хлеба;сталь,пластик;,L=38/25,B=3см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070512</t>
+  </si>
+  <si>
+    <t>18028-25</t>
+  </si>
+  <si>
+    <t>28614.00₸</t>
+  </si>
+  <si>
+    <t>Нож для хлеба;сталь,пластик;,L=49/36,B=3см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070513</t>
+  </si>
+  <si>
+    <t>18028-36</t>
+  </si>
+  <si>
+    <t>38724.00₸</t>
+  </si>
+  <si>
+    <t>Нож кондитерский;сталь,пластик;,L=43/30,B=2см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070514</t>
+  </si>
+  <si>
+    <t>18029-30</t>
+  </si>
+  <si>
+    <t>22084.00₸</t>
+  </si>
+  <si>
+    <t>Нож для хлеба;сталь,дерево;,L=295/175,B=20мм;коричнев.,металлич.</t>
+  </si>
+  <si>
+    <t>04070515</t>
+  </si>
+  <si>
+    <t>22215/007-TR</t>
+  </si>
+  <si>
+    <t>Tramontina</t>
+  </si>
+  <si>
+    <t>Tradicional</t>
+  </si>
+  <si>
+    <t>БРАЗИЛИЯ</t>
+  </si>
+  <si>
+    <t>6006.00₸</t>
+  </si>
+  <si>
+    <t>Нож для хлеба;сталь нерж.,пластик;,L=30см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070516</t>
+  </si>
+  <si>
+    <t>18128-30</t>
+  </si>
+  <si>
+    <t>45792.00₸</t>
+  </si>
+  <si>
+    <t>Нож кондитерский;сталь нерж.,абс-пластик;,L=423/300,B=28мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070520</t>
+  </si>
+  <si>
+    <t>52607.00₸</t>
+  </si>
+  <si>
+    <t>Нож кондитерский;сталь нерж.,пластик;,L=31см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070526</t>
+  </si>
+  <si>
+    <t>50736.00₸</t>
+  </si>
+  <si>
+    <t>Нож кондитерский;сталь нерж.,пластик;,L=450/305,B=29мм;металлич.</t>
+  </si>
+  <si>
+    <t>04070532</t>
+  </si>
+  <si>
+    <t>63037.00₸</t>
+  </si>
+  <si>
+    <t>Нож для хлеба;сталь,дерево;,L=320/190,B=23мм;коричнев.,металлич.</t>
+  </si>
+  <si>
+    <t>04070534</t>
+  </si>
+  <si>
+    <t>22317/008-TR</t>
+  </si>
+  <si>
+    <t>Dynamic</t>
+  </si>
+  <si>
+    <t>5005.00₸</t>
+  </si>
+  <si>
+    <t>Нож для хлеба;,L=20см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070542</t>
+  </si>
+  <si>
+    <t>18128-20</t>
+  </si>
+  <si>
+    <t>44260.00₸</t>
+  </si>
+  <si>
+    <t>Нож для хлеба;сталь нерж.;,L=320/200,B=28мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070545</t>
+  </si>
+  <si>
+    <t>31070.00₸</t>
+  </si>
+  <si>
+    <t>Нож для хлеба;сталь нерж.,пластик;,L=335/215,B=25мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070549</t>
+  </si>
+  <si>
+    <t>5.1633.21</t>
+  </si>
+  <si>
+    <t>16802.00₸</t>
+  </si>
+  <si>
+    <t>Нож для хлеба;сталь нерж.,полипроп.;,L=345/215,B=25мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070551</t>
+  </si>
+  <si>
+    <t>5.2533.21</t>
+  </si>
+  <si>
+    <t>22374.00₸</t>
+  </si>
+  <si>
+    <t>Нож для хлеба кованый;сталь нерж.,пластик;,L=365/230,B=30мм</t>
+  </si>
+  <si>
+    <t>04070552</t>
+  </si>
+  <si>
+    <t>7.7433.23</t>
+  </si>
+  <si>
+    <t>52639.00₸</t>
+  </si>
+  <si>
+    <t>Нож кондитерский;сталь,пластик;,L=36см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070555</t>
+  </si>
+  <si>
+    <t>18029-36</t>
+  </si>
+  <si>
+    <t>20359.00₸</t>
+  </si>
+  <si>
+    <t>Нож для хлеба;сталь нерж.;,L=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04070568</t>
+  </si>
+  <si>
+    <t>Global</t>
+  </si>
+  <si>
+    <t>119335.00₸</t>
+  </si>
+  <si>
+    <t>Слайсер для хлеба на дерев.основании;металл;,H=10,L=41,B=15см;металлич.,деревян.</t>
+  </si>
+  <si>
+    <t>04070581</t>
+  </si>
+  <si>
+    <t>49833-00</t>
+  </si>
+  <si>
+    <t>165589.00₸</t>
+  </si>
+  <si>
+    <t>Нож кондитерский;сталь нерж.;,L=36см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070585</t>
+  </si>
+  <si>
+    <t>18030-36</t>
+  </si>
+  <si>
+    <t>25418.00₸</t>
+  </si>
+  <si>
+    <t>Нож для хлеба «Касуми»;сталь;,L=25см</t>
+  </si>
+  <si>
+    <t>04070586</t>
+  </si>
+  <si>
+    <t>Kasumi</t>
+  </si>
+  <si>
+    <t>Hammer</t>
+  </si>
+  <si>
+    <t>ЯПОНИЯ</t>
+  </si>
+  <si>
+    <t>208285.00₸</t>
+  </si>
+  <si>
+    <t>Нож для хлеба «Универсал»;сталь нерж.,полиоксиметилен;,L=320/200,B=26мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070588</t>
+  </si>
+  <si>
+    <t>Arcos</t>
+  </si>
+  <si>
+    <t>Universal</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>25203.00₸</t>
+  </si>
+  <si>
+    <t>26 шт.</t>
+  </si>
+  <si>
+    <t>Нож для хлеба «Универсал»;сталь нерж.,полиоксиметилен;,L=375/250,B=27мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070589</t>
+  </si>
+  <si>
+    <t>30061.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Нож для хлеба «Классика»;сталь нерж.,полиоксиметилен;,L=303/180,B=30мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070590</t>
+  </si>
+  <si>
+    <t>Clasica</t>
+  </si>
+  <si>
+    <t>50613.00₸</t>
+  </si>
+  <si>
     <t>5 шт.</t>
   </si>
   <si>
-    <t>Нож для хлеба;сталь,пластик;,L=38/25,B=3см;черный,металлич.</t>
-[...277 lines deleted...]
-  <si>
     <t>Нож для хлеба «Ривьера»;сталь нерж.,полиоксиметилен;,L=318/200,B=24мм;черный,металлич.</t>
   </si>
   <si>
     <t>04070592</t>
   </si>
   <si>
     <t>Riviera</t>
   </si>
   <si>
     <t>45400.00₸</t>
   </si>
   <si>
-    <t>11 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож для хлеба «2900»;сталь нерж.,полипроп.;,L=440/300,B=26мм;черный,металлич.</t>
   </si>
   <si>
     <t>04070595</t>
   </si>
   <si>
     <t>19689.00₸</t>
   </si>
   <si>
-    <t>40 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож для хлеба «2900»;сталь нерж.,полипроп.;,L=320/200,B=25мм;черный,металлич.</t>
   </si>
   <si>
     <t>04070596</t>
   </si>
   <si>
     <t>15862.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Нож для хлеба «2900»;сталь нерж.,полипроп.;,L=39/25,B=4см;черный,металлич.</t>
   </si>
   <si>
     <t>04070597</t>
   </si>
   <si>
     <t>27189.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож для хлеба «Атус»;сталь,пластик;,L=17,5см;черный</t>
   </si>
   <si>
     <t>04070598</t>
   </si>
   <si>
     <t>23082/007-TR</t>
   </si>
   <si>
     <t>Athus</t>
   </si>
   <si>
     <t>1925.00₸</t>
   </si>
   <si>
     <t>Нож для хлеба;сталь,пластик;,L=425/300,B=25мм;черный,металлич.</t>
   </si>
   <si>
     <t>04070882</t>
   </si>
   <si>
     <t>18028-30</t>
   </si>
   <si>
     <t>32695.00₸</t>
   </si>
   <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
     <t>Нож кондитерский изогнутый;сталь нерж.;,L=21,5см;черный,металлич.</t>
   </si>
   <si>
     <t>04071035</t>
   </si>
   <si>
     <t>18215-21</t>
   </si>
   <si>
     <t>21776.00₸</t>
   </si>
   <si>
     <t>Нож для хлеба «Колор проф»;сталь нерж.,полипроп.;,L=38/25см;серый</t>
   </si>
   <si>
     <t>04072202</t>
   </si>
   <si>
     <t>Colour Professional</t>
   </si>
   <si>
     <t>28691.00₸</t>
   </si>
   <si>
-    <t>45 шт.</t>
+    <t>39 шт.</t>
   </si>
   <si>
     <t>Нож для хлеба «Манхэттен»;сталь нерж.,полиоксиметилен;,L=32/20см;металлич.,черный</t>
   </si>
   <si>
     <t>04072203</t>
   </si>
   <si>
     <t>Manhattan</t>
   </si>
   <si>
     <t>47063.00₸</t>
   </si>
   <si>
-    <t>26 шт.</t>
+    <t>24 шт.</t>
   </si>
   <si>
     <t>Нож для хлеба;сталь нерж.,полипроп.;,L=33,5/20,6см;металлич.,зелен.</t>
   </si>
   <si>
     <t>04072204</t>
   </si>
   <si>
     <t>SU-1501</t>
   </si>
   <si>
     <t>27859.00₸</t>
   </si>
   <si>
     <t>Нож для хлеба «Нордика»;сталь нерж.,дерево;,L=20см</t>
   </si>
   <si>
     <t>04072205</t>
   </si>
   <si>
     <t>Nordika</t>
   </si>
   <si>
     <t>38000.00₸</t>
   </si>
@@ -714,50 +711,53 @@
     <t>DC-300</t>
   </si>
   <si>
     <t>Sumicama Cutlery</t>
   </si>
   <si>
     <t>Diacross</t>
   </si>
   <si>
     <t>50820.00₸</t>
   </si>
   <si>
     <t>Нож «Ультракорт» для хлеба;сталь,пластик;,L=30/17,5см;черный</t>
   </si>
   <si>
     <t>04073539</t>
   </si>
   <si>
     <t>23859/107-TR</t>
   </si>
   <si>
     <t>Ultracorte</t>
   </si>
   <si>
     <t>5583.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
   </si>
   <si>
     <t>Нож для хлеба;сталь,пластик;,L=347/200,B=23мм;белый,металлич.</t>
   </si>
   <si>
     <t>04073546</t>
   </si>
   <si>
     <t>24627/088-TR</t>
   </si>
   <si>
     <t>10934.00₸</t>
   </si>
   <si>
     <t>Нож для хлеба;сталь нерж.,пластик;,H=2,L=24,B=8см;черный,металлич.</t>
   </si>
   <si>
     <t>09100240</t>
   </si>
   <si>
     <t>21129.00₸</t>
   </si>
   <si>
     <t>Нож кондитерский;сталь нерж.,пластик;,H=20,L=375/240,B=39мм;белый,металлич.</t>
   </si>
@@ -3340,1127 +3340,1127 @@
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>77</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>78</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>92</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>93</v>
+        <v>26</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="D20" s="0" t="s">
+      <c r="E20" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="E20" s="0" t="s">
+      <c r="F20" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="F20" s="0" t="s">
+      <c r="G20" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="G20" s="0" t="s">
+      <c r="H20" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>77</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>78</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="D22" s="0">
         <v>120083</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="D23" s="0">
         <v>182121</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="D24" s="0">
         <v>120549</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="D25" s="0" t="s">
+      <c r="E25" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="F25" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="E25" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F25" s="0" t="s">
+      <c r="G25" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="H25" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I25" s="1" t="s">
         <v>117</v>
-      </c>
-[...7 lines deleted...]
-        <v>118</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>119</v>
+        <v>26</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>77</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>78</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="D27" s="0">
         <v>120052</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>127</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L28" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>139</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>77</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>78</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D32" s="0">
         <v>120215</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="D33" s="0" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>77</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>78</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>77</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>78</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D35" s="0">
         <v>76025</v>
       </c>
       <c r="E35" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="F35" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="G35" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="F35" s="0" t="s">
+      <c r="H35" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I35" s="1" t="s">
         <v>158</v>
-      </c>
-[...7 lines deleted...]
-        <v>160</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="0"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="D36" s="0">
         <v>282104</v>
       </c>
       <c r="E36" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="F36" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="G36" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="F36" s="0" t="s">
+      <c r="H36" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I36" s="1" t="s">
         <v>164</v>
-      </c>
-[...7 lines deleted...]
-        <v>166</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>26</v>
+        <v>165</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="D37" s="0">
         <v>282204</v>
       </c>
       <c r="E37" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="F37" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="G37" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="F37" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>119</v>
+        <v>169</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D38" s="0">
         <v>256400</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>172</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>173</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>19</v>
+        <v>174</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D39" s="0">
         <v>231300</v>
       </c>
       <c r="E39" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="F39" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="G39" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="F39" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>178</v>
+        <v>26</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D40" s="0">
         <v>293725</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="F40" s="0">
         <v>2900</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>181</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>182</v>
+        <v>169</v>
       </c>
       <c r="L40" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="D41" s="0">
         <v>291425</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="F41" s="0">
         <v>2900</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="D42" s="0">
         <v>293225</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="F42" s="0">
         <v>2900</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>190</v>
+        <v>80</v>
       </c>
       <c r="L42" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>191</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="E43" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="F43" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="D43" s="0" t="s">
+      <c r="G43" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="H43" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I43" s="1" t="s">
         <v>193</v>
-      </c>
-[...13 lines deleted...]
-        <v>195</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="D44" s="0" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>77</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>78</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="L44" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>77</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>78</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="0"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="D46" s="0">
         <v>242800</v>
       </c>
       <c r="E46" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="F46" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="G46" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="F46" s="0" t="s">
+      <c r="H46" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I46" s="1" t="s">
         <v>206</v>
-      </c>
-[...7 lines deleted...]
-        <v>207</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="L46" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="D47" s="0">
         <v>161300</v>
       </c>
       <c r="E47" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="F47" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="G47" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="F47" s="0" t="s">
+      <c r="H47" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I47" s="1" t="s">
         <v>211</v>
-      </c>
-[...7 lines deleted...]
-        <v>212</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>214</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="D48" s="0" t="s">
         <v>215</v>
       </c>
-      <c r="D48" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E48" s="0" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="D49" s="0">
         <v>166400</v>
       </c>
       <c r="E49" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="F49" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="G49" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="F49" s="0" t="s">
+      <c r="H49" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I49" s="1" t="s">
         <v>220</v>
-      </c>
-[...7 lines deleted...]
-        <v>221</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="D50" s="0" t="s">
         <v>223</v>
       </c>
-      <c r="D50" s="0" t="s">
+      <c r="E50" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="E50" s="0" t="s">
+      <c r="F50" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="F50" s="0" t="s">
+      <c r="G50" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="H50" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I50" s="1" t="s">
         <v>226</v>
-      </c>
-[...7 lines deleted...]
-        <v>227</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0" t="s">
         <v>229</v>
       </c>
-      <c r="D51" s="0" t="s">
+      <c r="E51" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="F51" s="0" t="s">
         <v>230</v>
       </c>
-      <c r="E51" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F51" s="0" t="s">
+      <c r="G51" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="H51" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I51" s="1" t="s">
         <v>231</v>
-      </c>
-[...7 lines deleted...]
-        <v>232</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>19</v>
+        <v>232</v>
       </c>
       <c r="L51" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
         <v>233</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>234</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>235</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>236</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>237</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>238</v>
       </c>
       <c r="D53" s="0">
         <v>182109</v>