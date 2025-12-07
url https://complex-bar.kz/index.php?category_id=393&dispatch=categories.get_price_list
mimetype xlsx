--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="844">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="837">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,89 +74,71 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Нож карбовочный;сталь,полипроп.;,L=140/40,B=11мм;черный</t>
   </si>
   <si>
     <t>02060224</t>
   </si>
   <si>
     <t>Felix</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>Ножи поварские и универсальные</t>
   </si>
   <si>
     <t>6382.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Нож кухонный универсальный;сталь нерж.,пластик;,L=270/155,B=22мм;металлич.,черный</t>
-[...14 lines deleted...]
-    <t>3795.00₸</t>
+    <t>Нож универсальный кухонный;сталь нерж.,полипроп.;,L=380/253,B=52мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070239</t>
+  </si>
+  <si>
+    <t>5.2003.25</t>
+  </si>
+  <si>
+    <t>Victorinox</t>
+  </si>
+  <si>
+    <t>ШВЕЙЦАРИЯ</t>
+  </si>
+  <si>
+    <t>30723.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
-    <t>Нож универсальный кухонный;сталь нерж.,полипроп.;,L=380/253,B=52мм;черный,металлич.</t>
-[...16 lines deleted...]
-  <si>
     <t>Нож поварской;сталь нерж.,полипроп.;,L=340/212,B=52мм;черный,металлич.</t>
   </si>
   <si>
     <t>04070240</t>
   </si>
   <si>
     <t>5.2063.20</t>
   </si>
   <si>
     <t>Нож поварской;сталь нерж.,полипроп.;,L=410/285,B=55мм;черный,металлич.</t>
   </si>
   <si>
     <t>04070242</t>
   </si>
   <si>
     <t>5.2003.28</t>
   </si>
   <si>
     <t>27435.00₸</t>
   </si>
   <si>
     <t>Нож поварской;сталь нерж.,полипроп.;,L=440/215,B=59мм;черный,металлич.</t>
   </si>
   <si>
     <t>04070243</t>
@@ -251,2199 +233,2196 @@
   <si>
     <t>04070270</t>
   </si>
   <si>
     <t>73805.00₸</t>
   </si>
   <si>
     <t>Нож поварской «Шеф»;сталь;,L=31/20см;черный,металлич.</t>
   </si>
   <si>
     <t>04070342</t>
   </si>
   <si>
     <t>60984.00₸</t>
   </si>
   <si>
     <t>Нож для рыбы;синяя ручка;сталь нерж.,пластик;,L=31см;синий,металлич.</t>
   </si>
   <si>
     <t>04070377</t>
   </si>
   <si>
     <t>96574.00₸</t>
   </si>
   <si>
+    <t>Нож поварской «Глория Люкс»;сталь;,L=230/130,B=25мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070406</t>
+  </si>
+  <si>
+    <t>Gloria Lux</t>
+  </si>
+  <si>
+    <t>29786.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Глория Люкс»;сталь;,L=360/230,B=45мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070809</t>
+  </si>
+  <si>
+    <t>49681.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Глория Люкс»;сталь;,L=395/260,B=45мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070810</t>
+  </si>
+  <si>
+    <t>55125.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Глория Люкс»;сталь;,L=30/18,B=4см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070812</t>
+  </si>
+  <si>
+    <t>41514.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный универсальный «Глория Люкс»;сталь нерж.,пластик;,L=270/150,B=25мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070813</t>
+  </si>
+  <si>
+    <t>33278.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный универсальный «Глория Люкс»;сталь,пластик;,L=235/135,B=20мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070817</t>
+  </si>
+  <si>
+    <t>24832.00₸</t>
+  </si>
+  <si>
+    <t>Нож универсальный «Глория»;сталь;,L=205/100,B=19мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070819</t>
+  </si>
+  <si>
+    <t>Gloria</t>
+  </si>
+  <si>
+    <t>16084.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Глория»;сталь;,L=395/260,B=45мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070820</t>
+  </si>
+  <si>
+    <t>32066.00₸</t>
+  </si>
+  <si>
+    <t>Нож универсальный «Глория»;сталь;,L=240/135,B=20мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070823</t>
+  </si>
+  <si>
+    <t>17464.00₸</t>
+  </si>
+  <si>
+    <t>Нож универсальный «Глория»;сталь;,L=305/180,B=20мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070825</t>
+  </si>
+  <si>
+    <t>21568.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный «Глория»;сталь;,L=24/12,B=2см;черный</t>
+  </si>
+  <si>
+    <t>04070827</t>
+  </si>
+  <si>
+    <t>15249.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный «Глория»;сталь;,L=280/150,B=22мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070828</t>
+  </si>
+  <si>
+    <t>20763.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный «Глория»;сталь;,H=15,L=300/165,B=22мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070829</t>
+  </si>
+  <si>
+    <t>23259.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Глория Люкс»;сталь;,L=335/210,B=45мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070830</t>
+  </si>
+  <si>
+    <t>46969.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Глория Люкс»;сталь;,L=455/260,B=65мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070832</t>
+  </si>
+  <si>
+    <t>131824.00₸</t>
+  </si>
+  <si>
+    <t>Нож универсальный «Платинум»;сталь,пластик;,H=20,L=275/165,B=30мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070844</t>
+  </si>
+  <si>
+    <t>Platinum</t>
+  </si>
+  <si>
+    <t>29214.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Глория Люкс»;сталь;,L=305/180,B=35мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070847</t>
+  </si>
+  <si>
+    <t>43207.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь;,L=34/21,B=4см;синий,металлич.</t>
+  </si>
+  <si>
+    <t>04070862</t>
+  </si>
+  <si>
+    <t>101221BL</t>
+  </si>
+  <si>
+    <t>Coloured</t>
+  </si>
+  <si>
+    <t>18461.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь;,L=395/265,B=45мм;красный,металлич.</t>
+  </si>
+  <si>
+    <t>04070865</t>
+  </si>
+  <si>
+    <t>101226RO</t>
+  </si>
+  <si>
+    <t>27107.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь;,L=410/260,B=45мм;желт.,металлич.</t>
+  </si>
+  <si>
+    <t>04070867</t>
+  </si>
+  <si>
+    <t>101226GE</t>
+  </si>
+  <si>
+    <t>26659.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь;,L=405/260,B=55мм;красный,металлич.</t>
+  </si>
+  <si>
+    <t>04070875</t>
+  </si>
+  <si>
+    <t>18000R26</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>31986.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Нож поварской «Глория Люкс»;сталь;,L=230/130,B=25мм;черный,металлич.</t>
-[...217 lines deleted...]
-  <si>
     <t>Нож поварской;сталь;,L=405/260,B=55мм;синий,металлич.</t>
   </si>
   <si>
     <t>04070876</t>
   </si>
   <si>
     <t>18000B26</t>
   </si>
   <si>
     <t>36468.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
     <t>Нож кухонный универсальный;сталь,пластик;,L=29/16,B=3см;зелен.,металлич.</t>
   </si>
   <si>
     <t>04070877</t>
   </si>
   <si>
     <t>18000G16</t>
   </si>
   <si>
     <t>20290.00₸</t>
   </si>
   <si>
     <t>Нож поварской;сталь;,L=405/260,B=55мм;зелен.,металлич.</t>
   </si>
   <si>
     <t>04070879</t>
   </si>
   <si>
     <t>18000G26</t>
   </si>
   <si>
     <t>37838.00₸</t>
   </si>
   <si>
+    <t>Нож поварской;сталь;,L=405/260,B=55мм;желт.,металлич.</t>
+  </si>
+  <si>
+    <t>04070880</t>
+  </si>
+  <si>
+    <t>18000Y26</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь;,L=445/300,B=65мм;зелен.,металлич.</t>
+  </si>
+  <si>
+    <t>04070881</t>
+  </si>
+  <si>
+    <t>18000G30</t>
+  </si>
+  <si>
+    <t>28213.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь,пластик;,L=445/300,B=65мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070883</t>
+  </si>
+  <si>
+    <t>18000-30</t>
+  </si>
+  <si>
+    <t>37453.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Нож кухонный универсальный;сталь нерж.,полипроп.;,L=295/160,B=30мм;желт.,металлич.</t>
+  </si>
+  <si>
+    <t>04070884</t>
+  </si>
+  <si>
+    <t>18017Y16</t>
+  </si>
+  <si>
+    <t>21514.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь нерж.,пластик;,L=51/36,B=7см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04070894</t>
+  </si>
+  <si>
+    <t>18000-36</t>
+  </si>
+  <si>
+    <t>38647.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный универсальный;сталь,дерево;,L=270/150,B=29мм;коричнев.,металлич.</t>
+  </si>
+  <si>
+    <t>04070897</t>
+  </si>
+  <si>
+    <t>22216/006/106</t>
+  </si>
+  <si>
+    <t>Tramontina</t>
+  </si>
+  <si>
+    <t>Tradicional</t>
+  </si>
+  <si>
+    <t>БРАЗИЛИЯ</t>
+  </si>
+  <si>
+    <t>6276.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь,пластик;,L=405/260,B=55мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071206</t>
+  </si>
+  <si>
+    <t>18000-26</t>
+  </si>
+  <si>
+    <t>36429.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный универсальный;сталь нерж.,полипроп.;,L=29/16,B=3см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071207</t>
+  </si>
+  <si>
+    <t>18000-16</t>
+  </si>
+  <si>
+    <t>19528.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь нерж.,полипроп.;,L=335/200,B=40мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071208</t>
+  </si>
+  <si>
+    <t>18000-20</t>
+  </si>
+  <si>
+    <t>20105.00₸</t>
+  </si>
+  <si>
     <t>3 шт.</t>
   </si>
   <si>
-    <t>Нож поварской;сталь;,L=405/260,B=55мм;желт.,металлич.</t>
-[...77 lines deleted...]
-    <t>6276.00₸</t>
+    <t>Нож кухонный универсальный;сталь,пластик;,L=250/120,B=24мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071209</t>
+  </si>
+  <si>
+    <t>18019-12</t>
+  </si>
+  <si>
+    <t>15932.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Нож кухонный универсальный;сталь нерж.,полипроп.;,L=310/180,B=27мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071210</t>
+  </si>
+  <si>
+    <t>18017-18</t>
+  </si>
+  <si>
+    <t>15870.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь нерж.,полипроп.;,L=38/23,B=5см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071217</t>
+  </si>
+  <si>
+    <t>18000-23</t>
+  </si>
+  <si>
+    <t>30177.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный универсальный;сталь,пластик;,L=295/160,B=30мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071227</t>
+  </si>
+  <si>
+    <t>18017-16</t>
+  </si>
+  <si>
+    <t>14946.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь,дерево;,L=290/150,B=35мм;металлич.,коричнев.</t>
+  </si>
+  <si>
+    <t>04071233</t>
+  </si>
+  <si>
+    <t>22217/006/106</t>
+  </si>
+  <si>
+    <t>3601.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь,дерево;,L=340/200,B=35мм;коричнев.,металлич.</t>
+  </si>
+  <si>
+    <t>04071234</t>
+  </si>
+  <si>
+    <t>22217/008/108</t>
+  </si>
+  <si>
+    <t>12089.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь,дерево;,L=300/175,B=40мм;коричнев.,металлич.</t>
+  </si>
+  <si>
+    <t>04071237</t>
+  </si>
+  <si>
+    <t>22902/007-TR</t>
+  </si>
+  <si>
+    <t>Universal</t>
+  </si>
+  <si>
+    <t>3773.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь,дерево;,L=32/20,B=4см;металлич.,коричнев.</t>
+  </si>
+  <si>
+    <t>04071238</t>
+  </si>
+  <si>
+    <t>22902/008-TR</t>
+  </si>
+  <si>
+    <t>4405.00₸</t>
+  </si>
+  <si>
+    <t>Нож универсальный;сталь,дерево;,L=345/225,B=40мм;металлич.,коричнев.</t>
+  </si>
+  <si>
+    <t>04071239</t>
+  </si>
+  <si>
+    <t>22902/009-TR</t>
+  </si>
+  <si>
+    <t>5005.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь,пластик;,L=360/495,B=70мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071243</t>
+  </si>
+  <si>
+    <t>18008-36</t>
+  </si>
+  <si>
+    <t>35313.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь,пластик;,L=270/150,B=35мм;зелен.,металлич.</t>
+  </si>
+  <si>
+    <t>04071244</t>
+  </si>
+  <si>
+    <t>64834.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь,пластик;,L=278/150,B=37мм;голуб.,металлич.</t>
+  </si>
+  <si>
+    <t>04071245</t>
+  </si>
+  <si>
+    <t>65797.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный;сталь,пластик;,L=150,B=45мм;металлич.,серый</t>
+  </si>
+  <si>
+    <t>04071256</t>
+  </si>
+  <si>
+    <t>52276.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь,пластик;,L=350/215,B=45мм;металлич.,серый</t>
+  </si>
+  <si>
+    <t>04071257</t>
+  </si>
+  <si>
+    <t>89652.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь нерж.,пластик;,L=405/265,B=43мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04071258</t>
+  </si>
+  <si>
+    <t>40333.00₸</t>
+  </si>
+  <si>
+    <t>Нож универсальный;сталь;,L=220/105,B=21мм;металлич.,серый</t>
+  </si>
+  <si>
+    <t>04071268</t>
+  </si>
+  <si>
+    <t>50351.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный;сталь,пластик;,L=200,B=55мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071271</t>
+  </si>
+  <si>
+    <t>26858.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Шеф»;сталь нерж.;,L=34/20,B=5см;белый,металлич.</t>
+  </si>
+  <si>
+    <t>04071279</t>
+  </si>
+  <si>
+    <t>21899.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный универсальный;сталь,пластик;,L=330/210,B=37мм;желт.,металлич.</t>
+  </si>
+  <si>
+    <t>04071280</t>
+  </si>
+  <si>
+    <t>090900</t>
+  </si>
+  <si>
+    <t>12101.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь,пластик;,L=350/210,B=45мм;зелен.,металлич.</t>
+  </si>
+  <si>
+    <t>04071291</t>
+  </si>
+  <si>
+    <t>941221GR</t>
+  </si>
+  <si>
+    <t>47530.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь,пластик;,L=350/210,B=45мм;синий,металлич.</t>
+  </si>
+  <si>
+    <t>04071292</t>
+  </si>
+  <si>
+    <t>941221BL</t>
+  </si>
+  <si>
+    <t>43918.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь,пластик;,L=350/210,B=45мм;красный,металлич.</t>
+  </si>
+  <si>
+    <t>04071293</t>
+  </si>
+  <si>
+    <t>941221RO</t>
+  </si>
+  <si>
+    <t>48316.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь,пластик;,L=365/230,B=50мм;синий,металлич.</t>
+  </si>
+  <si>
+    <t>04071295</t>
+  </si>
+  <si>
+    <t>941223BL</t>
+  </si>
+  <si>
+    <t>48397.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь,пластик;,L=365/230,B=50мм;красный,металлич.</t>
+  </si>
+  <si>
+    <t>04071296</t>
+  </si>
+  <si>
+    <t>941223RO</t>
+  </si>
+  <si>
+    <t>Нож кухонный универсальный «Платинум»;сталь нерж.,пластик;,L=29/16,B=3см;синий,металлич.</t>
+  </si>
+  <si>
+    <t>04071298</t>
+  </si>
+  <si>
+    <t>941015BL</t>
+  </si>
+  <si>
+    <t>28036.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный универсальный «Платинум»;сталь нерж.,пластик;,L=29/16,B=3см;желт.,металлич.</t>
+  </si>
+  <si>
+    <t>04071299</t>
+  </si>
+  <si>
+    <t>941015GE</t>
+  </si>
+  <si>
+    <t>29961.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный универсальный;сталь нерж.,полипроп.;,H=20,L=330/185,B=50мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071803</t>
+  </si>
+  <si>
+    <t>090835</t>
+  </si>
+  <si>
+    <t>27343.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Нож кухонный универсальный «Платинум»;сталь нерж.,пластик;,H=2,L=29/16,B=3см;зелен.,металлич.</t>
+  </si>
+  <si>
+    <t>04071805</t>
+  </si>
+  <si>
+    <t>941015GR</t>
+  </si>
+  <si>
+    <t>Нож кухонный универсальный «Платинум»;сталь нерж.,пластик;,L=29/16,B=3см;красный,металлич.</t>
+  </si>
+  <si>
+    <t>04071806</t>
+  </si>
+  <si>
+    <t>941015RO</t>
+  </si>
+  <si>
+    <t>Нож кухонный универсальный кованый;сталь нерж.,пластик;,L=27/15,B=2см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04071814</t>
+  </si>
+  <si>
+    <t>7.7203.15</t>
+  </si>
+  <si>
+    <t>39757.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный универсальный кованый;сталь нерж.,пластик;,L=290/155,B=30мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04071816</t>
+  </si>
+  <si>
+    <t>7.7403.15</t>
+  </si>
+  <si>
+    <t>41428.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Шефс»;сталь нерж.,пластик;,L=26см;голуб.</t>
+  </si>
+  <si>
+    <t>04071819</t>
+  </si>
+  <si>
+    <t>27844.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;пластик,сталь нерж.;,L=23/36,B=3см;коричнев.,металлич.</t>
+  </si>
+  <si>
+    <t>04071821</t>
+  </si>
+  <si>
+    <t>18000M23</t>
+  </si>
+  <si>
+    <t>31270.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный «Глобал»;сталь нерж.;,L=180,B=89мм;металлич.</t>
+  </si>
+  <si>
+    <t>04071829</t>
+  </si>
+  <si>
+    <t>Global</t>
+  </si>
+  <si>
+    <t>115015.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный «Глобал»;сталь нерж.;,L=200,B=89мм;металлич.</t>
+  </si>
+  <si>
+    <t>04071830</t>
+  </si>
+  <si>
+    <t>151844.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный;сталь нерж.,пластик;,L=110,B=45мм;зелен.,металлич.</t>
+  </si>
+  <si>
+    <t>04071834</t>
+  </si>
+  <si>
+    <t>9702.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Шефс»;сталь нерж.,пластик;,L=43/30,B=6см;зелен.</t>
+  </si>
+  <si>
+    <t>04071835</t>
+  </si>
+  <si>
+    <t>36475.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Шефс»;сталь нерж.,пластик;,L=43/30,B=6см;металлич.,синий</t>
+  </si>
+  <si>
+    <t>04071839</t>
+  </si>
+  <si>
+    <t>41989.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Шефс»;сталь нерж.,пластик;,L=43/30,B=6см;красный,металлич.</t>
+  </si>
+  <si>
+    <t>04071842</t>
+  </si>
+  <si>
+    <t>30739.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Шефс»;сталь нерж.,пластик;,L=43/30,B=6см;желт.,металлич.</t>
+  </si>
+  <si>
+    <t>04071847</t>
+  </si>
+  <si>
+    <t>27944.00₸</t>
+  </si>
+  <si>
+    <t>Нож «Шефс»;сталь нерж.,пластик;,L=43/30,B=6см;белый,металлич.</t>
+  </si>
+  <si>
+    <t>04071850</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь нерж.,пластик;,L=275/150,B=35мм;красный,металлич.</t>
+  </si>
+  <si>
+    <t>04071853</t>
+  </si>
+  <si>
+    <t>52576.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный универсальный;сталь нерж.,пластик;,L=290/180,B=28мм;красный,металлич.</t>
+  </si>
+  <si>
+    <t>04071854</t>
+  </si>
+  <si>
+    <t>46393.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь нерж.,пластик;,L=275/150,B=35мм;желт.,металлич.</t>
+  </si>
+  <si>
+    <t>04071855</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь нерж.,пластик;,L=335/190,B=43мм;желт.,металлич.</t>
+  </si>
+  <si>
+    <t>04071856</t>
+  </si>
+  <si>
+    <t>63626.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь нерж.,пластик;,L=385/244,B=56мм;коричнев.,металлич.</t>
+  </si>
+  <si>
+    <t>04071875</t>
+  </si>
+  <si>
+    <t>26927.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь,пластик;,L=275/15,B=32мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071877</t>
+  </si>
+  <si>
+    <t>56950.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь,пластик;,L=30,B=3см;красный,металлич.</t>
+  </si>
+  <si>
+    <t>04071880</t>
+  </si>
+  <si>
+    <t>18000R30</t>
+  </si>
+  <si>
+    <t>35967.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь нерж.,пластик;,L=20/32,B=4см;коричнев.,металлич.</t>
+  </si>
+  <si>
+    <t>04071881</t>
+  </si>
+  <si>
+    <t>18000M20</t>
+  </si>
+  <si>
+    <t>22977.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный; ручка черная;сталь нерж.,пластик;,L=273/145,B=25мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071913</t>
+  </si>
+  <si>
+    <t>16401.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь нерж.;,L=20см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071928</t>
+  </si>
+  <si>
+    <t>18008-20</t>
+  </si>
+  <si>
+    <t>23732.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь,пластик;,L=405/260,B=55мм;белый,металлич.</t>
+  </si>
+  <si>
+    <t>04071948</t>
+  </si>
+  <si>
+    <t>18000W26</t>
+  </si>
+  <si>
+    <t>22415.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=285/150,B=40мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071949</t>
+  </si>
+  <si>
+    <t>AG00801-01</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>Chef</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>6559.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=345/210,B=45мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071950</t>
+  </si>
+  <si>
+    <t>AG00801-02</t>
+  </si>
+  <si>
+    <t>5852.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=390/255,B=50мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071951</t>
+  </si>
+  <si>
+    <t>AG00801-03</t>
+  </si>
+  <si>
+    <t>7973.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=440/300,B=55мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071952</t>
+  </si>
+  <si>
+    <t>AG00801-04</t>
+  </si>
+  <si>
+    <t>9646.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Нож кухонный универсальный «Проотель»;сталь нерж.,пластик;,L=34/21,B=3см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071955</t>
+  </si>
+  <si>
+    <t>AG00803-01</t>
+  </si>
+  <si>
+    <t>6531.00₸</t>
+  </si>
+  <si>
+    <t>48 шт.</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=290/150,B=45мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071957</t>
+  </si>
+  <si>
+    <t>AS00301-02Bl</t>
+  </si>
+  <si>
+    <t>Professional</t>
+  </si>
+  <si>
+    <t>4788.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=290/150,B=45мм;красный,металлич.</t>
+  </si>
+  <si>
+    <t>04071958</t>
+  </si>
+  <si>
+    <t>AS00301-02Red</t>
+  </si>
+  <si>
+    <t>4480.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=290/150,B=45мм;зелен.,металлич.</t>
+  </si>
+  <si>
+    <t>04071959</t>
+  </si>
+  <si>
+    <t>AS00301-02Gr</t>
+  </si>
+  <si>
+    <t>4921.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=290/150,B=45мм;синий,металлич.</t>
+  </si>
+  <si>
+    <t>04071960</t>
+  </si>
+  <si>
+    <t>AS00301-02Blue</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=290/150,B=45мм;желт.,металлич.</t>
+  </si>
+  <si>
+    <t>04071961</t>
+  </si>
+  <si>
+    <t>AS00301-02Yl</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=340/200,B=45мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071962</t>
+  </si>
+  <si>
+    <t>AS00301-04Bl</t>
+  </si>
+  <si>
+    <t>5411.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=340/200,B=45мм;красный,металлич.</t>
+  </si>
+  <si>
+    <t>04071963</t>
+  </si>
+  <si>
+    <t>AS00301-04Red</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=340/200,B=45мм;зелен.,металлич.</t>
+  </si>
+  <si>
+    <t>04071964</t>
+  </si>
+  <si>
+    <t>AS00301-04Gr</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=340/200,B=45мм;синий,металлич.</t>
+  </si>
+  <si>
+    <t>04071965</t>
+  </si>
+  <si>
+    <t>AS00301-04Blue</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=340/200,B=45мм;желт.,металлич.</t>
+  </si>
+  <si>
+    <t>04071966</t>
+  </si>
+  <si>
+    <t>AS00301-04Yl</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=380/240,B=55мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071967</t>
+  </si>
+  <si>
+    <t>AS00301-05Bl</t>
+  </si>
+  <si>
+    <t>6335.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=380/240,B=55мм;красный,металлич.</t>
+  </si>
+  <si>
+    <t>04071968</t>
+  </si>
+  <si>
+    <t>AS00301-05Red</t>
+  </si>
+  <si>
+    <t>6503.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=380/240,B=55мм;зелен.,металлич.</t>
+  </si>
+  <si>
+    <t>04071969</t>
+  </si>
+  <si>
+    <t>AS00301-05Gr</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=380/240,B=55мм;синий,металлич.</t>
+  </si>
+  <si>
+    <t>04071970</t>
+  </si>
+  <si>
+    <t>AS00301-05Blue</t>
+  </si>
+  <si>
+    <t>6699.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=380/240,B=55мм;желт.,металлич.</t>
+  </si>
+  <si>
+    <t>04071971</t>
+  </si>
+  <si>
+    <t>AS00301-05Yl</t>
+  </si>
+  <si>
+    <t>5432.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=435/285,B=65мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071972</t>
+  </si>
+  <si>
+    <t>AS00301-06Bl</t>
+  </si>
+  <si>
+    <t>6790.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=435/285,B=65мм;красный,металлич.</t>
+  </si>
+  <si>
+    <t>04071973</t>
+  </si>
+  <si>
+    <t>AS00301-06Red</t>
+  </si>
+  <si>
+    <t>7686.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=435/285,B=65мм;зелен.,металлич.</t>
+  </si>
+  <si>
+    <t>04071974</t>
+  </si>
+  <si>
+    <t>AS00301-06Gr</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=435/285,B=65мм;синий,металлич.</t>
+  </si>
+  <si>
+    <t>04071975</t>
+  </si>
+  <si>
+    <t>AS00301-06Blue</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=435/285,B=65мм;желт.,металлич.</t>
+  </si>
+  <si>
+    <t>04071976</t>
+  </si>
+  <si>
+    <t>AS00301-06Yl</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=240/125,B=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>04071980</t>
+  </si>
+  <si>
+    <t>AS00401-01</t>
+  </si>
+  <si>
+    <t>Eco</t>
+  </si>
+  <si>
+    <t>2219.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=27/15,B=3см;металлич.</t>
+  </si>
+  <si>
+    <t>04071981</t>
+  </si>
+  <si>
+    <t>AS00401-02</t>
+  </si>
+  <si>
+    <t>2471.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=300/175,B=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>04071982</t>
+  </si>
+  <si>
+    <t>AS00401-03</t>
+  </si>
+  <si>
+    <t>3038.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=325/200,B=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>04071983</t>
+  </si>
+  <si>
+    <t>AS00401-04</t>
+  </si>
+  <si>
+    <t>2919.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=380/245,B=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>04071984</t>
+  </si>
+  <si>
+    <t>AS00401-05</t>
+  </si>
+  <si>
+    <t>5054.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Проотель»;сталь нерж.,пластик;,L=430/300,B=55мм;металлич.</t>
+  </si>
+  <si>
+    <t>04071985</t>
+  </si>
+  <si>
+    <t>AS00401-06</t>
+  </si>
+  <si>
+    <t>5635.00₸</t>
+  </si>
+  <si>
+    <t>26 шт.</t>
+  </si>
+  <si>
+    <t>Нож поварской «Универсал»;сталь нерж.,полиоксиметилен;,L=317/200,B=38мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071991</t>
+  </si>
+  <si>
+    <t>Arcos</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>30569.00₸</t>
+  </si>
+  <si>
+    <t>38 шт.</t>
+  </si>
+  <si>
+    <t>Нож поварской «Универсал»;сталь нерж.,полиоксиметилен;,L=292/170,B=42мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071992</t>
+  </si>
+  <si>
+    <t>38162.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный «Универсал»;сталь нерж.;,L=242/130,B=23мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071993</t>
+  </si>
+  <si>
+    <t>16763.00₸</t>
+  </si>
+  <si>
+    <t>39 шт.</t>
+  </si>
+  <si>
+    <t>Нож кухонный «Универсал»;сталь нерж.;,L=260/150,B=27мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071994</t>
+  </si>
+  <si>
+    <t>20937.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный «Универсал»;сталь нерж.;,L=285/170,B=28мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071995</t>
+  </si>
+  <si>
+    <t>23278.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Универсал»;сталь нерж.,полиоксиметилен;,L=322/200,B=48мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071996</t>
+  </si>
+  <si>
+    <t>31101.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Универсал»;сталь нерж.,полиоксиметилен;,L=320/200,B=48мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071997</t>
+  </si>
+  <si>
+    <t>26196.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Универсал»;сталь нерж.,полиоксиметилен;,L=385/250,B=53мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071998</t>
+  </si>
+  <si>
+    <t>38678.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Универсал»;сталь нерж.,полиоксиметилен;,L=434/300,B=60мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071999</t>
+  </si>
+  <si>
+    <t>51898.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Нож разделочный «Универсал»;сталь нерж.;,L=308/190,B=29мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072014</t>
+  </si>
+  <si>
+    <t>22862.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Универсал»;сталь нерж.,полиоксиметилен;,L=263/150,B=29мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072401</t>
+  </si>
+  <si>
+    <t>22569.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Универсал»;сталь нерж.,полиоксиметилен;,L=290/170,B=34мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072402</t>
+  </si>
+  <si>
+    <t>23216.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Универсал»;сталь нерж.,полиоксиметилен;,L=200/100,B=21мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072403</t>
+  </si>
+  <si>
+    <t>15862.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Универсал»;сталь нерж.,полиоксиметилен;,L=223/120,B=25мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072404</t>
+  </si>
+  <si>
+    <t>18142.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Универсал»;сталь нерж.,полиоксиметилен;,L=270/155,B=39мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072405</t>
+  </si>
+  <si>
+    <t>23293.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Универсал»;сталь нерж.,полиоксиметилен;,L=286/175,B=44мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072406</t>
+  </si>
+  <si>
+    <t>23763.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный «2900»;сталь нерж.,полипроп.;,L=270/150,B=27мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072407</t>
+  </si>
+  <si>
+    <t>14954.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Нож кухонный «Классика»;сталь нерж.,полиоксиметилен;,L=270/160,B=24мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072410</t>
+  </si>
+  <si>
+    <t>Clasica</t>
+  </si>
+  <si>
+    <t>37584.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный «Классика»;сталь нерж.,полиоксиметилен;,L=33/21,B=3см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072411</t>
+  </si>
+  <si>
+    <t>39432.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Классика»;сталь нерж.,полиоксиметилен;,L=278/160,B=37мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072412</t>
+  </si>
+  <si>
+    <t>47471.00₸</t>
+  </si>
+  <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Нож поварской «Классика»;сталь нерж.,полиоксиметилен;,L=343/210,B=43мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072413</t>
+  </si>
+  <si>
+    <t>54894.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Классика»;сталь нерж.,полиоксиметилен;,L=363/230,B=45мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072414</t>
+  </si>
+  <si>
+    <t>52153.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Классика»;сталь нерж.,полиоксиметилен;,L=391/260,B=45мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072415</t>
+  </si>
+  <si>
+    <t>56534.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный «Классика»;сталь нерж.,полиоксиметилен;,L=225/120,B=20мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072416</t>
+  </si>
+  <si>
+    <t>25503.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Классика»;сталь нерж.,полиоксиметилен;,L=26/14см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072419</t>
+  </si>
+  <si>
+    <t>38239.00₸</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Нож поварской «Классика»;сталь нерж.,полиоксиметилен;,L=305/180,B=44мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072420</t>
+  </si>
+  <si>
+    <t>48341.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Нож поварской «Ривьера»;сталь нерж.,полиоксиметилен;,L=270/150,B=28мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072421</t>
+  </si>
+  <si>
+    <t>Riviera</t>
+  </si>
+  <si>
+    <t>37954.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Ривьера»;сталь нерж.,полиоксиметилен;,L=320/200,B=38мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072422</t>
+  </si>
+  <si>
+    <t>45330.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Нож поварской «Ривьера»;сталь нерж.,полиоксиметилен;,L=370/250,B=45мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072423</t>
+  </si>
+  <si>
+    <t>67922.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Ривьера»;сталь нерж.,полиоксиметилен;,L=430/300,B=58мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072424</t>
+  </si>
+  <si>
+    <t>74252.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный «Ривьера»;сталь нерж.,полиоксиметилен;,L=26/13,B=2см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072427</t>
+  </si>
+  <si>
+    <t>30469.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Нож поварской «Ривьера»;сталь нерж.,полиоксиметилен;,L=260/140,B=44мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072429</t>
+  </si>
+  <si>
+    <t>40094.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Ривьера»;сталь нерж.,полиоксиметилен;,L=370/180,B=24мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072430</t>
+  </si>
+  <si>
+    <t>47810.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «2900»;сталь нерж.,полипроп.;,L=333/200,B=50мм;желт.,металлич.</t>
+  </si>
+  <si>
+    <t>04072433</t>
+  </si>
+  <si>
+    <t>22384.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «2900»;сталь нерж.,полипроп.;,L=333/200,B=50мм;зелен.,металлич.</t>
+  </si>
+  <si>
+    <t>04072434</t>
+  </si>
+  <si>
+    <t>Нож поварской «2900»;сталь нерж.,полипроп.;,L=333/200,B=50мм;красный,металлич.</t>
+  </si>
+  <si>
+    <t>04072435</t>
+  </si>
+  <si>
+    <t>Нож поварской «2900»;сталь нерж.,полипроп.;,L=333/200,B=50мм;синий,металлич.</t>
+  </si>
+  <si>
+    <t>04072436</t>
+  </si>
+  <si>
+    <t>Нож поварской «2900»;сталь нерж.,полипроп.;,L=333/200,B=50мм;белый,металлич.</t>
+  </si>
+  <si>
+    <t>04072437</t>
+  </si>
+  <si>
+    <t>Нож поварской «2900»;сталь нерж.,полипроп.;,L=333/200,B=50мм;коричнев.,металлич.</t>
+  </si>
+  <si>
+    <t>04072438</t>
+  </si>
+  <si>
+    <t>Нож поварской «2900»;сталь нерж.,полипроп.;,L=387/250,B=51мм;желт.,металлич.</t>
+  </si>
+  <si>
+    <t>04072439</t>
+  </si>
+  <si>
+    <t>22985.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «2900»;сталь нерж.,полипроп.;,L=387/250,B=51мм;зелен.,металлич.</t>
+  </si>
+  <si>
+    <t>04072440</t>
+  </si>
+  <si>
+    <t>Нож поварской «2900»;сталь нерж.,полипроп.;,L=387/250,B=51мм;красный,металлич.</t>
+  </si>
+  <si>
+    <t>04072441</t>
+  </si>
+  <si>
+    <t>22330.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «2900»;сталь нерж.,полипроп.;,L=387/250,B=51мм;синий,металлич.</t>
+  </si>
+  <si>
+    <t>04072442</t>
+  </si>
+  <si>
+    <t>24694.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «2900»;сталь нерж.,полипроп.;,L=333/200,B=50мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072443</t>
+  </si>
+  <si>
+    <t>Нож поварской «2900»;сталь нерж.,полипроп.;,L=387/250,B=51мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072444</t>
+  </si>
+  <si>
+    <t>37 шт.</t>
+  </si>
+  <si>
+    <t>Нож поварской «2900»;сталь нерж.,полипроп.;,L=31/18,B=5см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072446</t>
+  </si>
+  <si>
+    <t>23963.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «2900»;сталь нерж.,полипроп.;,L=43/30,B=5см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072447</t>
+  </si>
+  <si>
+    <t>27405.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «2900»;сталь нерж.,полипроп.;,L=385/250,B=57мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072448</t>
+  </si>
+  <si>
+    <t>23185.00₸</t>
+  </si>
+  <si>
+    <t>43 шт.</t>
+  </si>
+  <si>
+    <t>Нож поварской «2900»;сталь нерж.,полипроп.;,L=335/200,B=57мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072449</t>
+  </si>
+  <si>
+    <t>21391.00₸</t>
+  </si>
+  <si>
+    <t>Нож разделочный «2900»;сталь нерж.,полипроп.;,L=390/250,B=35мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04072450</t>
+  </si>
+  <si>
+    <t>21761.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Нож разделочный;,L=424/297,B=2мм</t>
+  </si>
+  <si>
+    <t>04072455</t>
+  </si>
+  <si>
+    <t>22950/002</t>
+  </si>
+  <si>
+    <t>Carbon</t>
+  </si>
+  <si>
+    <t>8624.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Колор проф»;сталь нерж.,полипроп.;,L=33/20см;серый</t>
+  </si>
+  <si>
+    <t>04072490</t>
+  </si>
+  <si>
+    <t>Colour Professional</t>
+  </si>
+  <si>
+    <t>26812.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Колор проф»;сталь нерж.,полипроп.;,L=39/25см;серый</t>
+  </si>
+  <si>
+    <t>04072491</t>
+  </si>
+  <si>
+    <t>28875.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Колор проф»;сталь нерж.,полипроп.;,L=31/18см;серый</t>
+  </si>
+  <si>
+    <t>04072492</t>
+  </si>
+  <si>
+    <t>35936.00₸</t>
+  </si>
+  <si>
+    <t>Нож кухонный «2900»;сталь нерж.,полипроп.;,L=250/130,B=23мм;фиолет.,металлич.</t>
+  </si>
+  <si>
+    <t>04072493</t>
+  </si>
+  <si>
+    <t>14438.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Манхэттен»;сталь нерж.,полиоксиметилен;,L=39/25см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04072494</t>
+  </si>
+  <si>
+    <t>Manhattan</t>
+  </si>
+  <si>
+    <t>68292.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Манхэттен»;сталь нерж.,полиоксиметилен;,L=28,7/17см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04072495</t>
+  </si>
+  <si>
+    <t>38185.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Манхэттен»;сталь нерж.,полиоксиметилен;,L=33/19см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04072496</t>
+  </si>
+  <si>
+    <t>59760.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Манхэттен»;сталь нерж.,полиоксиметилен;,L=26,8/15см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04072497</t>
+  </si>
+  <si>
+    <t>45538.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Манхэттен»;сталь нерж.,полиоксиметилен;,L=34,8/21см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04072498</t>
+  </si>
+  <si>
+    <t>57989.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской;сталь нерж.;,L=20см</t>
+  </si>
+  <si>
+    <t>04072499</t>
+  </si>
+  <si>
+    <t>11289.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Колор проф»;сталь нерж.,полипроп.;,L=45/30см;серый</t>
+  </si>
+  <si>
+    <t>04072501</t>
+  </si>
+  <si>
+    <t>29584.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Нордика»;сталь нерж.,дерево;,L=25,1/14см</t>
+  </si>
+  <si>
+    <t>04072502</t>
+  </si>
+  <si>
+    <t>Nordika</t>
+  </si>
+  <si>
+    <t>33095.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Нордика»;сталь нерж.,дерево;,L=16см</t>
+  </si>
+  <si>
+    <t>04072503</t>
+  </si>
+  <si>
+    <t>36437.00₸</t>
+  </si>
+  <si>
+    <t>Нож универсальный кухонный «Нордика»;сталь нерж.,дерево;,L=19см</t>
+  </si>
+  <si>
+    <t>04072504</t>
+  </si>
+  <si>
+    <t>41396.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Нордика»;сталь нерж.,дерево;,L=21см</t>
+  </si>
+  <si>
+    <t>04072506</t>
+  </si>
+  <si>
+    <t>44337.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Профешионал Мастер»;сталь нерж.,пластик;,L=29/15см;черный</t>
+  </si>
+  <si>
+    <t>04073508</t>
+  </si>
+  <si>
+    <t>24609/006-TR</t>
+  </si>
+  <si>
+    <t>Professional Master</t>
+  </si>
+  <si>
+    <t>13783.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Профешионал Мастер»;сталь нерж.,пластик;,L=29/15см;синий</t>
+  </si>
+  <si>
+    <t>04073509</t>
+  </si>
+  <si>
+    <t>24609/016-TR</t>
+  </si>
+  <si>
+    <t>Нож поварской «Профешионал Мастер»;сталь нерж.,пластик;,L=29/15см;зелен.</t>
+  </si>
+  <si>
+    <t>04073510</t>
+  </si>
+  <si>
+    <t>24609/026-TR</t>
+  </si>
+  <si>
+    <t>Нож поварской «Профешионал Мастер»;сталь нерж.,пластик;,L=29/15см;желт.</t>
+  </si>
+  <si>
+    <t>04073511</t>
+  </si>
+  <si>
+    <t>24609/056-TR</t>
+  </si>
+  <si>
+    <t>Нож поварской «Профешионал Мастер»;сталь нерж.,пластик;,L=29/15см;красный</t>
+  </si>
+  <si>
+    <t>04073512</t>
+  </si>
+  <si>
+    <t>24609/076-TR</t>
+  </si>
+  <si>
+    <t>12551.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Профешионал Мастер»;сталь нерж.,пластик;,L=34/20см;черный</t>
+  </si>
+  <si>
+    <t>04073513</t>
+  </si>
+  <si>
+    <t>24609/008-TR</t>
+  </si>
+  <si>
+    <t>14938.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Нож поварской «Профешионал Мастер»;сталь нерж.,пластик;,L=34/20см;синий</t>
+  </si>
+  <si>
+    <t>04073514</t>
+  </si>
+  <si>
+    <t>24609/018-TR</t>
+  </si>
+  <si>
+    <t>Нож поварской «Профешионал Мастер»;сталь нерж.,пластик;,L=34/20см;зелен.</t>
+  </si>
+  <si>
+    <t>04073515</t>
+  </si>
+  <si>
+    <t>24609/028-TR</t>
+  </si>
+  <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
+    <t>Нож поварской «Профешионал Мастер»;сталь нерж.,пластик;,L=34/20см;желт.</t>
+  </si>
+  <si>
+    <t>04073516</t>
+  </si>
+  <si>
+    <t>24609/058-TR</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Нож поварской «Профешионал Мастер»;сталь нерж.,пластик;,L=34/20см;красный</t>
+  </si>
+  <si>
+    <t>04073517</t>
+  </si>
+  <si>
+    <t>24609/078-TR</t>
+  </si>
+  <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
+    <t>Нож поварской «Профешионал Мастер»;сталь нерж.,пластик;,L=37,6/25см;черный</t>
+  </si>
+  <si>
+    <t>04073518</t>
+  </si>
+  <si>
+    <t>24609/000-TR</t>
+  </si>
+  <si>
+    <t>18981.00₸</t>
+  </si>
+  <si>
+    <t>Нож поварской «Профешионал Мастер»;сталь нерж.,пластик;,L=37,6/25см;синий</t>
+  </si>
+  <si>
+    <t>04073519</t>
+  </si>
+  <si>
+    <t>24609/010-TR</t>
+  </si>
+  <si>
+    <t>Нож поварской «Профешионал Мастер»;сталь нерж.,пластик;,L=37,6/25см;зелен.</t>
+  </si>
+  <si>
+    <t>04073520</t>
+  </si>
+  <si>
+    <t>24609/020-TR</t>
+  </si>
+  <si>
+    <t>19058.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Нож поварской «Профешионал Мастер»;сталь нерж.,пластик;,L=37,6/25см;желт.</t>
+  </si>
+  <si>
+    <t>04073521</t>
+  </si>
+  <si>
+    <t>24609/050-TR</t>
+  </si>
+  <si>
+    <t>Нож поварской «Профешионал Мастер»;сталь нерж.,пластик;,L=37,6/25см;красный</t>
+  </si>
+  <si>
+    <t>04073522</t>
+  </si>
+  <si>
+    <t>24609/070-TR</t>
+  </si>
+  <si>
+    <t>Нож поварской «Ультракорт»;сталь,пластик;,L=28/15см;черный</t>
+  </si>
+  <si>
+    <t>04073540</t>
+  </si>
+  <si>
+    <t>23861/106-TR</t>
+  </si>
+  <si>
+    <t>Ultracorte</t>
   </si>
   <si>
     <t>15 шт.</t>
   </si>
   <si>
-    <t>Нож поварской;сталь,пластик;,L=405/260,B=55мм;черный,металлич.</t>
-[...1157 lines deleted...]
-    <t>37584.00₸</t>
+    <t>Нож поварской «Ультракорт»;сталь,пластик;,L=30/22см;черный</t>
+  </si>
+  <si>
+    <t>04073541</t>
+  </si>
+  <si>
+    <t>23861/108-TR</t>
+  </si>
+  <si>
+    <t>7084.00₸</t>
   </si>
   <si>
     <t>13 шт.</t>
-  </si>
-[...637 lines deleted...]
-    <t>7084.00₸</t>
   </si>
   <si>
     <t>Нож поварской «Профешионал Мастер» для мяса;сталь нерж.,пластик;,L=33/20см;белый,металлич.</t>
   </si>
   <si>
     <t>04073548</t>
   </si>
   <si>
     <t>24620/088-TR</t>
   </si>
   <si>
     <t>11651.00₸</t>
   </si>
   <si>
     <t>Нож кухонный «Профешионал Мастер»;сталь нерж.,пластик;,L=32/17,5см;белый,металлич.</t>
   </si>
   <si>
     <t>04073549</t>
   </si>
   <si>
     <t>24646/087-TR</t>
   </si>
   <si>
     <t>14861.00₸</t>
   </si>
@@ -2605,51 +2584,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F9AEF5-424D-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2677E676-424C-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA318BE9-4251-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0656EB8-F161-11EB-BBF2-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA50F5A4-F161-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA50F5A3-F161-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA50F5A5-F161-11EB-BBF2-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D6070-4251-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D43419BD-4251-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D43419D8-4251-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D43419D9-4251-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236C18-4251-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236C19-4251-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E4001-4250-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F769-4252-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB034631-424C-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1021806-424C-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1021807-424C-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1021809-424C-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B102180D-424C-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD2908-424C-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD2913-424C-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD290A-424C-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD2914-424C-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD2916-424C-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD2918-424C-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD2919-424C-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD291A-424C-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD2928-424C-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB03461A-424C-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DCAF420-F161-11EB-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F018417-424D-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3004761-424D-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3004764-424D-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3004766-424D-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734EAE38-696C-11EC-BBF7-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734EAE37-696C-11EC-BBF7-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBB30D2-696C-11EC-BBF7-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734EAE39-696C-11EC-BBF7-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798E78D9-696C-11EC-BBF7-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734EAE36-696C-11EC-BBF7-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798E78DA-696C-11EC-BBF7-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBB30D6-696C-11EC-BBF7-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798E78DF-696C-11EC-BBF7-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D92B7DE1-424E-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798E78DC-696C-11EC-BBF7-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBB30D7-696C-11EC-BBF7-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798E78DE-696C-11EC-BBF7-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBB30D3-696C-11EC-BBF7-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBB30D5-696C-11EC-BBF7-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798E78DD-696C-11EC-BBF7-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83DB26BF-EA57-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D97-424F-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D98-424F-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D9D-424F-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D9E-424F-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D9F-424F-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DCCEBF6-EA57-11EB-BBF2-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4555A32D-424F-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4555A32E-424F-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1378C31E-E3D4-11EB-BBF2-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC05BB09-424F-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1378C31A-E3D4-11EB-BBF2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3C9-4250-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E401F-4250-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1378C31D-E3D4-11EB-BBF2-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0DEA25-4250-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1425A7B3-4251-11E8-A155-00259035BB6768.gif"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1425A7B4-4251-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1425A7B5-4251-11E8-A155-00259035BB6770.gif"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1425A7B7-4251-11E8-A155-00259035BB6771.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1425A7B8-4251-11E8-A155-00259035BB6772.gif"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD164-4251-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD165-4251-11E8-A155-00259035BB6774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19868B1A-E3D4-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575AC-4251-11E8-A155-00259035BB6776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575AD-4251-11E8-A155-00259035BB6777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D606F-4251-11E8-A155-00259035BB6778.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D6074-4251-11E8-A155-00259035BB6779.gif"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1378C31C-E3D4-11EB-BBF2-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798E78E1-696C-11EC-BBF7-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D2267-4251-11E8-A155-00259035BB6782.gif"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D2268-4251-11E8-A155-00259035BB6783.gif"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D2283-4251-11E8-A155-00259035BB6784.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1378C31B-E3D4-11EB-BBF2-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D2288-4251-11E8-A155-00259035BB6786.gif"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D228C-4251-11E8-A155-00259035BB6787.gif"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D2291-4251-11E8-A155-00259035BB6788.gif"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D2295-4251-11E8-A155-00259035BB6789.gif"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236C1B-4251-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236C1C-4251-11E8-A155-00259035BB6791.gif"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236C1D-4251-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236C1E-4251-11E8-A155-00259035BB6793.gif"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F22693C5-4251-11E8-A155-00259035BB6794.gif"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DCCEBF8-EA57-11EB-BBF2-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DCCEBF7-EA57-11EB-BBF2-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798E78E0-696C-11EC-BBF7-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B83EBD83-4252-11E8-A155-00259035BB6798.gif"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83DB26B9-EA57-11EB-BBF2-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DCCEBF5-EA57-11EB-BBF2-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B48093F7-4253-11E8-A155-00259035BB67101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B48093F8-4253-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B48093F9-4253-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B48093FA-4253-11E8-A155-00259035BB67104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4809417-4253-11E8-A155-00259035BB67105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B2FEE77-8149-11E9-BBBA-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B2FEE78-8149-11E9-BBBA-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B2FEE79-8149-11E9-BBBA-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B2FEE7A-8149-11E9-BBBA-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B2FEE7B-8149-11E9-BBBA-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B2FEE7C-8149-11E9-BBBA-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B2FEE7D-8149-11E9-BBBA-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B2FEE7E-8149-11E9-BBBA-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B2FEE7F-8149-11E9-BBBA-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3157E7B4-8149-11E9-BBBA-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3157E7B5-8149-11E9-BBBA-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3157E7B6-8149-11E9-BBBA-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3157E7B7-8149-11E9-BBBA-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3157E7B8-8149-11E9-BBBA-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3157E7B9-8149-11E9-BBBA-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3157E7BA-8149-11E9-BBBA-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3157E7BB-8149-11E9-BBBA-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3157E7BC-8149-11E9-BBBA-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3157E7BD-8149-11E9-BBBA-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3157E7BE-8149-11E9-BBBA-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37529417-8149-11E9-BBBA-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37529418-8149-11E9-BBBA-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37529419-8149-11E9-BBBA-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3752941A-8149-11E9-BBBA-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3752941B-8149-11E9-BBBA-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3752941C-8149-11E9-BBBA-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD07C-4254-11E8-A155-00259035BB67132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD07D-4254-11E8-A155-00259035BB67133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD07E-4254-11E8-A155-00259035BB67134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD07F-4254-11E8-A155-00259035BB67135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD081-4254-11E8-A155-00259035BB67136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD082-4254-11E8-A155-00259035BB67137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD084-4254-11E8-A155-00259035BB67138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD085-4254-11E8-A155-00259035BB67139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD086-4254-11E8-A155-00259035BB67140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD071-4254-11E8-A155-00259035BB67141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD09F-4254-11E8-A155-00259035BB67142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0A0-4254-11E8-A155-00259035BB67143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0A1-4254-11E8-A155-00259035BB67144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0A2-4254-11E8-A155-00259035BB67145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0A3-4254-11E8-A155-00259035BB67146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0A4-4254-11E8-A155-00259035BB67147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FB6A-4254-11E8-A155-00259035BB67148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A22-4254-11E8-A155-00259035BB67149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A23-4254-11E8-A155-00259035BB67150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A24-4254-11E8-A155-00259035BB67151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A25-4254-11E8-A155-00259035BB67152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A26-4254-11E8-A155-00259035BB67153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A27-4254-11E8-A155-00259035BB67154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A28-4254-11E8-A155-00259035BB67155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A2B-4254-11E8-A155-00259035BB67156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A2C-4254-11E8-A155-00259035BB67157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A2D-4254-11E8-A155-00259035BB67158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A2E-4254-11E8-A155-00259035BB67159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A2F-4254-11E8-A155-00259035BB67160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A30-4254-11E8-A155-00259035BB67161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A38-4254-11E8-A155-00259035BB67162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A3B-4254-11E8-A155-00259035BB67163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A3D-4254-11E8-A155-00259035BB67164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A4E-4254-11E8-A155-00259035BB67165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A4F-4254-11E8-A155-00259035BB67166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A50-4254-11E8-A155-00259035BB67167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A51-4254-11E8-A155-00259035BB67168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A52-4254-11E8-A155-00259035BB67169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A53-4254-11E8-A155-00259035BB67170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A54-4254-11E8-A155-00259035BB67171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A55-4254-11E8-A155-00259035BB67172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A56-4254-11E8-A155-00259035BB67173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A57-4254-11E8-A155-00259035BB67174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A58-4254-11E8-A155-00259035BB67175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A59-4254-11E8-A155-00259035BB67176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A60-4254-11E8-A155-00259035BB67177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A61-4254-11E8-A155-00259035BB67178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A62-4254-11E8-A155-00259035BB67179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A63-4254-11E8-A155-00259035BB67180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A67-4254-11E8-A155-00259035BB67181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226C3-4254-11E8-A155-00259035BB67182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5434B782-814B-11E9-BBBA-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5434B783-814B-11E9-BBBA-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A807353-814B-11E9-BBBA-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A807357-814B-11E9-BBBA-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B2864BE-814C-11E9-BBBA-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B2864C1-814C-11E9-BBBA-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B2864C3-814C-11E9-BBBA-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B2864C4-814C-11E9-BBBA-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B2864C5-814C-11E9-BBBA-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA50F5A2-F161-11EB-BBF2-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/452444B4-2F38-11EC-BBF4-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2423F1C8-AE67-11EB-BBF1-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2423F1C7-AE67-11EB-BBF1-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2423F1C5-AE67-11EB-BBF1-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2423F1C6-AE67-11EB-BBF1-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC6F8E3-50A8-11ED-BC00-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC6F8E4-50A8-11ED-BC00-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC6F8E7-50A8-11ED-BC00-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92DD9953-50A8-11ED-BC00-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC6F8E5-50A8-11ED-BC00-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80B3F73C-50A8-11ED-BC00-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80B3F73D-50A8-11ED-BC00-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86C25A3E-50A8-11ED-BC00-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86C25A3F-50A8-11ED-BC00-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86C25A3D-50A8-11ED-BC00-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79A9081B-50A8-11ED-BC00-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79A9081D-50A8-11ED-BC00-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80B3F73A-50A8-11ED-BC00-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80B3F73B-50A8-11ED-BC00-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80B3F739-50A8-11ED-BC00-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40C37232-20B4-11EE-BC0D-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40C37192-20B4-11EE-BC0D-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F2B0444-C510-11EE-BC41-00505692492F215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/252A64A0-C510-11EE-BC41-00505692492F216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F2B02CC-C510-11EE-BC41-00505692492F217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F2B0143-C510-11EE-BC41-00505692492F218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/252A60F3-C510-11EE-BC41-00505692492F219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DEB-424E-11E8-A155-00259035BB67220.gif"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DED-424E-11E8-A155-00259035BB67221.gif"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D678CA52-F161-11EB-BBF2-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DEF-424E-11E8-A155-00259035BB67223.gif"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B31045D-3126-11EC-BBF4-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/928451FB-8147-11E9-BBBA-005056921CC4225.gif"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798E78DB-696C-11EC-BBF7-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBB30D4-696C-11EC-BBF7-005056921CC4227.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F9AEF5-424D-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA318BE9-4251-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B0656EB8-F161-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA50F5A4-F161-11EB-BBF2-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA50F5A3-F161-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA50F5A5-F161-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D6070-4251-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D43419BD-4251-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D43419D8-4251-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D43419D9-4251-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236C18-4251-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236C19-4251-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E4001-4250-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F769-4252-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB034631-424C-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1021806-424C-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1021807-424C-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1021809-424C-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B102180D-424C-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD2908-424C-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD2913-424C-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD290A-424C-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD2914-424C-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD2916-424C-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD2918-424C-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD2919-424C-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD291A-424C-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD2928-424C-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB03461A-424C-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9DCAF420-F161-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F018417-424D-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3004761-424D-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3004764-424D-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3004766-424D-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734EAE38-696C-11EC-BBF7-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734EAE37-696C-11EC-BBF7-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBB30D2-696C-11EC-BBF7-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734EAE39-696C-11EC-BBF7-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798E78D9-696C-11EC-BBF7-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734EAE36-696C-11EC-BBF7-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798E78DA-696C-11EC-BBF7-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBB30D6-696C-11EC-BBF7-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798E78DF-696C-11EC-BBF7-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D92B7DE1-424E-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798E78DC-696C-11EC-BBF7-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBB30D7-696C-11EC-BBF7-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798E78DE-696C-11EC-BBF7-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBB30D3-696C-11EC-BBF7-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBB30D5-696C-11EC-BBF7-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798E78DD-696C-11EC-BBF7-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83DB26BF-EA57-11EB-BBF2-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D97-424F-11E8-A155-00259035BB6752.gif"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D98-424F-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D9D-424F-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D9E-424F-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27484D9F-424F-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DCCEBF6-EA57-11EB-BBF2-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4555A32D-424F-11E8-A155-00259035BB6758.gif"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4555A32E-424F-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1378C31E-E3D4-11EB-BBF2-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC05BB09-424F-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1378C31A-E3D4-11EB-BBF2-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3C9-4250-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E401F-4250-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1378C31D-E3D4-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0DEA25-4250-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1425A7B3-4251-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1425A7B4-4251-11E8-A155-00259035BB6768.gif"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1425A7B5-4251-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1425A7B7-4251-11E8-A155-00259035BB6770.gif"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1425A7B8-4251-11E8-A155-00259035BB6771.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD164-4251-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD165-4251-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19868B1A-E3D4-11EB-BBF2-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575AC-4251-11E8-A155-00259035BB6775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575AD-4251-11E8-A155-00259035BB6776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D606F-4251-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D6074-4251-11E8-A155-00259035BB6778.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1378C31C-E3D4-11EB-BBF2-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798E78E1-696C-11EC-BBF7-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D2267-4251-11E8-A155-00259035BB6781.gif"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D2268-4251-11E8-A155-00259035BB6782.gif"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D2283-4251-11E8-A155-00259035BB6783.gif"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1378C31B-E3D4-11EB-BBF2-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D2288-4251-11E8-A155-00259035BB6785.gif"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D228C-4251-11E8-A155-00259035BB6786.gif"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D2291-4251-11E8-A155-00259035BB6787.gif"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D2295-4251-11E8-A155-00259035BB6788.gif"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236C1B-4251-11E8-A155-00259035BB6789.gif"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236C1C-4251-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236C1D-4251-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236C1E-4251-11E8-A155-00259035BB6792.gif"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F22693C5-4251-11E8-A155-00259035BB6793.gif"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DCCEBF8-EA57-11EB-BBF2-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DCCEBF7-EA57-11EB-BBF2-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798E78E0-696C-11EC-BBF7-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B83EBD83-4252-11E8-A155-00259035BB6797.gif"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83DB26B9-EA57-11EB-BBF2-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DCCEBF5-EA57-11EB-BBF2-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B48093F7-4253-11E8-A155-00259035BB67100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B48093F8-4253-11E8-A155-00259035BB67101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B48093F9-4253-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B48093FA-4253-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4809417-4253-11E8-A155-00259035BB67104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B2FEE77-8149-11E9-BBBA-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B2FEE78-8149-11E9-BBBA-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B2FEE79-8149-11E9-BBBA-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B2FEE7A-8149-11E9-BBBA-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B2FEE7B-8149-11E9-BBBA-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B2FEE7C-8149-11E9-BBBA-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B2FEE7D-8149-11E9-BBBA-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B2FEE7E-8149-11E9-BBBA-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B2FEE7F-8149-11E9-BBBA-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3157E7B4-8149-11E9-BBBA-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3157E7B5-8149-11E9-BBBA-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3157E7B6-8149-11E9-BBBA-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3157E7B7-8149-11E9-BBBA-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3157E7B8-8149-11E9-BBBA-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3157E7B9-8149-11E9-BBBA-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3157E7BA-8149-11E9-BBBA-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3157E7BB-8149-11E9-BBBA-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3157E7BC-8149-11E9-BBBA-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3157E7BD-8149-11E9-BBBA-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3157E7BE-8149-11E9-BBBA-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37529417-8149-11E9-BBBA-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37529418-8149-11E9-BBBA-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37529419-8149-11E9-BBBA-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3752941A-8149-11E9-BBBA-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3752941B-8149-11E9-BBBA-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3752941C-8149-11E9-BBBA-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD07C-4254-11E8-A155-00259035BB67131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD07D-4254-11E8-A155-00259035BB67132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD07E-4254-11E8-A155-00259035BB67133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD07F-4254-11E8-A155-00259035BB67134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD081-4254-11E8-A155-00259035BB67135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD082-4254-11E8-A155-00259035BB67136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD084-4254-11E8-A155-00259035BB67137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD085-4254-11E8-A155-00259035BB67138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD086-4254-11E8-A155-00259035BB67139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD071-4254-11E8-A155-00259035BB67140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD09F-4254-11E8-A155-00259035BB67141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0A0-4254-11E8-A155-00259035BB67142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0A1-4254-11E8-A155-00259035BB67143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0A2-4254-11E8-A155-00259035BB67144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0A3-4254-11E8-A155-00259035BB67145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0A4-4254-11E8-A155-00259035BB67146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6883FB6A-4254-11E8-A155-00259035BB67147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A22-4254-11E8-A155-00259035BB67148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A23-4254-11E8-A155-00259035BB67149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A24-4254-11E8-A155-00259035BB67150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A25-4254-11E8-A155-00259035BB67151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A26-4254-11E8-A155-00259035BB67152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A27-4254-11E8-A155-00259035BB67153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A28-4254-11E8-A155-00259035BB67154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A2B-4254-11E8-A155-00259035BB67155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A2C-4254-11E8-A155-00259035BB67156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A2D-4254-11E8-A155-00259035BB67157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A2E-4254-11E8-A155-00259035BB67158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A2F-4254-11E8-A155-00259035BB67159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A30-4254-11E8-A155-00259035BB67160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A38-4254-11E8-A155-00259035BB67161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A3B-4254-11E8-A155-00259035BB67162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A3D-4254-11E8-A155-00259035BB67163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A4E-4254-11E8-A155-00259035BB67164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A4F-4254-11E8-A155-00259035BB67165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A50-4254-11E8-A155-00259035BB67166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A51-4254-11E8-A155-00259035BB67167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A52-4254-11E8-A155-00259035BB67168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A53-4254-11E8-A155-00259035BB67169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A54-4254-11E8-A155-00259035BB67170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A55-4254-11E8-A155-00259035BB67171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A56-4254-11E8-A155-00259035BB67172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A57-4254-11E8-A155-00259035BB67173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A58-4254-11E8-A155-00259035BB67174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A59-4254-11E8-A155-00259035BB67175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A60-4254-11E8-A155-00259035BB67176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A61-4254-11E8-A155-00259035BB67177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A62-4254-11E8-A155-00259035BB67178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A63-4254-11E8-A155-00259035BB67179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E7B8A67-4254-11E8-A155-00259035BB67180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0B226C3-4254-11E8-A155-00259035BB67181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5434B782-814B-11E9-BBBA-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5434B783-814B-11E9-BBBA-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A807353-814B-11E9-BBBA-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A807357-814B-11E9-BBBA-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B2864BE-814C-11E9-BBBA-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B2864C1-814C-11E9-BBBA-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B2864C3-814C-11E9-BBBA-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B2864C4-814C-11E9-BBBA-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B2864C5-814C-11E9-BBBA-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA50F5A2-F161-11EB-BBF2-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/452444B4-2F38-11EC-BBF4-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2423F1C8-AE67-11EB-BBF1-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2423F1C7-AE67-11EB-BBF1-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2423F1C5-AE67-11EB-BBF1-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2423F1C6-AE67-11EB-BBF1-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC6F8E3-50A8-11ED-BC00-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC6F8E4-50A8-11ED-BC00-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC6F8E7-50A8-11ED-BC00-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92DD9953-50A8-11ED-BC00-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC6F8E5-50A8-11ED-BC00-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80B3F73C-50A8-11ED-BC00-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80B3F73D-50A8-11ED-BC00-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86C25A3E-50A8-11ED-BC00-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86C25A3F-50A8-11ED-BC00-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86C25A3D-50A8-11ED-BC00-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79A9081B-50A8-11ED-BC00-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79A9081D-50A8-11ED-BC00-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80B3F73A-50A8-11ED-BC00-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80B3F73B-50A8-11ED-BC00-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80B3F739-50A8-11ED-BC00-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40C37232-20B4-11EE-BC0D-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40C37192-20B4-11EE-BC0D-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F2B0444-C510-11EE-BC41-00505692492F214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/252A64A0-C510-11EE-BC41-00505692492F215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F2B02CC-C510-11EE-BC41-00505692492F216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F2B0143-C510-11EE-BC41-00505692492F217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/252A60F3-C510-11EE-BC41-00505692492F218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DEB-424E-11E8-A155-00259035BB67219.gif"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DED-424E-11E8-A155-00259035BB67220.gif"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D678CA52-F161-11EB-BBF2-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DEF-424E-11E8-A155-00259035BB67222.gif"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B31045D-3126-11EC-BBF4-005056921CC4223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/928451FB-8147-11E9-BBBA-005056921CC4224.gif"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798E78DB-696C-11EC-BBF7-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBB30D4-696C-11EC-BBF7-005056921CC4226.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -9377,80 +9356,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>226</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="226" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId226"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId227"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -9709,62 +9658,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-karbovochnyy-felix-02060224/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-trud-04070115/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-universalnyy-kuhonnyy-victorinox-04070239/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-victorinox-04070240/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-victorinox-04070242/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-victorinox-04070243/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-victorinox-04070246/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-victorinox-04070247/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-universalnyy-kuhonnyy-victorinox-04070260/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-victorinox-04070263/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-victorinox-04070264/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-matfer-04070269/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-matfer-04070270/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04070342/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-rybysinyaya-ruchka-matfer-04070377/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04070406/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04070809/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04070810/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04070812/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-felix-04070813/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-felix-04070817/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-universalnyy-felix-04070819/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04070820/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-universalnyy-felix-04070823/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-universalnyy-felix-04070825/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-felix-04070827/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-felix-04070828/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-felix-04070829/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04070830/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04070832/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-universalnyy-felix-04070844/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04070847/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04070862/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04070865/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04070867/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04070875/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04070876/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-paderno-04070877/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04070879/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04070880/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04070881/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04070883/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-paderno-04070884/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04070894/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-tramontina-04070897/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04071206/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-paderno-04071207/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04071208/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-paderno-04071209/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-paderno-04071210/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04071217/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-paderno-04071227/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04071233/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04071234/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04071237/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04071238/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-universalnyy-tramontina-04071239/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04071243/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071244/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071245/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-matfer-04071256/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071257/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071258/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-universalnyy-matfer-04071268/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-matfer-04071271/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071279/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-matfer-04071280/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04071291/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04071292/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04071293/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04071295/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04071296/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-felix-04071298/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-felix-04071299/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-matfer-04071803/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-felix-04071805/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-felix-04071806/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-victorinox-04071814/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-victorinox-04071816/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071819/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04071821/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-matfer-04071829/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-matfer-04071830/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-matfer-04071834/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071835/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071839/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071842/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071847/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-matfer-04071850/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071853/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-matfer-04071854/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071855/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071856/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071875/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071877/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04071880/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04071881/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-matfer-04071913/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04071928/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04071948/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071949/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071950/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071951/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071952/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-prohotel-04071955/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071957/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071958/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071959/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071960/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071961/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071962/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071963/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071964/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071965/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071966/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071967/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071968/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071969/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071970/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071971/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071972/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071973/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071974/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071975/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071976/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071980/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071981/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071982/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071983/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071984/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071985/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04071991/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04071992/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-arcos-04071993/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-arcos-04071994/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-arcos-04071995/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04071996/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04071997/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04071998/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04071999/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-razdelochnyy-arcos-04072014/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072401/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072402/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072403/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072404/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072405/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072406/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-arcos-04072407/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-arcos-04072410/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-arcos-04072411/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072412/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072413/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072414/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072415/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-arcos-04072416/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072419/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072420/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072421/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072422/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072423/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072424/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-arcos-04072427/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072429/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072430/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072433/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072434/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072435/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072436/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072437/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072438/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072439/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072440/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072441/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072442/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072443/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072444/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072446/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072447/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072448/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072449/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-razdelochnyy-arcos-04072450/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-razdelochnyy-tramontina-04072455/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072490/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072491/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072492/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-arcos-04072493/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072494/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072495/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072496/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072497/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072498/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072499/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072501/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072502/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072503/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-universalnyy-kuhonnyy-arcos-04072504/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072506/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073508/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073509/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073510/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073511/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073512/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073513/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073514/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073515/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073516/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073517/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073518/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073519/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073520/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073521/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073522/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073540/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073541/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073548/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-tramontina-04073549/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073550/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073552/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073553/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-kuhni-universal-matfer-09100237/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-universalnyy-volnlezvie-matfer-09100238/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-matfer-09100239/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-matfer-09100241/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-matfer-09100242/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-dexter-09101206/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-09101283/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-paderno-09101286/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-karbovochnyy-felix-02060224/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-universalnyy-kuhonnyy-victorinox-04070239/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-victorinox-04070240/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-victorinox-04070242/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-victorinox-04070243/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-victorinox-04070246/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-victorinox-04070247/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-universalnyy-kuhonnyy-victorinox-04070260/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-victorinox-04070263/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-victorinox-04070264/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-matfer-04070269/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-matfer-04070270/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04070342/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-rybysinyaya-ruchka-matfer-04070377/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04070406/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04070809/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04070810/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04070812/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-felix-04070813/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-felix-04070817/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-universalnyy-felix-04070819/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04070820/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-universalnyy-felix-04070823/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-universalnyy-felix-04070825/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-felix-04070827/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-felix-04070828/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-felix-04070829/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04070830/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04070832/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-universalnyy-felix-04070844/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04070847/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04070862/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04070865/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04070867/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04070875/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04070876/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-paderno-04070877/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04070879/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04070880/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04070881/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04070883/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-paderno-04070884/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04070894/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-tramontina-04070897/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04071206/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-paderno-04071207/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04071208/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-paderno-04071209/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-paderno-04071210/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04071217/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-paderno-04071227/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04071233/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04071234/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04071237/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04071238/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-universalnyy-tramontina-04071239/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04071243/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071244/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071245/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-matfer-04071256/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071257/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071258/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-universalnyy-matfer-04071268/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-matfer-04071271/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071279/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-matfer-04071280/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04071291/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04071292/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04071293/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04071295/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-felix-04071296/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-felix-04071298/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-felix-04071299/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-matfer-04071803/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-felix-04071805/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-felix-04071806/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-victorinox-04071814/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-victorinox-04071816/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071819/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04071821/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-matfer-04071829/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-matfer-04071830/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-matfer-04071834/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071835/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071839/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071842/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071847/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-matfer-04071850/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071853/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-matfer-04071854/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071855/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071856/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071875/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-matfer-04071877/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04071880/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04071881/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-matfer-04071913/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04071928/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-04071948/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071949/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071950/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071951/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071952/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-prohotel-04071955/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071957/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071958/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071959/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071960/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071961/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071962/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071963/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071964/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071965/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071966/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071967/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071968/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071969/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071970/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071971/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071972/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071973/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071974/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071975/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071976/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071980/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071981/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071982/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071983/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071984/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-prohotel-04071985/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04071991/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04071992/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-arcos-04071993/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-arcos-04071994/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-arcos-04071995/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04071996/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04071997/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04071998/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04071999/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-razdelochnyy-arcos-04072014/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072401/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072402/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072403/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072404/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072405/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072406/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-arcos-04072407/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-arcos-04072410/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-arcos-04072411/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072412/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072413/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072414/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072415/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-arcos-04072416/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072419/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072420/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072421/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072422/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072423/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072424/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-arcos-04072427/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072429/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072430/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072433/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072434/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072435/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072436/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072437/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072438/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072439/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072440/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072441/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072442/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072443/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072444/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072446/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072447/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072448/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072449/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-razdelochnyy-arcos-04072450/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-razdelochnyy-tramontina-04072455/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072490/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072491/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072492/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-arcos-04072493/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072494/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072495/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072496/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072497/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072498/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072499/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072501/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072502/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072503/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-universalnyy-kuhonnyy-arcos-04072504/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-arcos-04072506/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073508/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073509/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073510/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073511/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073512/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073513/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073514/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073515/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073516/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073517/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073518/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073519/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073520/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073521/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073522/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073540/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073541/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073548/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-tramontina-04073549/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073550/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073552/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-tramontina-04073553/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-kuhni-universal-matfer-09100237/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-universalnyy-volnlezvie-matfer-09100238/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-matfer-09100239/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-matfer-09100241/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-matfer-09100242/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-dexter-09101206/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-povarskoy-paderno-09101283/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-kuhonnyy-universalnyy-paderno-09101286/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L228"/>
+  <dimension ref="A1:L227"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I228" sqref="I228"/>
+      <selection activeCell="I227" sqref="I227"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -9838,7526 +9787,7494 @@
       </c>
       <c r="C3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L3" s="0">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L4" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L5" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="C6" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" s="0" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L6" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="E7" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="D7" s="0" t="s">
+      <c r="G7" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I7" s="1" t="s">
         <v>41</v>
-      </c>
-[...11 lines deleted...]
-        <v>42</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L7" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="D8" s="0" t="s">
+      <c r="E8" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" s="0"/>
+      <c r="G8" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="H8" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I8" s="1" t="s">
         <v>45</v>
-      </c>
-[...13 lines deleted...]
-        <v>47</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="C9" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E9" s="0" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L9" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L9" s="0"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="C10" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E10" s="0" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L10" s="0"/>
+      <c r="L10" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="D11" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="C11" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E11" s="0" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L11" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="D12" s="0">
+        <v>181123</v>
+      </c>
+      <c r="E12" s="0" t="s">
         <v>60</v>
-      </c>
-[...7 lines deleted...]
-        <v>29</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>30</v>
+        <v>61</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="C13" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="0">
-        <v>181123</v>
+        <v>181128</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="D14" s="0">
-        <v>181128</v>
+        <v>120402</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="D15" s="0">
-        <v>120402</v>
+        <v>182315</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="D16" s="0">
+        <v>906001</v>
+      </c>
+      <c r="E16" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F16" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="G16" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I16" s="1" t="s">
         <v>75</v>
-      </c>
-[...17 lines deleted...]
-        <v>77</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>78</v>
+        <v>25</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="D17" s="0">
-        <v>906001</v>
+        <v>901223</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L17" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D18" s="0">
-        <v>901223</v>
+        <v>901226</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D19" s="0">
-        <v>901226</v>
+        <v>901218</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="D20" s="0">
-        <v>901218</v>
+        <v>901015</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="D21" s="0">
-        <v>901015</v>
+        <v>901013</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D22" s="0">
-        <v>901013</v>
+        <v>608510</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D23" s="0">
-        <v>608510</v>
+        <v>601226</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D24" s="0">
-        <v>601226</v>
+        <v>608513</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L24" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="D25" s="0">
-        <v>608513</v>
+        <v>608518</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L25" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="D26" s="0">
-        <v>608518</v>
+        <v>601013</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D27" s="0">
-        <v>601013</v>
+        <v>601015</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="D28" s="0">
-        <v>601015</v>
+        <v>601018</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D29" s="0">
-        <v>601018</v>
+        <v>901221</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>100</v>
+        <v>74</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="D30" s="0">
-        <v>901221</v>
+        <v>902026</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="D31" s="0">
-        <v>902026</v>
+        <v>951015</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D32" s="0">
-        <v>951015</v>
+        <v>906014</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>128</v>
+        <v>74</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>906014</v>
+        <v>127</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>128</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>81</v>
+        <v>129</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L33" s="0">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L35" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="D36" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="E36" s="0" t="s">
         <v>142</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="F36" s="0"/>
+      <c r="G36" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="D36" s="0" t="s">
+      <c r="H36" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I36" s="1" t="s">
         <v>144</v>
-      </c>
-[...13 lines deleted...]
-        <v>145</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>25</v>
+        <v>145</v>
       </c>
       <c r="L36" s="0">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
         <v>146</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>147</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>148</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>78</v>
+        <v>150</v>
       </c>
       <c r="L37" s="0">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="D38" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38" s="0" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>156</v>
+        <v>25</v>
       </c>
       <c r="L38" s="0">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="D39" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="C39" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E39" s="0" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>25</v>
+        <v>150</v>
       </c>
       <c r="L39" s="0">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="C40" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E40" s="0" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>164</v>
+        <v>144</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>165</v>
+        <v>18</v>
       </c>
       <c r="L40" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>151</v>
+        <v>165</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>18</v>
+        <v>145</v>
       </c>
       <c r="L41" s="0">
-        <v>48</v>
+        <v>36</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>78</v>
+        <v>170</v>
       </c>
       <c r="L42" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="C43" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E43" s="0" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>177</v>
+        <v>25</v>
       </c>
       <c r="L43" s="0">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L44" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="D45" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="E45" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="F45" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="D45" s="0" t="s">
+      <c r="G45" s="0" t="s">
         <v>184</v>
-      </c>
-[...5 lines deleted...]
-        <v>150</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>185</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>25</v>
+        <v>186</v>
       </c>
       <c r="L45" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="F46" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="F46" s="0"/>
+      <c r="G46" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I46" s="1" t="s">
         <v>190</v>
-      </c>
-[...7 lines deleted...]
-        <v>192</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>193</v>
+        <v>170</v>
       </c>
       <c r="L46" s="0">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>177</v>
+        <v>25</v>
       </c>
       <c r="L47" s="0">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>25</v>
+        <v>199</v>
       </c>
       <c r="L48" s="0">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="C49" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E49" s="0" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="L49" s="0">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="D50" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="C50" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E50" s="0" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>211</v>
+        <v>25</v>
       </c>
       <c r="L50" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>25</v>
+        <v>199</v>
       </c>
       <c r="L51" s="0">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>165</v>
+        <v>25</v>
       </c>
       <c r="L52" s="0">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="D53" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="E53" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="F53" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="G53" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="H53" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I53" s="1" t="s">
         <v>220</v>
-      </c>
-[...17 lines deleted...]
-        <v>223</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L53" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="D54" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="E54" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="F54" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="G54" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="H54" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I54" s="1" t="s">
         <v>224</v>
-      </c>
-[...19 lines deleted...]
-        <v>227</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L54" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="D55" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="E55" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="F55" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="G55" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="H55" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I55" s="1" t="s">
         <v>229</v>
-      </c>
-[...16 lines deleted...]
-        <v>231</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>18</v>
+        <v>230</v>
       </c>
       <c r="L55" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="C56" s="0" t="s">
         <v>232</v>
       </c>
-      <c r="C56" s="0" t="s">
+      <c r="D56" s="0" t="s">
         <v>233</v>
       </c>
-      <c r="D56" s="0" t="s">
+      <c r="E56" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="F56" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="G56" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="H56" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I56" s="1" t="s">
         <v>234</v>
-      </c>
-[...13 lines deleted...]
-        <v>236</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>25</v>
+        <v>230</v>
       </c>
       <c r="L56" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="D57" s="0" t="s">
         <v>237</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="E57" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="F57" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="G57" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="H57" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I57" s="1" t="s">
         <v>238</v>
-      </c>
-[...16 lines deleted...]
-        <v>240</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="L57" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="D58" s="0" t="s">
         <v>242</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="E58" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="F58" s="0"/>
+      <c r="G58" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="H58" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I58" s="1" t="s">
         <v>243</v>
-      </c>
-[...16 lines deleted...]
-        <v>245</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>246</v>
+        <v>25</v>
       </c>
       <c r="L58" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-        <v>249</v>
+        <v>245</v>
+      </c>
+      <c r="D59" s="0">
+        <v>181209</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>149</v>
+        <v>60</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>150</v>
+        <v>61</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L59" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="D60" s="0">
-        <v>181209</v>
+        <v>181309</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="D61" s="0">
-        <v>181309</v>
+        <v>120515</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L61" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L61" s="0"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="D62" s="0">
-        <v>120515</v>
+        <v>120520</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L62" s="0"/>
+      <c r="L62" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="D63" s="0">
-        <v>120520</v>
+        <v>120525</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="D64" s="0">
-        <v>120525</v>
+        <v>120510</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="D65" s="0">
-        <v>120510</v>
+        <v>120418</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="D66" s="0">
-        <v>120418</v>
+        <v>182612</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L66" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L66" s="0"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-        <v>182612</v>
+        <v>269</v>
+      </c>
+      <c r="D67" s="0" t="s">
+        <v>270</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L67" s="0"/>
+      <c r="L67" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>66</v>
+        <v>14</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L68" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L69" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L70" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L71" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L72" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F73" s="0"/>
+      <c r="F73" s="0" t="s">
+        <v>121</v>
+      </c>
       <c r="G73" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>294</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L73" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L74" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="E75" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="F75" s="0"/>
+      <c r="G75" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="H75" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I75" s="1" t="s">
         <v>302</v>
-      </c>
-[...19 lines deleted...]
-        <v>305</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>25</v>
+        <v>303</v>
       </c>
       <c r="L75" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="D76" s="0" t="s">
         <v>306</v>
       </c>
-      <c r="C76" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E76" s="0" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="F76" s="0"/>
+        <v>14</v>
+      </c>
+      <c r="F76" s="0" t="s">
+        <v>121</v>
+      </c>
       <c r="G76" s="0" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>309</v>
+        <v>298</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L76" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L77" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="D78" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="E78" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="F78" s="0"/>
+      <c r="G78" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="H78" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I78" s="1" t="s">
         <v>313</v>
-      </c>
-[...19 lines deleted...]
-        <v>305</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L78" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="D79" s="0" t="s">
         <v>316</v>
       </c>
-      <c r="C79" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E79" s="0" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L79" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>319</v>
+      </c>
+      <c r="D80" s="0">
+        <v>182313</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>30</v>
+        <v>61</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L80" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L80" s="0"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-        <v>182313</v>
+        <v>322</v>
+      </c>
+      <c r="D81" s="0" t="s">
+        <v>323</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>66</v>
+        <v>142</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>67</v>
+        <v>143</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="L81" s="0"/>
+        <v>145</v>
+      </c>
+      <c r="L81" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="D82" s="0">
+        <v>120202</v>
+      </c>
+      <c r="E82" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="F82" s="0" t="s">
         <v>327</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="G82" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="H82" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I82" s="1" t="s">
         <v>328</v>
-      </c>
-[...14 lines deleted...]
-        <v>330</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>78</v>
+        <v>25</v>
       </c>
       <c r="L82" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="D83" s="0">
+        <v>120204</v>
+      </c>
+      <c r="E83" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="F83" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="G83" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="H83" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I83" s="1" t="s">
         <v>331</v>
-      </c>
-[...19 lines deleted...]
-        <v>334</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L83" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L83" s="0"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="D84" s="0">
-        <v>120204</v>
+        <v>182204</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>66</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L84" s="0"/>
+      <c r="L84" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="D85" s="0">
-        <v>182204</v>
+        <v>182214</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="D86" s="0">
-        <v>182214</v>
+        <v>182314</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="D87" s="0">
-        <v>182314</v>
+        <v>182414</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L87" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="D88" s="0">
-        <v>182414</v>
+        <v>182514</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="D89" s="0">
-        <v>182514</v>
+        <v>182614</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>352</v>
+        <v>337</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="D90" s="0">
-        <v>182614</v>
+        <v>181409</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>343</v>
+        <v>351</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="D91" s="0">
-        <v>181409</v>
+        <v>181419</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="D92" s="0">
-        <v>181419</v>
+        <v>181509</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>360</v>
+        <v>249</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="D93" s="0">
-        <v>181509</v>
+        <v>181511</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>256</v>
+        <v>359</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="D94" s="0">
-        <v>181511</v>
+        <v>182713</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="D95" s="0">
-        <v>182713</v>
+        <v>181109</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-        <v>181109</v>
+        <v>367</v>
+      </c>
+      <c r="D96" s="0" t="s">
+        <v>368</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>66</v>
+        <v>142</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>67</v>
+        <v>143</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L96" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="D97" s="0" t="s">
         <v>372</v>
       </c>
-      <c r="C97" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E97" s="0" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L97" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-        <v>378</v>
+        <v>375</v>
+      </c>
+      <c r="D98" s="0">
+        <v>182106</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>149</v>
+        <v>60</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>150</v>
+        <v>61</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>177</v>
+        <v>25</v>
       </c>
       <c r="L98" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>182106</v>
+        <v>378</v>
+      </c>
+      <c r="D99" s="0" t="s">
+        <v>379</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>66</v>
+        <v>142</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>67</v>
+        <v>143</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L99" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L99" s="0"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="D100" s="0" t="s">
         <v>383</v>
       </c>
-      <c r="C100" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E100" s="0" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L100" s="0"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="D101" s="0" t="s">
         <v>387</v>
       </c>
-      <c r="C101" s="0" t="s">
+      <c r="E101" s="0" t="s">
         <v>388</v>
       </c>
-      <c r="D101" s="0" t="s">
+      <c r="F101" s="0" t="s">
         <v>389</v>
       </c>
-      <c r="E101" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>150</v>
+        <v>390</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="L101" s="0"/>
+        <v>392</v>
+      </c>
+      <c r="L101" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="G102" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="H102" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I102" s="1" t="s">
         <v>396</v>
-      </c>
-[...4 lines deleted...]
-        <v>397</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="L102" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="C103" s="0" t="s">
         <v>399</v>
       </c>
-      <c r="C103" s="0" t="s">
+      <c r="D103" s="0" t="s">
         <v>400</v>
       </c>
-      <c r="D103" s="0" t="s">
+      <c r="E103" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="F103" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="G103" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="H103" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I103" s="1" t="s">
         <v>401</v>
-      </c>
-[...13 lines deleted...]
-        <v>402</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>403</v>
+        <v>170</v>
       </c>
       <c r="L103" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="C104" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="D104" s="0" t="s">
         <v>404</v>
       </c>
-      <c r="C104" s="0" t="s">
+      <c r="E104" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="F104" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="G104" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="H104" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I104" s="1" t="s">
         <v>405</v>
-      </c>
-[...16 lines deleted...]
-        <v>407</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>177</v>
+        <v>406</v>
       </c>
       <c r="L104" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="C105" s="0" t="s">
         <v>408</v>
       </c>
-      <c r="C105" s="0" t="s">
+      <c r="D105" s="0" t="s">
         <v>409</v>
       </c>
-      <c r="D105" s="0" t="s">
+      <c r="E105" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="F105" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="G105" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="H105" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I105" s="1" t="s">
         <v>410</v>
-      </c>
-[...13 lines deleted...]
-        <v>411</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="L105" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="C106" s="0" t="s">
         <v>413</v>
       </c>
-      <c r="C106" s="0" t="s">
+      <c r="D106" s="0" t="s">
         <v>414</v>
       </c>
-      <c r="D106" s="0" t="s">
+      <c r="E106" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="F106" s="0" t="s">
         <v>415</v>
       </c>
-      <c r="E106" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G106" s="0" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>416</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>417</v>
+        <v>392</v>
       </c>
       <c r="L106" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="C107" s="0" t="s">
         <v>418</v>
       </c>
-      <c r="C107" s="0" t="s">
+      <c r="D107" s="0" t="s">
         <v>419</v>
       </c>
-      <c r="D107" s="0" t="s">
+      <c r="E107" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="F107" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="G107" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="H107" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I107" s="1" t="s">
         <v>420</v>
-      </c>
-[...13 lines deleted...]
-        <v>422</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>398</v>
+        <v>421</v>
       </c>
       <c r="L107" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C108" s="0" t="s">
         <v>423</v>
       </c>
-      <c r="C108" s="0" t="s">
+      <c r="D108" s="0" t="s">
         <v>424</v>
       </c>
-      <c r="D108" s="0" t="s">
+      <c r="E108" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="F108" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="G108" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="H108" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I108" s="1" t="s">
         <v>425</v>
-      </c>
-[...13 lines deleted...]
-        <v>426</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="L108" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="C109" s="0" t="s">
         <v>427</v>
       </c>
-      <c r="C109" s="0" t="s">
+      <c r="D109" s="0" t="s">
         <v>428</v>
       </c>
-      <c r="D109" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E109" s="0" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>430</v>
+        <v>416</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="L109" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
+        <v>429</v>
+      </c>
+      <c r="C110" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="D110" s="0" t="s">
         <v>431</v>
       </c>
-      <c r="C110" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E110" s="0" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="L110" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="C111" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="D111" s="0" t="s">
         <v>434</v>
       </c>
-      <c r="C111" s="0" t="s">
+      <c r="E111" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="F111" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="G111" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="H111" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I111" s="1" t="s">
         <v>435</v>
-      </c>
-[...16 lines deleted...]
-        <v>426</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>412</v>
+        <v>392</v>
       </c>
       <c r="L111" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="C112" s="0" t="s">
         <v>437</v>
       </c>
-      <c r="C112" s="0" t="s">
+      <c r="D112" s="0" t="s">
         <v>438</v>
       </c>
-      <c r="D112" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E112" s="0" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="G112" s="0" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="L112" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="C113" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="D113" s="0" t="s">
         <v>441</v>
       </c>
-      <c r="C113" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E113" s="0" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="F113" s="0" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="G113" s="0" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>398</v>
+        <v>421</v>
       </c>
       <c r="L113" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="C114" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="D114" s="0" t="s">
         <v>444</v>
       </c>
-      <c r="C114" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E114" s="0" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="G114" s="0" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="L114" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="C115" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="D115" s="0" t="s">
         <v>447</v>
       </c>
-      <c r="C115" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E115" s="0" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="L115" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="C116" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="D116" s="0" t="s">
         <v>450</v>
       </c>
-      <c r="C116" s="0" t="s">
+      <c r="E116" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="F116" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="G116" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="H116" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I116" s="1" t="s">
         <v>451</v>
-      </c>
-[...16 lines deleted...]
-        <v>440</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="L116" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="C117" s="0" t="s">
         <v>453</v>
       </c>
-      <c r="C117" s="0" t="s">
+      <c r="D117" s="0" t="s">
         <v>454</v>
       </c>
-      <c r="D117" s="0" t="s">
+      <c r="E117" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="F117" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="G117" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="H117" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I117" s="1" t="s">
         <v>455</v>
-      </c>
-[...13 lines deleted...]
-        <v>456</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="L117" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="C118" s="0" t="s">
         <v>457</v>
       </c>
-      <c r="C118" s="0" t="s">
+      <c r="D118" s="0" t="s">
         <v>458</v>
       </c>
-      <c r="D118" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E118" s="0" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="F118" s="0" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>460</v>
+        <v>451</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="L118" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="C119" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="D119" s="0" t="s">
         <v>461</v>
       </c>
-      <c r="C119" s="0" t="s">
+      <c r="E119" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="F119" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="G119" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="H119" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I119" s="1" t="s">
         <v>462</v>
-      </c>
-[...16 lines deleted...]
-        <v>456</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>398</v>
+        <v>463</v>
       </c>
       <c r="L119" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
         <v>464</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>465</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>466</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="G120" s="0" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I120" s="1" t="s">
         <v>467</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>468</v>
+        <v>392</v>
       </c>
       <c r="L120" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="C121" s="0" t="s">
         <v>469</v>
       </c>
-      <c r="C121" s="0" t="s">
+      <c r="D121" s="0" t="s">
         <v>470</v>
       </c>
-      <c r="D121" s="0" t="s">
+      <c r="E121" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="F121" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="G121" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="H121" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I121" s="1" t="s">
         <v>471</v>
-      </c>
-[...13 lines deleted...]
-        <v>472</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>398</v>
+        <v>199</v>
       </c>
       <c r="L121" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="C122" s="0" t="s">
         <v>473</v>
       </c>
-      <c r="C122" s="0" t="s">
+      <c r="D122" s="0" t="s">
         <v>474</v>
       </c>
-      <c r="D122" s="0" t="s">
+      <c r="E122" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="F122" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="G122" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="H122" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I122" s="1" t="s">
         <v>475</v>
-      </c>
-[...13 lines deleted...]
-        <v>476</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>18</v>
+        <v>406</v>
       </c>
       <c r="L122" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="C123" s="0" t="s">
         <v>477</v>
       </c>
-      <c r="C123" s="0" t="s">
+      <c r="D123" s="0" t="s">
         <v>478</v>
       </c>
-      <c r="D123" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E123" s="0" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="L123" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="D124" s="0" t="s">
         <v>481</v>
       </c>
-      <c r="C124" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E124" s="0" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="F124" s="0" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="L124" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="D125" s="0" t="s">
         <v>484</v>
       </c>
-      <c r="C125" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E125" s="0" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>480</v>
+        <v>471</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="L125" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>486</v>
+      </c>
+      <c r="D126" s="0" t="s">
         <v>487</v>
       </c>
-      <c r="C126" s="0" t="s">
+      <c r="E126" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="F126" s="0" t="s">
         <v>488</v>
       </c>
-      <c r="D126" s="0" t="s">
+      <c r="G126" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="H126" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I126" s="1" t="s">
         <v>489</v>
-      </c>
-[...13 lines deleted...]
-        <v>476</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="L126" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
         <v>490</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>491</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>492</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="F127" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="G127" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="H127" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I127" s="1" t="s">
         <v>493</v>
-      </c>
-[...7 lines deleted...]
-        <v>494</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>398</v>
+        <v>421</v>
       </c>
       <c r="L127" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="C128" s="0" t="s">
         <v>495</v>
       </c>
-      <c r="C128" s="0" t="s">
+      <c r="D128" s="0" t="s">
         <v>496</v>
       </c>
-      <c r="D128" s="0" t="s">
+      <c r="E128" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="F128" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="G128" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="H128" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I128" s="1" t="s">
         <v>497</v>
-      </c>
-[...13 lines deleted...]
-        <v>498</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>412</v>
+        <v>186</v>
       </c>
       <c r="L128" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="C129" s="0" t="s">
         <v>499</v>
       </c>
-      <c r="C129" s="0" t="s">
+      <c r="D129" s="0" t="s">
         <v>500</v>
       </c>
-      <c r="D129" s="0" t="s">
+      <c r="E129" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="F129" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="G129" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="H129" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I129" s="1" t="s">
         <v>501</v>
-      </c>
-[...13 lines deleted...]
-        <v>502</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>503</v>
+        <v>25</v>
       </c>
       <c r="L129" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="C130" s="0" t="s">
+        <v>503</v>
+      </c>
+      <c r="D130" s="0" t="s">
         <v>504</v>
       </c>
-      <c r="C130" s="0" t="s">
+      <c r="E130" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="F130" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="G130" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="H130" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I130" s="1" t="s">
         <v>505</v>
-      </c>
-[...16 lines deleted...]
-        <v>507</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>25</v>
+        <v>421</v>
       </c>
       <c r="L130" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="C131" s="0" t="s">
+        <v>507</v>
+      </c>
+      <c r="D131" s="0" t="s">
         <v>508</v>
       </c>
-      <c r="C131" s="0" t="s">
+      <c r="E131" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="F131" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="G131" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="H131" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I131" s="1" t="s">
         <v>509</v>
-      </c>
-[...16 lines deleted...]
-        <v>511</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>412</v>
+        <v>510</v>
       </c>
       <c r="L131" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="C132" s="0" t="s">
         <v>512</v>
       </c>
-      <c r="C132" s="0" t="s">
+      <c r="D132" s="0">
+        <v>284804</v>
+      </c>
+      <c r="E132" s="0" t="s">
         <v>513</v>
       </c>
-      <c r="D132" s="0" t="s">
+      <c r="F132" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="G132" s="0" t="s">
         <v>514</v>
-      </c>
-[...7 lines deleted...]
-        <v>396</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I132" s="1" t="s">
         <v>515</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>516</v>
       </c>
       <c r="L132" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
         <v>517</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>518</v>
       </c>
       <c r="D133" s="0">
-        <v>284804</v>
+        <v>286004</v>
       </c>
       <c r="E133" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="F133" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="G133" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="H133" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I133" s="1" t="s">
         <v>519</v>
-      </c>
-[...10 lines deleted...]
-        <v>521</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>156</v>
+        <v>204</v>
       </c>
       <c r="L133" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="C134" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="D134" s="0">
+        <v>281204</v>
+      </c>
+      <c r="E134" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="F134" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="G134" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="H134" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I134" s="1" t="s">
         <v>522</v>
-      </c>
-[...19 lines deleted...]
-        <v>524</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="L134" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="C135" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="D135" s="0">
+        <v>281304</v>
+      </c>
+      <c r="E135" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="F135" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="G135" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="H135" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I135" s="1" t="s">
         <v>526</v>
-      </c>
-[...19 lines deleted...]
-        <v>528</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>25</v>
+        <v>239</v>
       </c>
       <c r="L135" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="C136" s="0" t="s">
+        <v>528</v>
+      </c>
+      <c r="D136" s="0">
+        <v>281404</v>
+      </c>
+      <c r="E136" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="F136" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="G136" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="H136" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I136" s="1" t="s">
         <v>529</v>
-      </c>
-[...19 lines deleted...]
-        <v>531</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>532</v>
+        <v>230</v>
       </c>
       <c r="L136" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="D137" s="0">
-        <v>281404</v>
+        <v>280604</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>536</v>
+        <v>421</v>
       </c>
       <c r="L137" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="D138" s="0">
-        <v>280604</v>
+        <v>280601</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="L138" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="D139" s="0">
-        <v>280601</v>
+        <v>280704</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>543</v>
+        <v>421</v>
       </c>
       <c r="L139" s="0">
-        <v>1</v>
+        <v>48</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>545</v>
+        <v>540</v>
       </c>
       <c r="D140" s="0">
-        <v>280704</v>
+        <v>280804</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F140" s="0" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="G140" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>468</v>
+        <v>542</v>
       </c>
       <c r="L140" s="0">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
       <c r="D141" s="0">
-        <v>280804</v>
+        <v>281504</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="G141" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>536</v>
+        <v>523</v>
       </c>
       <c r="L141" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="D142" s="0">
-        <v>281504</v>
+        <v>284604</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="G142" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>553</v>
+        <v>463</v>
       </c>
       <c r="L142" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>555</v>
+        <v>550</v>
       </c>
       <c r="D143" s="0">
-        <v>284604</v>
+        <v>284704</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="G143" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>556</v>
+        <v>551</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
-        <v>543</v>
+        <v>18</v>
       </c>
       <c r="L143" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>557</v>
+        <v>552</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>558</v>
+        <v>553</v>
       </c>
       <c r="D144" s="0">
-        <v>284704</v>
+        <v>280204</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>559</v>
+        <v>554</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>560</v>
+        <v>463</v>
       </c>
       <c r="L144" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>561</v>
+        <v>555</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>562</v>
+        <v>556</v>
       </c>
       <c r="D145" s="0">
-        <v>280204</v>
+        <v>280304</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="G145" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>563</v>
+        <v>557</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>564</v>
+        <v>463</v>
       </c>
       <c r="L145" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>565</v>
+        <v>558</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>566</v>
+        <v>559</v>
       </c>
       <c r="D146" s="0">
-        <v>280304</v>
+        <v>280404</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F146" s="0" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
-        <v>543</v>
+        <v>463</v>
       </c>
       <c r="L146" s="0">
-        <v>1</v>
+        <v>80</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>568</v>
+        <v>561</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>569</v>
+        <v>562</v>
       </c>
       <c r="D147" s="0">
-        <v>280404</v>
+        <v>280504</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>570</v>
+        <v>563</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>543</v>
+        <v>421</v>
       </c>
       <c r="L147" s="0">
         <v>80</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>571</v>
+        <v>564</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>572</v>
+        <v>565</v>
       </c>
       <c r="D148" s="0">
-        <v>280504</v>
+        <v>290525</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>519</v>
-[...2 lines deleted...]
-        <v>235</v>
+        <v>513</v>
+      </c>
+      <c r="F148" s="0">
+        <v>2900</v>
       </c>
       <c r="G148" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>573</v>
+        <v>566</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>468</v>
+        <v>567</v>
       </c>
       <c r="L148" s="0">
-        <v>80</v>
+        <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="D149" s="0">
-        <v>290525</v>
+        <v>255900</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>519</v>
-[...2 lines deleted...]
-        <v>2900</v>
+        <v>513</v>
+      </c>
+      <c r="F149" s="0" t="s">
+        <v>570</v>
       </c>
       <c r="G149" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>576</v>
+        <v>571</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>553</v>
+        <v>230</v>
       </c>
       <c r="L149" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>577</v>
+        <v>572</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>578</v>
+        <v>573</v>
       </c>
       <c r="D150" s="0">
-        <v>255900</v>
+        <v>256000</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F150" s="0" t="s">
-        <v>579</v>
+        <v>570</v>
       </c>
       <c r="G150" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>580</v>
+        <v>574</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
-        <v>581</v>
+        <v>25</v>
       </c>
       <c r="L150" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>582</v>
+        <v>575</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>583</v>
+        <v>576</v>
       </c>
       <c r="D151" s="0">
-        <v>256000</v>
+        <v>255000</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F151" s="0" t="s">
-        <v>579</v>
+        <v>570</v>
       </c>
       <c r="G151" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>584</v>
+        <v>577</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
-        <v>18</v>
+        <v>578</v>
       </c>
       <c r="L151" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>585</v>
+        <v>579</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="D152" s="0">
-        <v>255000</v>
+        <v>255100</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>579</v>
+        <v>570</v>
       </c>
       <c r="G152" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>587</v>
+        <v>581</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
-        <v>246</v>
+        <v>145</v>
       </c>
       <c r="L152" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>588</v>
+        <v>582</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>589</v>
+        <v>583</v>
       </c>
       <c r="D153" s="0">
-        <v>255100</v>
+        <v>255200</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F153" s="0" t="s">
-        <v>579</v>
+        <v>570</v>
       </c>
       <c r="G153" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>590</v>
+        <v>584</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>591</v>
+        <v>25</v>
       </c>
       <c r="L153" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>592</v>
+        <v>585</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>593</v>
+        <v>586</v>
       </c>
       <c r="D154" s="0">
-        <v>255200</v>
+        <v>255300</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F154" s="0" t="s">
-        <v>579</v>
+        <v>570</v>
       </c>
       <c r="G154" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>594</v>
+        <v>587</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L154" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>595</v>
+        <v>588</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>596</v>
+        <v>589</v>
       </c>
       <c r="D155" s="0">
-        <v>255300</v>
+        <v>255800</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F155" s="0" t="s">
-        <v>579</v>
+        <v>570</v>
       </c>
       <c r="G155" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>597</v>
+        <v>590</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L155" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>598</v>
+        <v>591</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>599</v>
+        <v>592</v>
       </c>
       <c r="D156" s="0">
-        <v>255800</v>
+        <v>256900</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F156" s="0" t="s">
-        <v>579</v>
+        <v>570</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>600</v>
+        <v>593</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>25</v>
+        <v>594</v>
       </c>
       <c r="L156" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>601</v>
+        <v>595</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>602</v>
+        <v>596</v>
       </c>
       <c r="D157" s="0">
-        <v>256900</v>
+        <v>256600</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F157" s="0" t="s">
-        <v>579</v>
+        <v>570</v>
       </c>
       <c r="G157" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>603</v>
+        <v>597</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>604</v>
+        <v>598</v>
       </c>
       <c r="L157" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>605</v>
+        <v>599</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>606</v>
+        <v>600</v>
       </c>
       <c r="D158" s="0">
-        <v>256600</v>
+        <v>233400</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>579</v>
+        <v>601</v>
       </c>
       <c r="G158" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>607</v>
+        <v>602</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>608</v>
+        <v>542</v>
       </c>
       <c r="L158" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>609</v>
+        <v>603</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="D159" s="0">
-        <v>233400</v>
+        <v>233600</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
       <c r="G159" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>612</v>
+        <v>605</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
-        <v>553</v>
+        <v>606</v>
       </c>
       <c r="L159" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>613</v>
+        <v>607</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>614</v>
+        <v>608</v>
       </c>
       <c r="D160" s="0">
-        <v>233600</v>
+        <v>233700</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>615</v>
+        <v>609</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>608</v>
+        <v>204</v>
       </c>
       <c r="L160" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>616</v>
+        <v>610</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>617</v>
+        <v>611</v>
       </c>
       <c r="D161" s="0">
-        <v>233700</v>
+        <v>233800</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F161" s="0" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
       <c r="G161" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>618</v>
+        <v>612</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>211</v>
+        <v>463</v>
       </c>
       <c r="L161" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>619</v>
+        <v>613</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>620</v>
+        <v>614</v>
       </c>
       <c r="D162" s="0">
-        <v>233800</v>
+        <v>230500</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
       <c r="G162" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>621</v>
+        <v>615</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>543</v>
+        <v>616</v>
       </c>
       <c r="L162" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>622</v>
+        <v>617</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>623</v>
+        <v>618</v>
       </c>
       <c r="D163" s="0">
-        <v>230500</v>
+        <v>233200</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F163" s="0" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>624</v>
+        <v>619</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
-        <v>625</v>
+        <v>463</v>
       </c>
       <c r="L163" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>626</v>
+        <v>620</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>627</v>
+        <v>621</v>
       </c>
       <c r="D164" s="0">
-        <v>233200</v>
+        <v>233500</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F164" s="0" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
       <c r="G164" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>628</v>
+        <v>622</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>543</v>
+        <v>594</v>
       </c>
       <c r="L164" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="D165" s="0">
-        <v>233500</v>
+        <v>292100</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>519</v>
-[...2 lines deleted...]
-        <v>611</v>
+        <v>513</v>
+      </c>
+      <c r="F165" s="0">
+        <v>2900</v>
       </c>
       <c r="G165" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>631</v>
+        <v>625</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>632</v>
+        <v>421</v>
       </c>
       <c r="L165" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>633</v>
+        <v>626</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>634</v>
+        <v>627</v>
       </c>
       <c r="D166" s="0">
-        <v>292100</v>
+        <v>292121</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F166" s="0">
         <v>2900</v>
       </c>
       <c r="G166" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>635</v>
+        <v>625</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>468</v>
+        <v>406</v>
       </c>
       <c r="L166" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>636</v>
+        <v>628</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>637</v>
+        <v>629</v>
       </c>
       <c r="D167" s="0">
-        <v>292121</v>
+        <v>292122</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F167" s="0">
         <v>2900</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>635</v>
+        <v>625</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="L167" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>638</v>
+        <v>630</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>639</v>
+        <v>631</v>
       </c>
       <c r="D168" s="0">
-        <v>292122</v>
+        <v>292123</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F168" s="0">
         <v>2900</v>
       </c>
       <c r="G168" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>635</v>
+        <v>625</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
-        <v>468</v>
+        <v>421</v>
       </c>
       <c r="L168" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>640</v>
+        <v>632</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>641</v>
+        <v>633</v>
       </c>
       <c r="D169" s="0">
-        <v>292123</v>
+        <v>292124</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F169" s="0">
         <v>2900</v>
       </c>
       <c r="G169" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>635</v>
+        <v>625</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>468</v>
+        <v>421</v>
       </c>
       <c r="L169" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>642</v>
+        <v>634</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="D170" s="0">
-        <v>292124</v>
+        <v>292128</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F170" s="0">
         <v>2900</v>
       </c>
       <c r="G170" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>635</v>
+        <v>625</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
-        <v>468</v>
+        <v>421</v>
       </c>
       <c r="L170" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>644</v>
+        <v>636</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>645</v>
+        <v>637</v>
       </c>
       <c r="D171" s="0">
-        <v>292128</v>
+        <v>292200</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F171" s="0">
         <v>2900</v>
       </c>
       <c r="G171" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="L171" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>646</v>
+        <v>639</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>647</v>
+        <v>640</v>
       </c>
       <c r="D172" s="0">
-        <v>292200</v>
+        <v>292221</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F172" s="0">
         <v>2900</v>
       </c>
       <c r="G172" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>648</v>
+        <v>638</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
-        <v>591</v>
+        <v>421</v>
       </c>
       <c r="L172" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="D173" s="0">
-        <v>292221</v>
+        <v>292222</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F173" s="0">
         <v>2900</v>
       </c>
       <c r="G173" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>648</v>
+        <v>643</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>468</v>
+        <v>421</v>
       </c>
       <c r="L173" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>651</v>
+        <v>644</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>652</v>
+        <v>645</v>
       </c>
       <c r="D174" s="0">
-        <v>292222</v>
+        <v>292223</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F174" s="0">
         <v>2900</v>
       </c>
       <c r="G174" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>653</v>
+        <v>646</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
-        <v>543</v>
+        <v>170</v>
       </c>
       <c r="L174" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>654</v>
+        <v>647</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>655</v>
+        <v>648</v>
       </c>
       <c r="D175" s="0">
-        <v>292223</v>
+        <v>292125</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F175" s="0">
         <v>2900</v>
       </c>
       <c r="G175" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>656</v>
+        <v>625</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
-        <v>211</v>
+        <v>421</v>
       </c>
       <c r="L175" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>657</v>
+        <v>649</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="D176" s="0">
-        <v>292125</v>
+        <v>292225</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F176" s="0">
         <v>2900</v>
       </c>
       <c r="G176" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>635</v>
+        <v>646</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
-        <v>468</v>
+        <v>651</v>
       </c>
       <c r="L176" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>659</v>
+        <v>652</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>660</v>
+        <v>653</v>
       </c>
       <c r="D177" s="0">
-        <v>292225</v>
+        <v>290625</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F177" s="0">
         <v>2900</v>
       </c>
       <c r="G177" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>536</v>
+        <v>463</v>
       </c>
       <c r="L177" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>661</v>
+        <v>655</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>662</v>
+        <v>656</v>
       </c>
       <c r="D178" s="0">
-        <v>290625</v>
+        <v>292325</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F178" s="0">
         <v>2900</v>
       </c>
       <c r="G178" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>663</v>
+        <v>657</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>246</v>
+        <v>25</v>
       </c>
       <c r="L178" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>664</v>
+        <v>658</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>665</v>
+        <v>659</v>
       </c>
       <c r="D179" s="0">
-        <v>292325</v>
+        <v>290825</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F179" s="0">
         <v>2900</v>
       </c>
       <c r="G179" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>666</v>
+        <v>660</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>553</v>
+        <v>661</v>
       </c>
       <c r="L179" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>667</v>
+        <v>662</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>668</v>
+        <v>663</v>
       </c>
       <c r="D180" s="0">
-        <v>290825</v>
+        <v>290725</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F180" s="0">
         <v>2900</v>
       </c>
       <c r="G180" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>669</v>
+        <v>664</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>543</v>
+        <v>421</v>
       </c>
       <c r="L180" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>670</v>
+        <v>665</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>671</v>
+        <v>666</v>
       </c>
       <c r="D181" s="0">
-        <v>290725</v>
+        <v>295525</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F181" s="0">
         <v>2900</v>
       </c>
       <c r="G181" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
-        <v>543</v>
+        <v>668</v>
       </c>
       <c r="L181" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
+        <v>669</v>
+      </c>
+      <c r="C182" s="0" t="s">
+        <v>670</v>
+      </c>
+      <c r="D182" s="0" t="s">
+        <v>671</v>
+      </c>
+      <c r="E182" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="F182" s="0" t="s">
+        <v>672</v>
+      </c>
+      <c r="G182" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="H182" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I182" s="1" t="s">
         <v>673</v>
-      </c>
-[...19 lines deleted...]
-        <v>675</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>676</v>
+        <v>25</v>
       </c>
       <c r="L182" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
+        <v>674</v>
+      </c>
+      <c r="C183" s="0" t="s">
+        <v>675</v>
+      </c>
+      <c r="D183" s="0">
+        <v>241000</v>
+      </c>
+      <c r="E183" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="F183" s="0" t="s">
+        <v>676</v>
+      </c>
+      <c r="G183" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="H183" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I183" s="1" t="s">
         <v>677</v>
-      </c>
-[...19 lines deleted...]
-        <v>681</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>25</v>
+        <v>421</v>
       </c>
       <c r="L183" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="D184" s="0">
-        <v>241000</v>
+        <v>241100</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F184" s="0" t="s">
-        <v>684</v>
+        <v>676</v>
       </c>
       <c r="G184" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>685</v>
+        <v>680</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
-        <v>78</v>
+        <v>421</v>
       </c>
       <c r="L184" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>686</v>
+        <v>681</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>687</v>
+        <v>682</v>
       </c>
       <c r="D185" s="0">
-        <v>241100</v>
+        <v>245400</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F185" s="0" t="s">
-        <v>684</v>
+        <v>676</v>
       </c>
       <c r="G185" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H185" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>688</v>
+        <v>683</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
-        <v>206</v>
+        <v>421</v>
       </c>
       <c r="L185" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>689</v>
+        <v>684</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>690</v>
+        <v>685</v>
       </c>
       <c r="D186" s="0">
-        <v>245400</v>
+        <v>290431</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>519</v>
-[...2 lines deleted...]
-        <v>684</v>
+        <v>513</v>
+      </c>
+      <c r="F186" s="0">
+        <v>2900</v>
       </c>
       <c r="G186" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
-        <v>156</v>
+        <v>199</v>
       </c>
       <c r="L186" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>692</v>
+        <v>687</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>693</v>
+        <v>688</v>
       </c>
       <c r="D187" s="0">
-        <v>290431</v>
+        <v>160800</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>519</v>
-[...2 lines deleted...]
-        <v>2900</v>
+        <v>513</v>
+      </c>
+      <c r="F187" s="0" t="s">
+        <v>689</v>
       </c>
       <c r="G187" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
-        <v>156</v>
+        <v>651</v>
       </c>
       <c r="L187" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>695</v>
+        <v>691</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>696</v>
+        <v>692</v>
       </c>
       <c r="D188" s="0">
-        <v>160800</v>
+        <v>161400</v>
       </c>
       <c r="E188" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F188" s="0" t="s">
-        <v>697</v>
+        <v>689</v>
       </c>
       <c r="G188" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>698</v>
+        <v>693</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
-        <v>699</v>
+        <v>25</v>
       </c>
       <c r="L188" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>700</v>
+        <v>694</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>701</v>
+        <v>695</v>
       </c>
       <c r="D189" s="0">
-        <v>161400</v>
+        <v>161600</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F189" s="0" t="s">
-        <v>697</v>
+        <v>689</v>
       </c>
       <c r="G189" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
-        <v>25</v>
+        <v>463</v>
       </c>
       <c r="L189" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
-        <v>703</v>
+        <v>697</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="D190" s="0">
-        <v>161600</v>
+        <v>160400</v>
       </c>
       <c r="E190" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F190" s="0" t="s">
-        <v>697</v>
+        <v>689</v>
       </c>
       <c r="G190" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>705</v>
+        <v>699</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
-        <v>543</v>
+        <v>199</v>
       </c>
       <c r="L190" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
-        <v>706</v>
+        <v>700</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>707</v>
+        <v>701</v>
       </c>
       <c r="D191" s="0">
-        <v>160400</v>
+        <v>160600</v>
       </c>
       <c r="E191" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F191" s="0" t="s">
-        <v>697</v>
+        <v>689</v>
       </c>
       <c r="G191" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H191" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>708</v>
+        <v>702</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
-        <v>709</v>
+        <v>303</v>
       </c>
       <c r="L191" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
-        <v>710</v>
+        <v>703</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>711</v>
+        <v>704</v>
       </c>
       <c r="D192" s="0">
-        <v>160600</v>
+        <v>147422</v>
       </c>
       <c r="E192" s="0" t="s">
-        <v>519</v>
-[...3 lines deleted...]
-      </c>
+        <v>513</v>
+      </c>
+      <c r="F192" s="0"/>
       <c r="G192" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H192" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>712</v>
+        <v>705</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L192" s="0"/>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
-        <v>713</v>
+        <v>706</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>714</v>
+        <v>707</v>
       </c>
       <c r="D193" s="0">
-        <v>147422</v>
+        <v>241200</v>
       </c>
       <c r="E193" s="0" t="s">
-        <v>519</v>
-[...1 lines deleted...]
-      <c r="F193" s="0"/>
+        <v>513</v>
+      </c>
+      <c r="F193" s="0" t="s">
+        <v>676</v>
+      </c>
       <c r="G193" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H193" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>715</v>
+        <v>708</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="L193" s="0"/>
+        <v>510</v>
+      </c>
+      <c r="L193" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
-        <v>716</v>
+        <v>709</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>717</v>
+        <v>710</v>
       </c>
       <c r="D194" s="0">
-        <v>241200</v>
+        <v>165400</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F194" s="0" t="s">
-        <v>684</v>
+        <v>711</v>
       </c>
       <c r="G194" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H194" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>718</v>
+        <v>712</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
-        <v>543</v>
+        <v>18</v>
       </c>
       <c r="L194" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
-        <v>719</v>
+        <v>713</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>720</v>
+        <v>714</v>
       </c>
       <c r="D195" s="0">
-        <v>165400</v>
+        <v>165900</v>
       </c>
       <c r="E195" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F195" s="0" t="s">
-        <v>721</v>
+        <v>711</v>
       </c>
       <c r="G195" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H195" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>722</v>
+        <v>715</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="L195" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>723</v>
+        <v>716</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>724</v>
+        <v>717</v>
       </c>
       <c r="D196" s="0">
-        <v>165900</v>
+        <v>166600</v>
       </c>
       <c r="E196" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F196" s="0" t="s">
-        <v>721</v>
+        <v>711</v>
       </c>
       <c r="G196" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="H196" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
-        <v>625</v>
+        <v>25</v>
       </c>
       <c r="L196" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
-        <v>726</v>
+        <v>719</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>727</v>
+        <v>720</v>
       </c>
       <c r="D197" s="0">
-        <v>166600</v>
+        <v>166800</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="F197" s="0" t="s">
+        <v>711</v>
+      </c>
+      <c r="G197" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="H197" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I197" s="1" t="s">
         <v>721</v>
-      </c>
-[...7 lines deleted...]
-        <v>728</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L197" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>729</v>
+        <v>722</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>166800</v>
+        <v>723</v>
+      </c>
+      <c r="D198" s="0" t="s">
+        <v>724</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>519</v>
+        <v>182</v>
       </c>
       <c r="F198" s="0" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="G198" s="0" t="s">
-        <v>520</v>
+        <v>184</v>
       </c>
       <c r="H198" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>731</v>
+        <v>726</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
-        <v>206</v>
+        <v>510</v>
       </c>
       <c r="L198" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
-        <v>732</v>
+        <v>727</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="D199" s="0" t="s">
-        <v>734</v>
+        <v>729</v>
       </c>
       <c r="E199" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="F199" s="0" t="s">
-        <v>735</v>
+        <v>725</v>
       </c>
       <c r="G199" s="0" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="H199" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>736</v>
+        <v>726</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
-        <v>737</v>
+        <v>616</v>
       </c>
       <c r="L199" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>738</v>
+        <v>730</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>739</v>
+        <v>731</v>
       </c>
       <c r="D200" s="0" t="s">
-        <v>740</v>
+        <v>732</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="F200" s="0" t="s">
-        <v>735</v>
+        <v>725</v>
       </c>
       <c r="G200" s="0" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="H200" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>736</v>
+        <v>726</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
-        <v>741</v>
+        <v>578</v>
       </c>
       <c r="L200" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
-        <v>742</v>
+        <v>733</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>743</v>
+        <v>734</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>744</v>
+        <v>735</v>
       </c>
       <c r="E201" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="F201" s="0" t="s">
-        <v>735</v>
+        <v>725</v>
       </c>
       <c r="G201" s="0" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="H201" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>736</v>
+        <v>726</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
-        <v>211</v>
+        <v>303</v>
       </c>
       <c r="L201" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
-        <v>745</v>
+        <v>736</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>746</v>
+        <v>737</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>747</v>
+        <v>738</v>
       </c>
       <c r="E202" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="F202" s="0" t="s">
-        <v>735</v>
+        <v>725</v>
       </c>
       <c r="G202" s="0" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="H202" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L202" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
-        <v>748</v>
+        <v>740</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>749</v>
+        <v>741</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>750</v>
+        <v>742</v>
       </c>
       <c r="E203" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="F203" s="0" t="s">
-        <v>735</v>
+        <v>725</v>
       </c>
       <c r="G203" s="0" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="H203" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>751</v>
+        <v>743</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>25</v>
+        <v>744</v>
       </c>
       <c r="L203" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
-        <v>752</v>
+        <v>745</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>753</v>
+        <v>746</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>754</v>
+        <v>747</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="F204" s="0" t="s">
-        <v>735</v>
+        <v>725</v>
       </c>
       <c r="G204" s="0" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="H204" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>755</v>
+        <v>743</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
-        <v>18</v>
+        <v>606</v>
       </c>
       <c r="L204" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>756</v>
+        <v>748</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>757</v>
+        <v>749</v>
       </c>
       <c r="D205" s="0" t="s">
-        <v>758</v>
+        <v>750</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="F205" s="0" t="s">
-        <v>735</v>
+        <v>725</v>
       </c>
       <c r="G205" s="0" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="H205" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>755</v>
+        <v>743</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
-        <v>759</v>
+        <v>751</v>
       </c>
       <c r="L205" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
-        <v>760</v>
+        <v>752</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>761</v>
+        <v>753</v>
       </c>
       <c r="D206" s="0" t="s">
-        <v>762</v>
+        <v>754</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="F206" s="0" t="s">
-        <v>735</v>
+        <v>725</v>
       </c>
       <c r="G206" s="0" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="H206" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>755</v>
+        <v>743</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
-        <v>763</v>
+        <v>755</v>
       </c>
       <c r="L206" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
-        <v>764</v>
+        <v>756</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>765</v>
+        <v>757</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>766</v>
+        <v>758</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="F207" s="0" t="s">
-        <v>735</v>
+        <v>725</v>
       </c>
       <c r="G207" s="0" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="H207" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>755</v>
+        <v>743</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
-        <v>193</v>
+        <v>759</v>
       </c>
       <c r="L207" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
-        <v>767</v>
+        <v>760</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>768</v>
+        <v>761</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>769</v>
+        <v>762</v>
       </c>
       <c r="E208" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="F208" s="0" t="s">
-        <v>735</v>
+        <v>725</v>
       </c>
       <c r="G208" s="0" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="H208" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>755</v>
+        <v>763</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
-        <v>78</v>
+        <v>145</v>
       </c>
       <c r="L208" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>770</v>
+        <v>764</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>771</v>
+        <v>765</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>772</v>
+        <v>766</v>
       </c>
       <c r="E209" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="F209" s="0" t="s">
-        <v>735</v>
+        <v>725</v>
       </c>
       <c r="G209" s="0" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="H209" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>773</v>
+        <v>763</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
-        <v>177</v>
+        <v>25</v>
       </c>
       <c r="L209" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
-        <v>774</v>
+        <v>767</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>775</v>
+        <v>768</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>776</v>
+        <v>769</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="F210" s="0" t="s">
-        <v>735</v>
+        <v>725</v>
       </c>
       <c r="G210" s="0" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="H210" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
-        <v>165</v>
+        <v>771</v>
       </c>
       <c r="L210" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
-        <v>777</v>
+        <v>772</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>778</v>
+        <v>773</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>779</v>
+        <v>774</v>
       </c>
       <c r="E211" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="F211" s="0" t="s">
-        <v>735</v>
+        <v>725</v>
       </c>
       <c r="G211" s="0" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="H211" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>780</v>
+        <v>763</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
-        <v>560</v>
+        <v>25</v>
       </c>
       <c r="L211" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
-        <v>781</v>
+        <v>775</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>782</v>
+        <v>776</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>783</v>
+        <v>777</v>
       </c>
       <c r="E212" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="F212" s="0" t="s">
-        <v>735</v>
+        <v>725</v>
       </c>
       <c r="G212" s="0" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="H212" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L212" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
-        <v>784</v>
+        <v>778</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>785</v>
+        <v>779</v>
       </c>
       <c r="D213" s="0" t="s">
-        <v>786</v>
+        <v>780</v>
       </c>
       <c r="E213" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="F213" s="0" t="s">
-        <v>735</v>
+        <v>781</v>
       </c>
       <c r="G213" s="0" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="H213" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>780</v>
+        <v>396</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
-        <v>165</v>
+        <v>782</v>
       </c>
       <c r="L213" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
-        <v>787</v>
+        <v>783</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>788</v>
+        <v>784</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>789</v>
+        <v>785</v>
       </c>
       <c r="E214" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="F214" s="0" t="s">
-        <v>790</v>
+        <v>781</v>
       </c>
       <c r="G214" s="0" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="H214" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>402</v>
+        <v>786</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
-        <v>246</v>
+        <v>787</v>
       </c>
       <c r="L214" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
+        <v>788</v>
+      </c>
+      <c r="C215" s="0" t="s">
+        <v>789</v>
+      </c>
+      <c r="D215" s="0" t="s">
+        <v>790</v>
+      </c>
+      <c r="E215" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="F215" s="0" t="s">
+        <v>725</v>
+      </c>
+      <c r="G215" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="H215" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I215" s="1" t="s">
         <v>791</v>
-      </c>
-[...19 lines deleted...]
-        <v>794</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
-        <v>206</v>
+        <v>25</v>
       </c>
       <c r="L215" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
+        <v>792</v>
+      </c>
+      <c r="C216" s="0" t="s">
+        <v>793</v>
+      </c>
+      <c r="D216" s="0" t="s">
+        <v>794</v>
+      </c>
+      <c r="E216" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="F216" s="0" t="s">
+        <v>725</v>
+      </c>
+      <c r="G216" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="H216" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I216" s="1" t="s">
         <v>795</v>
-      </c>
-[...19 lines deleted...]
-        <v>798</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L216" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L216" s="0"/>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
+        <v>796</v>
+      </c>
+      <c r="C217" s="0" t="s">
+        <v>797</v>
+      </c>
+      <c r="D217" s="0" t="s">
+        <v>798</v>
+      </c>
+      <c r="E217" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="F217" s="0" t="s">
+        <v>725</v>
+      </c>
+      <c r="G217" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="H217" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I217" s="1" t="s">
         <v>799</v>
-      </c>
-[...19 lines deleted...]
-        <v>802</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L217" s="0"/>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
+        <v>800</v>
+      </c>
+      <c r="C218" s="0" t="s">
+        <v>801</v>
+      </c>
+      <c r="D218" s="0" t="s">
+        <v>802</v>
+      </c>
+      <c r="E218" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="F218" s="0" t="s">
+        <v>725</v>
+      </c>
+      <c r="G218" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="H218" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I218" s="1" t="s">
         <v>803</v>
-      </c>
-[...19 lines deleted...]
-        <v>806</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L218" s="0"/>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
+        <v>804</v>
+      </c>
+      <c r="C219" s="0" t="s">
+        <v>805</v>
+      </c>
+      <c r="D219" s="0" t="s">
+        <v>806</v>
+      </c>
+      <c r="E219" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="F219" s="0" t="s">
+        <v>725</v>
+      </c>
+      <c r="G219" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="H219" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I219" s="1" t="s">
         <v>807</v>
-      </c>
-[...19 lines deleted...]
-        <v>810</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L219" s="0"/>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>812</v>
-[...2 lines deleted...]
-        <v>813</v>
+        <v>809</v>
+      </c>
+      <c r="D220" s="0">
+        <v>182105</v>
       </c>
       <c r="E220" s="0" t="s">
-        <v>189</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="F220" s="0"/>
       <c r="G220" s="0" t="s">
-        <v>191</v>
+        <v>61</v>
       </c>
       <c r="H220" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L220" s="0"/>
+      <c r="L220" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
-        <v>815</v>
+        <v>811</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>816</v>
+        <v>812</v>
       </c>
       <c r="D221" s="0">
-        <v>182105</v>
+        <v>182110</v>
       </c>
       <c r="E221" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F221" s="0"/>
       <c r="G221" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H221" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L221" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L221" s="0"/>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>819</v>
+        <v>815</v>
       </c>
       <c r="D222" s="0">
-        <v>182110</v>
+        <v>182112</v>
       </c>
       <c r="E222" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F222" s="0"/>
       <c r="G222" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H222" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>820</v>
+        <v>816</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L222" s="0"/>
+      <c r="L222" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
-        <v>821</v>
+        <v>817</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>822</v>
+        <v>818</v>
       </c>
       <c r="D223" s="0">
-        <v>182112</v>
+        <v>182113</v>
       </c>
       <c r="E223" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F223" s="0"/>
       <c r="G223" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H223" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>823</v>
+        <v>819</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L223" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
-        <v>824</v>
+        <v>820</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
       <c r="D224" s="0">
-        <v>182113</v>
+        <v>182114</v>
       </c>
       <c r="E224" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F224" s="0"/>
       <c r="G224" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H224" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>826</v>
+        <v>822</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L224" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
-        <v>827</v>
+        <v>823</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>828</v>
-[...2 lines deleted...]
-        <v>182114</v>
+        <v>824</v>
+      </c>
+      <c r="D225" s="0" t="s">
+        <v>825</v>
       </c>
       <c r="E225" s="0" t="s">
-        <v>66</v>
+        <v>826</v>
       </c>
       <c r="F225" s="0"/>
       <c r="G225" s="0" t="s">
-        <v>67</v>
+        <v>827</v>
       </c>
       <c r="H225" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>829</v>
+        <v>828</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L225" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
+        <v>829</v>
+      </c>
+      <c r="C226" s="0" t="s">
         <v>830</v>
       </c>
-      <c r="C226" s="0" t="s">
+      <c r="D226" s="0" t="s">
         <v>831</v>
       </c>
-      <c r="D226" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E226" s="0" t="s">
-        <v>833</v>
+        <v>142</v>
       </c>
       <c r="F226" s="0"/>
       <c r="G226" s="0" t="s">
-        <v>834</v>
+        <v>143</v>
       </c>
       <c r="H226" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L226" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="D227" s="0" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="E227" s="0" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="F227" s="0"/>
       <c r="G227" s="0" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="H227" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L227" s="0">
-        <v>6</v>
-[...30 lines deleted...]
-      <c r="L228" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
@@ -17546,51 +17463,50 @@
     <hyperlink ref="B203" r:id="rId_hyperlink_202"/>
     <hyperlink ref="B204" r:id="rId_hyperlink_203"/>
     <hyperlink ref="B205" r:id="rId_hyperlink_204"/>
     <hyperlink ref="B206" r:id="rId_hyperlink_205"/>
     <hyperlink ref="B207" r:id="rId_hyperlink_206"/>
     <hyperlink ref="B208" r:id="rId_hyperlink_207"/>
     <hyperlink ref="B209" r:id="rId_hyperlink_208"/>
     <hyperlink ref="B210" r:id="rId_hyperlink_209"/>
     <hyperlink ref="B211" r:id="rId_hyperlink_210"/>
     <hyperlink ref="B212" r:id="rId_hyperlink_211"/>
     <hyperlink ref="B213" r:id="rId_hyperlink_212"/>
     <hyperlink ref="B214" r:id="rId_hyperlink_213"/>
     <hyperlink ref="B215" r:id="rId_hyperlink_214"/>
     <hyperlink ref="B216" r:id="rId_hyperlink_215"/>
     <hyperlink ref="B217" r:id="rId_hyperlink_216"/>
     <hyperlink ref="B218" r:id="rId_hyperlink_217"/>
     <hyperlink ref="B219" r:id="rId_hyperlink_218"/>
     <hyperlink ref="B220" r:id="rId_hyperlink_219"/>
     <hyperlink ref="B221" r:id="rId_hyperlink_220"/>
     <hyperlink ref="B222" r:id="rId_hyperlink_221"/>
     <hyperlink ref="B223" r:id="rId_hyperlink_222"/>
     <hyperlink ref="B224" r:id="rId_hyperlink_223"/>
     <hyperlink ref="B225" r:id="rId_hyperlink_224"/>
     <hyperlink ref="B226" r:id="rId_hyperlink_225"/>
     <hyperlink ref="B227" r:id="rId_hyperlink_226"/>
-    <hyperlink ref="B228" r:id="rId_hyperlink_227"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>