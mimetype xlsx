--- v0 (2025-10-23)
+++ v1 (2025-12-09)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -107,114 +107,114 @@
   <si>
     <t>18220-18</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>40171.00₸</t>
   </si>
   <si>
     <t>Топорик для рубки мяса;сталь нерж.,полипроп.;,L=42/22,B=15см;черный,металлич.</t>
   </si>
   <si>
     <t>04071110</t>
   </si>
   <si>
     <t>18220-22</t>
   </si>
   <si>
     <t>64272.00₸</t>
   </si>
   <si>
+    <t>Топорик для рубки мяса;сталь,пластик;,L=40/20,B=14см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04071111</t>
+  </si>
+  <si>
+    <t>18220-20</t>
+  </si>
+  <si>
+    <t>66120.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Топорик для рубки мяса;сталь,пластик;,L=40/20,B=14см;черный,металлич.</t>
-[...10 lines deleted...]
-  <si>
     <t>Пила для костей;сталь,пластик;,L=59,5/43,B=15см;черный,металлич.</t>
   </si>
   <si>
     <t>04071112</t>
   </si>
   <si>
     <t>48231-45</t>
   </si>
   <si>
     <t>109664.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
     <t>Нож для рубки костей;сталь,пластик;,L=445/280,B=95мм;черный,металлич.</t>
   </si>
   <si>
     <t>04071114</t>
   </si>
   <si>
     <t>18224-28</t>
   </si>
   <si>
     <t>44807.00₸</t>
   </si>
   <si>
     <t>Топорик для рубки;сталь,дерево;,L=285/162,B=52мм;коричнев.,металлич.</t>
   </si>
   <si>
     <t>04071116</t>
   </si>
   <si>
     <t>22233/106-TR</t>
   </si>
   <si>
     <t>Tramontina</t>
   </si>
   <si>
     <t>Tradicional</t>
   </si>
   <si>
     <t>БРАЗИЛИЯ</t>
   </si>
   <si>
     <t>13629.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
+    <t>7 шт.</t>
   </si>
   <si>
     <t>Пила для костей;сталь нерж.,пластик;,H=3,L=60,B=16см;черный,металлич.</t>
   </si>
   <si>
     <t>04071120</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>170748.00₸</t>
   </si>
   <si>
     <t>Топорик для мяса;сталь нерж.,пластик;,L=16см;черный,металлич.</t>
   </si>
   <si>
     <t>04071125</t>
   </si>
   <si>
     <t>36691.00₸</t>
   </si>
@@ -272,123 +272,120 @@
   <si>
     <t>ЯПОНИЯ</t>
   </si>
   <si>
     <t>208285.00₸</t>
   </si>
   <si>
     <t>Топорик для рубки мяса «Универсал»;сталь нерж.;,L=32/20см;черный,металлич.</t>
   </si>
   <si>
     <t>04071140</t>
   </si>
   <si>
     <t>Arcos</t>
   </si>
   <si>
     <t>Universal</t>
   </si>
   <si>
     <t>ИСПАНИЯ</t>
   </si>
   <si>
     <t>68415.00₸</t>
   </si>
   <si>
-    <t>17 шт.</t>
+    <t>12 шт.</t>
   </si>
   <si>
     <t>Топорик для рубки мяса «Универсал»;сталь нерж.,полиоксиметилен;,L=160/281,B=72мм;черный,металлич.</t>
   </si>
   <si>
     <t>04071141</t>
   </si>
   <si>
     <t>38755.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
+    <t>15 шт.</t>
   </si>
   <si>
     <t>Топорик для рубки мяса «Универсал»;сталь нерж.,полиоксиметилен;,L=16см;черный,металлич.</t>
   </si>
   <si>
     <t>04071142</t>
   </si>
   <si>
     <t>44222.00₸</t>
   </si>
   <si>
-    <t>11 шт.</t>
+    <t>9 шт.</t>
   </si>
   <si>
     <t>Топорик для рубки мяса «Универсал»;сталь нерж.,полиоксиметилен;,L=310/180,B=85мм;черный,металлич.</t>
   </si>
   <si>
     <t>04071143</t>
   </si>
   <si>
     <t>54655.00₸</t>
   </si>
   <si>
-    <t>33 шт.</t>
+    <t>29 шт.</t>
   </si>
   <si>
     <t>Топорик для рубки мяса «Универсал»;сталь нерж.,полиоксиметилен;,L=22см;черный,металлич.</t>
   </si>
   <si>
     <t>04071144</t>
   </si>
   <si>
     <t>109025.00₸</t>
   </si>
   <si>
-    <t>3 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Топорик для рубки мяса «Универсал»;сталь нерж.,полиоксиметилен;,L=25см;черный,металлич.</t>
   </si>
   <si>
     <t>04071145</t>
   </si>
   <si>
     <t>122738.00₸</t>
   </si>
   <si>
-    <t>22 шт.</t>
+    <t>21 шт.</t>
   </si>
   <si>
     <t>Топорик для рубки мяса «2900»;сталь нерж.,полипроп.;,L=33/20,B=9см;черный,металлич.</t>
   </si>
   <si>
     <t>04071146</t>
   </si>
   <si>
     <t>50536.00₸</t>
   </si>
   <si>
-    <t>46 шт.</t>
+    <t>44 шт.</t>
   </si>
   <si>
     <t>Топорик для рубки мяса «2900»;сталь нерж.,полипроп.;,L=33,5/20,B=11см;черный,металлич.</t>
   </si>
   <si>
     <t>04071147</t>
   </si>
   <si>
     <t>64496.00₸</t>
   </si>
   <si>
     <t>Топорик для рубки мяса «2900»;сталь нерж.,полипроп.;,L=36/20,B=9см;черный,металлич.</t>
   </si>
   <si>
     <t>04071153</t>
   </si>
   <si>
     <t>62178.00₸</t>
   </si>
   <si>
     <t>Нож для нарезки мяса;сталь,дерево;,L=260/125,B=30мм;коричнев.,металлич.</t>
   </si>
   <si>
     <t>04071235</t>
   </si>
@@ -1889,83 +1886,83 @@
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>29</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="L4" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="C5" s="0" t="s">
+      <c r="D5" s="0" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
@@ -2411,445 +2408,445 @@
         <v>98</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D20" s="0">
         <v>287800</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>81</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>82</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>83</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>100</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>101</v>
+        <v>34</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="D21" s="0">
         <v>287900</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>81</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>82</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>83</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D22" s="0">
         <v>296725</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>81</v>
       </c>
       <c r="F22" s="0">
         <v>2900</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>83</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="D23" s="0">
         <v>297225</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>81</v>
       </c>
       <c r="F23" s="0">
         <v>2900</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>83</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>19</v>
+        <v>89</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="D24" s="0">
         <v>297525</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>81</v>
       </c>
       <c r="F24" s="0">
         <v>2900</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>83</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>82</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>82</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="L26" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="D27" s="0">
         <v>182347</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="D28" s="0">
         <v>182447</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="D29" s="0">
         <v>182547</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D30" s="0">
         <v>182632</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="D31" s="0">
         <v>182232</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>