--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="709">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="731">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -89,2103 +89,2169 @@
   <si>
     <t>Доски для разделки</t>
   </si>
   <si>
     <t>12628.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Доска разделочная;полиэтилен;,H=18,L=297,B=196мм;белый</t>
   </si>
   <si>
     <t>04082515</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Доска разделочная;полиэтилен;,H=18,L=297,B=196мм;красный</t>
   </si>
   <si>
     <t>04082516</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
     <t>Доска разделочная;полиэтилен;,H=18,L=297,B=196мм;зелен.</t>
   </si>
   <si>
     <t>04082517</t>
   </si>
   <si>
+    <t>Доска разделочная;пластик;,H=5,L=240,B=150мм;зелен.</t>
+  </si>
+  <si>
+    <t>04082518</t>
+  </si>
+  <si>
+    <t>Kesper</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>1487.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=5,L=240,B=150мм;красный</t>
+  </si>
+  <si>
+    <t>04082519</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=5,L=240,B=150мм;желт.</t>
+  </si>
+  <si>
+    <t>04082520</t>
+  </si>
+  <si>
+    <t>Доска разделочная «Ретро»;дерево</t>
+  </si>
+  <si>
+    <t>04090108</t>
+  </si>
+  <si>
+    <t>C815</t>
+  </si>
+  <si>
+    <t>Retro</t>
+  </si>
+  <si>
+    <t>2706.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;бук;D=25,H=15см;св. дерево</t>
+  </si>
+  <si>
+    <t>04090130</t>
+  </si>
+  <si>
+    <t>4513.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;бук;D=30,H=15см;св. дерево</t>
+  </si>
+  <si>
+    <t>04090131</t>
+  </si>
+  <si>
+    <t>ВЬЕТНАМ</t>
+  </si>
+  <si>
+    <t>5845.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная круглая;пластик;D=24,H=1см;белый</t>
+  </si>
+  <si>
+    <t>04090134</t>
+  </si>
+  <si>
+    <t>3083.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная прямоугольная;пластик;,H=8,L=250,B=150мм;белый</t>
+  </si>
+  <si>
+    <t>04090135</t>
+  </si>
+  <si>
+    <t>2326.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;бук;,H=2,L=60,B=30см;древесн.</t>
+  </si>
+  <si>
+    <t>04090138</t>
+  </si>
+  <si>
+    <t>8932.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Доска разделочная;бук;,H=4,L=50,B=30см;древесн.</t>
+  </si>
+  <si>
+    <t>04090139</t>
+  </si>
+  <si>
+    <t>14469.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;бук;,H=15,L=400,B=250мм;древесн.</t>
+  </si>
+  <si>
+    <t>04090140</t>
+  </si>
+  <si>
+    <t>4081.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Доска разделочная;бук;,H=15,L=350,B=210мм;древесн.</t>
+  </si>
+  <si>
+    <t>04090141</t>
+  </si>
+  <si>
+    <t>3504.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Колода разделочная с подставкой H=30cм;дуб,сталь;D=45,H=50см;коричнев.,металлич.</t>
+  </si>
+  <si>
+    <t>04090150</t>
+  </si>
+  <si>
+    <t>ALM</t>
+  </si>
+  <si>
+    <t>89605.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Доска разделочная с метал.стяжкой;бук,металл;,H=4,L=60,B=30см;древесн.</t>
+  </si>
+  <si>
+    <t>04090153</t>
+  </si>
+  <si>
+    <t>15246.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;бук;,H=3,L=60,B=30см;древесн.</t>
+  </si>
+  <si>
+    <t>04090154</t>
+  </si>
+  <si>
+    <t>12089.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная для нарезки багета;бук;,H=5,L=795,B=117мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04090157</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>13198.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;берёза;,H=22,L=500,B=285мм;древесн.</t>
+  </si>
+  <si>
+    <t>04090158</t>
+  </si>
+  <si>
+    <t>4859.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;бук;,H=75,L=500,B=320мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04090167</t>
+  </si>
+  <si>
+    <t>150420.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная для хлеба;дерево;,H=20,L=530,B=325мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04090168</t>
+  </si>
+  <si>
+    <t>00956</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>34328.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;бук;,H=4,L=80,B=30см</t>
+  </si>
+  <si>
+    <t>04090169</t>
+  </si>
+  <si>
+    <t>14661.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная для хлеба;дерево;,H=20,L=530,B=325мм;древесн.</t>
+  </si>
+  <si>
+    <t>04090176</t>
+  </si>
+  <si>
+    <t>42964-53</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>66082.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;бамбук;,H=18,L=440,B=320мм;бежев.</t>
+  </si>
+  <si>
+    <t>04090188</t>
+  </si>
+  <si>
+    <t>10290.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная для хлеба;бук;,H=2,L=52,B=34см;св. дерево</t>
+  </si>
+  <si>
+    <t>04090189</t>
+  </si>
+  <si>
+    <t>00953</t>
+  </si>
+  <si>
+    <t>31732.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=5,L=240,B=150мм;белый</t>
+  </si>
+  <si>
+    <t>04090198</t>
+  </si>
+  <si>
+    <t>Доска разделочная;бук;D=30,H=15см;бежев.</t>
+  </si>
+  <si>
+    <t>04090199</t>
+  </si>
+  <si>
+    <t>7177.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=20,L=325,B=265мм;белый</t>
+  </si>
+  <si>
+    <t>04090203</t>
+  </si>
+  <si>
+    <t>42522-00</t>
+  </si>
+  <si>
+    <t>30123.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная с ручкой;пластик;,H=12,L=450,B=295мм;белый</t>
+  </si>
+  <si>
+    <t>04090237</t>
+  </si>
+  <si>
+    <t>11381.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=12,L=510,B=380мм;белый</t>
+  </si>
+  <si>
+    <t>04090238</t>
+  </si>
+  <si>
+    <t>16340.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=12,L=610,B=460мм;белый</t>
+  </si>
+  <si>
+    <t>04090239</t>
+  </si>
+  <si>
+    <t>24787.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=18,L=500,B=350мм;белый</t>
+  </si>
+  <si>
+    <t>04090256</t>
+  </si>
+  <si>
+    <t>50/35 White</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>13510.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=18,L=500,B=350мм;синий</t>
+  </si>
+  <si>
+    <t>04090257</t>
+  </si>
+  <si>
+    <t>50/35 Blue</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=18,L=500,B=350мм;желт.</t>
+  </si>
+  <si>
+    <t>04090258</t>
+  </si>
+  <si>
+    <t>50/35 Yellow</t>
+  </si>
+  <si>
+    <t>13125.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=18,L=500,B=350мм;красный</t>
+  </si>
+  <si>
+    <t>04090259</t>
+  </si>
+  <si>
+    <t>50/35 Red</t>
+  </si>
+  <si>
+    <t>13433.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=18,L=500,B=350мм;зелен.</t>
+  </si>
+  <si>
+    <t>04090260</t>
+  </si>
+  <si>
+    <t>50/35 Green</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=18,L=600,B=400мм;белый</t>
+  </si>
+  <si>
+    <t>04090261</t>
+  </si>
+  <si>
+    <t>60/40 White</t>
+  </si>
+  <si>
+    <t>20300.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=18,L=600,B=400мм;синий</t>
+  </si>
+  <si>
+    <t>04090262</t>
+  </si>
+  <si>
+    <t>60/40 Blue</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=18,L=600,B=400мм;желт.</t>
+  </si>
+  <si>
+    <t>04090263</t>
+  </si>
+  <si>
+    <t>60/40 Yellow</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=18,L=600,B=400мм;красный</t>
+  </si>
+  <si>
+    <t>04090264</t>
+  </si>
+  <si>
+    <t>60/40 Red</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=18,L=600,B=400мм;зелен.</t>
+  </si>
+  <si>
+    <t>04090265</t>
+  </si>
+  <si>
+    <t>60/40 Green</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=14,L=250,B=160мм;белый</t>
+  </si>
+  <si>
+    <t>04090268</t>
+  </si>
+  <si>
+    <t>42521-16</t>
+  </si>
+  <si>
+    <t>8278.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=20,L=530,B=325мм;белый</t>
+  </si>
+  <si>
+    <t>04090269</t>
+  </si>
+  <si>
+    <t>42538-00</t>
+  </si>
+  <si>
+    <t>68246.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=20,L=530,B=325мм;желт.</t>
+  </si>
+  <si>
+    <t>04090270</t>
+  </si>
+  <si>
+    <t>42538-01</t>
+  </si>
+  <si>
+    <t>56495.00₸</t>
+  </si>
+  <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Доска разделочная;пластик;,H=5,L=240,B=150мм;зелен.</t>
-[...104 lines deleted...]
-    <t>4081.00₸</t>
+    <t>Доска разделочная;полиэтилен;,H=20,L=530,B=325мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04090271</t>
+  </si>
+  <si>
+    <t>42538-02</t>
+  </si>
+  <si>
+    <t>67160.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=20,L=530,B=325мм;красный</t>
+  </si>
+  <si>
+    <t>04090272</t>
+  </si>
+  <si>
+    <t>42538-03</t>
+  </si>
+  <si>
+    <t>67152.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=20,L=530,B=325мм;зелен.</t>
+  </si>
+  <si>
+    <t>04090273</t>
+  </si>
+  <si>
+    <t>42538-05</t>
+  </si>
+  <si>
+    <t>Доска разделочная с упором;полиэтилен;,H=20,L=530,B=325мм;белый</t>
+  </si>
+  <si>
+    <t>04090274</t>
+  </si>
+  <si>
+    <t>42543-00</t>
+  </si>
+  <si>
+    <t>78833.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная с упором;полиэтилен;,H=20,L=530,B=325мм;желт.</t>
+  </si>
+  <si>
+    <t>04090275</t>
+  </si>
+  <si>
+    <t>42543-01</t>
+  </si>
+  <si>
+    <t>58043.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная с упором;полиэтилен;,H=20,L=530,B=325мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04090276</t>
+  </si>
+  <si>
+    <t>42543-02</t>
+  </si>
+  <si>
+    <t>66344.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная с упором;полиэтилен;,H=20,L=530,B=325мм;синий</t>
+  </si>
+  <si>
+    <t>04090277</t>
+  </si>
+  <si>
+    <t>42543-04</t>
+  </si>
+  <si>
+    <t>70325.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная с упором;полиэтилен;,H=20,L=530,B=325мм;зелен.</t>
+  </si>
+  <si>
+    <t>04090278</t>
+  </si>
+  <si>
+    <t>42543-05</t>
+  </si>
+  <si>
+    <t>70363.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=20,L=530,B=325мм;синий</t>
+  </si>
+  <si>
+    <t>04090279</t>
+  </si>
+  <si>
+    <t>42538-04</t>
+  </si>
+  <si>
+    <t>61493.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная с упором;полиэтилен;,H=20,L=530,B=325мм;красный</t>
+  </si>
+  <si>
+    <t>04090280</t>
+  </si>
+  <si>
+    <t>42543-03</t>
+  </si>
+  <si>
+    <t>70494.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная с упором;полиэтилен;,H=2,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04090281</t>
+  </si>
+  <si>
+    <t>42544-00</t>
+  </si>
+  <si>
+    <t>98353.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=18,L=500,B=350мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04090282</t>
+  </si>
+  <si>
+    <t>50/35 Brown</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=18,L=600,B=400мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04090283</t>
+  </si>
+  <si>
+    <t>60/40 Brown</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Доска разделочная с упором;полиэтилен;,H=2,L=60,B=40см;желт.</t>
+  </si>
+  <si>
+    <t>04090284</t>
+  </si>
+  <si>
+    <t>42544-01</t>
+  </si>
+  <si>
+    <t>86179.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная с упором;полиэтилен;,H=2,L=60,B=40см;коричнев.</t>
+  </si>
+  <si>
+    <t>04090285</t>
+  </si>
+  <si>
+    <t>42544-02</t>
+  </si>
+  <si>
+    <t>86317.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная с упором;полиэтилен;,H=2,L=60,B=40см;красный</t>
+  </si>
+  <si>
+    <t>04090286</t>
+  </si>
+  <si>
+    <t>42544-03</t>
+  </si>
+  <si>
+    <t>Доска разделочная с упором;полиэтилен;,H=2,L=60,B=40см;синий</t>
+  </si>
+  <si>
+    <t>04090287</t>
+  </si>
+  <si>
+    <t>42544-04</t>
+  </si>
+  <si>
+    <t>100047.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная с упором;полиэтилен;,H=2,L=60,B=40см;зелен.</t>
+  </si>
+  <si>
+    <t>04090288</t>
+  </si>
+  <si>
+    <t>42544-05</t>
+  </si>
+  <si>
+    <t>86163.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=15,L=600,B=400мм;белый</t>
+  </si>
+  <si>
+    <t>04090297</t>
+  </si>
+  <si>
+    <t>83569.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=15,L=530,B=325мм;белый</t>
+  </si>
+  <si>
+    <t>04090298</t>
+  </si>
+  <si>
+    <t>60854.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=15,L=600,B=400мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04090299</t>
+  </si>
+  <si>
+    <t>85948.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=15,L=300,B=400мм;белый</t>
+  </si>
+  <si>
+    <t>04090307</t>
+  </si>
+  <si>
+    <t>43852.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=15,L=530,B=325мм;зелен.</t>
+  </si>
+  <si>
+    <t>04090308</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=15,L=600,B=400мм;желт.</t>
+  </si>
+  <si>
+    <t>04090309</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=15,L=530,B=325мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04090310</t>
+  </si>
+  <si>
+    <t>33434.00₸</t>
+  </si>
+  <si>
+    <t>04090313</t>
+  </si>
+  <si>
+    <t>51198.00₸</t>
+  </si>
+  <si>
+    <t>04090314</t>
+  </si>
+  <si>
+    <t>67591.00₸</t>
+  </si>
+  <si>
+    <t>04090315</t>
+  </si>
+  <si>
+    <t>55541.00₸</t>
+  </si>
+  <si>
+    <t>04090316</t>
+  </si>
+  <si>
+    <t>51205.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=2,L=40,B=30см;белый</t>
+  </si>
+  <si>
+    <t>04090317</t>
+  </si>
+  <si>
+    <t>36706.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=20,L=530,B=325мм;голуб.</t>
+  </si>
+  <si>
+    <t>04090320</t>
+  </si>
+  <si>
+    <t>Доска разделочная с ручкой;полиэтилен;,H=15,L=370,B=210мм;белый</t>
+  </si>
+  <si>
+    <t>04090321</t>
+  </si>
+  <si>
+    <t>24402.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=15,L=530,B=325мм;красный</t>
+  </si>
+  <si>
+    <t>04090322</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=15,L=530,B=325мм;голуб.</t>
+  </si>
+  <si>
+    <t>04090323</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
   <si>
-    <t>Доска разделочная;бук;,H=15,L=350,B=210мм;древесн.</t>
-[...383 lines deleted...]
-    <t>42538-05</t>
+    <t>Доска разделочная;полиэтилен;,H=15,L=530,B=325мм;желт.</t>
+  </si>
+  <si>
+    <t>04090324</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=15,L=600,B=400мм;красный</t>
+  </si>
+  <si>
+    <t>04090325</t>
+  </si>
+  <si>
+    <t>90830.00₸</t>
+  </si>
+  <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=15,L=600,B=400мм;зелен.</t>
+  </si>
+  <si>
+    <t>04090326</t>
+  </si>
+  <si>
+    <t>70710.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная для хлеба;дерево;,H=2,L=60,B=40см;св. дерево</t>
+  </si>
+  <si>
+    <t>04090327</t>
+  </si>
+  <si>
+    <t>00957</t>
+  </si>
+  <si>
+    <t>42245.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=15,L=600,B=400мм;голуб.</t>
+  </si>
+  <si>
+    <t>04090335</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,L=50,B=30см;красный</t>
+  </si>
+  <si>
+    <t>04090341</t>
+  </si>
+  <si>
+    <t>Was</t>
+  </si>
+  <si>
+    <t>23370.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,L=50,B=30см;синий</t>
+  </si>
+  <si>
+    <t>04090342</t>
+  </si>
+  <si>
+    <t>28329.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,L=50,B=30см;зелен.</t>
+  </si>
+  <si>
+    <t>04090345</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=2,L=40,B=30см;белый</t>
+  </si>
+  <si>
+    <t>04090356</t>
+  </si>
+  <si>
+    <t>072460</t>
+  </si>
+  <si>
+    <t>28336.00₸</t>
+  </si>
+  <si>
+    <t>04090357</t>
+  </si>
+  <si>
+    <t>072465</t>
+  </si>
+  <si>
+    <t>61092.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=10,L=315,B=200мм;белый,серый</t>
+  </si>
+  <si>
+    <t>04090361</t>
+  </si>
+  <si>
+    <t>4821.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=15,L=400,B=250мм;белый</t>
+  </si>
+  <si>
+    <t>04090367</t>
+  </si>
+  <si>
+    <t>36914.00₸</t>
+  </si>
+  <si>
+    <t>04090384</t>
+  </si>
+  <si>
+    <t>42537-40</t>
+  </si>
+  <si>
+    <t>42212.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полипроп.;,H=9,L=250,B=150мм;белый</t>
+  </si>
+  <si>
+    <t>04090387</t>
+  </si>
+  <si>
+    <t>6211CW</t>
+  </si>
+  <si>
+    <t>Sunnex</t>
+  </si>
+  <si>
+    <t>3815.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=20,L=530,B=325мм;черный</t>
+  </si>
+  <si>
+    <t>04090388</t>
+  </si>
+  <si>
+    <t>48210.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;бук;D=25,H=2см;древесн.</t>
+  </si>
+  <si>
+    <t>04090394</t>
+  </si>
+  <si>
+    <t>F101O-05N</t>
+  </si>
+  <si>
+    <t>PPwood</t>
+  </si>
+  <si>
+    <t>7392.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;бук;D=30,H=2см;древесн.</t>
+  </si>
+  <si>
+    <t>04090395</t>
+  </si>
+  <si>
+    <t>F102O-05N</t>
+  </si>
+  <si>
+    <t>9240.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;бук;D=32,H=2см;древесн.</t>
+  </si>
+  <si>
+    <t>04090397</t>
+  </si>
+  <si>
+    <t>F103O-05N</t>
+  </si>
+  <si>
+    <t>10703.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;бук;D=36,H=2см;древесн.</t>
+  </si>
+  <si>
+    <t>04090398</t>
+  </si>
+  <si>
+    <t>F104O-05N</t>
+  </si>
+  <si>
+    <t>11473.00₸</t>
+  </si>
+  <si>
+    <t>35 шт.</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=12,L=300,B=200мм;белый</t>
+  </si>
+  <si>
+    <t>04090399</t>
+  </si>
+  <si>
+    <t>White</t>
+  </si>
+  <si>
+    <t>barmen</t>
+  </si>
+  <si>
+    <t>6207.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Доска разделочная;сосна;D=250,H=18мм;древесн.</t>
+  </si>
+  <si>
+    <t>04090404</t>
+  </si>
+  <si>
+    <t>4990.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная для раскатыв. теста бортик(5см);бук;,H=2,L=80,B=60см</t>
+  </si>
+  <si>
+    <t>04090405</t>
+  </si>
+  <si>
+    <t>49665.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная «Board stack» клен;,H=6,L=50,B=6см;белый</t>
+  </si>
+  <si>
+    <t>04090408</t>
+  </si>
+  <si>
+    <t>16284.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная с выемкой;бук;D=25см</t>
+  </si>
+  <si>
+    <t>04090413</t>
+  </si>
+  <si>
+    <t>134М</t>
+  </si>
+  <si>
+    <t>2857.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;бук;D=25см</t>
+  </si>
+  <si>
+    <t>04090416</t>
+  </si>
+  <si>
+    <t>5113.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=2,L=60,B=40см;голуб.</t>
+  </si>
+  <si>
+    <t>04090418</t>
+  </si>
+  <si>
+    <t>72450.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;дуб;,H=18,L=350,B=189мм;древесн.</t>
+  </si>
+  <si>
+    <t>04090522</t>
+  </si>
+  <si>
+    <t>BO_PBOM</t>
+  </si>
+  <si>
+    <t>Craster</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>31917.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;дуб;,H=18,L=355,B=255мм;древесн.</t>
+  </si>
+  <si>
+    <t>04090523</t>
+  </si>
+  <si>
+    <t>BO_PBOS</t>
+  </si>
+  <si>
+    <t>36006.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная с ручкой;дуб;,H=18,L=350,B=170мм;древесн.</t>
+  </si>
+  <si>
+    <t>04090527</t>
+  </si>
+  <si>
+    <t>BO_CC006</t>
+  </si>
+  <si>
+    <t>38639.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Доска разделочная;дуб;,H=8,L=505,B=200мм;древесн.</t>
+  </si>
+  <si>
+    <t>04090529</t>
+  </si>
+  <si>
+    <t>BO_CC004</t>
+  </si>
+  <si>
+    <t>42019.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная с ручкой;дуб;,H=18,L=530,B=140мм;древесн.</t>
+  </si>
+  <si>
+    <t>04090530</t>
+  </si>
+  <si>
+    <t>BO_CC007</t>
+  </si>
+  <si>
+    <t>41126.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=9,L=270,B=190мм;зелен.</t>
+  </si>
+  <si>
+    <t>04090554</t>
+  </si>
+  <si>
+    <t>723 / 9172331-10</t>
+  </si>
+  <si>
+    <t>Linden</t>
+  </si>
+  <si>
+    <t>ШВЕЦИЯ</t>
+  </si>
+  <si>
+    <t>5529.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=2,L=60,B=40см;желт.</t>
+  </si>
+  <si>
+    <t>04091005</t>
+  </si>
+  <si>
+    <t>65912.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=2,L=60,B=40см;коричнев.</t>
+  </si>
+  <si>
+    <t>04091006</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=2,L=60,B=40см;красный</t>
+  </si>
+  <si>
+    <t>04091007</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=2,L=60,B=40см;зелен.</t>
+  </si>
+  <si>
+    <t>04091008</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=1,L=30,B=20см;белый</t>
+  </si>
+  <si>
+    <t>04091009</t>
+  </si>
+  <si>
+    <t>4736.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;сосна;,H=25,L=450,B=270мм</t>
+  </si>
+  <si>
+    <t>04091011</t>
+  </si>
+  <si>
+    <t>4351.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;сосна;,H=25,L=450,B=300мм</t>
+  </si>
+  <si>
+    <t>04091012</t>
+  </si>
+  <si>
+    <t>4551.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная для хлеба;бук;,H=25,L=450,B=260мм;деревян.</t>
+  </si>
+  <si>
+    <t>04091017</t>
+  </si>
+  <si>
+    <t>F254O-06N</t>
+  </si>
+  <si>
+    <t>41927.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;целлюл.,смола;,L=38,B=28см;черный</t>
+  </si>
+  <si>
+    <t>04091026</t>
+  </si>
+  <si>
+    <t>Arcos</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>35582.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=20,L=320,B=265мм;красный</t>
+  </si>
+  <si>
+    <t>04091035</t>
+  </si>
+  <si>
+    <t>42522-03</t>
+  </si>
+  <si>
+    <t>18504.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=20,L=320,B=265мм;синий</t>
+  </si>
+  <si>
+    <t>04091036</t>
+  </si>
+  <si>
+    <t>42522-04</t>
+  </si>
+  <si>
+    <t>28406.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=20,L=530,B=325мм;зелен.</t>
+  </si>
+  <si>
+    <t>04091037</t>
+  </si>
+  <si>
+    <t>Kapp</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>31740.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=20,L=530,B=325мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04091038</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=1,L=38,B=25см;синий</t>
+  </si>
+  <si>
+    <t>04091041</t>
+  </si>
+  <si>
+    <t>7508.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=1,L=38,B=25см;желт.</t>
+  </si>
+  <si>
+    <t>04091042</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=1,L=30,B=20см;красный</t>
+  </si>
+  <si>
+    <t>04091043</t>
+  </si>
+  <si>
+    <t>4659.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=1,L=30,B=20см;желт.</t>
+  </si>
+  <si>
+    <t>04091044</t>
+  </si>
+  <si>
+    <t>5121.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=1,L=30,B=20см;синий</t>
+  </si>
+  <si>
+    <t>04091045</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=1,L=38,B=25см;красный</t>
+  </si>
+  <si>
+    <t>04091051</t>
+  </si>
+  <si>
+    <t>7777.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=1,L=38,B=25см;белый</t>
+  </si>
+  <si>
+    <t>04091052</t>
+  </si>
+  <si>
+    <t>8432.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная для хлеба GN 2/3 (для арт 00910);дерево;,H=35,L=354,B=325мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04091053</t>
+  </si>
+  <si>
+    <t>00911</t>
+  </si>
+  <si>
+    <t>108239.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Доска разделочная с упором;полиэтилен;,H=20,L=530,B=325мм;белый</t>
-[...296 lines deleted...]
-    <t>04090323</t>
+    <t>Доска разделочная;полиэтилен;,H=20,L=320,B=265мм;зелен.</t>
+  </si>
+  <si>
+    <t>04091056</t>
+  </si>
+  <si>
+    <t>42522-05</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=18,L=600,B=400мм;красный</t>
+  </si>
+  <si>
+    <t>04091058</t>
+  </si>
+  <si>
+    <t>28290.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная с метал.стяжкой;бук,металл;,H=4,L=50,B=30см</t>
+  </si>
+  <si>
+    <t>04091062</t>
+  </si>
+  <si>
+    <t>15015.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Доска разделочная;берёза;,H=3,L=60,B=30см;деревян.</t>
+  </si>
+  <si>
+    <t>04091063</t>
+  </si>
+  <si>
+    <t>6430.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;бук;,H=3,L=50,B=30см</t>
+  </si>
+  <si>
+    <t>04091065</t>
+  </si>
+  <si>
+    <t>11512.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=12,L=380,B=250мм;зелен.</t>
+  </si>
+  <si>
+    <t>04091066</t>
+  </si>
+  <si>
+    <t>9125.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=12,L=380,B=250мм;синий</t>
+  </si>
+  <si>
+    <t>04091067</t>
+  </si>
+  <si>
+    <t>9202.00₸</t>
   </si>
   <si>
     <t>14 шт.</t>
   </si>
   <si>
-    <t>Доска разделочная;полиэтилен;,H=15,L=530,B=325мм;желт.</t>
-[...11 lines deleted...]
-    <t>90830.00₸</t>
+    <t>Доска разделочная;пластик;,H=12,L=300,B=200мм;зелен.</t>
+  </si>
+  <si>
+    <t>04091068</t>
+  </si>
+  <si>
+    <t>6484.00₸</t>
   </si>
   <si>
     <t>31 шт.</t>
   </si>
   <si>
-    <t>Доска разделочная;полиэтилен;,H=15,L=600,B=400мм;зелен.</t>
-[...203 lines deleted...]
-    <t>6207.00₸</t>
+    <t>Доска разделочная;полиэтилен;,H=18,L=600,B=400мм;белый</t>
+  </si>
+  <si>
+    <t>04091072</t>
+  </si>
+  <si>
+    <t>32802.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=18,L=600,B=400мм;синий</t>
+  </si>
+  <si>
+    <t>04091073</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=18,L=600,B=400мм;зелен.</t>
+  </si>
+  <si>
+    <t>04091074</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=18,L=600,B=400мм;бордо</t>
+  </si>
+  <si>
+    <t>04091075</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=18,L=500,B=350мм;синий</t>
+  </si>
+  <si>
+    <t>04091077</t>
+  </si>
+  <si>
+    <t>24794.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=18,L=500,B=350мм;зелен.</t>
+  </si>
+  <si>
+    <t>04091078</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=18,L=500,B=350мм;бордо</t>
+  </si>
+  <si>
+    <t>04091079</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=18,L=500,B=350мм;красный</t>
+  </si>
+  <si>
+    <t>04091080</t>
+  </si>
+  <si>
+    <t>Доска разделочная;берёза;,H=3,L=50,B=30см;деревян.</t>
+  </si>
+  <si>
+    <t>04091308</t>
+  </si>
+  <si>
+    <t>6684.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;берёза;,H=3,L=70,B=30см;деревян.</t>
+  </si>
+  <si>
+    <t>04091309</t>
+  </si>
+  <si>
+    <t>6907.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;берёза;,H=3,L=40,B=30см;деревян.</t>
+  </si>
+  <si>
+    <t>04091310</t>
+  </si>
+  <si>
+    <t>5660.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=12,L=380,B=250мм;белый</t>
+  </si>
+  <si>
+    <t>04091311</t>
+  </si>
+  <si>
+    <t>8871.00₸</t>
+  </si>
+  <si>
+    <t>47 шт.</t>
+  </si>
+  <si>
+    <t>Колода разделочная настольная;бук;,H=10,L=50,B=50см;св. дерево,стальной</t>
+  </si>
+  <si>
+    <t>04091318</t>
+  </si>
+  <si>
+    <t>63910.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная «Флекс»;пластик;,H=2,L=300,B=215мм;бежев.</t>
+  </si>
+  <si>
+    <t>04091322</t>
+  </si>
+  <si>
+    <t>Flex</t>
+  </si>
+  <si>
+    <t>1502.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная «Флекс»;пластик;,H=2,L=300,B=215мм;голуб.</t>
+  </si>
+  <si>
+    <t>04091323</t>
+  </si>
+  <si>
+    <t>Доска разделочная для хлеба «Акация»;акация;,H=20,L=475,B=320мм;деревян.</t>
+  </si>
+  <si>
+    <t>04091326</t>
+  </si>
+  <si>
+    <t>00883</t>
+  </si>
+  <si>
+    <t>Acacia</t>
+  </si>
+  <si>
+    <t>34958.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная для хлеба «Акация»;акация;,H=35,L=480,B=340мм;деревян.</t>
+  </si>
+  <si>
+    <t>04091327</t>
+  </si>
+  <si>
+    <t>00886</t>
+  </si>
+  <si>
+    <t>46000.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;бук;D=300,H=15мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04091328</t>
+  </si>
+  <si>
+    <t>6060.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;дуб;,H=18,L=350,B=155мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04091337</t>
+  </si>
+  <si>
+    <t>BO_CC003</t>
+  </si>
+  <si>
+    <t>72511.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;дуб;,H=18,L=350,B=350мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04091338</t>
+  </si>
+  <si>
+    <t>BO_CC002</t>
+  </si>
+  <si>
+    <t>110218.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;берёза;,H=15,L=400,B=230мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04091352</t>
+  </si>
+  <si>
+    <t>0304-Н</t>
+  </si>
+  <si>
+    <t>Harmonia</t>
+  </si>
+  <si>
+    <t>7816.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;берёза;,H=15,L=300,B=200мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04091353</t>
+  </si>
+  <si>
+    <t>0305-Н</t>
+  </si>
+  <si>
+    <t>4567.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;берёза;,H=45,L=390,B=210мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04091355</t>
+  </si>
+  <si>
+    <t>0330-Н</t>
+  </si>
+  <si>
+    <t>29915.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;берёза;,H=16,L=330,B=220мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04091368</t>
+  </si>
+  <si>
+    <t>0302-Н</t>
+  </si>
+  <si>
+    <t>Tramontina</t>
+  </si>
+  <si>
+    <t>3927.00₸</t>
+  </si>
+  <si>
+    <t>Скребок для разделочных досок рубанок;полиэтилен;,H=70,L=190,B=95мм;белый</t>
+  </si>
+  <si>
+    <t>04121109</t>
+  </si>
+  <si>
+    <t>42520-00</t>
+  </si>
+  <si>
+    <t>Скребки и аксессуары для досок разделочных</t>
+  </si>
+  <si>
+    <t>53084.00₸</t>
+  </si>
+  <si>
+    <t>Скребок для разделочных досок</t>
+  </si>
+  <si>
+    <t>04121118</t>
+  </si>
+  <si>
+    <t>104266.00₸</t>
+  </si>
+  <si>
+    <t>Скребок для разделочных досок с 2 ручками;пластик,сталь нерж.;,H=20,L=365/170,B=120мм;черный,металли</t>
+  </si>
+  <si>
+    <t>04121119</t>
+  </si>
+  <si>
+    <t>22923.00₸</t>
+  </si>
+  <si>
+    <t>Лезвие для скребка для разделочных досок (для арт. 139005)[2шт];сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>04121124</t>
+  </si>
+  <si>
+    <t>34335.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для досок (6 отдел.);сталь нерж.;,H=29,L=32,B=27см;металлич.</t>
+  </si>
+  <si>
+    <t>04150135</t>
+  </si>
+  <si>
+    <t>42542-00</t>
+  </si>
+  <si>
+    <t>Подставки для досок разделочных</t>
+  </si>
+  <si>
+    <t>70232.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для досок (10 отдел.);сталь;,H=35,L=30,B=35см;металлич.</t>
+  </si>
+  <si>
+    <t>04150148</t>
+  </si>
+  <si>
+    <t>JQ-W125C</t>
+  </si>
+  <si>
+    <t>пустая</t>
+  </si>
+  <si>
+    <t>11020.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для досок (6 отдел.);сталь нерж.;,L=36,B=27см;хромиров.</t>
+  </si>
+  <si>
+    <t>04150160</t>
+  </si>
+  <si>
+    <t>133126.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для досок (6 отдел.);сталь нерж.;,H=28,L=27,B=31см</t>
+  </si>
+  <si>
+    <t>04150194</t>
+  </si>
+  <si>
+    <t>27782.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для досок (6 отдел.);сталь нерж.,пластик</t>
+  </si>
+  <si>
+    <t>04150198</t>
+  </si>
+  <si>
+    <t>Carlisle</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>65866.00₸</t>
+  </si>
+  <si>
+    <t>04150636</t>
+  </si>
+  <si>
+    <t>PL92001021</t>
+  </si>
+  <si>
+    <t>6282.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для досок «Проотель» (6 отдел.);сталь нерж.;,H=27,L=34,B=26см</t>
+  </si>
+  <si>
+    <t>04150649</t>
+  </si>
+  <si>
+    <t>WSC12</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>22043.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для досок «Проотель» (6 отдел.);сталь нерж.;,H=37,5,L=21,3,B=29,3см</t>
+  </si>
+  <si>
+    <t>04150650</t>
+  </si>
+  <si>
+    <t>WSC14</t>
+  </si>
+  <si>
+    <t>22029.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для досок «Проотель» (6 отдел.);сталь нерж.;,H=22,5,L=42,5,B=25см</t>
+  </si>
+  <si>
+    <t>04150651</t>
+  </si>
+  <si>
+    <t>WSC25</t>
+  </si>
+  <si>
+    <t>27916.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;полиэтилен;,H=2,L=80,B=40см</t>
+  </si>
+  <si>
+    <t>09100487</t>
+  </si>
+  <si>
+    <t>42537-80</t>
+  </si>
+  <si>
+    <t>63464.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная для хлеба;дерево;,H=2,L=48,B=32см;коричнев.</t>
+  </si>
+  <si>
+    <t>09100539</t>
+  </si>
+  <si>
+    <t>00955</t>
+  </si>
+  <si>
+    <t>33628.00₸</t>
+  </si>
+  <si>
+    <t>32 шт.</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=2,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>09101292</t>
+  </si>
+  <si>
+    <t>42539-00</t>
+  </si>
+  <si>
+    <t>84077.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=2,L=60,B=40см;желт.</t>
+  </si>
+  <si>
+    <t>09101293</t>
+  </si>
+  <si>
+    <t>42539-01</t>
+  </si>
+  <si>
+    <t>80104.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=2,L=60,B=40см;зелен.</t>
+  </si>
+  <si>
+    <t>09101294</t>
+  </si>
+  <si>
+    <t>42539-05</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=2,L=60,B=40см;красный</t>
+  </si>
+  <si>
+    <t>09101487</t>
+  </si>
+  <si>
+    <t>42539-03</t>
+  </si>
+  <si>
+    <t>89821.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=2,L=60,B=40см;синий</t>
+  </si>
+  <si>
+    <t>09101488</t>
+  </si>
+  <si>
+    <t>42539-04</t>
+  </si>
+  <si>
+    <t>Доска разделочная;пластик;,H=2,L=60,B=40см;коричнев.</t>
+  </si>
+  <si>
+    <t>09101495</t>
+  </si>
+  <si>
+    <t>42539-02</t>
+  </si>
+  <si>
+    <t>Доска разделочная «Флекс»;полиэтилен;,H=2,L=350,B=260мм;черный</t>
+  </si>
+  <si>
+    <t>04091389</t>
+  </si>
+  <si>
+    <t>2418.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная «Флекс»;полиэтилен;,H=2,L=300,B=215мм;черный</t>
+  </si>
+  <si>
+    <t>04091390</t>
+  </si>
+  <si>
+    <t>1710.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная «Флекс»;полиэтилен;,H=2,L=250,B=176мм;черный</t>
+  </si>
+  <si>
+    <t>04091391</t>
+  </si>
+  <si>
+    <t>1348.00₸</t>
   </si>
   <si>
     <t>18 шт.</t>
   </si>
   <si>
-    <t>Доска разделочная;сосна;D=250,H=18мм;древесн.</t>
-[...940 lines deleted...]
-  <si>
     <t>Доска разделочная «Флекс»;полиэтилен;,H=20,L=300,B=215мм;металлич.</t>
   </si>
   <si>
     <t>04091392</t>
   </si>
   <si>
     <t>1718.00₸</t>
   </si>
   <si>
     <t>Доска разделочная;пластик;,H=12,L=380,B=250мм;желт.</t>
   </si>
   <si>
     <t>04091388</t>
   </si>
   <si>
     <t>7623.00₸</t>
   </si>
   <si>
     <t>Доска разделочная;пластик;,H=1,L=30,B=20см;оранжев.</t>
   </si>
   <si>
     <t>04091386</t>
   </si>
   <si>
+    <t>6099.00₸</t>
+  </si>
+  <si>
     <t>Доска разделочная;пластик;,H=1,L=38,B=25см;оранжев.</t>
   </si>
   <si>
     <t>04091387</t>
   </si>
   <si>
     <t>Доска разделочная;дуб;,H=48,L=480,B=325мм</t>
   </si>
   <si>
     <t>04091400</t>
   </si>
   <si>
     <t>Q277O-00N</t>
   </si>
   <si>
     <t>HLine</t>
   </si>
   <si>
     <t>68607.00₸</t>
   </si>
   <si>
     <t>Доска разделочная «Солид»;полипроп.;,H=7,L=290,B=190мм;белый,фисташк.</t>
   </si>
   <si>
     <t>04091408</t>
   </si>
   <si>
     <t>Phibo</t>
   </si>
   <si>
     <t>Solid</t>
   </si>
   <si>
     <t>3234.00₸</t>
   </si>
   <si>
-    <t>43 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Доска разделочная «Солид»;полипроп.;,H=7,L=290,B=190мм;серый,желт.</t>
   </si>
   <si>
     <t>04091409</t>
   </si>
   <si>
-    <t>29 шт.</t>
+    <t>Доска разделочная;орех;,H=20,L=585,B=350мм;тем.дерево</t>
+  </si>
+  <si>
+    <t>04091417</t>
+  </si>
+  <si>
+    <t>00763</t>
+  </si>
+  <si>
+    <t>78246.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;акация;,H=15,L=310,B=160мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04090427</t>
+  </si>
+  <si>
+    <t>SJ8TO01ACACA</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Starbamboo Acacia</t>
+  </si>
+  <si>
+    <t>ТАИЛАНД</t>
+  </si>
+  <si>
+    <t>10457.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;акация;,H=15,L=410,B=210мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04090428</t>
+  </si>
+  <si>
+    <t>SJ8TO02ACACA</t>
+  </si>
+  <si>
+    <t>13191.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;акация;,H=15,L=310,B=240мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04090429</t>
+  </si>
+  <si>
+    <t>SJ8TO03ACACA</t>
+  </si>
+  <si>
+    <t>Доска разделочная;акация;,H=15,L=400,B=180мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04090430</t>
+  </si>
+  <si>
+    <t>SJ8TR01ACACA</t>
+  </si>
+  <si>
+    <t>14553.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;акация;,H=15,L=470,B=180мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04090431</t>
+  </si>
+  <si>
+    <t>SJ8TR02ACACA</t>
+  </si>
+  <si>
+    <t>16371.00₸</t>
+  </si>
+  <si>
+    <t>Доска разделочная;акация;,H=15,L=400,B=240мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04090432</t>
+  </si>
+  <si>
+    <t>SJ8TR03ACACA</t>
+  </si>
+  <si>
+    <t>17279.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -2200,51 +2266,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0813ED3-02BA-11ED-BBFC-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0813ED4-02BA-11ED-BBFC-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0813ED1-02BA-11ED-BBFC-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0813ED2-02BA-11ED-BBFC-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF7F543E-FECF-11EC-BBFA-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E985B113-FECF-11EC-BBFA-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF7F543F-FECF-11EC-BBFA-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328AFB1C-21C5-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0FE5784-424C-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0FE579E-424C-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A123BE3-3126-11EC-BBF4-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA5BADD-21C5-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA5B955-21C5-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA5BB8F-21C5-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA5BC41-21C5-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/085CDAE4-21C5-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA5BD93-21C5-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44BE31F4-21C5-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA5BA07-21C5-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/705760E4-E3D6-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA5BCF3-21C5-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E4016-4250-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389162ED-21C5-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3891638D-21C5-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA5BE33-21C5-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44BE32A6-21C5-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943AC38E-4252-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38916643-21C5-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43A2B7DD-E3D6-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63A5F7B5-E3D6-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/503A5767-E3D6-11EB-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/503A5766-E3D6-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/503A5765-E3D6-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49BF4CE1-E3D6-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/503A5764-E3D6-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/503A5762-E3D6-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/503A5763-E3D6-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49BF4CE0-E3D6-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49BF4CDC-E3D6-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49BF4CDF-E3D6-11EB-BBF2-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49BF4CDD-E3D6-11EB-BBF2-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/690CD24C-18AD-11ED-BBFC-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43A2B7DC-E3D6-11EB-BBF2-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DA1C1AA-E3D6-11EB-BBF2-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379691D1-E3D6-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379691CD-E3D6-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379691CB-E3D6-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379691CF-E3D6-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D28558F-E3D6-11EB-BBF2-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44BE2F74-21C5-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D28558D-E3D6-11EB-BBF2-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D28558B-E3D6-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D28558E-E3D6-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379691C9-E3D6-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D28558C-E3D6-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D285593-E3D6-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3891605B-21C5-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328AFEEE-21C5-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A123BE1-3126-11EC-BBF4-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D285591-E3D6-11EB-BBF2-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D285590-E3D6-11EB-BBF2-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A123BE0-3126-11EC-BBF4-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D285592-E3D6-11EB-BBF2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A123BDE-3126-11EC-BBF4-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43A2B7DA-E3D6-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DA1C1AD-E3D6-11EB-BBF2-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43A2B7DB-E3D6-11EB-BBF2-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43A2B7D7-E3D6-11EB-BBF2-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DA1C1AF-E3D6-11EB-BBF2-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43A2B7D6-E3D6-11EB-BBF2-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379691D0-E3D6-11EB-BBF2-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379691CC-E3D6-11EB-BBF2-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379691CA-E3D6-11EB-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379691CE-E3D6-11EB-BBF2-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F534-424F-11E8-A155-00259035BB6775.gif"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DA1C1A9-E3D6-11EB-BBF2-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63A5F7B4-E3D6-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DA1C1B1-E3D6-11EB-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43A2B7D9-E3D6-11EB-BBF2-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43A2B7D8-E3D6-11EB-BBF2-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DA1C1AC-E3D6-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DA1C1AE-E3D6-11EB-BBF2-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44BE3346-21C5-11EE-BC0D-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DA1C1B0-E3D6-11EB-BBF2-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C02904D-4250-11E8-A155-00259035BB6785.gif"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C02904E-4250-11E8-A155-00259035BB6786.gif"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029051-4250-11E8-A155-00259035BB6787.gif"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328AFDAE-21C5-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA2A21F0-4251-11E8-A155-00259035BB6789.gif"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/503A5768-E3D6-11EB-BBF2-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE6A-4252-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19EA0584-EA59-11EB-BBF2-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E19-4253-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328AFD0E-21C5-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA5B8A3-21C5-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38916591-21C5-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389164DF-21C5-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3891642D-21C5-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2987472-4254-11E8-A155-00259035BB6799.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328AFC5C-21C5-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE18C-4254-11E8-A155-00259035BB67101.gif"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2987473-4254-11E8-A155-00259035BB67102.gif"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA5B7F1-21C5-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86194DCB-F3D8-11EC-BBFA-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6070065C-4253-11E8-A155-00259035BB67105.gif"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389161AD-21C5-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44BE3154-21C5-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3891610D-21C5-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770EC9-4253-11E8-A155-00259035BB67109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328AFE4E-21C5-11EE-BC0D-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86194DCA-F3D8-11EC-BBFA-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86194DC8-F3D8-11EC-BBFA-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86194DC7-F3D8-11EC-BBFA-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86194DC9-F3D8-11EC-BBFA-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/317B789D-814C-11E9-BBBA-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAF7CDEF-12C1-11EA-BBC6-005056921CC4116.gif"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3801B00-FAF6-11E9-BBC6-005056921CC4117.gif"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C41AE2D6-21C8-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE01CCAE-21C8-11EE-BC0D-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346D6346-9F22-11EC-BBFA-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346D6345-9F22-11EC-BBFA-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2940B642-294D-11EC-BBF4-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231CCF9F-294D-11EC-BBF4-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7732E4FF-4856-11EB-BBDF-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7732E500-4856-11EB-BBDF-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7EC682E-21C8-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7732E503-4856-11EB-BBDF-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7732E501-4856-11EB-BBDF-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1E9ABB-AE67-11EB-BBF1-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/503A5769-E3D6-11EB-BBF2-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE01D1F6-21C8-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346D6347-9F22-11EC-BBFA-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B0C9FA7-6B46-11ED-BC01-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE01D156-21C8-11EE-BC0D-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE01CF52-21C8-11EE-BC0D-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE01CDEE-21C8-11EE-BC0D-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9D54821-7BA4-11EC-BBF7-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7EC678E-21C8-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40DCC812-C099-11EC-BBFA-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220C1EB1-6B46-11ED-BC01-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B0C9FA6-6B46-11ED-BC01-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220C1EAF-6B46-11ED-BC01-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220C1EAE-6B46-11ED-BC01-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28F15E53-6B46-11ED-BC01-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220C1EB2-6B46-11ED-BC01-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28F15E51-6B46-11ED-BC01-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28F15E50-6B46-11ED-BC01-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220C1EB3-6B46-11ED-BC01-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE01CFF2-21C8-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE01CEB2-21C8-11EE-BC0D-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE01D0A4-21C8-11EE-BC0D-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE224FB7-799D-11ED-BC03-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DCE5D3D-21C8-11EE-BC0D-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C41AE056-21C8-11EE-BC0D-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C41ADFB6-21C8-11EE-BC0D-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4228B331-D795-11ED-BC05-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4228B291-D795-11ED-BC05-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE01CD4E-21C8-11EE-BC0D-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061A708-CFDA-11ED-BC05-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061A656-CFDA-11ED-BC05-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38AED72A-DC9C-11ED-BC07-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38AED800-DC9C-11ED-BC07-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38AED5B2-DC9C-11ED-BC07-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACAFD596-524D-11EE-BC0D-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84CB10D7-E3D3-11EB-BBF2-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DE1-424F-11E8-A155-00259035BB67166.gif"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC6496B6-E3D2-11EB-BBF2-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0DEA32-4250-11E8-A155-00259035BB67168.gif"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5B5EB69-2223-11EE-BC0D-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A85BC4DD-7244-11EE-BC0F-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E61A-424F-11E8-A155-00259035BB67171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/042EF99C-4252-11E8-A155-00259035BB67172.gif"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5B5EC09-2223-11EE-BC0D-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907BD6A1-4253-11E8-A155-00259035BB67174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA4AE0D-4254-11E8-A155-00259035BB67175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA4AE0E-4254-11E8-A155-00259035BB67176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA4AE0F-4254-11E8-A155-00259035BB67177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19EA0582-EA59-11EB-BBF2-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55077E2C-424E-11E8-A155-00259035BB67179.gif"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A123BDF-3126-11EC-BBF4-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49BF4CDA-E3D6-11EB-BBF2-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49BF4CD9-E3D6-11EB-BBF2-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43A2B7DF-E3D6-11EB-BBF2-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43A2B7DE-E3D6-11EB-BBF2-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E78C0FAB-2230-11EE-BC0D-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26277A79-5BE7-11EF-BC4D-00505692C447186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26277990-5BE7-11EF-BC4D-00505692C447187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26277B73-5BE7-11EF-BC4D-00505692C447188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFD198A8-4A07-11EF-BC4D-00505692C447189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3B6442D-EAEE-11EF-BC4E-00505692C447190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C013D2D5-F132-11EF-BC4E-00505692C447191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB5032F-071C-11F0-BC57-00505692E049192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB50247-071C-11F0-BC57-00505692E049193.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0813ED3-02BA-11ED-BBFC-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0813ED4-02BA-11ED-BBFC-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0813ED1-02BA-11ED-BBFC-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0813ED2-02BA-11ED-BBFC-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF7F543E-FECF-11EC-BBFA-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E985B113-FECF-11EC-BBFA-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF7F543F-FECF-11EC-BBFA-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328AFB1C-21C5-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0FE5784-424C-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0FE579E-424C-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A123BE3-3126-11EC-BBF4-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA5BADD-21C5-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA5B955-21C5-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA5BB8F-21C5-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA5BC41-21C5-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/085CDAE4-21C5-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44BE31F4-21C5-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA5BA07-21C5-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/705760E4-E3D6-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA5BCF3-21C5-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E4016-4250-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389162ED-21C5-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3891638D-21C5-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA5BE33-21C5-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44BE32A6-21C5-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943AC38E-4252-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38916643-21C5-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43A2B7DD-E3D6-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63A5F7B5-E3D6-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/503A5767-E3D6-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/503A5766-E3D6-11EB-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/503A5765-E3D6-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49BF4CE1-E3D6-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/503A5764-E3D6-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/503A5762-E3D6-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/503A5763-E3D6-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49BF4CE0-E3D6-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49BF4CDC-E3D6-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49BF4CDF-E3D6-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49BF4CDD-E3D6-11EB-BBF2-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/690CD24C-18AD-11ED-BBFC-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43A2B7DC-E3D6-11EB-BBF2-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DA1C1AA-E3D6-11EB-BBF2-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379691D1-E3D6-11EB-BBF2-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379691CD-E3D6-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379691CB-E3D6-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379691CF-E3D6-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D28558F-E3D6-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44BE2F74-21C5-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D28558D-E3D6-11EB-BBF2-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D28558B-E3D6-11EB-BBF2-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D28558E-E3D6-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379691C9-E3D6-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D28558C-E3D6-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D285593-E3D6-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3891605B-21C5-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328AFEEE-21C5-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A123BE1-3126-11EC-BBF4-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D285591-E3D6-11EB-BBF2-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D285590-E3D6-11EB-BBF2-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A123BE0-3126-11EC-BBF4-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D285592-E3D6-11EB-BBF2-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A123BDE-3126-11EC-BBF4-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43A2B7DA-E3D6-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DA1C1AD-E3D6-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43A2B7DB-E3D6-11EB-BBF2-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43A2B7D7-E3D6-11EB-BBF2-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DA1C1AF-E3D6-11EB-BBF2-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43A2B7D6-E3D6-11EB-BBF2-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379691D0-E3D6-11EB-BBF2-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379691CC-E3D6-11EB-BBF2-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379691CA-E3D6-11EB-BBF2-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379691CE-E3D6-11EB-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F534-424F-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DA1C1A9-E3D6-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63A5F7B4-E3D6-11EB-BBF2-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DA1C1B1-E3D6-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43A2B7D9-E3D6-11EB-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43A2B7D8-E3D6-11EB-BBF2-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DA1C1AC-E3D6-11EB-BBF2-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DA1C1AE-E3D6-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44BE3346-21C5-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DA1C1B0-E3D6-11EB-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C02904D-4250-11E8-A155-00259035BB6784.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C02904E-4250-11E8-A155-00259035BB6785.gif"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029051-4250-11E8-A155-00259035BB6786.gif"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328AFDAE-21C5-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA2A21F0-4251-11E8-A155-00259035BB6788.gif"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/503A5768-E3D6-11EB-BBF2-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE6A-4252-11E8-A155-00259035BB6790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19EA0584-EA59-11EB-BBF2-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E19-4253-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328AFD0E-21C5-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA5B8A3-21C5-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38916591-21C5-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389164DF-21C5-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3891642D-21C5-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2987472-4254-11E8-A155-00259035BB6798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328AFC5C-21C5-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE18C-4254-11E8-A155-00259035BB67100.gif"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2987473-4254-11E8-A155-00259035BB67101.gif"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA5B7F1-21C5-11EE-BC0D-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86194DCB-F3D8-11EC-BBFA-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6070065C-4253-11E8-A155-00259035BB67104.gif"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389161AD-21C5-11EE-BC0D-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44BE3154-21C5-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3891610D-21C5-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770EC9-4253-11E8-A155-00259035BB67108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328AFE4E-21C5-11EE-BC0D-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86194DCA-F3D8-11EC-BBFA-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86194DC8-F3D8-11EC-BBFA-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86194DC7-F3D8-11EC-BBFA-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86194DC9-F3D8-11EC-BBFA-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/317B789D-814C-11E9-BBBA-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAF7CDEF-12C1-11EA-BBC6-005056921CC4115.gif"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3801B00-FAF6-11E9-BBC6-005056921CC4116.gif"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C41AE2D6-21C8-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE01CCAE-21C8-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346D6346-9F22-11EC-BBFA-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346D6345-9F22-11EC-BBFA-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2940B642-294D-11EC-BBF4-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231CCF9F-294D-11EC-BBF4-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7732E4FF-4856-11EB-BBDF-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7732E500-4856-11EB-BBDF-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7EC682E-21C8-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7732E503-4856-11EB-BBDF-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7732E501-4856-11EB-BBDF-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1E9ABB-AE67-11EB-BBF1-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/503A5769-E3D6-11EB-BBF2-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE01D1F6-21C8-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346D6347-9F22-11EC-BBFA-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B0C9FA7-6B46-11ED-BC01-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE01D156-21C8-11EE-BC0D-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE01CF52-21C8-11EE-BC0D-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE01CDEE-21C8-11EE-BC0D-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9D54821-7BA4-11EC-BBF7-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7EC678E-21C8-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40DCC812-C099-11EC-BBFA-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220C1EB1-6B46-11ED-BC01-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B0C9FA6-6B46-11ED-BC01-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220C1EAF-6B46-11ED-BC01-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220C1EAE-6B46-11ED-BC01-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220C1EB2-6B46-11ED-BC01-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28F15E51-6B46-11ED-BC01-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28F15E50-6B46-11ED-BC01-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220C1EB3-6B46-11ED-BC01-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE01CFF2-21C8-11EE-BC0D-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE01CEB2-21C8-11EE-BC0D-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE01D0A4-21C8-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE224FB7-799D-11ED-BC03-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DCE5D3D-21C8-11EE-BC0D-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C41AE056-21C8-11EE-BC0D-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C41ADFB6-21C8-11EE-BC0D-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4228B331-D795-11ED-BC05-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4228B291-D795-11ED-BC05-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE01CD4E-21C8-11EE-BC0D-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061A708-CFDA-11ED-BC05-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061A656-CFDA-11ED-BC05-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38AED72A-DC9C-11ED-BC07-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38AED800-DC9C-11ED-BC07-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38AED5B2-DC9C-11ED-BC07-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACAFD596-524D-11EE-BC0D-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84CB10D7-E3D3-11EB-BBF2-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DE1-424F-11E8-A155-00259035BB67164.gif"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC6496B6-E3D2-11EB-BBF2-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0DEA32-4250-11E8-A155-00259035BB67166.gif"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5B5EB69-2223-11EE-BC0D-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A85BC4DD-7244-11EE-BC0F-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E61A-424F-11E8-A155-00259035BB67169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/042EF99C-4252-11E8-A155-00259035BB67170.gif"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5B5EC09-2223-11EE-BC0D-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907BD6A1-4253-11E8-A155-00259035BB67172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA4AE0D-4254-11E8-A155-00259035BB67173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA4AE0E-4254-11E8-A155-00259035BB67174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA4AE0F-4254-11E8-A155-00259035BB67175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19EA0582-EA59-11EB-BBF2-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55077E2C-424E-11E8-A155-00259035BB67177.gif"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A123BDF-3126-11EC-BBF4-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49BF4CDA-E3D6-11EB-BBF2-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49BF4CD9-E3D6-11EB-BBF2-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43A2B7DF-E3D6-11EB-BBF2-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43A2B7DE-E3D6-11EB-BBF2-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E78C0FAB-2230-11EE-BC0D-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26277A79-5BE7-11EF-BC4D-00505692C447184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26277990-5BE7-11EF-BC4D-00505692C447185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26277B73-5BE7-11EF-BC4D-00505692C447186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFD198A8-4A07-11EF-BC4D-00505692C447187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3B6442D-EAEE-11EF-BC4E-00505692C447188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C013D2D5-F132-11EF-BC4E-00505692C447189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB5032F-071C-11F0-BC57-00505692E049190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB50247-071C-11F0-BC57-00505692E049191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFC6AB07-C7F0-11F0-BC5A-00505692E2D0192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7AF9073-C7F0-11F0-BC5A-00505692E2D0193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFC6B6C1-C7F0-11F0-BC5A-00505692E2D0194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5C3E4A2-C7F0-11F0-BC5A-00505692E2D0195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5C3C737-C7F0-11F0-BC5A-00505692E2D0196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFC6B17D-C7F0-11F0-BC5A-00505692E2D0197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFC6BC72-C7F0-11F0-BC5A-00505692E2D0198.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2869,51 +2935,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -5179,51 +5245,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="99" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>102</xdr:row>
+      <xdr:row>103</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="100" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -7849,81 +7915,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="188" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>192</xdr:row>
+      <xdr:row>194</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="189" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>193</xdr:row>
+      <xdr:row>195</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="190" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -7982,50 +8048,200 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>198</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="193" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>199</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="194" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>200</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="195" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>201</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="196" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>202</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="197" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>203</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="198" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -8284,62 +8500,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04082514/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04082515/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04082516/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04082517/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04082518/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04082519/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04082520/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04090108/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-kesper-04090130/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-kesper-04090131/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelkrugl-kesper-04090134/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-pryamoug-kesper-04090135/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04090138/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04090139/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04090140/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04090141/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koloda-razdel-podstavka-alm-04090150/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090152/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdels-metalstyazhkoy-04090153/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04090154/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-d-narezki-bageta-matfer-04090157/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04090158/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090167/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-aps-04090168/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04090169/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04090176/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04090188/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdeld-hleba-aps-04090189/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04090198/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04090199/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04090203/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdel-s-ruchk-kesper-04090237/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04090238/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04090239/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090256/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090257/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090258/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090259/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090260/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090261/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090262/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090263/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090264/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090265/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04090268/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04090269/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04090270/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04090271/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04090272/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04090273/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090274/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090275/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090276/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090277/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090278/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04090279/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090280/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090281/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090282/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090283/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090284/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090285/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090286/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090287/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090288/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090297/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090298/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090299/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090307/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090308/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090309/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090310/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090313/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090314/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090315/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090316/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090317/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090320/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdel-s-ruchk-matfer-04090321/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090322/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090323/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090324/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090325/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090326/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdel-d-hleba-aps-04090327/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090335/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-was-04090341/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-was-04090342/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-was-04090345/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090356/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090357/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04090361/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090367/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04090384/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-sunnex-04090387/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090388/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-ppwood-04090394/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-ppwood-04090395/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-ppwood-04090397/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-ppwood-04090398/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04090399/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04090404/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-d-raskatyvtesta-04090405/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-04090408/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdels-vyemkoy-04090413/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04090416/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090418/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-craster-04090522/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-craster-04090523/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdels-ruchkoy-craster-04090527/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-craster-04090529/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdels-ruchkoy-craster-04090530/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-linden-04090554/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04091005/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04091006/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04091007/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04091008/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04091009/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04091011/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04091012/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-hleba-ppwood-04091017/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-arcos-04091026/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04091035/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04091036/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kapp-04091037/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kapp-04091038/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091041/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091042/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091043/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091044/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091045/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091051/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091052/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-gn-2-3-d-art-00910-aps-04091053/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04091056/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091058/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-metalstyazhkoy-alm-04091062/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091063/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091065/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091066/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091067/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091068/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091072/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091073/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091074/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091075/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091076/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091077/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091078/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091079/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091080/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091308/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091309/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091310/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091311/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koloda-razdelochnaya-alm-04091318/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091322/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091323/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-hleba-aps-04091326/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-hleba-aps-04091327/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04091328/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-craster-04091337/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-craster-04091338/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-harmonia-04091352/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-harmonia-04091353/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-harmonia-04091355/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-tramontina-04091368/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rubanok-d-chistki-razdel-dosok-paderno-04121109/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skrebok-d-razdeldosok-s-lezviem-matfer-04121118/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skrebok-2ruchki-matfer-04121119/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nozhey-dlya-skrebka-art-139005-matfer-04121124/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-sushilka-d-dosok-6-otdel-paderno-04150135/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-sushilka-d-dosok-10otd-pustaya-04150148/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-sushilka-d-dosok-6otdel-matfer-04150160/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-6-ti-dosok-aps-04150194/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-sushilka-d-dosok-6-otdel-carlisle-04150198/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-sushilka-d-dosok-6otdel-04150636/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-sushilka-d-dosok-6otdel-prohotel-04150649/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-sushilka-d-dosok-6otdel-prohotel-04150650/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-sushilka-d-dosok-6otdel-prohotel-04150651/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-09100487/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdel-d-hleba-aps-09100539/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-09101292/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-09101293/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-09101294/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-09101487/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-09101488/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-09101495/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091389/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091390/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091391/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091392/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091388/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091386/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091387/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-ppwood-04091400/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-phibo-04091408/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-phibo-04091409/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04082514/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04082515/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04082516/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04082517/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04082518/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04082519/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04082520/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04090108/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-kesper-04090130/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-kesper-04090131/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelkrugl-kesper-04090134/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-pryamoug-kesper-04090135/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04090138/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04090139/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04090140/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04090141/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koloda-razdel-podstavka-alm-04090150/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdels-metalstyazhkoy-04090153/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04090154/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-d-narezki-bageta-matfer-04090157/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04090158/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090167/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-aps-04090168/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04090169/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04090176/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04090188/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdeld-hleba-aps-04090189/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04090198/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04090199/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04090203/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdel-s-ruchk-kesper-04090237/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04090238/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04090239/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090256/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090257/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090258/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090259/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090260/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090261/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090262/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090263/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090264/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090265/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04090268/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04090269/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04090270/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04090271/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04090272/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04090273/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090274/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090275/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090276/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090277/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090278/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04090279/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090280/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090281/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090282/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-prohotel-04090283/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090284/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090285/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090286/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090287/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-uporom-paderno-04090288/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090297/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090298/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090299/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090307/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090308/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090309/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090310/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090313/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090314/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090315/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090316/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090317/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090320/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdel-s-ruchk-matfer-04090321/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090322/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090323/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090324/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090325/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090326/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdel-d-hleba-aps-04090327/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090335/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-was-04090341/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-was-04090342/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-was-04090345/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090356/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090357/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04090361/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090367/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04090384/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-sunnex-04090387/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090388/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-ppwood-04090394/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-ppwood-04090395/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-ppwood-04090397/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-ppwood-04090398/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04090399/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04090404/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-d-raskatyvtesta-04090405/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-04090408/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdels-vyemkoy-04090413/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04090416/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04090418/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-craster-04090522/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-craster-04090523/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdels-ruchkoy-craster-04090527/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-craster-04090529/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdels-ruchkoy-craster-04090530/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-linden-04090554/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04091005/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04091006/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04091007/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-matfer-04091008/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04091009/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04091011/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-04091012/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-hleba-ppwood-04091017/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-arcos-04091026/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04091035/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04091036/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kapp-04091037/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kapp-04091038/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091041/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091042/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091043/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091044/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091045/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091051/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091052/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-gn-2-3-d-art-00910-aps-04091053/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-04091056/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091058/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-s-metalstyazhkoy-alm-04091062/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091063/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091065/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091066/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091067/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091068/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091072/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091073/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091074/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091075/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091077/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091078/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091079/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091080/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091308/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091309/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091310/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091311/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koloda-razdelochnaya-alm-04091318/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091322/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091323/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-hleba-aps-04091326/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-hleba-aps-04091327/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-kesper-04091328/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-craster-04091337/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-craster-04091338/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-harmonia-04091352/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-harmonia-04091353/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-harmonia-04091355/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-tramontina-04091368/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rubanok-d-chistki-razdel-dosok-paderno-04121109/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skrebok-d-razdeldosok-s-lezviem-matfer-04121118/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skrebok-2ruchki-matfer-04121119/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nozhey-dlya-skrebka-art-139005-matfer-04121124/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-sushilka-d-dosok-6-otdel-paderno-04150135/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-sushilka-d-dosok-10otd-pustaya-04150148/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-sushilka-d-dosok-6otdel-matfer-04150160/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-6-ti-dosok-aps-04150194/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-sushilka-d-dosok-6-otdel-carlisle-04150198/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-sushilka-d-dosok-6otdel-04150636/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-sushilka-d-dosok-6otdel-prohotel-04150649/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-sushilka-d-dosok-6otdel-prohotel-04150650/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-sushilka-d-dosok-6otdel-prohotel-04150651/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-09100487/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdel-d-hleba-aps-09100539/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-09101292/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-09101293/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-09101294/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-09101487/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-09101488/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-paderno-09101495/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091389/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091390/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091391/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-restola-04091392/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091388/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091386/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-alm-04091387/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-ppwood-04091400/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-phibo-04091408/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-phibo-04091409/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-aps-04091417/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-tognana-04090427/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-tognana-04090428/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-tognana-04090429/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-tognana-04090430/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-tognana-04090431/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-razdelochnaya-tognana-04090432/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L199"/>
+  <dimension ref="A1:L204"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I199" sqref="I199"/>
+      <selection activeCell="I204" sqref="I204"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -8442,83 +8658,83 @@
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="0">
         <v>422114104</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="L4" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D5" s="0">
         <v>422114109</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="L5" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D6" s="0">
         <v>30461</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
@@ -8757,5849 +8973,6013 @@
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D14" s="0"/>
       <c r="E14" s="0"/>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="L14" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D15" s="0"/>
       <c r="E15" s="0"/>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L15" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D16" s="0"/>
       <c r="E16" s="0"/>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="L16" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D17" s="0"/>
       <c r="E17" s="0"/>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="L17" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D18" s="0"/>
       <c r="E18" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="E19" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="F19" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D19" s="0"/>
+      <c r="E19" s="0"/>
+      <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L19" s="0">
-        <v>12</v>
+        <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="C20" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" s="0"/>
-      <c r="E20" s="0"/>
+      <c r="E20" s="0" t="s">
+        <v>71</v>
+      </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L20" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0">
+        <v>118130.0</v>
+      </c>
+      <c r="E21" s="0" t="s">
         <v>82</v>
-      </c>
-[...2 lines deleted...]
-        <v>69</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>15</v>
+        <v>83</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="L21" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>85</v>
-[...4 lines deleted...]
-      <c r="E22" s="0" t="s">
         <v>86</v>
       </c>
+      <c r="D22" s="0"/>
+      <c r="E22" s="0"/>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I22" s="1" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L22" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="C23" s="0" t="s">
-[...3 lines deleted...]
-      <c r="E23" s="0"/>
+      <c r="D23" s="0">
+        <v>130425</v>
+      </c>
+      <c r="E23" s="0" t="s">
+        <v>82</v>
+      </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>15</v>
+        <v>83</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="L23" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L23" s="0"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="D24" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E24" s="0" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="L24" s="0"/>
+      <c r="L24" s="0">
+        <v>8</v>
+      </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
-      <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>96</v>
-[...4 lines deleted...]
-      <c r="E25" s="0" t="s">
         <v>98</v>
       </c>
+      <c r="D25" s="0"/>
+      <c r="E25" s="0"/>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>99</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="L25" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L25" s="0"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
+      <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="D26" s="0"/>
-      <c r="E26" s="0"/>
+      <c r="D26" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="E26" s="0" t="s">
+        <v>103</v>
+      </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>15</v>
+        <v>104</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="L26" s="0"/>
+      <c r="L26" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>105</v>
+        <v>107</v>
+      </c>
+      <c r="D27" s="0">
+        <v>58102</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>106</v>
+        <v>29</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>108</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L27" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="D28" s="0">
-        <v>58102</v>
+      <c r="D28" s="0" t="s">
+        <v>111</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>29</v>
+        <v>94</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L28" s="0">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="D29" s="0" t="s">
         <v>114</v>
       </c>
+      <c r="D29" s="0">
+        <v>30460</v>
+      </c>
       <c r="E29" s="0" t="s">
-        <v>98</v>
+        <v>29</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>115</v>
+        <v>31</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L29" s="0">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="C30" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D30" s="0">
-        <v>30460</v>
+        <v>68444</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>31</v>
+        <v>117</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L30" s="0">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>118</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="D31" s="0">
-        <v>68444</v>
+      <c r="D31" s="0" t="s">
+        <v>120</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>29</v>
+        <v>103</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>30</v>
+        <v>104</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="L31" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="D32" s="0" t="s">
         <v>123</v>
       </c>
+      <c r="D32" s="0">
+        <v>30620</v>
+      </c>
       <c r="E32" s="0" t="s">
-        <v>106</v>
+        <v>29</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>107</v>
+        <v>30</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>124</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="L32" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>125</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D33" s="0">
-        <v>30620</v>
+        <v>30051</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>127</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="L33" s="0">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D34" s="0">
-        <v>30051</v>
+        <v>30061</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>130</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="0">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="D35" s="0">
-        <v>30061</v>
+      <c r="D35" s="0" t="s">
+        <v>133</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>29</v>
+        <v>134</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>30</v>
+        <v>95</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>18</v>
+        <v>136</v>
       </c>
       <c r="L35" s="0">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="D36" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="E36" s="0" t="s">
         <v>134</v>
-      </c>
-[...7 lines deleted...]
-        <v>75</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="L36" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>75</v>
+        <v>134</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="L37" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>75</v>
+        <v>134</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="L38" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>75</v>
+        <v>134</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>149</v>
+        <v>135</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="L39" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>75</v>
+        <v>134</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>137</v>
+        <v>154</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="L40" s="0">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>75</v>
+        <v>134</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>138</v>
+        <v>158</v>
       </c>
       <c r="L41" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>75</v>
+        <v>134</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="L42" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>75</v>
+        <v>134</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="L43" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>75</v>
+        <v>134</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="L44" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>75</v>
+        <v>103</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>156</v>
+        <v>171</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>160</v>
+        <v>21</v>
       </c>
       <c r="L45" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>26</v>
+        <v>180</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>193</v>
+        <v>21</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L53" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L54" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>106</v>
+        <v>134</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>225</v>
+        <v>147</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>21</v>
+        <v>158</v>
       </c>
       <c r="L59" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>75</v>
+        <v>134</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>160</v>
+        <v>230</v>
       </c>
       <c r="L60" s="0">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>75</v>
+        <v>103</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>156</v>
+        <v>234</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>232</v>
+        <v>21</v>
       </c>
       <c r="L61" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-        <v>250</v>
+        <v>251</v>
+      </c>
+      <c r="D66" s="0">
+        <v>130048</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>107</v>
+        <v>83</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>21</v>
+        <v>253</v>
       </c>
       <c r="L66" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D67" s="0">
-        <v>130048</v>
+        <v>130046</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>255</v>
+        <v>21</v>
       </c>
       <c r="L67" s="0">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D68" s="0">
-        <v>130046</v>
+        <v>130071</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>21</v>
+        <v>260</v>
       </c>
       <c r="L68" s="0">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D69" s="0">
-        <v>130071</v>
+        <v>130044</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>262</v>
+        <v>18</v>
       </c>
       <c r="L69" s="0">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D70" s="0">
-        <v>130044</v>
+        <v>130066</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>18</v>
+        <v>266</v>
       </c>
       <c r="L70" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D71" s="0">
-        <v>130066</v>
+        <v>130069</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>268</v>
+        <v>18</v>
       </c>
       <c r="L71" s="0">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
         <v>269</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>270</v>
       </c>
       <c r="D72" s="0">
-        <v>130069</v>
+        <v>130070</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="L72" s="0">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>271</v>
+        <v>176</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>272</v>
       </c>
       <c r="D73" s="0">
-        <v>130070</v>
+        <v>270214</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>273</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>18</v>
+        <v>180</v>
       </c>
       <c r="L73" s="0">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>274</v>
       </c>
       <c r="D74" s="0">
-        <v>270214</v>
+        <v>270216</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>275</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="L74" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>276</v>
       </c>
       <c r="D75" s="0">
-        <v>270216</v>
+        <v>270218</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>277</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L75" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>278</v>
       </c>
       <c r="D76" s="0">
-        <v>270218</v>
+        <v>270220</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>279</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L76" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>190</v>
+        <v>280</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D77" s="0">
-        <v>270220</v>
+        <v>130312</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L77" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D78" s="0">
-        <v>130312</v>
+        <v>270212</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L78" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
         <v>285</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>286</v>
       </c>
       <c r="D79" s="0">
-        <v>270212</v>
+        <v>130010</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L79" s="0">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D80" s="0">
-        <v>130010</v>
+        <v>130050</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>289</v>
+        <v>256</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="L80" s="0">
-        <v>20</v>
+        <v>8</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
         <v>290</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>291</v>
       </c>
       <c r="D81" s="0">
-        <v>130050</v>
+        <v>130054</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>18</v>
+        <v>292</v>
       </c>
       <c r="L81" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D82" s="0">
-        <v>130054</v>
+        <v>130068</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="L82" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
         <v>295</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>296</v>
       </c>
       <c r="D83" s="0">
-        <v>130068</v>
+        <v>130052</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>63</v>
+        <v>298</v>
       </c>
       <c r="L83" s="0">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D84" s="0">
-        <v>130052</v>
+        <v>130067</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>300</v>
+        <v>21</v>
       </c>
       <c r="L84" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-        <v>130067</v>
+        <v>303</v>
+      </c>
+      <c r="D85" s="0" t="s">
+        <v>304</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>21</v>
+        <v>306</v>
       </c>
       <c r="L85" s="0">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-        <v>306</v>
+        <v>308</v>
+      </c>
+      <c r="D86" s="0">
+        <v>130056</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>98</v>
+        <v>82</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>307</v>
+        <v>259</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>308</v>
+        <v>180</v>
       </c>
       <c r="L86" s="0">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
         <v>309</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>310</v>
       </c>
       <c r="D87" s="0">
-        <v>130056</v>
+        <v>1830501</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>86</v>
+        <v>311</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>87</v>
+        <v>30</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>261</v>
+        <v>312</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="L87" s="0"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="D88" s="0">
+        <v>1830502</v>
+      </c>
+      <c r="E88" s="0" t="s">
         <v>311</v>
-      </c>
-[...7 lines deleted...]
-        <v>313</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="L88" s="0"/>
+      <c r="L88" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D89" s="0">
-        <v>1830502</v>
+        <v>1830505</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="L89" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L89" s="0"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
         <v>318</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>319</v>
       </c>
-      <c r="D90" s="0">
-        <v>1830505</v>
+      <c r="D90" s="0" t="s">
+        <v>320</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>313</v>
+        <v>82</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
-        <v>30</v>
+        <v>83</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L90" s="0"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>320</v>
+        <v>172</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="L91" s="0"/>
+      <c r="L91" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>174</v>
+        <v>325</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-        <v>325</v>
+        <v>326</v>
+      </c>
+      <c r="D92" s="0">
+        <v>30750</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>87</v>
+        <v>30</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L92" s="0">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D93" s="0">
-        <v>30750</v>
+        <v>130043</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>29</v>
+        <v>82</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
-        <v>30</v>
+        <v>83</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L93" s="0">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>330</v>
+        <v>318</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>331</v>
       </c>
-      <c r="D94" s="0">
-        <v>130043</v>
+      <c r="D94" s="0" t="s">
+        <v>332</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="L94" s="0">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>320</v>
+        <v>334</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>106</v>
+        <v>337</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="L95" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-        <v>338</v>
+        <v>340</v>
+      </c>
+      <c r="D96" s="0">
+        <v>270221</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>339</v>
+        <v>82</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>341</v>
+        <v>21</v>
       </c>
       <c r="L96" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
         <v>342</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>343</v>
       </c>
-      <c r="D97" s="0">
-        <v>270221</v>
+      <c r="D97" s="0" t="s">
+        <v>344</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>86</v>
+        <v>345</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>87</v>
+        <v>15</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>21</v>
+        <v>73</v>
       </c>
       <c r="L97" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="D98" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="E98" s="0" t="s">
         <v>345</v>
-      </c>
-[...7 lines deleted...]
-        <v>348</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>350</v>
+        <v>266</v>
       </c>
       <c r="L98" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
         <v>351</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>352</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>353</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>354</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>355</v>
+        <v>24</v>
       </c>
       <c r="L99" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="C100" s="0" t="s">
         <v>356</v>
       </c>
-      <c r="C100" s="0" t="s">
+      <c r="D100" s="0" t="s">
         <v>357</v>
       </c>
-      <c r="D100" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E100" s="0" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>341</v>
+        <v>359</v>
       </c>
       <c r="L100" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
         <v>360</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>361</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>362</v>
       </c>
-      <c r="E101" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F101" s="0"/>
+      <c r="E101" s="0"/>
+      <c r="F101" s="0" t="s">
+        <v>363</v>
+      </c>
       <c r="G101" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="L101" s="0">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="D102" s="0" t="s">
         <v>367</v>
       </c>
-      <c r="E102" s="0"/>
-      <c r="F102" s="0" t="s">
+      <c r="D102" s="0">
+        <v>28442</v>
+      </c>
+      <c r="E102" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="F102" s="0"/>
+      <c r="G102" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H102" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I102" s="1" t="s">
         <v>368</v>
-      </c>
-[...7 lines deleted...]
-        <v>369</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="L102" s="0">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12" customHeight="1" ht="80">
+      <c r="B103" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="C103" s="0" t="s">
         <v>370</v>
       </c>
-      <c r="L102" s="0">
-[...16 lines deleted...]
-      </c>
+      <c r="D103" s="0"/>
+      <c r="E103" s="0"/>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="L103" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L103" s="0"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
+      <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="D104" s="0"/>
       <c r="E104" s="0"/>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L104" s="0"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="C105" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="D105" s="0" t="s">
         <v>377</v>
       </c>
-      <c r="C105" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D105" s="0"/>
       <c r="E105" s="0"/>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L105" s="0"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="C106" s="0" t="s">
         <v>380</v>
       </c>
-      <c r="C106" s="0" t="s">
-[...5 lines deleted...]
-      <c r="E106" s="0"/>
+      <c r="D106" s="0">
+        <v>68442</v>
+      </c>
+      <c r="E106" s="0" t="s">
+        <v>29</v>
+      </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="L106" s="0"/>
+      <c r="L106" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D107" s="0">
-        <v>68442</v>
+        <v>130074</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>29</v>
+        <v>82</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>30</v>
+        <v>83</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L107" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="C108" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="D108" s="0" t="s">
         <v>387</v>
       </c>
-      <c r="C108" s="0" t="s">
+      <c r="E108" s="0" t="s">
         <v>388</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
-        <v>87</v>
+        <v>389</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L108" s="0">
-        <v>4</v>
+        <v>20</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="H109" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I109" s="1" t="s">
         <v>394</v>
-      </c>
-[...4 lines deleted...]
-        <v>395</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L109" s="0">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="C110" s="0" t="s">
         <v>396</v>
       </c>
-      <c r="C110" s="0" t="s">
+      <c r="D110" s="0" t="s">
         <v>397</v>
       </c>
-      <c r="D110" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E110" s="0" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>21</v>
+        <v>399</v>
       </c>
       <c r="L110" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
         <v>400</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>401</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>402</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>403</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>364</v>
+        <v>21</v>
       </c>
       <c r="L111" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
         <v>404</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>405</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>406</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
-        <v>394</v>
+        <v>15</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I112" s="1" t="s">
         <v>407</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>21</v>
+        <v>253</v>
       </c>
       <c r="L112" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
         <v>408</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>409</v>
       </c>
       <c r="D113" s="0" t="s">
         <v>410</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>393</v>
+        <v>411</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
-        <v>15</v>
+        <v>412</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>412</v>
+        <v>298</v>
       </c>
       <c r="L113" s="0">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>414</v>
-[...1 lines deleted...]
-      <c r="D114" s="0" t="s">
         <v>415</v>
       </c>
+      <c r="D114" s="0">
+        <v>130076</v>
+      </c>
       <c r="E114" s="0" t="s">
-        <v>416</v>
+        <v>82</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
-        <v>417</v>
+        <v>83</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L114" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="D115" s="0">
-        <v>130076</v>
+        <v>130078</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="L115" s="0"/>
+      <c r="L115" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="D116" s="0">
-        <v>130078</v>
+        <v>130080</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>421</v>
+        <v>384</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="L116" s="0"/>
+      <c r="L116" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="D117" s="0">
-        <v>130080</v>
+        <v>130082</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>389</v>
+        <v>416</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L117" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>427</v>
-[...6 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="D118" s="0"/>
+      <c r="E118" s="0"/>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
-        <v>87</v>
+        <v>15</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="L118" s="0"/>
+        <v>24</v>
+      </c>
+      <c r="L118" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D119" s="0"/>
       <c r="E119" s="0"/>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>431</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="L119" s="0"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="D120" s="0"/>
       <c r="E120" s="0"/>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L120" s="0"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-      <c r="E121" s="0"/>
+        <v>433</v>
+      </c>
+      <c r="D121" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="E121" s="0" t="s">
+        <v>345</v>
+      </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="L121" s="0"/>
+      <c r="L121" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="C122" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="D122" s="0">
+        <v>691710</v>
+      </c>
+      <c r="E122" s="0" t="s">
         <v>438</v>
-      </c>
-[...7 lines deleted...]
-        <v>348</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
-        <v>15</v>
+        <v>439</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>193</v>
+        <v>21</v>
       </c>
       <c r="L122" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="C123" s="0" t="s">
         <v>442</v>
       </c>
-      <c r="C123" s="0" t="s">
+      <c r="D123" s="0" t="s">
         <v>443</v>
       </c>
-      <c r="D123" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E123" s="0" t="s">
-        <v>444</v>
+        <v>103</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
-        <v>445</v>
+        <v>104</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>268</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="L123" s="0"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="D124" s="0" t="s">
         <v>447</v>
       </c>
-      <c r="C124" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E124" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L124" s="0"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="D125" s="0">
+        <v>49425302</v>
+      </c>
+      <c r="E125" s="0" t="s">
         <v>451</v>
-      </c>
-[...7 lines deleted...]
-        <v>106</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
-        <v>107</v>
+        <v>452</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L125" s="0"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="C126" s="0" t="s">
         <v>455</v>
       </c>
-      <c r="C126" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D126" s="0">
-        <v>49425302</v>
+        <v>49525302</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>457</v>
+        <v>451</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L126" s="0"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>461</v>
-[...3 lines deleted...]
-      </c>
+        <v>457</v>
+      </c>
+      <c r="D127" s="0"/>
       <c r="E127" s="0" t="s">
-        <v>457</v>
+        <v>71</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="H127" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I127" s="1" t="s">
         <v>458</v>
-      </c>
-[...4 lines deleted...]
-        <v>459</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="L127" s="0"/>
+        <v>266</v>
+      </c>
+      <c r="L127" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="D128" s="0"/>
       <c r="E128" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>465</v>
+        <v>21</v>
       </c>
       <c r="L128" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="D129" s="0"/>
       <c r="E129" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="L129" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="D130" s="0"/>
       <c r="E130" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="L130" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="D131" s="0"/>
       <c r="E131" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>473</v>
+        <v>466</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>255</v>
+        <v>266</v>
       </c>
       <c r="L131" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="D132" s="0"/>
       <c r="E132" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>476</v>
+        <v>21</v>
       </c>
       <c r="L132" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="D133" s="0"/>
       <c r="E133" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>193</v>
+        <v>21</v>
       </c>
       <c r="L133" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>481</v>
-[...1 lines deleted...]
-      <c r="D134" s="0"/>
+        <v>476</v>
+      </c>
+      <c r="D134" s="0" t="s">
+        <v>477</v>
+      </c>
       <c r="E134" s="0" t="s">
-        <v>69</v>
+        <v>94</v>
       </c>
       <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="L134" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
-        <v>30</v>
+        <v>104</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>487</v>
+        <v>448</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>193</v>
+        <v>21</v>
       </c>
       <c r="L135" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-        <v>490</v>
+        <v>484</v>
+      </c>
+      <c r="D136" s="0">
+        <v>422111204</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>106</v>
+        <v>14</v>
       </c>
       <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
-        <v>107</v>
+        <v>15</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>454</v>
+        <v>485</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L136" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>492</v>
-[...3 lines deleted...]
-      </c>
+        <v>487</v>
+      </c>
+      <c r="D137" s="0"/>
       <c r="E137" s="0" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>21</v>
+        <v>489</v>
       </c>
       <c r="L137" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="D138" s="0"/>
       <c r="E138" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>268</v>
+        <v>21</v>
       </c>
       <c r="L138" s="0">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="D139" s="0"/>
       <c r="E139" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="L139" s="0">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="D140" s="0"/>
       <c r="E140" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>18</v>
+        <v>499</v>
       </c>
       <c r="L140" s="0">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="D141" s="0"/>
       <c r="E141" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="L141" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="D142" s="0"/>
       <c r="E142" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>412</v>
+        <v>507</v>
       </c>
       <c r="L142" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>511</v>
-[...1 lines deleted...]
-      <c r="D143" s="0"/>
+        <v>509</v>
+      </c>
+      <c r="D143" s="0">
+        <v>422111216</v>
+      </c>
       <c r="E143" s="0" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
-        <v>513</v>
+        <v>18</v>
       </c>
       <c r="L143" s="0">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="D144" s="0">
-        <v>422111216</v>
+        <v>422111217</v>
       </c>
       <c r="E144" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>193</v>
+        <v>21</v>
       </c>
       <c r="L144" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="D145" s="0">
-        <v>422111217</v>
+        <v>422111209</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>308</v>
+        <v>21</v>
       </c>
       <c r="L145" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="D146" s="0">
-        <v>422111209</v>
+        <v>422111214</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L146" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="D147" s="0">
-        <v>422111214</v>
+        <v>422111317</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="L147" s="0">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="D148" s="0">
-        <v>422111316</v>
+        <v>422111309</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>525</v>
+        <v>519</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L148" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="D149" s="0">
-        <v>422111317</v>
+        <v>422111314</v>
       </c>
       <c r="E149" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="0"/>
       <c r="G149" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>525</v>
+        <v>519</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L149" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="D150" s="0">
-        <v>422111309</v>
+        <v>422111304</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>525</v>
+        <v>519</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L150" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>531</v>
-[...3 lines deleted...]
-      </c>
+        <v>527</v>
+      </c>
+      <c r="D151" s="0"/>
       <c r="E151" s="0" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L151" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>533</v>
-[...3 lines deleted...]
-      </c>
+        <v>530</v>
+      </c>
+      <c r="D152" s="0"/>
       <c r="E152" s="0" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L152" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="D153" s="0"/>
       <c r="E153" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>21</v>
+        <v>479</v>
       </c>
       <c r="L153" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="D154" s="0"/>
       <c r="E154" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>21</v>
+        <v>538</v>
       </c>
       <c r="L154" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="C155" s="0" t="s">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>541</v>
       </c>
       <c r="D155" s="0"/>
       <c r="E155" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="L155" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="C156" s="0" t="s">
         <v>543</v>
       </c>
-      <c r="C156" s="0" t="s">
+      <c r="D156" s="0">
+        <v>433210707</v>
+      </c>
+      <c r="E156" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F156" s="0" t="s">
         <v>544</v>
       </c>
-      <c r="D156" s="0"/>
-[...3 lines deleted...]
-      <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I156" s="1" t="s">
         <v>545</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>546</v>
+        <v>21</v>
       </c>
       <c r="L156" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="C157" s="0" t="s">
         <v>547</v>
       </c>
-      <c r="C157" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D157" s="0"/>
+      <c r="D157" s="0">
+        <v>433210731</v>
+      </c>
       <c r="E157" s="0" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="F157" s="0"/>
+        <v>14</v>
+      </c>
+      <c r="F157" s="0" t="s">
+        <v>544</v>
+      </c>
       <c r="G157" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L157" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="C158" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="D158" s="0" t="s">
         <v>550</v>
       </c>
-      <c r="C158" s="0" t="s">
+      <c r="E158" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="F158" s="0" t="s">
         <v>551</v>
       </c>
-      <c r="D158" s="0">
-[...5 lines deleted...]
-      <c r="F158" s="0" t="s">
+      <c r="G158" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H158" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I158" s="1" t="s">
         <v>552</v>
-      </c>
-[...7 lines deleted...]
-        <v>553</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="L158" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L158" s="0"/>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="C159" s="0" t="s">
         <v>554</v>
       </c>
-      <c r="C159" s="0" t="s">
+      <c r="D159" s="0" t="s">
         <v>555</v>
       </c>
-      <c r="D159" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E159" s="0" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="G159" s="0" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L159" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>557</v>
-[...1 lines deleted...]
-      <c r="D160" s="0" t="s">
         <v>558</v>
       </c>
+      <c r="D160" s="0">
+        <v>85444</v>
+      </c>
       <c r="E160" s="0" t="s">
-        <v>98</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="F160" s="0"/>
       <c r="G160" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="L160" s="0"/>
+      <c r="L160" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="C161" s="0" t="s">
         <v>561</v>
       </c>
-      <c r="C161" s="0" t="s">
+      <c r="D161" s="0" t="s">
         <v>562</v>
       </c>
-      <c r="D161" s="0" t="s">
+      <c r="E161" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="F161" s="0"/>
+      <c r="G161" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="H161" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I161" s="1" t="s">
         <v>563</v>
-      </c>
-[...13 lines deleted...]
-        <v>564</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="L161" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L161" s="0"/>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="C162" s="0" t="s">
         <v>565</v>
       </c>
-      <c r="C162" s="0" t="s">
+      <c r="D162" s="0" t="s">
         <v>566</v>
       </c>
-      <c r="D162" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E162" s="0" t="s">
-        <v>29</v>
+        <v>388</v>
       </c>
       <c r="F162" s="0"/>
       <c r="G162" s="0" t="s">
-        <v>30</v>
+        <v>389</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I162" s="1" t="s">
         <v>567</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="L162" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L162" s="0"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
         <v>568</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>569</v>
       </c>
       <c r="D163" s="0" t="s">
         <v>570</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>393</v>
+        <v>571</v>
       </c>
       <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
-        <v>394</v>
+        <v>15</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="L163" s="0"/>
+      <c r="L163" s="0">
+        <v>25</v>
+      </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>393</v>
+        <v>571</v>
       </c>
       <c r="F164" s="0"/>
       <c r="G164" s="0" t="s">
-        <v>394</v>
+        <v>15</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="L164" s="0"/>
+      <c r="L164" s="0">
+        <v>25</v>
+      </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>579</v>
+        <v>571</v>
       </c>
       <c r="F165" s="0"/>
       <c r="G165" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I165" s="1" t="s">
         <v>580</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L165" s="0">
-        <v>25</v>
+        <v>5</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
         <v>581</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>582</v>
       </c>
       <c r="D166" s="0" t="s">
         <v>583</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="F166" s="0"/>
       <c r="G166" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L166" s="0">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>579</v>
+        <v>103</v>
       </c>
       <c r="F167" s="0"/>
       <c r="G167" s="0" t="s">
-        <v>15</v>
+        <v>104</v>
       </c>
       <c r="H167" s="0" t="s">
-        <v>16</v>
+        <v>589</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L167" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>590</v>
-[...2 lines deleted...]
-        <v>591</v>
+        <v>592</v>
+      </c>
+      <c r="D168" s="0">
+        <v>139005</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>592</v>
+        <v>82</v>
       </c>
       <c r="F168" s="0"/>
       <c r="G168" s="0" t="s">
-        <v>15</v>
+        <v>83</v>
       </c>
       <c r="H168" s="0" t="s">
-        <v>16</v>
+        <v>589</v>
       </c>
       <c r="I168" s="1" t="s">
         <v>593</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="L168" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L168" s="0"/>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
         <v>594</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>595</v>
       </c>
-      <c r="D169" s="0" t="s">
-        <v>596</v>
+      <c r="D169" s="0">
+        <v>100135</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="F169" s="0"/>
       <c r="G169" s="0" t="s">
-        <v>107</v>
+        <v>83</v>
       </c>
       <c r="H169" s="0" t="s">
-        <v>597</v>
+        <v>589</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L169" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="D170" s="0">
-        <v>139005</v>
+        <v>139006</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F170" s="0"/>
       <c r="G170" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H170" s="0" t="s">
-        <v>597</v>
+        <v>589</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L170" s="0"/>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
+        <v>600</v>
+      </c>
+      <c r="C171" s="0" t="s">
+        <v>601</v>
+      </c>
+      <c r="D171" s="0" t="s">
         <v>602</v>
       </c>
-      <c r="C171" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E171" s="0" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="F171" s="0"/>
       <c r="G171" s="0" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="H171" s="0" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
       <c r="I171" s="1" t="s">
         <v>604</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
-        <v>21</v>
+        <v>479</v>
       </c>
       <c r="L171" s="0">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
         <v>605</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>606</v>
       </c>
-      <c r="D172" s="0">
-        <v>139006</v>
+      <c r="D172" s="0" t="s">
+        <v>607</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>86</v>
+        <v>608</v>
       </c>
       <c r="F172" s="0"/>
       <c r="G172" s="0" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="H172" s="0" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="L172" s="0"/>
+      <c r="L172" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>609</v>
-[...2 lines deleted...]
-        <v>610</v>
+        <v>611</v>
+      </c>
+      <c r="D173" s="0">
+        <v>139002</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="F173" s="0"/>
       <c r="G173" s="0" t="s">
-        <v>107</v>
+        <v>83</v>
       </c>
       <c r="H173" s="0" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
       <c r="I173" s="1" t="s">
         <v>612</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>18</v>
+        <v>613</v>
       </c>
       <c r="L173" s="0">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>614</v>
-[...1 lines deleted...]
-      <c r="D174" s="0" t="s">
         <v>615</v>
       </c>
+      <c r="D174" s="0">
+        <v>88903</v>
+      </c>
       <c r="E174" s="0" t="s">
-        <v>616</v>
+        <v>94</v>
       </c>
       <c r="F174" s="0"/>
       <c r="G174" s="0" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="H174" s="0" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="L174" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L174" s="0"/>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
+        <v>617</v>
+      </c>
+      <c r="C175" s="0" t="s">
         <v>618</v>
       </c>
-      <c r="C175" s="0" t="s">
+      <c r="D175" s="0">
+        <v>1187903</v>
+      </c>
+      <c r="E175" s="0" t="s">
         <v>619</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
       <c r="F175" s="0"/>
       <c r="G175" s="0" t="s">
-        <v>87</v>
+        <v>620</v>
       </c>
       <c r="H175" s="0" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
-        <v>506</v>
+        <v>21</v>
       </c>
       <c r="L175" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>621</v>
+        <v>617</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>622</v>
       </c>
-      <c r="D176" s="0">
-[...4 lines deleted...]
-      </c>
+      <c r="D176" s="0" t="s">
+        <v>623</v>
+      </c>
+      <c r="E176" s="0"/>
       <c r="F176" s="0"/>
       <c r="G176" s="0" t="s">
-        <v>30</v>
+        <v>95</v>
       </c>
       <c r="H176" s="0" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
         <v>21</v>
       </c>
       <c r="L176" s="0"/>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-        <v>1187903</v>
+        <v>626</v>
+      </c>
+      <c r="D177" s="0" t="s">
+        <v>627</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>626</v>
+        <v>134</v>
       </c>
       <c r="F177" s="0"/>
       <c r="G177" s="0" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="H177" s="0" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>21</v>
+        <v>136</v>
       </c>
       <c r="L177" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>630</v>
-[...1 lines deleted...]
-      <c r="E178" s="0"/>
+        <v>632</v>
+      </c>
+      <c r="E178" s="0" t="s">
+        <v>134</v>
+      </c>
       <c r="F178" s="0"/>
       <c r="G178" s="0" t="s">
-        <v>76</v>
+        <v>628</v>
       </c>
       <c r="H178" s="0" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="L178" s="0"/>
+        <v>24</v>
+      </c>
+      <c r="L178" s="0">
+        <v>8</v>
+      </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>75</v>
+        <v>134</v>
       </c>
       <c r="F179" s="0"/>
       <c r="G179" s="0" t="s">
-        <v>635</v>
+        <v>628</v>
       </c>
       <c r="H179" s="0" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="L179" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>75</v>
+        <v>103</v>
       </c>
       <c r="F180" s="0"/>
       <c r="G180" s="0" t="s">
-        <v>635</v>
+        <v>104</v>
       </c>
       <c r="H180" s="0" t="s">
-        <v>611</v>
+        <v>16</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>641</v>
+        <v>21</v>
       </c>
       <c r="L180" s="0">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
         <v>642</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>643</v>
       </c>
       <c r="D181" s="0" t="s">
         <v>644</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>75</v>
+        <v>94</v>
       </c>
       <c r="F181" s="0"/>
       <c r="G181" s="0" t="s">
-        <v>635</v>
+        <v>95</v>
       </c>
       <c r="H181" s="0" t="s">
-        <v>611</v>
+        <v>16</v>
       </c>
       <c r="I181" s="1" t="s">
         <v>645</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
-        <v>160</v>
+        <v>646</v>
       </c>
       <c r="L181" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F182" s="0"/>
       <c r="G182" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>21</v>
+        <v>180</v>
       </c>
       <c r="L182" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="F183" s="0"/>
       <c r="G183" s="0" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>412</v>
+        <v>18</v>
       </c>
       <c r="L183" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F184" s="0"/>
       <c r="G184" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
-        <v>26</v>
+        <v>266</v>
       </c>
       <c r="L184" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
         <v>658</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>659</v>
       </c>
       <c r="D185" s="0" t="s">
         <v>660</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F185" s="0"/>
       <c r="G185" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H185" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I185" s="1" t="s">
         <v>661</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="L185" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
         <v>662</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>663</v>
       </c>
       <c r="D186" s="0" t="s">
         <v>664</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F186" s="0"/>
       <c r="G186" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I186" s="1" t="s">
         <v>661</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="L186" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
         <v>665</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>666</v>
       </c>
       <c r="D187" s="0" t="s">
         <v>667</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F187" s="0"/>
       <c r="G187" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>668</v>
+        <v>654</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="L187" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="C188" s="0" t="s">
         <v>669</v>
       </c>
-      <c r="C188" s="0" t="s">
+      <c r="D188" s="0">
+        <v>433210850</v>
+      </c>
+      <c r="E188" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F188" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="G188" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="H188" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I188" s="1" t="s">
         <v>670</v>
-      </c>
-[...14 lines deleted...]
-        <v>668</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
-        <v>21</v>
+        <v>359</v>
       </c>
       <c r="L188" s="0">
-        <v>1</v>
+        <v>18</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
+        <v>671</v>
+      </c>
+      <c r="C189" s="0" t="s">
         <v>672</v>
       </c>
-      <c r="C189" s="0" t="s">
+      <c r="D189" s="0">
+        <v>433210750</v>
+      </c>
+      <c r="E189" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F189" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="G189" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="H189" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I189" s="1" t="s">
         <v>673</v>
-      </c>
-[...14 lines deleted...]
-        <v>661</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="L189" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
+        <v>674</v>
+      </c>
+      <c r="C190" s="0" t="s">
         <v>675</v>
       </c>
-      <c r="C190" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D190" s="0">
-        <v>433210850</v>
+        <v>433210650</v>
       </c>
       <c r="E190" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F190" s="0" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="G190" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
-        <v>341</v>
+        <v>677</v>
       </c>
       <c r="L190" s="0">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
         <v>678</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>679</v>
       </c>
       <c r="D191" s="0">
-        <v>433210750</v>
+        <v>433210742</v>
       </c>
       <c r="E191" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F191" s="0" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="G191" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H191" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I191" s="1" t="s">
         <v>680</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
-        <v>341</v>
+        <v>21</v>
       </c>
       <c r="L191" s="0">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
         <v>681</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>682</v>
       </c>
-      <c r="D192" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="D192" s="0"/>
       <c r="E192" s="0" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="F192" s="0"/>
       <c r="G192" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H192" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I192" s="1" t="s">
         <v>683</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="L192" s="0">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="193" spans="1:12" customHeight="1" ht="80">
+      <c r="B193" s="0" t="s">
         <v>684</v>
       </c>
-      <c r="L192" s="0">
-[...5 lines deleted...]
-      <c r="B193" s="0" t="s">
+      <c r="C193" s="0" t="s">
         <v>685</v>
       </c>
-      <c r="C193" s="0" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D193" s="0"/>
       <c r="E193" s="0" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="F193" s="0"/>
       <c r="G193" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H193" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
-        <v>21</v>
+        <v>365</v>
       </c>
       <c r="L193" s="0">
-        <v>18</v>
+        <v>10</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
-      <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
+        <v>687</v>
+      </c>
+      <c r="C194" s="0" t="s">
         <v>688</v>
-      </c>
-[...1 lines deleted...]
-        <v>689</v>
       </c>
       <c r="D194" s="0"/>
       <c r="E194" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F194" s="0"/>
       <c r="G194" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H194" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>690</v>
+        <v>458</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="L194" s="0"/>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
+      <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
+        <v>689</v>
+      </c>
+      <c r="C195" s="0" t="s">
+        <v>690</v>
+      </c>
+      <c r="D195" s="0" t="s">
         <v>691</v>
       </c>
-      <c r="C195" s="0" t="s">
+      <c r="E195" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="F195" s="0" t="s">
         <v>692</v>
       </c>
-      <c r="D195" s="0"/>
-[...3 lines deleted...]
-      <c r="F195" s="0"/>
       <c r="G195" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H195" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>43</v>
+        <v>693</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="L195" s="0"/>
+      <c r="L195" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
+      <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>694</v>
-[...1 lines deleted...]
-      <c r="D196" s="0"/>
+        <v>695</v>
+      </c>
+      <c r="D196" s="0">
+        <v>434289116</v>
+      </c>
       <c r="E196" s="0" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="F196" s="0"/>
+        <v>696</v>
+      </c>
+      <c r="F196" s="0" t="s">
+        <v>697</v>
+      </c>
       <c r="G196" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H196" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>464</v>
+        <v>698</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="L196" s="0"/>
+        <v>499</v>
+      </c>
+      <c r="L196" s="0">
+        <v>16</v>
+      </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C197" s="0" t="s">
+        <v>700</v>
+      </c>
+      <c r="D197" s="0">
+        <v>434289111</v>
+      </c>
+      <c r="E197" s="0" t="s">
         <v>696</v>
       </c>
-      <c r="D197" s="0" t="s">
+      <c r="F197" s="0" t="s">
         <v>697</v>
-      </c>
-[...4 lines deleted...]
-        <v>698</v>
       </c>
       <c r="G197" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H197" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
-        <v>21</v>
+        <v>359</v>
       </c>
       <c r="L197" s="0">
-        <v>1</v>
+        <v>16</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>701</v>
-[...2 lines deleted...]
-        <v>434289116</v>
+        <v>702</v>
+      </c>
+      <c r="D198" s="0" t="s">
+        <v>703</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>702</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="F198" s="0"/>
       <c r="G198" s="0" t="s">
-        <v>15</v>
+        <v>95</v>
       </c>
       <c r="H198" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I198" s="1" t="s">
         <v>704</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
-        <v>705</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="L198" s="0"/>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
+        <v>705</v>
+      </c>
+      <c r="C199" s="0" t="s">
         <v>706</v>
       </c>
-      <c r="C199" s="0" t="s">
+      <c r="D199" s="0" t="s">
         <v>707</v>
       </c>
-      <c r="D199" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E199" s="0" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="F199" s="0" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="G199" s="0" t="s">
-        <v>15</v>
+        <v>710</v>
       </c>
       <c r="H199" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>704</v>
+        <v>711</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="L199" s="0"/>
+    </row>
+    <row r="200" spans="1:12" customHeight="1" ht="80">
+      <c r="A200" s="0"/>
+      <c r="B200" s="0" t="s">
+        <v>712</v>
+      </c>
+      <c r="C200" s="0" t="s">
+        <v>713</v>
+      </c>
+      <c r="D200" s="0" t="s">
+        <v>714</v>
+      </c>
+      <c r="E200" s="0" t="s">
         <v>708</v>
       </c>
-      <c r="L199" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="F200" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="G200" s="0" t="s">
+        <v>710</v>
+      </c>
+      <c r="H200" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I200" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="J200" s="0"/>
+      <c r="K200" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="L200" s="0"/>
+    </row>
+    <row r="201" spans="1:12" customHeight="1" ht="80">
+      <c r="A201" s="0"/>
+      <c r="B201" s="0" t="s">
+        <v>716</v>
+      </c>
+      <c r="C201" s="0" t="s">
+        <v>717</v>
+      </c>
+      <c r="D201" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="E201" s="0" t="s">
+        <v>708</v>
+      </c>
+      <c r="F201" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="G201" s="0" t="s">
+        <v>710</v>
+      </c>
+      <c r="H201" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I201" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="J201" s="0"/>
+      <c r="K201" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="L201" s="0"/>
+    </row>
+    <row r="202" spans="1:12" customHeight="1" ht="80">
+      <c r="A202" s="0"/>
+      <c r="B202" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="C202" s="0" t="s">
+        <v>720</v>
+      </c>
+      <c r="D202" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="E202" s="0" t="s">
+        <v>708</v>
+      </c>
+      <c r="F202" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="G202" s="0" t="s">
+        <v>710</v>
+      </c>
+      <c r="H202" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I202" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="J202" s="0"/>
+      <c r="K202" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="L202" s="0"/>
+    </row>
+    <row r="203" spans="1:12" customHeight="1" ht="80">
+      <c r="A203" s="0"/>
+      <c r="B203" s="0" t="s">
+        <v>723</v>
+      </c>
+      <c r="C203" s="0" t="s">
+        <v>724</v>
+      </c>
+      <c r="D203" s="0" t="s">
+        <v>725</v>
+      </c>
+      <c r="E203" s="0" t="s">
+        <v>708</v>
+      </c>
+      <c r="F203" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="G203" s="0" t="s">
+        <v>710</v>
+      </c>
+      <c r="H203" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I203" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="J203" s="0"/>
+      <c r="K203" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="L203" s="0"/>
+    </row>
+    <row r="204" spans="1:12" customHeight="1" ht="80">
+      <c r="A204" s="0"/>
+      <c r="B204" s="0" t="s">
+        <v>727</v>
+      </c>
+      <c r="C204" s="0" t="s">
+        <v>728</v>
+      </c>
+      <c r="D204" s="0" t="s">
+        <v>729</v>
+      </c>
+      <c r="E204" s="0" t="s">
+        <v>708</v>
+      </c>
+      <c r="F204" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="G204" s="0" t="s">
+        <v>710</v>
+      </c>
+      <c r="H204" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I204" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="J204" s="0"/>
+      <c r="K204" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="L204" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -14758,50 +15138,55 @@
     <hyperlink ref="B175" r:id="rId_hyperlink_174"/>
     <hyperlink ref="B176" r:id="rId_hyperlink_175"/>
     <hyperlink ref="B177" r:id="rId_hyperlink_176"/>
     <hyperlink ref="B178" r:id="rId_hyperlink_177"/>
     <hyperlink ref="B179" r:id="rId_hyperlink_178"/>
     <hyperlink ref="B180" r:id="rId_hyperlink_179"/>
     <hyperlink ref="B181" r:id="rId_hyperlink_180"/>
     <hyperlink ref="B182" r:id="rId_hyperlink_181"/>
     <hyperlink ref="B183" r:id="rId_hyperlink_182"/>
     <hyperlink ref="B184" r:id="rId_hyperlink_183"/>
     <hyperlink ref="B185" r:id="rId_hyperlink_184"/>
     <hyperlink ref="B186" r:id="rId_hyperlink_185"/>
     <hyperlink ref="B187" r:id="rId_hyperlink_186"/>
     <hyperlink ref="B188" r:id="rId_hyperlink_187"/>
     <hyperlink ref="B189" r:id="rId_hyperlink_188"/>
     <hyperlink ref="B190" r:id="rId_hyperlink_189"/>
     <hyperlink ref="B191" r:id="rId_hyperlink_190"/>
     <hyperlink ref="B192" r:id="rId_hyperlink_191"/>
     <hyperlink ref="B193" r:id="rId_hyperlink_192"/>
     <hyperlink ref="B194" r:id="rId_hyperlink_193"/>
     <hyperlink ref="B195" r:id="rId_hyperlink_194"/>
     <hyperlink ref="B196" r:id="rId_hyperlink_195"/>
     <hyperlink ref="B197" r:id="rId_hyperlink_196"/>
     <hyperlink ref="B198" r:id="rId_hyperlink_197"/>
     <hyperlink ref="B199" r:id="rId_hyperlink_198"/>
+    <hyperlink ref="B200" r:id="rId_hyperlink_199"/>
+    <hyperlink ref="B201" r:id="rId_hyperlink_200"/>
+    <hyperlink ref="B202" r:id="rId_hyperlink_201"/>
+    <hyperlink ref="B203" r:id="rId_hyperlink_202"/>
+    <hyperlink ref="B204" r:id="rId_hyperlink_203"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>