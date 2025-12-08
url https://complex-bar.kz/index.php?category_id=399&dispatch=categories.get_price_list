--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="181">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -106,50 +106,53 @@
   <si>
     <t>05030516</t>
   </si>
   <si>
     <t>PD-S012G1000-1</t>
   </si>
   <si>
     <t>Сироп «Киви» Pinch&amp;Drop;стекло;1л;D=85,H=330мм;зелен.</t>
   </si>
   <si>
     <t>05031978</t>
   </si>
   <si>
     <t>PD-S071G1000-1</t>
   </si>
   <si>
     <t>Сироп «Груша Конференция» Pinch&amp;Drop;стекло;1л;D=85,H=330мм</t>
   </si>
   <si>
     <t>05032806</t>
   </si>
   <si>
     <t>PD-S010G1000-1</t>
   </si>
   <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
     <t>Сироп «Груша Конференция» Pinch&amp;Drop;пластик;1л;D=81,H=301мм</t>
   </si>
   <si>
     <t>05032924</t>
   </si>
   <si>
     <t>PD-S010P1000-1</t>
   </si>
   <si>
     <t>Syrup 1L PET Pinch&amp;Drop</t>
   </si>
   <si>
     <t>2607.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Сироп «Сочный персик» Pinch&amp;Drop;стекло;1л;D=85,H=330мм</t>
   </si>
   <si>
     <t>05033413</t>
   </si>
   <si>
     <t>PD-S033G1000-1</t>
@@ -214,329 +217,293 @@
   <si>
     <t>PD-SN17012CP30-1</t>
   </si>
   <si>
     <t>2264.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Сироп «Маракуйя» Pinch&amp;Drop;стекло;250мл;D=54,H=202мм</t>
   </si>
   <si>
     <t>05039949</t>
   </si>
   <si>
     <t>PD-S029G0250-1</t>
   </si>
   <si>
     <t>Syrup 0,25L</t>
   </si>
   <si>
     <t>1167.00₸</t>
   </si>
   <si>
-    <t>Сироп «Маракуйя» Pinch&amp;Drop уцененный;стекло;250мл;D=54,H=202мм</t>
-[...10 lines deleted...]
-  <si>
     <t>Сироп «Желтый Банан» Pinch&amp;Drop;стекло;250мл;D=54,H=202мм;желт.</t>
   </si>
   <si>
     <t>05039962</t>
   </si>
   <si>
     <t>PD-S012G0250-1</t>
   </si>
   <si>
     <t>Сироп «Желтый Банан» ароматизированный порционный Pinch&amp;Drop на подложке[50шт];поливинилхл.;15мл;D=4</t>
   </si>
   <si>
     <t>05039986</t>
   </si>
   <si>
     <t>PD-SN17012CP50-1</t>
   </si>
   <si>
     <t>Сироп «Желтый Банан» ODK;стекло;0,75л;D=65,H=305мм</t>
   </si>
   <si>
     <t>05045002</t>
   </si>
   <si>
     <t>LSY032GSARU</t>
   </si>
   <si>
     <t>ODK</t>
   </si>
   <si>
     <t>Syrup 0,75L</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>5236.00₸</t>
   </si>
   <si>
-    <t>Сироп «Желтый Банан» ODK уцененный;стекло;0,75л;D=65,H=305мм</t>
-[...7 lines deleted...]
-  <si>
     <t>Сироп «Зеленое Яблоко» ODK;стекло;0,75л;D=65,H=305мм;зелен.</t>
   </si>
   <si>
     <t>05045023</t>
   </si>
   <si>
     <t>LSY024GSARU</t>
   </si>
   <si>
     <t>5698.00₸</t>
   </si>
   <si>
     <t>Сироп «Гуава» ODK;стекло;0,75л;D=65,H=305мм;красный</t>
   </si>
   <si>
     <t>05045026</t>
   </si>
   <si>
     <t>LSY022GSARU</t>
   </si>
   <si>
     <t>6006.00₸</t>
   </si>
   <si>
-    <t>Сироп «Гуава» ODK уцененный;стекло;0,75л;D=65,H=305мм;красный</t>
-[...2 lines deleted...]
-    <t>05045026-А2</t>
+    <t>Сироп «Гуава» ODK уцененный;стекло;0,75л;D=65,H=305мм</t>
+  </si>
+  <si>
+    <t>05045026-А1</t>
   </si>
   <si>
     <t>Сироп «Киви» ODK;стекло;0,75л;D=65,H=305мм</t>
   </si>
   <si>
     <t>05045032</t>
   </si>
   <si>
     <t>LSY061GSARU</t>
   </si>
   <si>
     <t>6507.00₸</t>
   </si>
   <si>
     <t>Сироп «Манго» ODK;стекло;0,75л;D=65,H=305мм</t>
   </si>
   <si>
     <t>05045035</t>
   </si>
   <si>
     <t>LSY046GSARU</t>
   </si>
   <si>
     <t>Сироп «Маракуйя» ODK;стекло;0,75л;D=65,H=305мм</t>
   </si>
   <si>
     <t>05045040</t>
   </si>
   <si>
     <t>LSY042GSARU</t>
   </si>
   <si>
     <t>5775.00₸</t>
   </si>
   <si>
     <t>Сироп «Персик» ODK;стекло;0,75л;D=65,H=305мм</t>
   </si>
   <si>
     <t>05045041</t>
   </si>
   <si>
     <t>LSY051GSARU</t>
   </si>
   <si>
     <t>5660.00₸</t>
   </si>
   <si>
-    <t>42 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сироп «Ананас» ODK;стекло;0,75л;D=65,H=305мм</t>
   </si>
   <si>
     <t>05045044</t>
   </si>
   <si>
     <t>LSY045GSARU</t>
   </si>
   <si>
     <t>6122.00₸</t>
   </si>
   <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
     <t>Сироп «Ананас» ODK уцененный;стекло;0,75л;D=65,H=305мм</t>
   </si>
   <si>
     <t>05045044-А1</t>
   </si>
   <si>
     <t>Сироп «Белый Персик» ODK;стекло;0,75л;D=65,H=305мм</t>
   </si>
   <si>
     <t>05045061</t>
   </si>
   <si>
     <t>LSY028GSARU</t>
   </si>
   <si>
     <t>Сироп «Личи» Pinch&amp;Drop;стекло;1л;D=85,H=330мм;белый</t>
   </si>
   <si>
     <t>05045094</t>
   </si>
   <si>
     <t>PD-S063G1000-1</t>
   </si>
   <si>
     <t>Сироп «Маракуйя» ODK;пластик;1л;D=8,H=32см</t>
   </si>
   <si>
     <t>05045106</t>
   </si>
   <si>
     <t>LSY042PLARU</t>
   </si>
   <si>
     <t>Syrup 1L PET ODK</t>
   </si>
   <si>
     <t>6622.00₸</t>
   </si>
   <si>
-    <t>12 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сироп «Желтый Банан» ODK;пластик;1л;D=8,H=32см</t>
   </si>
   <si>
     <t>05045107</t>
   </si>
   <si>
     <t>LSY032PLARU</t>
   </si>
   <si>
     <t>5929.00₸</t>
   </si>
   <si>
     <t>Сироп «Желтый Банан» ODK уцененный;пластик;1л;D=8,H=32см</t>
   </si>
   <si>
     <t>05045107-А1</t>
   </si>
   <si>
-    <t>05045107-А2</t>
-[...1 lines deleted...]
-  <si>
     <t>Сироп «Белый Персик» Pinch&amp;Drop;стекло;1л;D=85,H=330мм;белый</t>
   </si>
   <si>
     <t>05045136</t>
   </si>
   <si>
     <t>PD-S057G1000-1</t>
   </si>
   <si>
     <t>Сироп «Зеленое Яблоко» ODK;пластик;1л;D=8,H=32см;зелен.</t>
   </si>
   <si>
     <t>05045141</t>
   </si>
   <si>
     <t>LSY024PLARU</t>
   </si>
   <si>
     <t>Сироп «Манго» ODK;пластик;1л;D=8,H=32см</t>
   </si>
   <si>
     <t>05045143</t>
   </si>
   <si>
     <t>LSY046PLARU</t>
   </si>
   <si>
-    <t>1 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сироп «Груша» ODK;пластик;1л;D=65,H=305мм</t>
   </si>
   <si>
     <t>05045090</t>
   </si>
   <si>
     <t>LSY078PLARU</t>
   </si>
   <si>
     <t>6776.00₸</t>
   </si>
   <si>
-    <t>21 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сироп «Желтый Банан» Pinch&amp;Drop;пластик;1л;D=83,H=267мм</t>
   </si>
   <si>
     <t>05042008</t>
   </si>
   <si>
     <t>PD-S012P1000-1</t>
   </si>
   <si>
     <t>Сироп «Маракуйя» Pinch&amp;Drop;пластик;1л;D=83,H=267мм</t>
   </si>
   <si>
     <t>05030413</t>
   </si>
   <si>
     <t>PD-S029P1000-1</t>
   </si>
   <si>
-    <t>43 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сироп «Гранат» Pinch&amp;Drop;стекло;1л;D=85,H=330мм</t>
   </si>
   <si>
     <t>05030617</t>
   </si>
   <si>
     <t>PD-S089G1000-1</t>
   </si>
   <si>
     <t>Сироп «Зеленое Яблоко» Pinch&amp;Drop;пластик;1л;D=81,H=301мм;зелен.</t>
   </si>
   <si>
     <t>05033917</t>
   </si>
   <si>
     <t>PD-S015P1000-1</t>
   </si>
   <si>
     <t>Сироп «Алыча» Pinch&amp;Drop;стекло;1л;D=85,H=330мм</t>
   </si>
   <si>
     <t>05030215</t>
   </si>
   <si>
     <t>PD-S093G1000-1</t>
@@ -557,50 +524,65 @@
     <t>Сироп «Манго (Уцененный)» ODK;пластик;1л;D=80,H=320,L=0,01,B=0,01мм</t>
   </si>
   <si>
     <t>05045143krd</t>
   </si>
   <si>
     <t>0.00₸</t>
   </si>
   <si>
     <t>Сироп «Груша» Pinch&amp;Drop;стекло;1л;D=85,H=330мм</t>
   </si>
   <si>
     <t>05032311</t>
   </si>
   <si>
     <t>PD-S103G1000-1</t>
   </si>
   <si>
     <t>Сироп «Груша» Pinch&amp;Drop;пластик;1л;D=81,H=301мм</t>
   </si>
   <si>
     <t>05032309</t>
   </si>
   <si>
     <t>PD-S0103P1000-1</t>
+  </si>
+  <si>
+    <t>Сироп «Маракуйя» Pinch&amp;Drop уцененный;пластик;1л;D=83,H=267мм</t>
+  </si>
+  <si>
+    <t>05030413-А1</t>
+  </si>
+  <si>
+    <t>Сироп «Желтый Банан» Pinch&amp;Drop уцененный;пластик;1л;D=83,H=267,L=0,01,B=0,01мм</t>
+  </si>
+  <si>
+    <t>05042008krd</t>
+  </si>
+  <si>
+    <t>PD-S012P1000-1_</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -615,51 +597,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73407DB9-71BB-11EE-BC0F-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8549C9DD-71BB-11EE-BC0F-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E3FC28E-D632-11EE-BC41-00505692492F3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B420CD3-71BB-11EE-BC0F-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502BF0CC-779E-11EF-BC4D-00505692C4475.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73407BA3-71BB-11EE-BC0F-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F40E713-71BB-11EE-BC0F-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F83F209-261A-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D374737-71BB-11EE-BC0F-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/673A4991-71BB-11EE-BC0F-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69373217-2223-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/693732C9-2223-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8BAE0B86-74D4-11EE-BC0F-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45182A26-2C68-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5905F890-2C68-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91B6A208-74D4-11EE-BC0F-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E515F8F-05D8-11EE-BC09-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48BA8E6E-7D22-11EF-BC57-00505692E04918.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55E78BC4-2A96-11F0-BC48-00505692492F19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECF26F10-1ABB-11F0-BC4F-00505692C44720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95CDED68-A6C2-11EF-BC53-00505692E2D021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32B4930E-2A9F-11F0-BC54-00505692E2D022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4405033A-7D22-11EF-BC57-00505692E04923.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4404F97A-7D22-11EF-BC57-00505692E04924.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/429F52F5-7D22-11EF-BC57-00505692E04925.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAD464E-7D22-11EF-BC57-00505692E04926.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF02E35-5E8D-11ED-BC00-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0259E9CA-4192-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECF270F4-1ABB-11F0-BC4F-00505692C44729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/793F4F84-71BB-11EE-BC0F-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72BC0EA-4DC5-11EF-BC57-00505692E04931.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8323F6AA-0074-11EE-BC09-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED731CBE-41A6-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05A2C958-41A7-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91526D82-71BB-11EE-BC0F-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E573C480-7E33-11EE-BC0F-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E573C3AD-7E33-11EE-BC0F-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95CDEF40-A6C2-11EF-BC53-00505692E2D038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E25CC673-97B5-11F0-BC58-00505692E2D039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0441EC4D-731D-11F0-BC56-00505692E2D040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FEC2A60-7C52-11EF-BC4D-00505692C44741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5D2200B-97CA-11F0-BC58-00505692E2D042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDD3BDFC-152F-11F0-BC54-00505692E2D043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF6D30DA-3251-11F0-BC4F-00505692C44744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD9A4429-3250-11F0-BC4F-00505692C44745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C376298-6700-11F0-BC53-00505692C44746.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA846C2C-BBCD-11F0-BC5A-00505692E2D01.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8549C9DD-71BB-11EE-BC0F-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA846E34-BBCD-11F0-BC5A-00505692E2D03.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B420CD3-71BB-11EE-BC0F-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502BF0CC-779E-11EF-BC4D-00505692C4475.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73407BA3-71BB-11EE-BC0F-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA846FAC-BBCD-11F0-BC5A-00505692E2D07.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C855FC62-C557-11F0-BC5A-00505692E2D08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B48CF957-BBCD-11F0-BC5A-00505692E2D09.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/673A4991-71BB-11EE-BC0F-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69373217-2223-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/693732C9-2223-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA846A03-BBCD-11F0-BC5A-00505692E2D013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91B6A208-74D4-11EE-BC0F-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E515F8F-05D8-11EE-BC09-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48BA8E6E-7D22-11EF-BC57-00505692E04916.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECF26F10-1ABB-11F0-BC4F-00505692C44717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95CDED68-A6C2-11EF-BC53-00505692E2D018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B6B893E-2A9E-11F0-BC54-00505692E2D019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4405033A-7D22-11EF-BC57-00505692E04920.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4404F97A-7D22-11EF-BC57-00505692E04921.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/429F52F5-7D22-11EF-BC57-00505692E04922.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAD464E-7D22-11EF-BC57-00505692E04923.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF02E35-5E8D-11ED-BC00-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0259E9CA-4192-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECF270F4-1ABB-11F0-BC4F-00505692C44726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/793F4F84-71BB-11EE-BC0F-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72BC0EA-4DC5-11EF-BC57-00505692E04928.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8323F6AA-0074-11EE-BC09-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED731CBE-41A6-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91526D82-71BB-11EE-BC0F-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E573C480-7E33-11EE-BC0F-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E573C3AD-7E33-11EE-BC0F-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95CDEF40-A6C2-11EF-BC53-00505692E2D034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E25CC673-97B5-11F0-BC58-00505692E2D035.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0441EC4D-731D-11F0-BC56-00505692E2D036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FEC2A60-7C52-11EF-BC4D-00505692C44737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5D2200B-97CA-11F0-BC58-00505692E2D038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDD3BDFC-152F-11F0-BC54-00505692E2D039.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF6D30DA-3251-11F0-BC4F-00505692C44740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD9A4429-3250-11F0-BC4F-00505692C44741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C376298-6700-11F0-BC53-00505692C44742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/860C627F-C7F0-11F0-BC5A-00505692E2D043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4A40D48-C48D-11F0-BC5F-00505692E04944.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1884,153 +1866,93 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="43" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
-        <a:stretch>
-[...58 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2289,62 +2211,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030408/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030516/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05031978/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05032806/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05032924/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05033413/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05033912/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05033912-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039907/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039909/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039926/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039936/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039949/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039949-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039949-a2/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039962/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039986/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045002/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045002-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045023/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045026/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045026-a2/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045032/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045035/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045040/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045041/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045044/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045044-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045061/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05045094/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045106/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045107/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045107-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045107-a2/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05045136/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045141/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045143/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045090/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05042008/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030413/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030617/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05033917/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030215/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045143-a2/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045141-a2/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045143krd/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05032311/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05032309/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030408/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030516/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05031978/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05032806/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05032924/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05033413/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05033912/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05033912-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039907/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039909/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039926/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039936/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039949/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039962/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05039986/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045002/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045023/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045026/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045026-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045032/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045035/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045040/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045041/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045044/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045044-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045061/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05045094/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045106/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045107/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045107-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05045136/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045141/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045143/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045090/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05042008/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030413/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030617/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05033917/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030215/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045143-a2/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045141-a2/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-odk-05045143krd/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05032311/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05032309/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05030413-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sirop-pinch-and-drop-05042008krd/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L49"/>
+  <dimension ref="A1:L47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I49" sqref="I49"/>
+      <selection activeCell="I47" sqref="I47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -2487,1575 +2409,1511 @@
         <v>27</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="L5" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L6" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D9" s="0"/>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L9" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="D15" s="0"/>
+        <v>68</v>
+      </c>
+      <c r="D15" s="0" t="s">
+        <v>69</v>
+      </c>
       <c r="E15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D16" s="0"/>
+        <v>71</v>
+      </c>
+      <c r="D16" s="0" t="s">
+        <v>72</v>
+      </c>
       <c r="E16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L16" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>64</v>
+        <v>77</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="L17" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>53</v>
+        <v>77</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>54</v>
+        <v>83</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="L18" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="D19" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="E19" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="F19" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="D19" s="0" t="s">
+      <c r="G19" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="E19" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="D20" s="0"/>
       <c r="E20" s="0" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="L20" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
       <c r="L21" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="L22" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="D23" s="0"/>
+        <v>98</v>
+      </c>
+      <c r="D23" s="0" t="s">
+        <v>99</v>
+      </c>
       <c r="E23" s="0" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="L24" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>93</v>
+        <v>108</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>20</v>
+        <v>109</v>
       </c>
       <c r="L25" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="D26" s="0"/>
       <c r="E26" s="0" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>111</v>
+        <v>36</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>115</v>
+        <v>19</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L28" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="D29" s="0"/>
+        <v>119</v>
+      </c>
+      <c r="D29" s="0" t="s">
+        <v>120</v>
+      </c>
       <c r="E29" s="0" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>80</v>
+        <v>121</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>80</v>
+        <v>121</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>106</v>
+        <v>126</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="D31" s="0"/>
+      <c r="E31" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="F31" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="C31" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G31" s="0" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>19</v>
+        <v>126</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>127</v>
+        <v>16</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>128</v>
+        <v>19</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>129</v>
+        <v>20</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>133</v>
+        <v>122</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="L33" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="D34" s="0"/>
+        <v>136</v>
+      </c>
+      <c r="D34" s="0" t="s">
+        <v>137</v>
+      </c>
       <c r="E34" s="0" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>133</v>
+        <v>122</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L34" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="D35" s="0"/>
+        <v>139</v>
+      </c>
+      <c r="D35" s="0" t="s">
+        <v>140</v>
+      </c>
       <c r="E35" s="0" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="L36" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>127</v>
+        <v>34</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>128</v>
+        <v>35</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
       <c r="L37" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>127</v>
+        <v>16</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>128</v>
+        <v>19</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>146</v>
+        <v>20</v>
       </c>
       <c r="L38" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>127</v>
+        <v>34</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>150</v>
+        <v>35</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>151</v>
+        <v>36</v>
       </c>
       <c r="L39" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>156</v>
-[...3 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="D41" s="0"/>
       <c r="E41" s="0" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>158</v>
+        <v>56</v>
       </c>
       <c r="L41" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="D42" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D42" s="0"/>
       <c r="E42" s="0" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>16</v>
+        <v>121</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>19</v>
+        <v>122</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="L42" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="D43" s="0"/>
+      <c r="E43" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="F43" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="G43" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="H43" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I43" s="1" t="s">
         <v>163</v>
-      </c>
-[...16 lines deleted...]
-        <v>34</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="L43" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
-      <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="L44" s="0"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
-      <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="D45" s="0"/>
       <c r="E45" s="0" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>127</v>
+        <v>34</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>128</v>
+        <v>35</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="L45" s="0"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D46" s="0"/>
       <c r="E46" s="0" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>127</v>
+        <v>34</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>128</v>
+        <v>35</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L46" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>172</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="D47" s="0"/>
+      <c r="D47" s="0" t="s">
+        <v>174</v>
+      </c>
       <c r="E47" s="0" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>127</v>
+        <v>34</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L47" s="0">
         <v>6</v>
       </c>
-    </row>
-[...60 lines deleted...]
-      <c r="L49" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
     <hyperlink ref="B38" r:id="rId_hyperlink_37"/>
     <hyperlink ref="B39" r:id="rId_hyperlink_38"/>
     <hyperlink ref="B40" r:id="rId_hyperlink_39"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_40"/>
     <hyperlink ref="B42" r:id="rId_hyperlink_41"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_42"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_46"/>
-    <hyperlink ref="B48" r:id="rId_hyperlink_47"/>
-    <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>