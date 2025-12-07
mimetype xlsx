--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="326">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="315">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -116,209 +116,212 @@
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Трубочка-мешалка[100шт];полипроп.;D=6,L=205,B=20мм;разноцветн.</t>
   </si>
   <si>
     <t>06030102</t>
   </si>
   <si>
     <t>Ims</t>
   </si>
   <si>
     <t>1664.00₸</t>
   </si>
   <si>
     <t>Трубочки со сгибом[1000шт];полипроп.;D=5,L=210мм;разноцветн.</t>
   </si>
   <si>
     <t>06030103</t>
   </si>
   <si>
     <t>2118.00₸</t>
   </si>
   <si>
-    <t>5 шт.</t>
+    <t>2 шт.</t>
   </si>
   <si>
     <t>Трубочки  со сгибом декоративные[50шт];полипроп.;D=6,L=275мм;разноцветн.</t>
   </si>
   <si>
     <t>06030104</t>
   </si>
   <si>
     <t>2796.00₸</t>
   </si>
   <si>
     <t>Трубочки со сгибом[100шт];полипроп.;D=8,L=250мм;разноцветн.</t>
   </si>
   <si>
     <t>06030105</t>
   </si>
   <si>
     <t>2403.00₸</t>
   </si>
   <si>
     <t>Трубочки без сгиба[100шт];полипроп.;D=6,L=500мм;разноцветн.</t>
   </si>
   <si>
     <t>06030106</t>
   </si>
   <si>
     <t>1417.00₸</t>
   </si>
   <si>
     <t>Трубочки со сгибом флюарисцентные[1000шт];полипроп.;D=5,L=210мм;разноцветн.</t>
   </si>
   <si>
     <t>06030108</t>
   </si>
   <si>
     <t>2195.00₸</t>
   </si>
   <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом неоновые[250шт];полипроп.;D=5,L=240мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030109</t>
+  </si>
+  <si>
+    <t>1163.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом[1000шт];полипроп.;D=5,L=210мм;черный</t>
+  </si>
+  <si>
+    <t>06030110</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом[1000шт];полипроп.;D=5,L=210мм;синий</t>
+  </si>
+  <si>
+    <t>06030111</t>
+  </si>
+  <si>
+    <t>37 шт.</t>
+  </si>
+  <si>
+    <t>Трубочки без сгиба[100шт];полипроп.;D=8,L=250мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06030112</t>
+  </si>
+  <si>
+    <t>1325.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом[250шт];полипроп.;D=5,L=240мм;серебрян.</t>
+  </si>
+  <si>
+    <t>06030113</t>
+  </si>
+  <si>
+    <t>1271.00₸</t>
+  </si>
+  <si>
+    <t>Трубочки со сгибом[1000шт];полипроп.;D=5,L=210мм;прозр.</t>
+  </si>
+  <si>
+    <t>06030115</t>
+  </si>
+  <si>
+    <t>06030117</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Трубочки со сгибом неоновые[250шт];полипроп.;D=5,L=240мм;разноцветн.</t>
-[...52 lines deleted...]
-  <si>
     <t>Трубочки со сгибом[1000шт];полипроп.;D=5,L=210мм;зелен.</t>
   </si>
   <si>
     <t>06030118</t>
   </si>
   <si>
-    <t>31 шт.</t>
+    <t>17 шт.</t>
   </si>
   <si>
     <t>Трубочки со сгибом[1000шт];полипроп.;D=5,L=210мм;серебрист.</t>
   </si>
   <si>
     <t>06030119</t>
   </si>
   <si>
     <t>2002.00₸</t>
   </si>
   <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
     <t>Трубочки-мешалки со сгибом[50шт];полипроп.;D=7,L=240мм;разноцветн.</t>
   </si>
   <si>
     <t>06030121</t>
   </si>
   <si>
     <t>1964.00₸</t>
   </si>
   <si>
     <t>Трубочки со сгибом[1000шт];полипроп.;D=5,L=240мм;разноцветн.</t>
   </si>
   <si>
     <t>06030122</t>
   </si>
   <si>
     <t>2541.00₸</t>
   </si>
   <si>
-    <t>более 100 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Трубочки без сгиба[100шт];пластик;D=8,H=320,L=255,B=40мм;разноцветн.</t>
   </si>
   <si>
     <t>06030123</t>
   </si>
   <si>
     <t>5005.00₸</t>
   </si>
   <si>
     <t>21 шт.</t>
   </si>
   <si>
     <t>Трубочки без сгиба[100шт];полипроп.;D=5,L=125мм;разноцветн.</t>
   </si>
   <si>
     <t>06030125</t>
   </si>
   <si>
     <t>mix 100</t>
   </si>
   <si>
-    <t>24 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Трубочки со сгибом неоновые[100шт];пластик;D=8,L=270мм;разноцветн.</t>
   </si>
   <si>
     <t>06030126</t>
   </si>
   <si>
     <t>2087.00₸</t>
   </si>
   <si>
     <t>Трубочки со сгибом в индивидуальной упаковке[250шт];полипроп.;D=5,L=210мм;разноцветн.</t>
   </si>
   <si>
     <t>06030127</t>
   </si>
   <si>
     <t>1317.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Трубочки со сгибом[1000шт];полипроп.;D=5,L=240мм;черный</t>
   </si>
   <si>
     <t>06030128</t>
@@ -377,80 +380,71 @@
   <si>
     <t>6076.00₸</t>
   </si>
   <si>
     <t>10 шт.</t>
   </si>
   <si>
     <t>Трубочки со сгибом[1000шт];полипроп.;D=6,L=210мм;прозр.</t>
   </si>
   <si>
     <t>06030142</t>
   </si>
   <si>
     <t>7084.00₸</t>
   </si>
   <si>
     <t>Трубочки со сгибом флюарисцентные[1000шт];полипроп.;D=5,L=240мм;разноцветн.</t>
   </si>
   <si>
     <t>06030144</t>
   </si>
   <si>
     <t>2711.00₸</t>
   </si>
   <si>
-    <t>23 шт.</t>
-[...10 lines deleted...]
-  <si>
     <t>06030147</t>
   </si>
   <si>
     <t>7254.00₸</t>
   </si>
   <si>
     <t>Трубочки без сгиба[1000шт];полипроп.;D=7,L=210мм;черный</t>
   </si>
   <si>
     <t>06030148</t>
   </si>
   <si>
     <t>2965.00₸</t>
   </si>
   <si>
     <t>06030149</t>
   </si>
   <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
     <t>Трубочки со сгибом L=24см[120шт];D=5,H=240,L=240,B=60мм;синий,красный</t>
   </si>
   <si>
     <t>06030151</t>
   </si>
   <si>
     <t>933.00₸</t>
   </si>
   <si>
     <t>Трубочки со сгибом L=24см[120шт];D=5,H=240,L=60,B=60мм;зелен.,желт.</t>
   </si>
   <si>
     <t>06030152</t>
   </si>
   <si>
     <t>992.00₸</t>
   </si>
   <si>
     <t>Трубочки со сгибом[120шт];полипроп.;D=5,L=240мм;зелен.,оранжев.</t>
   </si>
   <si>
     <t>06030153</t>
   </si>
   <si>
     <t>Трубочки со сгибом[120шт];полипроп.;D=5,L=240мм;желт.,оранжев.</t>
@@ -521,50 +515,53 @@
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>Flo</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>2420.00₸</t>
   </si>
   <si>
     <t>Трубочки без сгиба[100шт];полипроп.;D=5,L=125мм;белый</t>
   </si>
   <si>
     <t>06030168</t>
   </si>
   <si>
     <t>Трубочки со сгибом[1000шт];полипроп.;D=5,L=240мм;белый</t>
   </si>
   <si>
     <t>06030169</t>
   </si>
   <si>
+    <t>46 шт.</t>
+  </si>
+  <si>
     <t>Трубочки без сгиба[250шт];полипроп.;D=7,L=240мм;белый</t>
   </si>
   <si>
     <t>06030170</t>
   </si>
   <si>
     <t>655.00₸</t>
   </si>
   <si>
     <t>Трубочки без сгиба[250шт];полипроп.;D=8,L=240мм;желт.</t>
   </si>
   <si>
     <t>06030171</t>
   </si>
   <si>
     <t>809.00₸</t>
   </si>
   <si>
     <t>9 шт.</t>
   </si>
   <si>
     <t>Трубочки без сгиба[1000шт];полипроп.;D=3,L=210мм;белый</t>
   </si>
   <si>
     <t>06030173</t>
@@ -782,65 +779,50 @@
   <si>
     <t>06030201</t>
   </si>
   <si>
     <t>4466.00₸</t>
   </si>
   <si>
     <t>Трубочки «Спираль» без сгиба[100шт];бумага;D=8,L=210мм;разноцветн.</t>
   </si>
   <si>
     <t>06030202</t>
   </si>
   <si>
     <t>6484.00₸</t>
   </si>
   <si>
     <t>Трубочки со сгибом «Фрукты»[100шт];полипроп.,бумага;D=5,L=240мм;разноцветн.</t>
   </si>
   <si>
     <t>06030203</t>
   </si>
   <si>
     <t>6969.00₸</t>
   </si>
   <si>
-    <t>Трубочки без сгиба[250шт];бумага;D=6,L=20см;черный</t>
-[...13 lines deleted...]
-  <si>
     <t>Трубочки без сгиба в индивидуальной упаковке[250шт];полипроп.;D=5,L=210мм;разноцветн.</t>
   </si>
   <si>
     <t>06030207</t>
   </si>
   <si>
     <t>1309.00₸</t>
   </si>
   <si>
     <t>Трубочки «Строс» без сгиба[50шт];стекло;D=12,L=240мм;прозр.</t>
   </si>
   <si>
     <t>06030301</t>
   </si>
   <si>
     <t>straws 50</t>
   </si>
   <si>
     <t>Jakobsen Design</t>
   </si>
   <si>
     <t>Straws</t>
   </si>
   <si>
     <t>ЧЕХИЯ</t>
@@ -860,53 +842,50 @@
   <si>
     <t>8386.00₸</t>
   </si>
   <si>
     <t>Трубочка «Солар» многоразовая;сталь нерж.;D=6,L=215мм;медный</t>
   </si>
   <si>
     <t>06030402</t>
   </si>
   <si>
     <t>MSL001C</t>
   </si>
   <si>
     <t>Probar Premium</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>1113.00₸</t>
   </si>
   <si>
-    <t>более 1 000 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Трубочка изогнутая;стекло;D=1,L=23см</t>
   </si>
   <si>
     <t>06030403</t>
   </si>
   <si>
     <t>Трубочки «EcoPack»[400шт];кук. крах.;D=6,H=240мм;белый</t>
   </si>
   <si>
     <t>06030407</t>
   </si>
   <si>
     <t>Probar</t>
   </si>
   <si>
     <t>12705.00₸</t>
   </si>
   <si>
     <t>Трубочки «EcoPack»[400шт];кук. крах.;D=6,H=240мм;черный</t>
   </si>
   <si>
     <t>06030408</t>
   </si>
   <si>
     <t>Трубочки «EcoPack»[200шт];кук. крах.;D=6,H=240мм;белый</t>
@@ -914,90 +893,78 @@
   <si>
     <t>06030409</t>
   </si>
   <si>
     <t>6607.00₸</t>
   </si>
   <si>
     <t>14 шт.</t>
   </si>
   <si>
     <t>Трубочки «EcoPack»[200шт];кук. крах.;D=6,L=240мм;черный</t>
   </si>
   <si>
     <t>06030410</t>
   </si>
   <si>
     <t>Трубочки-мешалки без сгиба[100шт];полипроп.;D=6,L=200мм;разноцветн.</t>
   </si>
   <si>
     <t>06030411</t>
   </si>
   <si>
     <t>1356.00₸</t>
   </si>
   <si>
-    <t>46 шт.</t>
+    <t>33 шт.</t>
   </si>
   <si>
     <t>Трубочки  с фруктами[50шт];полипроп.,бумага;D=5,L=240мм;разноцветн.</t>
   </si>
   <si>
     <t>06040301</t>
   </si>
   <si>
     <t>2865.00₸</t>
   </si>
   <si>
     <t>Трубочки со сгибом «Пальма»[50шт];полипроп.,фольга;D=5,L=240мм;разноцветн.</t>
   </si>
   <si>
     <t>06040403</t>
   </si>
   <si>
     <t>3496.00₸</t>
   </si>
   <si>
     <t>Трубочки «Ветерок» со сгибом[30шт];полипроп.,фольга;D=5,L=240мм;разноцветн.</t>
   </si>
   <si>
     <t>06040503</t>
   </si>
   <si>
     <t>2719.00₸</t>
-  </si>
-[...10 lines deleted...]
-    <t>1040.00₸</t>
   </si>
   <si>
     <t>Трубочки в индивидуальной упаковке[100шт];полипроп.;D=12,L=240мм;прозр.</t>
   </si>
   <si>
     <t>06030416</t>
   </si>
   <si>
     <t>Boba&amp;Tom</t>
   </si>
   <si>
     <t>2464.00₸</t>
   </si>
   <si>
     <t>Трубочки без сгиба[100шт];полипроп.;D=6,L=500мм;прозр.</t>
   </si>
   <si>
     <t>06030208</t>
   </si>
   <si>
     <t>1117.00₸</t>
   </si>
   <si>
     <t>Трубочки без сгиба в индивидуальной упаковке со скошенным краем для бабл-ти[250шт];полипроп.;D=12,L=</t>
   </si>
@@ -1051,51 +1018,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F9AF2D-424D-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9E-E3D2-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE2D-424B-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBD6-424B-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE30-424B-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBD7-424B-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC5B6-2222-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBD8-424B-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE34-424B-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9A-E3D2-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2261F08-424B-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656DA0-E3D2-11EB-BBF2-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BD4-424B-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9D-E3D2-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9C-E3D2-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D246B0A4-424B-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9B-E3D2-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4474DE4-424B-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E4A1130-E3D2-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E67EBEE-424C-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2677E679-424C-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790D9B64-424E-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4867452A-5EF1-11EE-BC0E-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D99-E3D2-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF1-424C-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A99A2BA-424C-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF13D41-424C-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F9A44B-424C-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F9A44D-424C-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217DD-424C-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217DE-424C-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB1A-424C-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8FF365E-424C-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40FF3B45-424D-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656DA3-E3D2-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD11C9A0-424D-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E001-424D-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E002-424D-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E003-424D-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD4D-424D-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03D0-424E-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB8C1-424F-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656DA2-E3D2-11EB-BBF2-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54086811-4250-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC4D1-2222-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16B0B3ED-F94B-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2039651D-4251-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2039651E-4251-11E8-A155-00259035BB6748.gif"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656DA1-E3D2-11EB-BBF2-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575C8-4251-11E8-A155-00259035BB6750.gif"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D5278-4252-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6070062F-4253-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60700636-4253-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9F-E3D2-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656DA4-E3D2-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C88B91F-4254-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C88B920-4254-11E8-A155-00259035BB6757.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F41BAD7C-1DC1-11EA-BBC7-005056921CC458.gif"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F41BAD7D-1DC1-11EA-BBC7-005056921CC459.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F41BAD7E-1DC1-11EA-BBC7-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC1DF-2222-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC705ACD-2222-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC13F-2222-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ADC49C5-814C-11E9-BBBA-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E417B67-814D-11E9-BBBA-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E417B68-814D-11E9-BBBA-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E417B69-814D-11E9-BBBA-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E417B6B-814D-11E9-BBBA-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E417B6C-814D-11E9-BBBA-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5F55DEF-12C1-11EA-BBC6-005056921CC470.gif"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5F55DF0-12C1-11EA-BBC6-005056921CC471.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5F55DF1-12C1-11EA-BBC6-005056921CC472.gif"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5F55DF2-12C1-11EA-BBC6-005056921CC473.gif"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1440EAC0-814D-11E9-BBBA-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AE7-4254-11E8-A155-00259035BB6775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1440EAC1-814D-11E9-BBBA-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D20D4B4-3126-11EC-BBF4-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1AAA926-EA55-11EB-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC656-2222-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E01069B-63B2-11EA-BBCE-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2423F1BE-AE67-11EB-BBF1-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966FBDBB-83D1-11ED-BC04-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9B9863F-FECF-11EC-BBFA-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE4B6DEC-5226-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE4B6D4C-5226-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4462D2E-5226-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE4B7039-5226-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/212B94F8-87A6-11EE-BC13-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC705B91-2222-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC09F-2222-11EE-BC0D-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED5FE-424B-11E8-A155-00259035BB6791.gif"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B85CFEB4-A5CE-11EF-BC57-00505692E04992.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBCC43F4-A3A2-11F0-BC58-00505692C44793.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34F9AF2D-424D-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9E-E3D2-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE2D-424B-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBD6-424B-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE30-424B-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBD7-424B-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC5B6-2222-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBD8-424B-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE34-424B-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9A-E3D2-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2261F08-424B-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656DA0-E3D2-11EB-BBF2-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BD4-424B-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9D-E3D2-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9C-E3D2-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D246B0A4-424B-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9B-E3D2-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4474DE4-424B-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E4A1130-E3D2-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E67EBEE-424C-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2677E679-424C-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790D9B64-424E-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4867452A-5EF1-11EE-BC0E-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D99-E3D2-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF1-424C-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A99A2BA-424C-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF13D41-424C-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F9A44B-424C-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F9A44D-424C-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217DD-424C-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217DE-424C-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB1A-424C-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40FF3B45-424D-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656DA3-E3D2-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD11C9A0-424D-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E001-424D-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E002-424D-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E313E003-424D-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD4D-424D-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03D0-424E-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB8C1-424F-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656DA2-E3D2-11EB-BBF2-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54086811-4250-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC4D1-2222-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16B0B3ED-F94B-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2039651D-4251-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2039651E-4251-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656DA1-E3D2-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575C8-4251-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D5278-4252-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6070062F-4253-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60700636-4253-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656D9F-E3D2-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A4656DA4-E3D2-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C88B91F-4254-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C88B920-4254-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F41BAD7C-1DC1-11EA-BBC7-005056921CC457.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F41BAD7D-1DC1-11EA-BBC7-005056921CC458.gif"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F41BAD7E-1DC1-11EA-BBC7-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC1DF-2222-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC705ACD-2222-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC13F-2222-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ADC49C5-814C-11E9-BBBA-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E417B67-814D-11E9-BBBA-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E417B68-814D-11E9-BBBA-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E417B69-814D-11E9-BBBA-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E417B6B-814D-11E9-BBBA-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E417B6C-814D-11E9-BBBA-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5F55DEF-12C1-11EA-BBC6-005056921CC469.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5F55DF0-12C1-11EA-BBC6-005056921CC470.gif"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5F55DF1-12C1-11EA-BBC6-005056921CC471.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5F55DF2-12C1-11EA-BBC6-005056921CC472.gif"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1440EAC0-814D-11E9-BBBA-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AE7-4254-11E8-A155-00259035BB6774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1440EAC1-814D-11E9-BBBA-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D20D4B4-3126-11EC-BBF4-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC656-2222-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E01069B-63B2-11EA-BBCE-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2423F1BE-AE67-11EB-BBF1-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966FBDBB-83D1-11ED-BC04-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9B9863F-FECF-11EC-BBFA-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE4B6DEC-5226-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE4B6D4C-5226-11EE-BC0D-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4462D2E-5226-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE4B7039-5226-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/212B94F8-87A6-11EE-BC13-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC705B91-2222-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F64EC09F-2222-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED5FE-424B-11E8-A155-00259035BB6789.gif"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B85CFEB4-A5CE-11EF-BC57-00505692E04990.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBCC43F4-A3A2-11F0-BC58-00505692C44791.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2140,51 +2107,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -3760,123 +3727,63 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="90" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>92</xdr:row>
+      <xdr:row>93</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="91" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
-        <a:stretch>
-[...58 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4135,62 +4042,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochka-d-chaya-leopold-vienna-02030618/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030101/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochka-meshalka-ims-06030102/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030103/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030104/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030105/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-sgiba-ims-06030106/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030108/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030109/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030110/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030111/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-ims-06030112/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030113/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030115/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030117/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030118/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030119/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-meshalki-ims-06030121/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030122/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-ims-06030123/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030125/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030126/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030127/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030128/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-meshalki-bez-sgiba-papstar-06030129/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-sgiba-papstar-06030131/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-izgiba-ims-06030135/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-izgiba-ims-06030136/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030137/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030141/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-papstar-06030142/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030144/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030145/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030147/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030148/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030149/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030151/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030152/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030153/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030154/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030155/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-sgiba-papstar-06030156/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030158/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030159/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-papstar-06030160/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030161/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-matfer-06030162/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030168/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030169/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030170/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030171/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030173/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030174/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-tehpak-06030177/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030178/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030179/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030180/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030181/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-serax-06030182/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-serax-06030183/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-serax-06030184/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-sgiba-papstar-06030185/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030186/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030187/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030188/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030190/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030191/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030192/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030193/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030194/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030195/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030196/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030197/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030198/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030199/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-meshalki-pasterski-06030201/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030202/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-papstar-06030203/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-hold-06030204/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030207/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-jakobsen-design-06030301/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-hlp-2-06030401/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochka-probar-premium-06030402/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochka-izognutaya-hlp-2-06030403/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-probar-06030407/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-probar-06030408/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-probar-06030409/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-probar-06030410/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-meshalki-pasterski-06030411/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-s-fruktami-ims-06040301/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06040403/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-ims-06040503/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-trial-market-06030415/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-boba-and-tom-06030416/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-tehpak-06030208/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-plastmassovaya-galantereya-06030209/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-boba-and-tom-06030417/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochka-d-chaya-leopold-vienna-02030618/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030101/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochka-meshalka-ims-06030102/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030103/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030104/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030105/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-sgiba-ims-06030106/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030108/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030109/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030110/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030111/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-ims-06030112/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030113/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030115/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030117/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030118/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030119/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-meshalki-ims-06030121/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030122/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-ims-06030123/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030125/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030126/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030127/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030128/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-meshalki-bez-sgiba-papstar-06030129/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-sgiba-papstar-06030131/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-izgiba-ims-06030135/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-izgiba-ims-06030136/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030137/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030141/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-papstar-06030142/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030144/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030147/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030148/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030149/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030151/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030152/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030153/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06030154/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030155/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-sgiba-papstar-06030156/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030158/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030159/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-papstar-06030160/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030161/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-matfer-06030162/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030168/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030169/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030170/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030171/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030173/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030174/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-tehpak-06030177/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030178/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030179/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030180/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030181/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-serax-06030182/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-serax-06030183/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-serax-06030184/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-bez-sgiba-papstar-06030185/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030186/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030187/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030188/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030190/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030191/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030192/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030193/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030194/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030195/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030196/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030197/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030198/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030199/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-meshalki-pasterski-06030201/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-papstar-06030202/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-papstar-06030203/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-pasterski-06030207/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-jakobsen-design-06030301/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-hlp-2-06030401/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochka-probar-premium-06030402/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochka-izognutaya-hlp-2-06030403/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-probar-06030407/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-probar-06030408/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-probar-06030409/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-probar-06030410/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-meshalki-pasterski-06030411/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-s-fruktami-ims-06040301/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-so-sgibom-ims-06040403/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-ims-06040503/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-boba-and-tom-06030416/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-tehpak-06030208/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-plastmassovaya-galantereya-06030209/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubochki-boba-and-tom-06030417/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L98"/>
+  <dimension ref="A1:L95"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I98" sqref="I98"/>
+      <selection activeCell="I95" sqref="I95"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -4517,2811 +4424,2718 @@
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D11" s="0">
         <v>6030110</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>45</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D12" s="0">
         <v>6030111</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D13" s="0">
         <v>300022</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D14" s="0">
         <v>300152</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D15" s="0">
         <v>6030115</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>45</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D16" s="0">
         <v>6030117</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>45</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>46</v>
+        <v>66</v>
       </c>
       <c r="L16" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D17" s="0">
         <v>6030118</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D18" s="0">
         <v>6030119</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>19</v>
+        <v>73</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="D19" s="0">
         <v>300060</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="D20" s="0">
         <v>6030122</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>77</v>
+        <v>46</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D21" s="0">
         <v>300206</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="L21" s="0">
         <v>33</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>85</v>
+        <v>66</v>
       </c>
       <c r="L22" s="0">
         <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D23" s="0">
         <v>300572</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>44</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D24" s="0">
         <v>6030127</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="L24" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D25" s="0">
         <v>6030128</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>77</v>
+        <v>25</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D26" s="0">
         <v>16611</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D27" s="0">
         <v>16700</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D28" s="0">
         <v>300244</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D29" s="0">
         <v>300091</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D30" s="0">
         <v>300077</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D31" s="0">
         <v>16710</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D32" s="0">
         <v>16726</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D33" s="0">
         <v>6030144</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>120</v>
+        <v>66</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="C34" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" s="0">
-        <v>300039</v>
+        <v>16601</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>28</v>
+        <v>98</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="0">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>93</v>
+        <v>123</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>124</v>
       </c>
       <c r="D35" s="0">
-        <v>16601</v>
+        <v>6030148</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>97</v>
+        <v>22</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>125</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L35" s="0">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="C36" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D36" s="0">
-        <v>6030148</v>
+        <v>6030149</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>128</v>
+        <v>45</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>25</v>
+        <v>127</v>
       </c>
       <c r="L36" s="0">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>30</v>
+        <v>128</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D37" s="0">
-        <v>6030149</v>
+        <v>300527</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>45</v>
+        <v>130</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="L37" s="0">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
-      <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D38" s="0">
-        <v>300527</v>
+        <v>300534</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
+      <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D39" s="0">
-        <v>300534</v>
+        <v>300541</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
         <v>136</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>137</v>
       </c>
       <c r="D40" s="0">
-        <v>300541</v>
+        <v>300558</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
         <v>138</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="D41" s="0">
-        <v>300558</v>
+      <c r="D41" s="0" t="s">
+        <v>140</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L41" s="0">
-        <v>48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>143</v>
+      </c>
+      <c r="D42" s="0">
+        <v>16711</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>22</v>
+        <v>98</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L42" s="0">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D43" s="0">
-        <v>16711</v>
+        <v>6030158</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>97</v>
+        <v>22</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>146</v>
+        <v>45</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="L43" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>148</v>
       </c>
       <c r="D44" s="0">
-        <v>6030158</v>
+        <v>6030159</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>45</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L44" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D45" s="0">
-        <v>6030159</v>
+        <v>10040</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>22</v>
+        <v>98</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>45</v>
+        <v>151</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L45" s="0">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D46" s="0">
-        <v>10040</v>
+        <v>19528</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>19</v>
+        <v>50</v>
       </c>
       <c r="L46" s="0">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>19528</v>
+        <v>156</v>
+      </c>
+      <c r="D47" s="0" t="s">
+        <v>157</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="F47" s="0"/>
+        <v>158</v>
+      </c>
+      <c r="F47" s="0" t="s">
+        <v>159</v>
+      </c>
       <c r="G47" s="0" t="s">
-        <v>16</v>
+        <v>160</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="L47" s="0">
-        <v>6</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>163</v>
+      </c>
+      <c r="D48" s="0">
+        <v>6030168</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>162</v>
+        <v>23</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>163</v>
+        <v>24</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="L48" s="0">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
         <v>164</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>165</v>
       </c>
       <c r="D49" s="0">
-        <v>6030168</v>
+        <v>6030169</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>19</v>
+        <v>166</v>
       </c>
       <c r="L49" s="0">
-        <v>200</v>
+        <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D50" s="0">
-        <v>6030169</v>
+        <v>6030170</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>76</v>
+        <v>169</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="L50" s="0">
-        <v>12</v>
+        <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D51" s="0">
-        <v>6030170</v>
+        <v>6030171</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>77</v>
+        <v>173</v>
       </c>
       <c r="L51" s="0">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="D52" s="0">
-        <v>6030171</v>
+        <v>6030173</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>174</v>
+        <v>66</v>
       </c>
       <c r="L52" s="0">
-        <v>23</v>
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D53" s="0">
-        <v>6030173</v>
+        <v>6030174</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="L53" s="0">
-        <v>12</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="D54" s="0">
-        <v>6030174</v>
+        <v>6030177</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="0">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D55" s="0">
-        <v>6030177</v>
+        <v>6030178</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>19</v>
+        <v>186</v>
       </c>
       <c r="L55" s="0">
-        <v>75</v>
+        <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="D56" s="0">
-        <v>6030178</v>
+        <v>6030179</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>187</v>
+        <v>46</v>
       </c>
       <c r="L56" s="0">
-        <v>10</v>
+        <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D57" s="0">
-        <v>6030179</v>
+        <v>85227</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>22</v>
+        <v>98</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="L57" s="0">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D58" s="0">
-        <v>85227</v>
+        <v>85569</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="0">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-        <v>85569</v>
+        <v>196</v>
+      </c>
+      <c r="D59" s="0" t="s">
+        <v>197</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>97</v>
+        <v>198</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>16</v>
+        <v>199</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L59" s="0"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="D60" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="E60" s="0" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="0"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="0"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>208</v>
+        <v>210</v>
+      </c>
+      <c r="D62" s="0">
+        <v>81789</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>199</v>
+        <v>98</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>200</v>
+        <v>16</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L62" s="0"/>
+      <c r="L62" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="D63" s="0">
-        <v>81789</v>
+        <v>6030186</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>97</v>
+        <v>22</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>19</v>
+        <v>215</v>
       </c>
       <c r="L63" s="0">
-        <v>1</v>
+        <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="D64" s="0">
-        <v>6030186</v>
+        <v>6030187</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>215</v>
+        <v>32</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>216</v>
+        <v>46</v>
       </c>
       <c r="L64" s="0">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>217</v>
+        <v>100</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>218</v>
       </c>
       <c r="D65" s="0">
-        <v>6030187</v>
+        <v>6030188</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>32</v>
+        <v>219</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="L65" s="0">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>99</v>
+        <v>220</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D66" s="0">
-        <v>6030188</v>
+        <v>87010</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>22</v>
+        <v>98</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="L66" s="0">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D67" s="0">
-        <v>87010</v>
+        <v>87011</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D68" s="0">
-        <v>87011</v>
+        <v>87510</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="0">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D69" s="0">
-        <v>87510</v>
+        <v>87513</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L69" s="0">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D70" s="0">
-        <v>87513</v>
+        <v>87514</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L70" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D71" s="0">
-        <v>87514</v>
+        <v>87515</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D72" s="0">
-        <v>87515</v>
+        <v>87516</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D73" s="0">
-        <v>87516</v>
+        <v>87517</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L73" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D74" s="0">
-        <v>87517</v>
+        <v>87518</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L74" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D75" s="0">
-        <v>87518</v>
+        <v>87511</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>231</v>
+        <v>244</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L75" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D76" s="0">
-        <v>87511</v>
+        <v>6030201</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>97</v>
+        <v>22</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="L76" s="0">
-        <v>10</v>
+        <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="D77" s="0">
-        <v>6030201</v>
+        <v>87512</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>22</v>
+        <v>98</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="L77" s="0">
-        <v>18</v>
+        <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D78" s="0">
-        <v>87512</v>
+        <v>19878</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L78" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D79" s="0">
-        <v>19878</v>
+        <v>6030207</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>97</v>
+        <v>22</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="L79" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="F80" s="0"/>
+        <v>260</v>
+      </c>
+      <c r="F80" s="0" t="s">
+        <v>261</v>
+      </c>
       <c r="G80" s="0" t="s">
-        <v>23</v>
+        <v>262</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="D81" s="0">
-        <v>6030207</v>
+        <v>6030401</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>22</v>
+        <v>266</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="L81" s="0">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="L82" s="0">
-        <v>1</v>
+        <v>500</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>271</v>
-[...3 lines deleted...]
-      </c>
+        <v>276</v>
+      </c>
+      <c r="D83" s="0"/>
       <c r="E83" s="0" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>273</v>
+        <v>62</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="L83" s="0">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>275</v>
-[...3 lines deleted...]
-      </c>
+        <v>278</v>
+      </c>
+      <c r="D84" s="0"/>
       <c r="E84" s="0" t="s">
-        <v>277</v>
-[...3 lines deleted...]
-      </c>
+        <v>279</v>
+      </c>
+      <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>279</v>
+        <v>23</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>280</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>281</v>
+        <v>19</v>
       </c>
       <c r="L84" s="0">
-        <v>500</v>
+        <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="C85" s="0" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="D85" s="0"/>
       <c r="E85" s="0" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>61</v>
+        <v>280</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>77</v>
+        <v>173</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="C86" s="0" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="D86" s="0"/>
       <c r="E86" s="0" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>19</v>
+        <v>286</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C87" s="0" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="D87" s="0"/>
       <c r="E87" s="0" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>174</v>
+        <v>19</v>
       </c>
       <c r="L87" s="0">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="C88" s="0" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="D88" s="0"/>
       <c r="E88" s="0" t="s">
-        <v>286</v>
+        <v>22</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="L88" s="0">
-        <v>1</v>
+        <v>90</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="C89" s="0" t="s">
         <v>294</v>
       </c>
-      <c r="C89" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D89" s="0"/>
+      <c r="D89" s="0">
+        <v>300107</v>
+      </c>
       <c r="E89" s="0" t="s">
-        <v>286</v>
+        <v>28</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>187</v>
+        <v>19</v>
       </c>
       <c r="L89" s="0">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
         <v>296</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>297</v>
       </c>
-      <c r="D90" s="0"/>
+      <c r="D90" s="0">
+        <v>300374</v>
+      </c>
       <c r="E90" s="0" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>298</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>299</v>
+        <v>19</v>
       </c>
       <c r="L90" s="0">
-        <v>90</v>
+        <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="C91" s="0" t="s">
         <v>300</v>
       </c>
-      <c r="C91" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D91" s="0">
-        <v>300107</v>
+        <v>300213</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L91" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="C92" s="0" t="s">
         <v>303</v>
       </c>
-      <c r="C92" s="0" t="s">
+      <c r="D92" s="0"/>
+      <c r="E92" s="0" t="s">
         <v>304</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>305</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="L92" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
-      <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
         <v>306</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>307</v>
       </c>
       <c r="D93" s="0">
-        <v>300213</v>
+        <v>6030208</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>308</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L93" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L93" s="0"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
+      <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
         <v>309</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>310</v>
       </c>
-      <c r="D94" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="D94" s="0"/>
       <c r="E94" s="0" t="s">
         <v>311</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>312</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L94" s="0"/>
+        <v>46</v>
+      </c>
+      <c r="L94" s="0">
+        <v>8</v>
+      </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
-      <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
         <v>313</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>314</v>
       </c>
       <c r="D95" s="0"/>
       <c r="E95" s="0" t="s">
-        <v>315</v>
+        <v>304</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>316</v>
+        <v>79</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>25</v>
-[...29 lines deleted...]
-      <c r="K96" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L96" s="0"/>
-[...56 lines deleted...]
-      <c r="L98" s="0"/>
+      <c r="L95" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -7376,53 +7190,50 @@
     <hyperlink ref="B71" r:id="rId_hyperlink_70"/>
     <hyperlink ref="B72" r:id="rId_hyperlink_71"/>
     <hyperlink ref="B73" r:id="rId_hyperlink_72"/>
     <hyperlink ref="B74" r:id="rId_hyperlink_73"/>
     <hyperlink ref="B75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="B76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="B77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="B78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="B79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="B80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="B81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="B82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="B83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="B84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="B85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="B86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="B87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="B88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="B89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="B90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="B91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="B92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="B93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="B94" r:id="rId_hyperlink_93"/>
     <hyperlink ref="B95" r:id="rId_hyperlink_94"/>
-    <hyperlink ref="B96" r:id="rId_hyperlink_95"/>
-[...1 lines deleted...]
-    <hyperlink ref="B98" r:id="rId_hyperlink_97"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>