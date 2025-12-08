--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -91,51 +91,51 @@
   <si>
     <t>Соусы</t>
   </si>
   <si>
     <t>2310.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Соус «Ворчестер»;стекло;140мл;D=4,H=18см</t>
   </si>
   <si>
     <t>05010301</t>
   </si>
   <si>
     <t>Ворчестер</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>4567.00₸</t>
   </si>
   <si>
-    <t>24 шт.</t>
+    <t>13 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>