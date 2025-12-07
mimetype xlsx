--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="317">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="326">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -76,744 +76,714 @@
   <si>
     <t>Смесь сухая для приготовления напитков «Чай Масала» ODK 1 кг;сталь</t>
   </si>
   <si>
     <t>05090129</t>
   </si>
   <si>
     <t>LCA001LSA</t>
   </si>
   <si>
     <t>ODK</t>
   </si>
   <si>
     <t>Frappe 1KG</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Сухие смеси для приготовления напитков</t>
   </si>
   <si>
     <t>23947.00₸</t>
   </si>
   <si>
-    <t>50 шт.</t>
+    <t>8 шт.</t>
   </si>
   <si>
     <t>Смесь сухая для приготовления напитков «Ванильный Чай Масала» ODK 1 кг;сталь</t>
   </si>
   <si>
     <t>05090130</t>
   </si>
   <si>
     <t>LCA002LSA</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Смесь сухая для приготовления напитков «Фраппе Карамельный» ODK 1 кг;сталь;D=10,H=19см</t>
   </si>
   <si>
     <t>05090131</t>
   </si>
   <si>
     <t>LFR001LSA</t>
   </si>
   <si>
     <t>16709.00₸</t>
   </si>
   <si>
+    <t>Смесь сухая для приготовления напитков «Фраппе Шоколадный» ODK 1 кг;сталь</t>
+  </si>
+  <si>
+    <t>05090132</t>
+  </si>
+  <si>
+    <t>LFR002LSA</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Фраппе Красный Бархат» ODK 1 кг;сталь;D=10,H=19см</t>
+  </si>
+  <si>
+    <t>05090133</t>
+  </si>
+  <si>
+    <t>LFR003LSA</t>
+  </si>
+  <si>
+    <t>18711.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Фраппе Кофейный» ODK 1 кг;сталь</t>
+  </si>
+  <si>
+    <t>05090134</t>
+  </si>
+  <si>
+    <t>LFR004LSA</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Фраппе Ванильный» ODK 1 кг;сталь</t>
+  </si>
+  <si>
+    <t>05090136</t>
+  </si>
+  <si>
+    <t>LFR006LSA</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Фраппе Мокко» ODK 1 кг;сталь;D=10,H=19см</t>
+  </si>
+  <si>
+    <t>05090137</t>
+  </si>
+  <si>
+    <t>LFR007LSA</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Фраппе Ириска» ODK 1 кг;сталь</t>
+  </si>
+  <si>
+    <t>05090138</t>
+  </si>
+  <si>
+    <t>LFR009LSA</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Фраппе Фисташка» ODK 1 кг;сталь;D=10,H=19см</t>
+  </si>
+  <si>
+    <t>05090139</t>
+  </si>
+  <si>
+    <t>LFR011LSA</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Фраппе Корица» ODK 1 кг;сталь</t>
+  </si>
+  <si>
+    <t>05090140</t>
+  </si>
+  <si>
+    <t>LFR012LSA</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Сливочный сыр» для раф кофе 500г;картон,пластик;,H=25,L=7,B=</t>
+  </si>
+  <si>
+    <t>05090147</t>
+  </si>
+  <si>
+    <t>RF13005-f500</t>
+  </si>
+  <si>
+    <t>Essence</t>
+  </si>
+  <si>
+    <t>Raf</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>9795.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Птичье молоко» для раф кофе 500г;картон,пластик;,H=25,L=7,B=</t>
+  </si>
+  <si>
+    <t>05090148</t>
+  </si>
+  <si>
+    <t>RF13057-f500</t>
+  </si>
+  <si>
+    <t>11951.00₸</t>
+  </si>
+  <si>
+    <t>-1 шт.</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Апельсиновый пломбир» для раф кофе 500г;картон,пластик;,H=25</t>
+  </si>
+  <si>
+    <t>05090149</t>
+  </si>
+  <si>
+    <t>RF13241-c-f500</t>
+  </si>
+  <si>
+    <t>7901.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Малина-кокос» для раф кофе 500г;картон,пластик;,H=25,L=7,B=1</t>
+  </si>
+  <si>
+    <t>05090150</t>
+  </si>
+  <si>
+    <t>RF13023-f500</t>
+  </si>
+  <si>
+    <t>12089.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Кактус-Дыня» для раф кофе 500г;картон,пластик;,H=25,L=7,B=13</t>
+  </si>
+  <si>
+    <t>05090151</t>
+  </si>
+  <si>
+    <t>RF13024-f500</t>
+  </si>
+  <si>
+    <t>8209.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Банановое мороженое с соленой карамелью» для раф кофе 500г;,</t>
+  </si>
+  <si>
+    <t>05090152</t>
+  </si>
+  <si>
+    <t>RF13032-f500</t>
+  </si>
+  <si>
+    <t>10719.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Мандариновое печенье» для раф кофе 500г;картон,пластик;,H=25</t>
+  </si>
+  <si>
+    <t>05090153</t>
+  </si>
+  <si>
+    <t>RF13042-f500</t>
+  </si>
+  <si>
+    <t>11381.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Ананас в карамели» для раф кофе 500г;картон,пластик;,H=25,L=</t>
+  </si>
+  <si>
+    <t>05090154</t>
+  </si>
+  <si>
+    <t>RF13049-f500</t>
+  </si>
+  <si>
+    <t>8255.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Ванильный» для раф кофе 500г;картон,пластик;,H=25,L=7,B=13см</t>
+  </si>
+  <si>
+    <t>05090155</t>
+  </si>
+  <si>
+    <t>RF13340-f500</t>
+  </si>
+  <si>
+    <t>5144.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Медовик с малиной» для раф кофе 500г;картон,пластик;,H=25,L=</t>
+  </si>
+  <si>
+    <t>05090156</t>
+  </si>
+  <si>
+    <t>RF13215-f500</t>
+  </si>
+  <si>
+    <t>10519.00₸</t>
+  </si>
+  <si>
+    <t>46 шт.</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Панакота с вишней» для раф кофе 500г;картон,пластик;,H=25,L=</t>
+  </si>
+  <si>
+    <t>05090157</t>
+  </si>
+  <si>
+    <t>RF13359-f500</t>
+  </si>
+  <si>
+    <t>5960.00₸</t>
+  </si>
+  <si>
+    <t>39 шт.</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Цветущий персик» для раф кофе 500г;картон,пластик;,H=25,L=7,</t>
+  </si>
+  <si>
+    <t>05090158</t>
+  </si>
+  <si>
+    <t>RF13363-f500</t>
+  </si>
+  <si>
+    <t>6037.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Молочный шоколад с фисташкой» для раф кофе 500г;картон,пласт</t>
+  </si>
+  <si>
+    <t>05090159</t>
+  </si>
+  <si>
+    <t>RF13360-f500</t>
+  </si>
+  <si>
+    <t>5544.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Райское печенье» для раф кофе 500г;картон,пластик;,H=25,L=7,</t>
+  </si>
+  <si>
+    <t>05090160</t>
+  </si>
+  <si>
+    <t>RF13361-f500</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Тоффи» для раф кофе 500г;картон,пластик;,H=25,L=7,B=13см</t>
+  </si>
+  <si>
+    <t>05090161</t>
+  </si>
+  <si>
+    <t>RF13362-f500</t>
+  </si>
+  <si>
+    <t>6861.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Клубника» для молочных коктейлей 500г;картон,пластик;,H=25,L</t>
+  </si>
+  <si>
+    <t>05090162</t>
+  </si>
+  <si>
+    <t>MS14084-c-f500</t>
+  </si>
+  <si>
+    <t>Milkshake</t>
+  </si>
+  <si>
+    <t>7161.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Ваниль» для молочных коктейлей 500г;картон,пластик;,H=25,L=7</t>
+  </si>
+  <si>
+    <t>05090163</t>
+  </si>
+  <si>
+    <t>MS14085-f500</t>
+  </si>
+  <si>
+    <t>6068.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Малина» для молочных коктейлей 500г;картон,пластик;,H=25,L=7</t>
+  </si>
+  <si>
+    <t>05090164</t>
+  </si>
+  <si>
+    <t>MS14007-c-f500</t>
+  </si>
+  <si>
+    <t>7685.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Манго» для молочных коктейлей 500г;картон,пластик;,H=25,L=7,</t>
+  </si>
+  <si>
+    <t>05090165</t>
+  </si>
+  <si>
+    <t>MS14083-c-f500</t>
+  </si>
+  <si>
+    <t>6977.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Зеленая дыня» для молочных коктейлей 500г;картон,пластик;,H=</t>
+  </si>
+  <si>
+    <t>05090166</t>
+  </si>
+  <si>
+    <t>MS14075-c-f500</t>
+  </si>
+  <si>
+    <t>7408.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Молочный шоколад» для молочных коктейлей 500г;картон,пластик</t>
+  </si>
+  <si>
+    <t>05090167</t>
+  </si>
+  <si>
+    <t>MS14086-f500</t>
+  </si>
+  <si>
+    <t>5337.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Сливочная фисташка» для молочных коктейлей 500г;картон,пласт</t>
+  </si>
+  <si>
+    <t>05090168</t>
+  </si>
+  <si>
+    <t>MS14087-c-f500</t>
+  </si>
+  <si>
+    <t>5891.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Дыня-груша» для молочных коктейлей 500г;картон,пластик;,H=25</t>
+  </si>
+  <si>
+    <t>05090169</t>
+  </si>
+  <si>
+    <t>MS14088-c-f500</t>
+  </si>
+  <si>
+    <t>5752.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Малина-корица» для чая латте 500г;картон,пластик;,H=25,L=7,B</t>
+  </si>
+  <si>
+    <t>05090174</t>
+  </si>
+  <si>
+    <t>CL10024-f500</t>
+  </si>
+  <si>
+    <t>Chai Latte</t>
+  </si>
+  <si>
+    <t>11982.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Клубника-мята» для чая латте 500г;картон,пластик;,H=25,L=7,B</t>
+  </si>
+  <si>
+    <t>05090175</t>
+  </si>
+  <si>
+    <t>CL10025-f500</t>
+  </si>
+  <si>
+    <t>10996.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Пекан-кумкват» для матчи латте 500г;картон,пластик;,H=25,L=7</t>
+  </si>
+  <si>
+    <t>05090188</t>
+  </si>
+  <si>
+    <t>MT11066-f500</t>
+  </si>
+  <si>
+    <t>Matcha</t>
+  </si>
+  <si>
+    <t>13891.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Юдзу» для матчи латте 500г;картон,пластик;,H=25,L=7,B=13см</t>
+  </si>
+  <si>
+    <t>05090189</t>
+  </si>
+  <si>
+    <t>MT11065-f500</t>
+  </si>
+  <si>
+    <t>15015.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Соленая фисташка» для матчи латте 500г;картон,пластик;,H=25,</t>
+  </si>
+  <si>
+    <t>05090190</t>
+  </si>
+  <si>
+    <t>MT11073-f500</t>
+  </si>
+  <si>
+    <t>10049.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Малиновое суфле» для матчи латте 500г;картон,пластик;,H=25,L</t>
+  </si>
+  <si>
+    <t>05090191</t>
+  </si>
+  <si>
+    <t>MT11074-f500</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Бергамот» для матчи латте 500г;картон,пластик;,H=25,L=7,B=13</t>
+  </si>
+  <si>
+    <t>05090192</t>
+  </si>
+  <si>
+    <t>MT11075-f500</t>
+  </si>
+  <si>
+    <t>7346.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Фраппе Безмолочная основа» ODK;сталь</t>
+  </si>
+  <si>
+    <t>05090141</t>
+  </si>
+  <si>
+    <t>LFR000LSA</t>
+  </si>
+  <si>
+    <t>17633.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Черная смородина с мятой» 500гр;картон,пластик;,H=25,L=7,B=1</t>
+  </si>
+  <si>
+    <t>05090211</t>
+  </si>
+  <si>
+    <t>SS18114-c-f500</t>
+  </si>
+  <si>
+    <t>7131.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Фраппе Йогурт» ODK;сталь</t>
+  </si>
+  <si>
+    <t>05090142</t>
+  </si>
+  <si>
+    <t>LFR008LSA</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Фраппе Шоколадно-мятный» ODK;сталь</t>
+  </si>
+  <si>
+    <t>05090143</t>
+  </si>
+  <si>
+    <t>LFR013LSA</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Спум» для воздушных и кислородных коктейлей, 100 порций</t>
+  </si>
+  <si>
+    <t>05040205</t>
+  </si>
+  <si>
+    <t>Spoom</t>
+  </si>
+  <si>
+    <t>5352.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Сухая смесь для приготовления напитков «Глинтвейн»;,H=25,L=7,B=13см</t>
+  </si>
+  <si>
+    <t>05090285</t>
+  </si>
+  <si>
+    <t>JM8061-c-f500</t>
+  </si>
+  <si>
+    <t>Jam Cream</t>
+  </si>
+  <si>
+    <t>16232.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Смесь сухая для приготовления напитков «Фраппе Шоколадный» ODK 1 кг;сталь</t>
-[...547 lines deleted...]
-  <si>
     <t>Смесь сухая для приготовления напитков «Тосканский раф» для раф кофе 500 г;картон,пластик;,H=25,L=7с</t>
   </si>
   <si>
     <t>05090291</t>
   </si>
   <si>
     <t>RF13394-f500</t>
   </si>
   <si>
     <t>5606.00₸</t>
   </si>
   <si>
-    <t>7 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Смесь сухая для приготовления напитков «Дубайский шоколад» для раф кофе 500 г;картон,пластик;,H=25,L</t>
   </si>
   <si>
     <t>05090289</t>
   </si>
   <si>
     <t>RF13486-с-f500</t>
   </si>
   <si>
     <t>8671.00₸</t>
   </si>
   <si>
-    <t>Смесь сухая для приготовления напитков (уценка) «Пекан-кумкват» для матчи латте 500г;картон,пластик;</t>
-[...22 lines deleted...]
-  <si>
     <t>Смесь сухая для приготовления напитков «Апельсиновый пломбир» для раф кофе 500 г;картон,пластик;,H=1</t>
   </si>
   <si>
     <t>05090294</t>
   </si>
   <si>
     <t>CL410</t>
   </si>
   <si>
     <t>Osnova</t>
   </si>
   <si>
     <t>Cream Latte</t>
   </si>
   <si>
     <t>7931.00₸</t>
   </si>
   <si>
-    <t>31 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Смесь сухая для приготовления напитков «Сыр» для раф кофе 500 г;картон,пластик;,H=18,L=18,B=6см</t>
   </si>
   <si>
     <t>05090297</t>
   </si>
   <si>
     <t>CL402</t>
   </si>
   <si>
     <t>7623.00₸</t>
   </si>
   <si>
-    <t>22 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Смесь сухая для приготовления напитков «Какао без сахара» 500 г;картон,пластик;,H=18,L=18,B=6см</t>
   </si>
   <si>
     <t>05090293</t>
   </si>
   <si>
     <t>CH050/CH051</t>
   </si>
   <si>
     <t>Choco Latte</t>
   </si>
   <si>
     <t>6853.00₸</t>
   </si>
   <si>
     <t>Смесь сухая для приготовления напитков «Тоффи» для раф кофе 500 г;картон,пластик;,H=18,L=18,B=6см</t>
   </si>
   <si>
     <t>05090298</t>
   </si>
   <si>
     <t>CL234</t>
   </si>
   <si>
     <t>7500.00₸</t>
   </si>
   <si>
-    <t>40 шт.</t>
+    <t>47 шт.</t>
   </si>
   <si>
     <t>Смесь сухая для приготовления напитков «Медовик с малиной» для раф кофе 500 г;картон,пластик;,H=18,L</t>
   </si>
   <si>
     <t>05090295</t>
   </si>
   <si>
     <t>CL411/CL420</t>
   </si>
   <si>
     <t>8070.00₸</t>
   </si>
   <si>
     <t>Смесь сухая для приготовления напитков «Птичье молоко» для раф кофе 500 г;картон,пластик;,H=18,L=18,</t>
   </si>
   <si>
     <t>05090296</t>
   </si>
   <si>
     <t>CL392</t>
   </si>
   <si>
     <t>9441.00₸</t>
   </si>
@@ -883,132 +853,189 @@
   <si>
     <t>6314.00₸</t>
   </si>
   <si>
     <t>Смесь сухая для приготовления напитков «Банановое мороженое с соленой карамелью» для раф кофе 500 г;</t>
   </si>
   <si>
     <t>05090303</t>
   </si>
   <si>
     <t>CL320/CL424</t>
   </si>
   <si>
     <t>Смесь сухая для приготовления напитков «Пекан-Кумкват» для матчи латте 500г;картон,пластик;,H=18,L=1</t>
   </si>
   <si>
     <t>05090306</t>
   </si>
   <si>
     <t>ML063</t>
   </si>
   <si>
     <t>9656.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
+    <t>9 шт.</t>
   </si>
   <si>
     <t>Смесь сухая для приготовления напитков «Панакота с вишней» для раф кофе 500 г;картон,пластик;,H=18,L</t>
   </si>
   <si>
     <t>05090305</t>
   </si>
   <si>
     <t>CL255/CL427</t>
   </si>
   <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
     <t>Смесь сухая для приготовления напитков «Мусковадо» для раф кофе 500 г;картон,пластик;,H=18,L=18,B=6с</t>
   </si>
   <si>
     <t>05090311</t>
   </si>
   <si>
     <t>CL479</t>
   </si>
   <si>
     <t>8239.00₸</t>
   </si>
   <si>
     <t>Смесь сухая для приготовления напитков «Соленый сырный крекер» для раф кофе 500 г;картон,пластик;,H=</t>
   </si>
   <si>
     <t>05090328</t>
   </si>
   <si>
     <t>CL499</t>
   </si>
   <si>
     <t>8547.00₸</t>
   </si>
   <si>
     <t>Смесь сухая для приготовления напитков «Ананас в соленой карамели» для раф кофе 500 г;картон,пластик</t>
   </si>
   <si>
     <t>05090327</t>
   </si>
   <si>
     <t>CL498</t>
   </si>
   <si>
     <t>9117.00₸</t>
   </si>
   <si>
     <t>Смесь сухая для приготовления напитков «Таро» для раф кофе 500 г;картон,пластик;,H=18,L=18,B=6см</t>
   </si>
   <si>
     <t>05090326</t>
   </si>
   <si>
     <t>CL497</t>
   </si>
   <si>
     <t>8455.00₸</t>
   </si>
   <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
     <t>Смесь сухая для приготовления напитков «Тыква-Рикотта-Изюм» для раф кофе 500 г;картон,пластик;,H=18,</t>
   </si>
   <si>
     <t>05090344</t>
   </si>
   <si>
     <t>CL523</t>
   </si>
   <si>
     <t>8532.00₸</t>
   </si>
   <si>
     <t>Смесь сухая для приготовления напитков «Кокосовая конфета» для раф кофе 500 г;картон,пластик;,H=18,L</t>
   </si>
   <si>
     <t>05090343</t>
   </si>
   <si>
     <t>CL522</t>
   </si>
   <si>
     <t>8917.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Марципан» для раф кофе 500 г;картон,пластик;,H=18,L=18,B=6см</t>
+  </si>
+  <si>
+    <t>05090355</t>
+  </si>
+  <si>
+    <t>CL539</t>
+  </si>
+  <si>
+    <t>9471.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Какао со вкусом пихты» 500 г;картон,пластик;,H=18,L=18,B=6см</t>
+  </si>
+  <si>
+    <t>05090357</t>
+  </si>
+  <si>
+    <t>CH079</t>
+  </si>
+  <si>
+    <t>15370.00₸</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Азиатский» для раф кофе 500 г;картон,пластик;,H=18,L=18,B=6с</t>
+  </si>
+  <si>
+    <t>05090356</t>
+  </si>
+  <si>
+    <t>CL541</t>
+  </si>
+  <si>
+    <t>9210.00₸</t>
+  </si>
+  <si>
+    <t>42 шт.</t>
+  </si>
+  <si>
+    <t>Смесь сухая для приготовления напитков «Эгг-ног» для раф кофе 500 г;картон,пластик;,H=18,L=18,B=6см</t>
+  </si>
+  <si>
+    <t>05090354</t>
+  </si>
+  <si>
+    <t>CL538</t>
+  </si>
+  <si>
+    <t>10734.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1023,51 +1050,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5297FEBD-8205-11EE-BC0F-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F658CE1-983A-11EF-BC4E-00505692C4472.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF57BB11-9633-11EF-BC47-00505692492F3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E84195CD-9633-11EF-BC47-00505692492F4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8216A897-2053-11F0-BC54-00505692E2D05.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF57A563-9633-11EF-BC47-00505692492F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4CA94B5-9633-11EF-BC47-00505692492F7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B910C16-8205-11EE-BC0F-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4CA7F1E-9633-11EF-BC47-00505692492F9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF57A3B7-9633-11EF-BC47-00505692492F10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF57A63A-9633-11EF-BC47-00505692492F11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/592E9C52-942B-11EE-BC2B-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FB61114-942B-11EE-BC2B-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/847B7CD1-942B-11EE-BC2B-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C006D3A-942B-11EE-BC2B-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/787508A6-942B-11EE-BC2B-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/847B7B6B-942B-11EE-BC2B-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65F73FE4-942B-11EE-BC2B-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/847B7DCB-942B-11EE-BC2B-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E7F49A9-942B-11EE-BC2B-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65F73EA2-942B-11EE-BC2B-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FB6133E-942B-11EE-BC2B-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/531236A9-942B-11EE-BC2B-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65F73DDE-942B-11EE-BC2B-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15584465-960B-11EE-BC35-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/531237B5-942B-11EE-BC2B-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/723E3E86-942B-11EE-BC2B-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E7F4AC7-942B-11EE-BC2B-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/723E3C24-942B-11EE-BC2B-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C006A3A-942B-11EE-BC2B-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E7F4661-942B-11EE-BC2B-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FB6144A-942B-11EE-BC2B-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/592E9D5E-942B-11EE-BC2B-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E7F4791-942B-11EE-BC2B-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C006BE6-942B-11EE-BC2B-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/723E3DD4-942B-11EE-BC2B-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FB6129E-942B-11EE-BC2B-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/531235F7-942B-11EE-BC2B-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/592E9BB2-942B-11EE-BC2B-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C006B34-942B-11EE-BC2B-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/847B7A71-942B-11EE-BC2B-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4CA969F-9633-11EF-BC47-00505692492F42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1631C05-98F5-11EF-BC46-0050569297EB43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4CA7E48-9633-11EF-BC47-00505692492F44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE3E487B-9633-11EF-BC47-00505692492F45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7C77B06-D74A-11EF-BC53-00505692E2D046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0794EE7A-1A03-11F0-BC4F-00505692C44747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E97A6E4C-FC6E-11EF-BC53-00505692E2D048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7865B80B-0889-11F0-BC4E-00505692C44749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6585F874-420C-11F0-BC4A-00505692492F50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3007DFC-6287-11F0-BC53-00505692C44751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C03E42B3-6287-11F0-BC53-00505692C44752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3007D4A-6287-11F0-BC53-00505692C44753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC00DF9B-6287-11F0-BC53-00505692C44754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3007B9C-6287-11F0-BC53-00505692C44755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1FEF76A-6287-11F0-BC53-00505692C44756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/848D30CC-A9DD-11F0-BC4E-00505692492F57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1E6DF03-687E-11F0-BC54-00505692C44758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE42D404-67EB-11F0-BC55-00505692E2D059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/434A9AA7-A3A3-11F0-BC4E-00505692492F60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F6B7F4D-685F-11F0-BC5A-00505692E04961.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F6B8157-685F-11F0-BC5A-00505692E04962.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/496C4F8D-A3A3-11F0-BC4E-00505692492F63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F6B7C1C-685F-11F0-BC5A-00505692E04964.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50830A9A-A094-11F0-BC58-00505692E2D065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/508309E7-A094-11F0-BC58-00505692E2D066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50830B4C-A094-11F0-BC58-00505692E2D067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC9211F-A093-11F0-BC58-00505692E2D068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B13B7D2C-A9D1-11F0-BC4C-0050569297EB69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B13B8098-A9D1-11F0-BC4C-0050569297EB70.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5297FEBD-8205-11EE-BC0F-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F658CE1-983A-11EF-BC4E-00505692C4472.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF57BB11-9633-11EF-BC47-00505692492F3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E84195CD-9633-11EF-BC47-00505692492F4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8216A897-2053-11F0-BC54-00505692E2D05.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF57A563-9633-11EF-BC47-00505692492F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4CA94B5-9633-11EF-BC47-00505692492F7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B910C16-8205-11EE-BC0F-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4CA7F1E-9633-11EF-BC47-00505692492F9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF57A3B7-9633-11EF-BC47-00505692492F10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF57A63A-9633-11EF-BC47-00505692492F11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/592E9C52-942B-11EE-BC2B-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FB61114-942B-11EE-BC2B-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/847B7CD1-942B-11EE-BC2B-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C006D3A-942B-11EE-BC2B-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/787508A6-942B-11EE-BC2B-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/847B7B6B-942B-11EE-BC2B-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65F73FE4-942B-11EE-BC2B-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/847B7DCB-942B-11EE-BC2B-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E7F49A9-942B-11EE-BC2B-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65F73EA2-942B-11EE-BC2B-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FB6133E-942B-11EE-BC2B-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/531236A9-942B-11EE-BC2B-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65F73DDE-942B-11EE-BC2B-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15584465-960B-11EE-BC35-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/531237B5-942B-11EE-BC2B-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/723E3E86-942B-11EE-BC2B-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E7F4AC7-942B-11EE-BC2B-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/723E3C24-942B-11EE-BC2B-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C006A3A-942B-11EE-BC2B-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E7F4661-942B-11EE-BC2B-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FB6144A-942B-11EE-BC2B-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/592E9D5E-942B-11EE-BC2B-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E7F4791-942B-11EE-BC2B-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C006BE6-942B-11EE-BC2B-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/723E3DD4-942B-11EE-BC2B-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FB6129E-942B-11EE-BC2B-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/531235F7-942B-11EE-BC2B-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/592E9BB2-942B-11EE-BC2B-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C006B34-942B-11EE-BC2B-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/847B7A71-942B-11EE-BC2B-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4CA969F-9633-11EF-BC47-00505692492F42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1631C05-98F5-11EF-BC46-0050569297EB43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4CA7E48-9633-11EF-BC47-00505692492F44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE3E487B-9633-11EF-BC47-00505692492F45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7C77B06-D74A-11EF-BC53-00505692E2D046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0794EE7A-1A03-11F0-BC4F-00505692C44747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E97A6E4C-FC6E-11EF-BC53-00505692E2D048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3007DFC-6287-11F0-BC53-00505692C44749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C03E42B3-6287-11F0-BC53-00505692C44750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3007D4A-6287-11F0-BC53-00505692C44751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC00DF9B-6287-11F0-BC53-00505692C44752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3007B9C-6287-11F0-BC53-00505692C44753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1FEF76A-6287-11F0-BC53-00505692C44754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/848D30CC-A9DD-11F0-BC4E-00505692492F55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1E6DF03-687E-11F0-BC54-00505692C44756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE42D404-67EB-11F0-BC55-00505692E2D057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/434A9AA7-A3A3-11F0-BC4E-00505692492F58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F6B7F4D-685F-11F0-BC5A-00505692E04959.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F6B8157-685F-11F0-BC5A-00505692E04960.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/496C4F8D-A3A3-11F0-BC4E-00505692492F61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F6B7C1C-685F-11F0-BC5A-00505692E04962.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50830A9A-A094-11F0-BC58-00505692E2D063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/508309E7-A094-11F0-BC58-00505692E2D064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50830B4C-A094-11F0-BC58-00505692E2D065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CC9211F-A093-11F0-BC58-00505692E2D066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B13B7D2C-A9D1-11F0-BC4C-0050569297EB67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B13B8098-A9D1-11F0-BC4C-0050569297EB68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80112FDC-C7F0-11F0-BC5A-00505692E2D069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/801132D7-C7F0-11F0-BC5A-00505692E2D070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80113779-C7F0-11F0-BC5A-00505692E2D071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D68942B-C7F0-11F0-BC5A-00505692E2D072.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3115,50 +3142,110 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>71</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="70" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3417,62 +3504,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090129/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090130/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090131/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090132/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090133/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090134/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090136/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090137/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090138/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090139/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090140/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090147/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090148/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090149/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090150/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090151/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090152/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090153/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090154/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090155/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090156/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090157/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090158/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090159/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090160/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090161/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090162/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090163/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090164/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090165/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090166/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090167/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090168/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090169/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090174/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090175/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090188/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090189/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090190/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090191/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090192/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090141/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090211/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090142/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090143/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-spoom-05040205/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/suhaya-smes-dlya-prigotovleniya-napitkov-essence-05090285/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090291/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090289/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-ucenka-essence-05090188-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090155krd/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090294/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090297/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090293/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090298/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090295/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090296/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090299/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090300/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090301/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090302/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090304/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090303/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090306/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090305/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090311/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090328/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090327/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090326/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090344/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090343/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090129/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090130/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090131/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090132/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090133/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090134/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090136/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090137/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090138/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090139/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090140/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090147/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090148/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090149/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090150/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090151/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090152/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090153/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090154/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090155/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090156/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090157/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090158/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090159/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090160/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090161/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090162/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090163/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090164/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090165/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090166/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090167/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090168/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090169/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090174/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090175/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090188/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090189/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090190/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090191/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090192/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090141/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090211/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090142/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-odk-05090143/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-spoom-05040205/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/suhaya-smes-dlya-prigotovleniya-napitkov-essence-05090285/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090291/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-essence-05090289/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090294/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090297/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090293/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090298/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090295/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090296/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090299/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090300/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090301/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090302/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090304/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090303/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090306/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090305/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090311/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090328/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090327/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090326/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090344/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090343/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090355/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090357/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090356/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/smes-suhaya-dlya-prigotovleniya-napitkov-osnova-05090354/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L72"/>
+  <dimension ref="A1:L74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I72" sqref="I72"/>
+      <selection activeCell="I74" sqref="I74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -3581,2350 +3668,2428 @@
         <v>25</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L4" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>30</v>
       </c>
-      <c r="C5" s="0" t="s">
+      <c r="D5" s="0" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L5" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="L6" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>28</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L7" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>41</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L8" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>28</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="L9" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>28</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L10" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>28</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="L11" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>28</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L12" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="D13" s="0" t="s">
+      <c r="E13" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="E13" s="0" t="s">
+      <c r="F13" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="F13" s="0" t="s">
+      <c r="G13" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="G13" s="0" t="s">
+      <c r="H13" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L13" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="D14" s="0" t="s">
+      <c r="E14" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="G14" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H14" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>65</v>
-      </c>
-[...13 lines deleted...]
-        <v>66</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>29</v>
+        <v>66</v>
       </c>
       <c r="L14" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>69</v>
       </c>
       <c r="E15" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F15" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="F15" s="0" t="s">
+      <c r="G15" s="0" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>70</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>71</v>
       </c>
       <c r="L15" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>73</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>74</v>
       </c>
       <c r="E16" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F16" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="F16" s="0" t="s">
+      <c r="G16" s="0" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>75</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L16" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E17" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F17" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="F17" s="0" t="s">
+      <c r="G17" s="0" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>79</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="L17" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="D18" s="0" t="s">
+      <c r="E18" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F18" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="G18" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H18" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I18" s="1" t="s">
         <v>83</v>
-      </c>
-[...13 lines deleted...]
-        <v>84</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L18" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="D19" s="0" t="s">
+      <c r="E19" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F19" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="G19" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H19" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>87</v>
-      </c>
-[...13 lines deleted...]
-        <v>88</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="D20" s="0" t="s">
+      <c r="E20" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F20" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="G20" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>91</v>
-      </c>
-[...13 lines deleted...]
-        <v>92</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="L20" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="D21" s="0" t="s">
+      <c r="E21" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F21" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="G21" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I21" s="1" t="s">
         <v>95</v>
-      </c>
-[...13 lines deleted...]
-        <v>96</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L21" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="D22" s="0" t="s">
+      <c r="E22" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F22" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="G22" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H22" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I22" s="1" t="s">
         <v>99</v>
-      </c>
-[...13 lines deleted...]
-        <v>100</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="L22" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="D23" s="0" t="s">
+      <c r="E23" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F23" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="G23" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H23" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I23" s="1" t="s">
         <v>104</v>
-      </c>
-[...13 lines deleted...]
-        <v>105</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="L23" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="D24" s="0" t="s">
+      <c r="E24" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F24" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="G24" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I24" s="1" t="s">
         <v>109</v>
-      </c>
-[...13 lines deleted...]
-        <v>110</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L24" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="D25" s="0" t="s">
+      <c r="E25" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F25" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="G25" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H25" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I25" s="1" t="s">
         <v>113</v>
-      </c>
-[...13 lines deleted...]
-        <v>114</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>80</v>
+        <v>114</v>
       </c>
       <c r="L25" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>115</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>116</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>117</v>
       </c>
       <c r="E26" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F26" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="F26" s="0" t="s">
+      <c r="G26" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="G26" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L26" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>118</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>119</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>120</v>
       </c>
       <c r="E27" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F27" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="F27" s="0" t="s">
+      <c r="G27" s="0" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>121</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>122</v>
       </c>
       <c r="L27" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>123</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>124</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>125</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>127</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L28" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>130</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>131</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L29" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>134</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>135</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L30" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>136</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>137</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>138</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>139</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L31" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
         <v>140</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>141</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>142</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>143</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L32" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>144</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>145</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>146</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>147</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="L33" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="D34" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="D34" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E34" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>24</v>
+        <v>152</v>
       </c>
       <c r="L34" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
         <v>153</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>154</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>155</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>126</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>156</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L35" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>159</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>160</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>161</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>162</v>
+        <v>114</v>
       </c>
       <c r="L36" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="D37" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E37" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>160</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L37" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>167</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="D38" s="0" t="s">
+      <c r="E38" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F38" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="E38" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F38" s="0" t="s">
+      <c r="G38" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H38" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I38" s="1" t="s">
         <v>170</v>
-      </c>
-[...7 lines deleted...]
-        <v>171</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="L38" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>172</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="D39" s="0" t="s">
+      <c r="E39" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F39" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="G39" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H39" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I39" s="1" t="s">
         <v>174</v>
-      </c>
-[...13 lines deleted...]
-        <v>175</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="L39" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="D40" s="0" t="s">
+      <c r="E40" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F40" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="G40" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H40" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I40" s="1" t="s">
         <v>179</v>
-      </c>
-[...13 lines deleted...]
-        <v>180</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L40" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>181</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="D41" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E41" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>147</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="L41" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="D42" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="D42" s="0" t="s">
+      <c r="E42" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F42" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="G42" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H42" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I42" s="1" t="s">
         <v>187</v>
-      </c>
-[...13 lines deleted...]
-        <v>188</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L42" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="D43" s="0" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L43" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="D44" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="L44" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L45" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="D46" s="0" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L46" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="B47" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="D47" s="0"/>
       <c r="E47" s="0" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>80</v>
+        <v>207</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
         <v>208</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>209</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>210</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>211</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>212</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>162</v>
+        <v>213</v>
       </c>
       <c r="L48" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E49" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F49" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="F49" s="0" t="s">
+      <c r="G49" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="G49" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>217</v>
+        <v>196</v>
       </c>
       <c r="L49" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
         <v>218</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>219</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>220</v>
       </c>
       <c r="E50" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F50" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="F50" s="0" t="s">
+      <c r="G50" s="0" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>221</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L50" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
         <v>222</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>224</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>59</v>
+        <v>225</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>170</v>
+        <v>226</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>171</v>
+        <v>227</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>225</v>
+        <v>36</v>
       </c>
       <c r="L51" s="0">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="D52" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="E52" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="F52" s="0" t="s">
         <v>226</v>
       </c>
-      <c r="C52" s="0" t="s">
-[...8 lines deleted...]
-      <c r="F52" s="0" t="s">
+      <c r="G52" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="G52" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="L52" s="0">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>236</v>
+        <v>36</v>
       </c>
       <c r="L53" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>237</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>238</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>239</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>240</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>241</v>
       </c>
       <c r="L54" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
         <v>242</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>243</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>244</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="F55" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="G55" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H55" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I55" s="1" t="s">
         <v>245</v>
-      </c>
-[...7 lines deleted...]
-        <v>246</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="L55" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C56" s="0" t="s">
         <v>247</v>
       </c>
-      <c r="C56" s="0" t="s">
+      <c r="D56" s="0" t="s">
         <v>248</v>
       </c>
-      <c r="D56" s="0" t="s">
+      <c r="E56" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="F56" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="G56" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H56" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I56" s="1" t="s">
         <v>249</v>
-      </c>
-[...13 lines deleted...]
-        <v>250</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>251</v>
+        <v>122</v>
       </c>
       <c r="L56" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="D57" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="E57" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="F57" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="G57" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H57" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I57" s="1" t="s">
         <v>253</v>
-      </c>
-[...16 lines deleted...]
-        <v>255</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>37</v>
+        <v>122</v>
       </c>
       <c r="L57" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="D58" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="E58" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="F58" s="0" t="s">
         <v>257</v>
       </c>
-      <c r="D58" s="0" t="s">
+      <c r="G58" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H58" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I58" s="1" t="s">
         <v>258</v>
-      </c>
-[...13 lines deleted...]
-        <v>259</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="L58" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>260</v>
       </c>
-      <c r="C59" s="0" t="s">
+      <c r="D59" s="0" t="s">
         <v>261</v>
       </c>
-      <c r="D59" s="0" t="s">
+      <c r="E59" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="F59" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="G59" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H59" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I59" s="1" t="s">
         <v>262</v>
-      </c>
-[...13 lines deleted...]
-        <v>263</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>217</v>
+        <v>36</v>
       </c>
       <c r="L59" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>264</v>
       </c>
-      <c r="C60" s="0" t="s">
+      <c r="D60" s="0" t="s">
         <v>265</v>
       </c>
-      <c r="D60" s="0" t="s">
+      <c r="E60" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="F60" s="0" t="s">
         <v>266</v>
       </c>
-      <c r="E60" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F60" s="0" t="s">
+      <c r="G60" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H60" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I60" s="1" t="s">
         <v>267</v>
-      </c>
-[...7 lines deleted...]
-        <v>268</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>148</v>
+        <v>36</v>
       </c>
       <c r="L60" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>269</v>
       </c>
-      <c r="C61" s="0" t="s">
+      <c r="D61" s="0" t="s">
         <v>270</v>
       </c>
-      <c r="D61" s="0" t="s">
+      <c r="E61" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="F61" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="G61" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H61" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I61" s="1" t="s">
         <v>271</v>
-      </c>
-[...13 lines deleted...]
-        <v>272</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="L61" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>273</v>
       </c>
-      <c r="C62" s="0" t="s">
+      <c r="D62" s="0" t="s">
         <v>274</v>
       </c>
-      <c r="D62" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E62" s="0" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>276</v>
+        <v>226</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>277</v>
+        <v>231</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="L62" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="D63" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="E63" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="F63" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="G63" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H63" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I63" s="1" t="s">
         <v>278</v>
-      </c>
-[...19 lines deleted...]
-        <v>281</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>148</v>
+        <v>279</v>
       </c>
       <c r="L63" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>282</v>
       </c>
-      <c r="C64" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E64" s="0" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>37</v>
+        <v>283</v>
       </c>
       <c r="L64" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>285</v>
       </c>
-      <c r="C65" s="0" t="s">
+      <c r="D65" s="0" t="s">
         <v>286</v>
       </c>
-      <c r="D65" s="0" t="s">
+      <c r="E65" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="F65" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="G65" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H65" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I65" s="1" t="s">
         <v>287</v>
-      </c>
-[...13 lines deleted...]
-        <v>288</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>289</v>
+        <v>122</v>
       </c>
       <c r="L65" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="D66" s="0" t="s">
         <v>290</v>
       </c>
-      <c r="C66" s="0" t="s">
+      <c r="E66" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="F66" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="G66" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H66" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I66" s="1" t="s">
         <v>291</v>
-      </c>
-[...16 lines deleted...]
-        <v>240</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>148</v>
+        <v>36</v>
       </c>
       <c r="L66" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>293</v>
       </c>
-      <c r="C67" s="0" t="s">
+      <c r="D67" s="0" t="s">
         <v>294</v>
       </c>
-      <c r="D67" s="0" t="s">
+      <c r="E67" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="F67" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="G67" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H67" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I67" s="1" t="s">
         <v>295</v>
-      </c>
-[...13 lines deleted...]
-        <v>296</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>37</v>
+        <v>122</v>
       </c>
       <c r="L67" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>297</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="D68" s="0" t="s">
         <v>298</v>
       </c>
-      <c r="D68" s="0" t="s">
+      <c r="E68" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="F68" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="G68" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H68" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I68" s="1" t="s">
         <v>299</v>
-      </c>
-[...13 lines deleted...]
-        <v>300</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="L68" s="0"/>
+        <v>300</v>
+      </c>
+      <c r="L68" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
         <v>301</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>302</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>303</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>304</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="L69" s="0"/>
+        <v>300</v>
+      </c>
+      <c r="L69" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
         <v>305</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>306</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>307</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>308</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="L70" s="0"/>
+        <v>122</v>
+      </c>
+      <c r="L70" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
         <v>309</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>310</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>311</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>312</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="L71" s="0"/>
+        <v>36</v>
+      </c>
+      <c r="L71" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
         <v>313</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>314</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>315</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>316</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="L72" s="0"/>
+        <v>122</v>
+      </c>
+      <c r="L72" s="0">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" customHeight="1" ht="80">
+      <c r="A73" s="0"/>
+      <c r="B73" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="D73" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="E73" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="F73" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="G73" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H73" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I73" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="J73" s="0"/>
+      <c r="K73" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="L73" s="0">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12" customHeight="1" ht="80">
+      <c r="A74" s="0"/>
+      <c r="B74" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="D74" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="E74" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="F74" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="G74" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H74" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I74" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="J74" s="0"/>
+      <c r="K74" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="L74" s="0">
+        <v>10</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -5956,50 +6121,52 @@
     <hyperlink ref="B48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
     <hyperlink ref="B50" r:id="rId_hyperlink_49"/>
     <hyperlink ref="B51" r:id="rId_hyperlink_50"/>
     <hyperlink ref="B52" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B53" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B54" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B55" r:id="rId_hyperlink_54"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_55"/>
     <hyperlink ref="B57" r:id="rId_hyperlink_56"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_57"/>
     <hyperlink ref="B59" r:id="rId_hyperlink_58"/>
     <hyperlink ref="B60" r:id="rId_hyperlink_59"/>
     <hyperlink ref="B61" r:id="rId_hyperlink_60"/>
     <hyperlink ref="B62" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B63" r:id="rId_hyperlink_62"/>
     <hyperlink ref="B64" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B65" r:id="rId_hyperlink_64"/>
     <hyperlink ref="B66" r:id="rId_hyperlink_65"/>
     <hyperlink ref="B67" r:id="rId_hyperlink_66"/>
     <hyperlink ref="B68" r:id="rId_hyperlink_67"/>
     <hyperlink ref="B69" r:id="rId_hyperlink_68"/>
     <hyperlink ref="B70" r:id="rId_hyperlink_69"/>
     <hyperlink ref="B71" r:id="rId_hyperlink_70"/>
     <hyperlink ref="B72" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="B73" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="B74" r:id="rId_hyperlink_73"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>