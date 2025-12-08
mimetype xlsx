--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -173,72 +173,72 @@
   <si>
     <t>06021001</t>
   </si>
   <si>
     <t>3752.00₸</t>
   </si>
   <si>
     <t>Украшения для коктейлей «Пальма» на шпажках[100шт];фольга,дерево;,L=19см;разноцветн.</t>
   </si>
   <si>
     <t>06021002</t>
   </si>
   <si>
     <t>2834.00₸</t>
   </si>
   <si>
     <t>Украшения для коктейлей «Пальма» на шпажках[100шт];фольга,дерево;,L=15,5см;разноцветн.</t>
   </si>
   <si>
     <t>06021010</t>
   </si>
   <si>
     <t>3265.00₸</t>
   </si>
   <si>
-    <t>25 шт.</t>
+    <t>19 шт.</t>
   </si>
   <si>
     <t>Украшения для коктейлей «Пальма ассорти на палочке» L=22cм ;фольга,дерево;,H=205,L=120,B=40мм;разноц</t>
   </si>
   <si>
     <t>06021011</t>
   </si>
   <si>
     <t>2388.00₸</t>
   </si>
   <si>
     <t>Украшения для коктейлей «Ветряные мельницы» на шпажках[100шт];фольга,дерево;,H=75мм;разноцветн.</t>
   </si>
   <si>
     <t>06021103</t>
   </si>
   <si>
     <t>5252.00₸</t>
   </si>
   <si>
-    <t>18 шт.</t>
+    <t>16 шт.</t>
   </si>
   <si>
     <t>Украшения для коктейлей «Попугай» на шпажках[100шт];бумага,дерево;,L=18см;разноцветн.</t>
   </si>
   <si>
     <t>06022003</t>
   </si>
   <si>
     <t>7000.00₸</t>
   </si>
   <si>
     <t>Украшения для коктейлей[200шт];пластик;,H=61,L=250,B=80мм;разноцветн.</t>
   </si>
   <si>
     <t>06023402</t>
   </si>
   <si>
     <t>3858.00₸</t>
   </si>
   <si>
     <t>Украшения для коктейлей «Елочки для канапе»[1000шт];дерево,пластик;бежев.,прозр.</t>
   </si>
   <si>
     <t>06050216</t>
   </si>
@@ -246,59 +246,50 @@
     <t>2140.00₸</t>
   </si>
   <si>
     <t>Украшения для коктейлей «Ассорти»[100шт];полистирол;,L=2,B=1см;разноцветн.</t>
   </si>
   <si>
     <t>06070104</t>
   </si>
   <si>
     <t>3057.00₸</t>
   </si>
   <si>
     <t>Украшения для коктейлей «Обезьянка»[100шт];полистирол;,L=2,B=1см;разноцветн.</t>
   </si>
   <si>
     <t>06070107</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>1309.00₸</t>
-  </si>
-[...7 lines deleted...]
-    <t>3472.00₸</t>
   </si>
   <si>
     <t>Украшения для коктейлей «Пьюр» на шпажках;сталь нерж.;,L=108,B=8мм;глянц.</t>
   </si>
   <si>
     <t>06080302</t>
   </si>
   <si>
     <t>MCP001S</t>
   </si>
   <si>
     <t>385.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Украшения для коктейлей «Оникс» на шпажках в форме черепа;сталь нерж.;,L=11,2см;металлич.</t>
   </si>
   <si>
     <t>06080303</t>
   </si>
   <si>
     <t>MCP002S</t>
   </si>
@@ -376,51 +367,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90764781-83D1-11ED-BC04-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7A26377-ACA4-11ED-BC04-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9076461D-83D1-11ED-BC04-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBBA-424B-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF5-424C-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBC3-424B-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBC8-424B-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBC9-424B-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF2-424C-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F9A44A-424C-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF3-424C-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F048C64E-2222-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BDA-424B-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE6D-424B-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBE6-424B-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED617-424B-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E67EBED-424C-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966FBCF7-83D1-11ED-BC04-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90764997-83D1-11ED-BC04-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90764821-83D1-11ED-BC04-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907648E5-83D1-11ED-BC04-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC18F31E-B6D1-11EE-BC37-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E232B8C7-B6D1-11EE-BC37-005056921CC423.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90764781-83D1-11ED-BC04-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7A26377-ACA4-11ED-BC04-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9076461D-83D1-11ED-BC04-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBBA-424B-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF5-424C-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBC3-424B-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBC8-424B-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBC9-424B-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF2-424C-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F9A44A-424C-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF3-424C-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F048C64E-2222-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BDA-424B-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE6D-424B-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBE6-424B-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED617-424B-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966FBCF7-83D1-11ED-BC04-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90764997-83D1-11ED-BC04-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90764821-83D1-11ED-BC04-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907648E5-83D1-11ED-BC04-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC18F31E-B6D1-11EE-BC37-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E232B8C7-B6D1-11EE-BC37-005056921CC422.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1041,80 +1032,50 @@
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1360,62 +1321,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06013002/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06013003/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06013004/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cvetok-na-palochke-ims-06020101/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06020303/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06020602/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06021001/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06021002/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06021010/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06021011/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06021103/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06022003/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-ims-06023402/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elochki-dlya-kanape-ims-06050216/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06070104/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-prohotel-06070107/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06070213/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080302/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080303/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080305/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080306/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080307/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080308/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06013002/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06013003/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06013004/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cvetok-na-palochke-ims-06020101/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06020303/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06020602/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06021001/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06021002/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06021010/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06021011/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06021103/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06022003/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-ims-06023402/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elochki-dlya-kanape-ims-06050216/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06070104/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-prohotel-06070107/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080302/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080303/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080305/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080306/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080307/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080308/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L24"/>
+  <dimension ref="A1:L23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I24" sqref="I24"/>
+      <selection activeCell="I23" sqref="I23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1524,51 +1485,51 @@
         <v>26</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="L4" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="0">
         <v>301272</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>18</v>
@@ -1956,296 +1917,263 @@
       <c r="G17" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>76</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="0">
         <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>77</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="D18" s="0">
-        <v>301944</v>
+      <c r="D18" s="0" t="s">
+        <v>79</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="F18" s="0"/>
+        <v>15</v>
+      </c>
+      <c r="F18" s="0" t="s">
+        <v>24</v>
+      </c>
       <c r="G18" s="0" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>35</v>
+        <v>81</v>
       </c>
       <c r="L18" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="L19" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L20" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="L21" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="D22" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D22" s="0"/>
       <c r="E22" s="0" t="s">
         <v>15</v>
       </c>
-      <c r="F22" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="0">
-        <v>5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D23" s="0"/>
       <c r="E23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="0">
-        <v>300</v>
-[...28 lines deleted...]
-      <c r="L24" s="0">
         <v>300</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
-    <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>