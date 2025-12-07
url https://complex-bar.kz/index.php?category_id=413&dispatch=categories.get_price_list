--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -104,207 +104,189 @@
   <si>
     <t>01150303</t>
   </si>
   <si>
     <t>Libbey</t>
   </si>
   <si>
     <t>Z-Stems</t>
   </si>
   <si>
     <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
   </si>
   <si>
     <t>2449.00₸</t>
   </si>
   <si>
     <t>Харрикейн «Элеганс»;стекло;440мл;D=8,H=21см;прозр.</t>
   </si>
   <si>
     <t>01150304</t>
   </si>
   <si>
     <t>X1396</t>
   </si>
   <si>
-    <t>5810.00₸</t>
+    <t>5656.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Харрикейн «Эмбасси Роял»;стекло;392мл;D=70/85,H=174мм;прозр.</t>
+  </si>
+  <si>
+    <t>01150306</t>
+  </si>
+  <si>
+    <t>Embassy</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>1813.00₸</t>
+  </si>
+  <si>
+    <t>Харрикейн «Эмбасси Роял»;стекло;311мл;D=66/77,H=175мм;прозр.</t>
+  </si>
+  <si>
+    <t>01150307</t>
+  </si>
+  <si>
+    <t>3715L</t>
+  </si>
+  <si>
+    <t>1827.00₸</t>
+  </si>
+  <si>
+    <t>Харрикейн «Бистро»;стекло;380мл;D=73/71,H=176мм;прозр.</t>
+  </si>
+  <si>
+    <t>01150311</t>
+  </si>
+  <si>
+    <t>44872/b</t>
+  </si>
+  <si>
+    <t>Pasabahce</t>
+  </si>
+  <si>
+    <t>Bistro</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>826.00₸</t>
+  </si>
+  <si>
+    <t>Харрикейн «Гранд Крю»;стекло;0,58л;D=80,H=170,L=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>01150402</t>
+  </si>
+  <si>
+    <t>0970/68</t>
+  </si>
+  <si>
+    <t>Durobor</t>
+  </si>
+  <si>
+    <t>Grand Cru</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>1478.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Харрикейн «Элеганс»;0,64л;D=83,H=255мм</t>
+  </si>
+  <si>
+    <t>01150403</t>
+  </si>
+  <si>
+    <t>3862.00₸</t>
+  </si>
+  <si>
+    <t>Харрикейн;стекло;444мл;D=75,H=206мм;прозр.</t>
+  </si>
+  <si>
+    <t>01150404</t>
+  </si>
+  <si>
+    <t>Hurricanes</t>
+  </si>
+  <si>
+    <t>3188.00₸</t>
+  </si>
+  <si>
+    <t>Харрикейн «Циклон»;стекло;444мл;D=75,H=206мм;прозр.</t>
+  </si>
+  <si>
+    <t>01150405</t>
+  </si>
+  <si>
+    <t>Cyclone</t>
+  </si>
+  <si>
+    <t>4813.00₸</t>
+  </si>
+  <si>
+    <t>Харрикейн;стекло;0,695л;D=86,H=236мм;прозр.</t>
+  </si>
+  <si>
+    <t>01150406</t>
+  </si>
+  <si>
+    <t>Харрикейн «Эдишн»;хр.стекло;465мл;D=77,H=205мм;прозр.</t>
+  </si>
+  <si>
+    <t>01150408</t>
+  </si>
+  <si>
+    <t>6050 3300</t>
+  </si>
+  <si>
+    <t>Rona</t>
+  </si>
+  <si>
+    <t>Edition</t>
+  </si>
+  <si>
+    <t>СЛОВАКИЯ</t>
+  </si>
+  <si>
+    <t>5467.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
-  </si>
-[...151 lines deleted...]
-    <t>5467.00₸</t>
   </si>
   <si>
     <t>Харрикейн «Фонтанвеар»;стекло;473мл;D=9,H=18,B=12см;прозр.</t>
   </si>
   <si>
     <t>01150409</t>
   </si>
   <si>
     <t>Fountainware</t>
   </si>
   <si>
     <t>3242.00₸</t>
   </si>
   <si>
     <t>Харрикейн «Бар&amp;Ликер»;хр.стекло;480мл;D=80,H=209мм;прозр.</t>
   </si>
   <si>
     <t>01150410</t>
   </si>
   <si>
     <t>Stoelzle</t>
   </si>
   <si>
     <t>Bar &amp; Liqueur</t>
   </si>
@@ -376,51 +358,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2677E67D-424C-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914FD-424B-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914FE-424B-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02610028-424C-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0866C00E-424C-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B697A824-E3C4-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914FF-424B-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9EE0-424B-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B435B127-424B-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED61F-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02610013-424C-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C914-424D-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16811F6A-6895-11F0-BC54-00505692C44713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42066B0C-4250-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CFB4-4251-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDCF-4254-11E8-A155-00259035BB6716.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2677E67D-424C-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914FD-424B-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914FE-424B-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02610028-424C-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0866C00E-424C-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B697A824-E3C4-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9EE0-424B-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B435B127-424B-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED61F-424B-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02610013-424C-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C914-424D-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16811F6A-6895-11F0-BC54-00505692C44712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42066B0C-4250-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842CFB4-4251-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDCF-4254-11E8-A155-00259035BB6715.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -805,93 +787,63 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1150,62 +1102,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harrikeyn-arcoroc-01150202/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harrikeyn-libbey-01150303/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harikeyn-arcoroc-01150304/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harikeyn-libbey-01150306/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harikeyn-libbey-01150307/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harikeyn-pasabahce-01150311/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harrikeyn-durobor-01150401/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harrikeyn-durobor-01150402/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harrikeyn-arcoroc-01150403/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harikeyn-libbey-01150404/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harikeyn-libbey-01150405/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harikeyn-libbey-01150406/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harikeyn-rona-01150408/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harrikeyn-libbey-01150409/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harikeyn-stoelzle-01150410/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harrikeyn-libbey-01150412/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harikeyn-schott-zwiesel-01150413/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harrikeyn-arcoroc-01150202/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harrikeyn-libbey-01150303/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harikeyn-arcoroc-01150304/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harikeyn-libbey-01150306/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harikeyn-libbey-01150307/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harikeyn-pasabahce-01150311/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harrikeyn-durobor-01150402/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harrikeyn-arcoroc-01150403/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harikeyn-libbey-01150404/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harikeyn-libbey-01150405/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harikeyn-libbey-01150406/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harikeyn-rona-01150408/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harrikeyn-libbey-01150409/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harikeyn-stoelzle-01150410/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harrikeyn-libbey-01150412/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/harikeyn-schott-zwiesel-01150413/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L18"/>
+  <dimension ref="A1:L17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I18" sqref="I18"/>
+      <selection activeCell="I17" sqref="I17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1348,515 +1300,480 @@
         <v>31</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D5" s="0">
         <v>3717</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="L5" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>41</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="D7" s="0" t="s">
+      <c r="E7" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="E7" s="0" t="s">
+      <c r="F7" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="F7" s="0" t="s">
+      <c r="G7" s="0" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="L7" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="E8" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="D8" s="0" t="s">
+      <c r="F8" s="0" t="s">
         <v>51</v>
       </c>
-      <c r="E8" s="0" t="s">
+      <c r="G8" s="0" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="L8" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="C9" s="0" t="s">
-[...3 lines deleted...]
-        <v>58</v>
+      <c r="D9" s="0">
+        <v>51253</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D10" s="0">
-        <v>51253</v>
+        <v>3616</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="D11" s="0">
-        <v>3616</v>
+        <v>3617</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="D12" s="0">
-        <v>3617</v>
+        <v>3623</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>71</v>
+        <v>60</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="D13" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="E13" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="F13" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="G13" s="0" t="s">
         <v>73</v>
-      </c>
-[...13 lines deleted...]
-        <v>24</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>19</v>
+        <v>75</v>
       </c>
       <c r="L13" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="D14" s="0" t="s">
         <v>77</v>
       </c>
+      <c r="D14" s="0">
+        <v>3722</v>
+      </c>
       <c r="E14" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="F14" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="F14" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G14" s="0" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="D15" s="0">
+        <v>4830025</v>
+      </c>
+      <c r="E15" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="F15" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="D15" s="0">
-[...5 lines deleted...]
-      <c r="F15" s="0" t="s">
+      <c r="G15" s="0" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>85</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="0">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
-      <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D16" s="0">
-        <v>4830025</v>
+        <v>994087</v>
       </c>
       <c r="E16" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="F16" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="F16" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16" s="0" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L16" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L16" s="0"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
+      <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="D17" s="0">
+        <v>111286</v>
+      </c>
+      <c r="E17" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="F17" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="D17" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="G17" s="0" t="s">
-        <v>34</v>
+        <v>84</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>19</v>
-[...33 lines deleted...]
-      <c r="L18" s="0">
+        <v>75</v>
+      </c>
+      <c r="L17" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
-    <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>